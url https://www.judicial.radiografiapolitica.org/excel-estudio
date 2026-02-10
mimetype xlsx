--- v0 (2025-12-15)
+++ v1 (2026-02-10)
@@ -68,89 +68,128 @@
   <si>
     <t>Profesión</t>
   </si>
   <si>
     <t>Area estudio</t>
   </si>
   <si>
     <t>Numero de títulos pregrado</t>
   </si>
   <si>
     <t>Numero de títulos posgrado</t>
   </si>
   <si>
     <t>Numero de títulos phd</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Función</t>
   </si>
   <si>
+    <t>Luis Patricio Castillo Haro</t>
+  </si>
+  <si>
+    <t>Abogado</t>
+  </si>
+  <si>
+    <t>Educación comercial y derecho</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Esmeraldas</t>
+  </si>
+  <si>
+    <t>Función Estado</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>Mercedes Alejandra Araujo Quiñónez</t>
+  </si>
+  <si>
+    <t>Abogada</t>
+  </si>
+  <si>
+    <t>Juez (a) de Unidad Judicial de la Familia, Mujer, Niñez y Adolescencia de Esmeraldas</t>
+  </si>
+  <si>
+    <t>Silvia Amparo Juma Gudiño</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Pichincha</t>
+  </si>
+  <si>
+    <t>Carlos Vinicio Pazos Medina</t>
+  </si>
+  <si>
+    <t>Conjuez (a) Temporal</t>
+  </si>
+  <si>
+    <t>Maribel Natali Haro Haro</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Guayas</t>
+  </si>
+  <si>
+    <t>Augusto Iván García Altamirano</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal de Santa Elena</t>
+  </si>
+  <si>
+    <t>Fabián Eduardo Mendoza Macías</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Manabí</t>
+  </si>
+  <si>
+    <t>Freddy David Castro Méndez</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Lago Agrio- Sucumbíos</t>
+  </si>
+  <si>
     <t>Katty Mishel Muñoz Vaca</t>
   </si>
   <si>
-    <t>Abogada</t>
-[...13 lines deleted...]
-  <si>
     <t>Santiago Ricardo Requelme Chuquizán</t>
   </si>
   <si>
-    <t>Abogado</t>
-[...4 lines deleted...]
-  <si>
     <t>Oswaldo Pascualito Sierra Ayora</t>
   </si>
   <si>
     <t>Juez (a) Unidad Judicial Penal de Guayaquil Norte Dos</t>
   </si>
   <si>
     <t>Marjorie Janet Escobar Limones</t>
   </si>
   <si>
-    <t>Agente Fiscal de Guayas</t>
-[...1 lines deleted...]
-  <si>
     <t>Patricia Maricela Saltos Espinoza</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Quevedo- Los Ríos</t>
   </si>
   <si>
     <t>Jenny Maricela García Peña</t>
   </si>
   <si>
     <t>Agente Fiscal de Santo Domingo de los Tsáchilas</t>
   </si>
   <si>
     <t>Kleber Iván Franco Aguilar</t>
   </si>
   <si>
     <t>Juez(a) de la Corte Provincial Santa Elena (Sala Única)</t>
   </si>
   <si>
     <t>Samuel Orlando Benavides</t>
   </si>
   <si>
     <t>Hugo Alejandro Pérez Noboa</t>
   </si>
   <si>
     <t>José Luis Macías Flores</t>
@@ -275,128 +314,119 @@
   <si>
     <t>Juez(a) de la Corte Provincial (Sala Única) Santo Domingo de los Tsáchilas</t>
   </si>
   <si>
     <t>Eduardo Estrella Vaca</t>
   </si>
   <si>
     <t>Washington René Astudillo Orellana</t>
   </si>
   <si>
     <t>Susana Beatriz Sotomayor Martínez</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Santo Domingo</t>
   </si>
   <si>
     <t>Geovanni Edilberto Zambrano Bermúdez</t>
   </si>
   <si>
     <t>Manuel Aníbal Armas Proaño</t>
   </si>
   <si>
     <t>Carlos Hermelindo Espinoza Arteaga</t>
   </si>
   <si>
-    <t>Agente Fiscal de Esmeraldas</t>
-[...1 lines deleted...]
-  <si>
     <t>Luis Enrique Donoso Bazante</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Chimborazo</t>
   </si>
   <si>
     <t>Patricia Elizabeth Muñoz Santos</t>
   </si>
   <si>
     <t>Narcisa Mixili Baquerizo Balladares</t>
   </si>
   <si>
     <t>Luisa Tanya Macías Burgos</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal Sur con Competencia en Delitos Flagrantes de Guayaquil</t>
   </si>
   <si>
     <t>Karina Marisela Villagómez Baquedano</t>
   </si>
   <si>
     <t>Agente Fiscal de Los Ríos</t>
   </si>
   <si>
     <t>Jhonny Eduardo Cornejo Zambrano</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Sucre - Manabí</t>
   </si>
   <si>
-    <t>Luis Patricio Castillo Haro</t>
-[...32 lines deleted...]
-    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Lago Agrio- Sucumbíos</t>
+    <t>Alejandro Magno Arteaga García</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Corte Nacional de Justicia</t>
+  </si>
+  <si>
+    <t>Darwin Oswaldo Baldeón Herrera</t>
+  </si>
+  <si>
+    <t>Ángel Luis Moya Cedeño</t>
+  </si>
+  <si>
+    <t>Ángela María Zambrano Marcillo</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Fiscalía</t>
+  </si>
+  <si>
+    <t>Eugenio Alfonso Ureta Chica</t>
+  </si>
+  <si>
+    <t>Fabián Plinio Efraín Fabara Gallardo</t>
+  </si>
+  <si>
+    <t>Vocal</t>
+  </si>
+  <si>
+    <t>Juan Carlos López Quizhpi</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Sala Penal de la Corte Provincial de Justicia Azuay</t>
   </si>
   <si>
     <t>María Luzmila Lluglla Gavilanes</t>
   </si>
   <si>
     <t>Rita Annabel Bravo Quijano</t>
   </si>
   <si>
-    <t>Juez (a) de la Corte Nacional de Justicia</t>
-[...1 lines deleted...]
-  <si>
     <t>Wilfrido Ruperto Hidalgo Vega</t>
   </si>
   <si>
     <t>Víctor Hugo Echeverría Bravo</t>
   </si>
   <si>
     <t>Melissa Carolina Mendoza Solorzano</t>
   </si>
   <si>
     <t>Carlos Vinicio Aguirre Tobar</t>
   </si>
   <si>
     <t>Juez (a) de la Corte Provincial Multicompetente Penal de Esmeraldas</t>
   </si>
   <si>
     <t>Marco Vinicio Rodríguez Mongón</t>
   </si>
   <si>
     <t>Ana María Remache Sagva</t>
   </si>
   <si>
     <t>Heidy María Borja Hernández</t>
   </si>
   <si>
     <t>Xavier Noé Patricio Espinoza Esteves</t>
@@ -503,78 +533,75 @@
   <si>
     <t>Luis Wilson Centeno Guerrero</t>
   </si>
   <si>
     <t>José Luis Alvarado Paredes</t>
   </si>
   <si>
     <t>Daniela Marisol Zapata España</t>
   </si>
   <si>
     <t>Smirnova Lariza Calderón Uria</t>
   </si>
   <si>
     <t>María Graciela Moreira Lucas</t>
   </si>
   <si>
     <t>Rosario de Agua Santa Freire Fierro</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Cotopaxi</t>
   </si>
   <si>
     <t>Marco Vinicio Muñoz Muñoz</t>
   </si>
   <si>
-    <t>Alejandro Magno Arteaga García</t>
-[...26 lines deleted...]
-    <t>Juez (a) de la Sala Penal de la Corte Provincial de Justicia Azuay</t>
+    <t>Alexis Fernando Zúñiga Muñoz</t>
+  </si>
+  <si>
+    <t>José Roberto Cañizares Mera</t>
+  </si>
+  <si>
+    <t>José María Mosquera Espín</t>
+  </si>
+  <si>
+    <t>Olavo Marcial Hernández Hidrobo</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Imbabura</t>
+  </si>
+  <si>
+    <t>Diana Magali Moya Alulema</t>
+  </si>
+  <si>
+    <t>Lauro Javier De la Cadena Correa</t>
+  </si>
+  <si>
+    <t>Franklin Geovanny Flores Catuto</t>
+  </si>
+  <si>
+    <t>Ruth Libertad Ronquillo Alvarado</t>
   </si>
   <si>
     <t>Lady Diana Salazar Méndez</t>
   </si>
   <si>
     <t>Licenciada en Ciencias Públicas y Sociales</t>
   </si>
   <si>
     <t>Fiscal General del Estado</t>
   </si>
   <si>
     <t>Wilner Jesús Valencia Rodríguez</t>
   </si>
   <si>
     <t>Ángel Humberto Quito Santana</t>
   </si>
   <si>
     <t>Juez de Primer Nivel</t>
   </si>
   <si>
     <t>Martha Carolina Lomas Mediavilla</t>
   </si>
   <si>
     <t>Milton Enrique Velásquez Díaz</t>
   </si>
@@ -692,75 +719,72 @@
   <si>
     <t>Pablo Marcelo Abad Nieto</t>
   </si>
   <si>
     <t>Judy Vanessa Tutiven Galvez</t>
   </si>
   <si>
     <t>Jaime Humberto Medranda Peña</t>
   </si>
   <si>
     <t>Rómulo Tito Espinoza Torres</t>
   </si>
   <si>
     <t>Galo Efraín Luzuriaga Guerrero</t>
   </si>
   <si>
     <t>Juan Clemente Flores</t>
   </si>
   <si>
     <t>Fanny Carlota Castro Sánchez</t>
   </si>
   <si>
     <t>Víctor Polibio Aguinsaca Pucha</t>
   </si>
   <si>
-    <t>Alexis Fernando Zúñiga Muñoz</t>
-[...23 lines deleted...]
-    <t>Ruth Libertad Ronquillo Alvarado</t>
+    <t>Johanna Catherine Moncayo Falconi</t>
+  </si>
+  <si>
+    <t>Bepsabeth Alexandra Castro Coronel</t>
+  </si>
+  <si>
+    <t>Héctor Ramón Ludeña Jiménez</t>
+  </si>
+  <si>
+    <t>Amelia Carlota Zurita Murillo</t>
+  </si>
+  <si>
+    <t>Marlon Douglas Castro Haz</t>
+  </si>
+  <si>
+    <t>Geovanny Rolando Parreño Ocaña</t>
+  </si>
+  <si>
+    <t>Wilson Teodoro Rodas Ochoa</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Loja</t>
   </si>
   <si>
     <t>Thania Rosa Moreno Romero</t>
   </si>
   <si>
     <t>Mauricio Bayardo Espinosa Brito</t>
   </si>
   <si>
     <t>Carlos Roberto Franco López</t>
   </si>
   <si>
     <t>Luis Fabián Tapia Chacón</t>
   </si>
   <si>
     <t>Jefferson Alejandro Aquieta Tamayo</t>
   </si>
   <si>
     <t>Diana Cecibel Quezada Moreno</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Pasaje- El Oro</t>
   </si>
   <si>
     <t>Marcelo Alejandro López Zea</t>
   </si>
@@ -884,72 +908,69 @@
   <si>
     <t>Teresa Alexandra Coba Gómez</t>
   </si>
   <si>
     <t>Wilson Fernando Vizcaíno Salazar</t>
   </si>
   <si>
     <t>Sonia Selenita Cevallos García</t>
   </si>
   <si>
     <t>Michael Johnross Uriguen Uriguen</t>
   </si>
   <si>
     <t>José Luis Alarcón Bowen</t>
   </si>
   <si>
     <t>Juez(a) del Tribunal Penal de Manta-Manabí</t>
   </si>
   <si>
     <t>Bolívar Enrique Figueroa Arévalo</t>
   </si>
   <si>
     <t>Juan Carlos Mariño Bustamante</t>
   </si>
   <si>
-    <t>Johanna Catherine Moncayo Falconi</t>
-[...20 lines deleted...]
-    <t>Presidente (a) de la Corte Provincial de Justicia de Loja</t>
+    <t>Héctor Antonio Valverde Solís</t>
+  </si>
+  <si>
+    <t>Carlo Abrahan Fuentes Zambrano</t>
+  </si>
+  <si>
+    <t>Juan Diego García Amoroso</t>
+  </si>
+  <si>
+    <t>Jorge Efraín Montero Berru</t>
+  </si>
+  <si>
+    <t>Diego Orlando Moncayo Espín</t>
+  </si>
+  <si>
+    <t>Dominga Azucena Camatón Borbor</t>
+  </si>
+  <si>
+    <t>Julia Inelda Leiva Yugsi</t>
   </si>
   <si>
     <t>Jorge Cristóbal Ballesteros Ballesteros</t>
   </si>
   <si>
     <t>Guedis Arnaldo Cevallos Cruz</t>
   </si>
   <si>
     <t>Diego Xavier Pérez Gallo</t>
   </si>
   <si>
     <t>Carlos Alfredo Zambrano Navarrete</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Manabí</t>
   </si>
   <si>
     <t>Ximena De Lourdes Mora Heredia</t>
   </si>
   <si>
     <t>Luis Adrián Rojas Calle</t>
   </si>
   <si>
     <t>Juez (a) Encargado</t>
   </si>
@@ -1073,69 +1094,72 @@
   <si>
     <t>Lissette Jazmín Posligua Valenzuela</t>
   </si>
   <si>
     <t>Lilia Marlene Ortiz Vásquez</t>
   </si>
   <si>
     <t>Ángel Salvador Montesdeoca Peralta</t>
   </si>
   <si>
     <t>Agente Fiscal</t>
   </si>
   <si>
     <t>Pedro Iván Ortega Andrade</t>
   </si>
   <si>
     <t>Luisa Germania Colambo Yaure</t>
   </si>
   <si>
     <t>Silvana María Cuaical Galárraga</t>
   </si>
   <si>
     <t>Karla Gisella Mercedes Delgado Zambrano</t>
   </si>
   <si>
-    <t>Héctor Antonio Valverde Solís</t>
-[...17 lines deleted...]
-    <t>Julia Inelda Leiva Yugsi</t>
+    <t>Juan Carlos Concha Núñez</t>
+  </si>
+  <si>
+    <t>Mirian Azucena Mora Endara</t>
+  </si>
+  <si>
+    <t>Juan Aparicio Dueñas Vélez</t>
+  </si>
+  <si>
+    <t>Giovanna Katiuska Vásquez López</t>
+  </si>
+  <si>
+    <t>Lorena Ismailda Romero Cedeño</t>
+  </si>
+  <si>
+    <t>Vilma Elcira González Cedillo</t>
+  </si>
+  <si>
+    <t>Ernesto Adolfo Montenegro Cazares</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Provincial (Sala Única) Carchi-Tulcán</t>
   </si>
   <si>
     <t>Rosa Jimena Moina Molina</t>
   </si>
   <si>
     <t>Ana Verónica Calvopiña Llambo</t>
   </si>
   <si>
     <t>Diana Alexandra Freire Tipán</t>
   </si>
   <si>
     <t>Fermín Jaime Bustamante Vera</t>
   </si>
   <si>
     <t>Carlos Walberto Churta Rodriguez</t>
   </si>
   <si>
     <t>Segundo Elías Quiñónez Escobar</t>
   </si>
   <si>
     <t>Tania Patricia Masson Fiallos</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Pastaza</t>
   </si>
@@ -1253,72 +1277,72 @@
   <si>
     <t>Emilio Manuel Lima Panta</t>
   </si>
   <si>
     <t>Christian Marcelo Gia Crespo</t>
   </si>
   <si>
     <t>Norma Ivón Vallejo Aillón</t>
   </si>
   <si>
     <t>Alexandra María Galarza Schoenfeld</t>
   </si>
   <si>
     <t>Ivonne Marjorie Puga Torres</t>
   </si>
   <si>
     <t>Luis Ramón Álvarez Arellano</t>
   </si>
   <si>
     <t>Alejandro Kleber Orellana Pineda</t>
   </si>
   <si>
     <t>Juan Aurelio Paredes Fernández</t>
   </si>
   <si>
-    <t>Juan Carlos Concha Núñez</t>
-[...20 lines deleted...]
-    <t>Juez(a) de la Corte Provincial (Sala Única) Carchi-Tulcán</t>
+    <t>Nicolás Ernesto Pulecio Montalvo</t>
+  </si>
+  <si>
+    <t>Ingeniería, industria y construcción</t>
+  </si>
+  <si>
+    <t>Cynthia Elizabeth Tandazo Loayza</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Machala- El Oro</t>
+  </si>
+  <si>
+    <t>Dennis Mauricio Villavicencio Barrazueta</t>
+  </si>
+  <si>
+    <t>Oswaldo Javier Piedra Aguirre</t>
+  </si>
+  <si>
+    <t>Jéssica Elena Córdova Fuentes</t>
+  </si>
+  <si>
+    <t>Enma Gabriela Padilla Hernández</t>
   </si>
   <si>
     <t>Pedro Arturo López Paredes</t>
   </si>
   <si>
     <t>Nelson Daniel Vela Andrade</t>
   </si>
   <si>
     <t>César Orlando Arroyo Navarrete</t>
   </si>
   <si>
     <t>Juez(a) del Tribunal Penal de Portoviejo- Manabí</t>
   </si>
   <si>
     <t>Johnny Patricio González Galarza</t>
   </si>
   <si>
     <t>Richard Napoleón Mora Jiménez</t>
   </si>
   <si>
     <t>Polivio Honorio Meneses González</t>
   </si>
   <si>
     <t>Feliciana Aida Calixto Alava</t>
   </si>
@@ -1451,72 +1475,66 @@
   <si>
     <t>Alvaro Mauricio Romero Castro</t>
   </si>
   <si>
     <t>Melvin Filemon Zamora Cruz</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Penal de Quevedo- Los Ríos</t>
   </si>
   <si>
     <t>Luis Alberto Morocho Caiminagua</t>
   </si>
   <si>
     <t>Paola de los Ángeles Dávila López</t>
   </si>
   <si>
     <t>Jorge Arturo Gordillo Viteri</t>
   </si>
   <si>
     <t>Wilfrido Roberto Vallejo Ruiz</t>
   </si>
   <si>
     <t>Mauro Rafael García Macías</t>
   </si>
   <si>
-    <t>Nicolás Ernesto Pulecio Montalvo</t>
-[...20 lines deleted...]
-    <t>Enma Gabriela Padilla Hernández</t>
+    <t>Jonathan Fabian Rivera Ortiz</t>
+  </si>
+  <si>
+    <t>Roberto Carlos Gualoto Mosquera</t>
+  </si>
+  <si>
+    <t>Maribel Yolanda Vargas Almachi</t>
+  </si>
+  <si>
+    <t>Edison Javier González Balón</t>
+  </si>
+  <si>
+    <t>Paulo César Quishpe Caiza</t>
+  </si>
+  <si>
+    <t>Ángel Lautaro Maza López</t>
   </si>
   <si>
     <t>Jesús Felipe Villota Valencia</t>
   </si>
   <si>
     <t>Jorge Darío Salinas Pacheco</t>
   </si>
   <si>
     <t>María Paola Córdova Vinueza</t>
   </si>
   <si>
     <t>Iván Antonio Sandoval Villarreal</t>
   </si>
   <si>
     <t>Ingrid Elizabeth Mera Tomalá</t>
   </si>
   <si>
     <t>Joffre Alfredo Velasco Solís</t>
   </si>
   <si>
     <t>José Phily Ferrín Vera</t>
   </si>
   <si>
     <t>John Hernán González Torres</t>
   </si>
@@ -1634,66 +1652,75 @@
   <si>
     <t>María Fernanda Gallardo Muñoz</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de El Guabo- El Oro</t>
   </si>
   <si>
     <t>María Gabriela Carrión Carrión</t>
   </si>
   <si>
     <t>Sandra Mirey Velasco Solano</t>
   </si>
   <si>
     <t>Josafat de Jesús Mendoza Villamar</t>
   </si>
   <si>
     <t>Walter Junior Romero Jaén</t>
   </si>
   <si>
     <t>Guillermo Alberto Buchelli Bonilla</t>
   </si>
   <si>
     <t>Jaime Rodrigo Morocho Morocho</t>
   </si>
   <si>
-    <t>Jonathan Fabian Rivera Ortiz</t>
-[...14 lines deleted...]
-    <t>Ángel Lautaro Maza López</t>
+    <t>Francisco Xavier Vega Rivera</t>
+  </si>
+  <si>
+    <t>José Bernardo Ortega Cadena</t>
+  </si>
+  <si>
+    <t>Blanca Carolina Ruiz Briones</t>
+  </si>
+  <si>
+    <t>Anabel de Jesús Torres Cevallos</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Santo Domingo</t>
+  </si>
+  <si>
+    <t>Rene Vicente Ormaza Torres</t>
+  </si>
+  <si>
+    <t>Luis Hernán Altamirano Espinosa</t>
+  </si>
+  <si>
+    <t>Juez (a) de Garantías Penitenciarias de Santo Domingo</t>
+  </si>
+  <si>
+    <t>Rolando Marcelo Gualoto Simbaña</t>
   </si>
   <si>
     <t>Marina Anabel Vargas Almachi</t>
   </si>
   <si>
     <t>María Lorena Palma Benavides</t>
   </si>
   <si>
     <t>Miguel Ángel Ramos Echeverria</t>
   </si>
   <si>
     <t>Rafael Marcos Arce Campoverde</t>
   </si>
   <si>
     <t>Carlos Vinicio Viscaíno Shilquigua</t>
   </si>
   <si>
     <t>Henry Robert Taylor Terán</t>
   </si>
   <si>
     <t>Fanny Talía Coronel Molina</t>
   </si>
   <si>
     <t>Robert David Acosta Castro</t>
   </si>
@@ -1805,75 +1832,72 @@
   <si>
     <t>Alexander Vicente Espinales Vera</t>
   </si>
   <si>
     <t>Hortencio Galiano Balcazar Campoverde</t>
   </si>
   <si>
     <t>Luis Eduardo Sandoval Miño</t>
   </si>
   <si>
     <t>Magdalena Irene Preciado Alvarado</t>
   </si>
   <si>
     <t>Juan Carlos Iturralde Hidalgo</t>
   </si>
   <si>
     <t>María Primitiva Serrano León</t>
   </si>
   <si>
     <t>Baltazara Gabriela Macías Chamaidan</t>
   </si>
   <si>
     <t>Hugo Oswaldo Carvajal Torres</t>
   </si>
   <si>
-    <t>Francisco Xavier Vega Rivera</t>
-[...23 lines deleted...]
-    <t>Rolando Marcelo Gualoto Simbaña</t>
+    <t>Paúl Fabricio Tenorio González</t>
+  </si>
+  <si>
+    <t>Jhonatan Daniel Arizaga Calderón</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Huaquillas- El Oro</t>
+  </si>
+  <si>
+    <t>Alex Fernando Castillo Ardila</t>
+  </si>
+  <si>
+    <t>Diana Elizabeth Segarra Balseca</t>
+  </si>
+  <si>
+    <t>Ricardo Alberto Ramos Aguilera</t>
+  </si>
+  <si>
+    <t>Rodrigo Oswaldo Ruiz López</t>
+  </si>
+  <si>
+    <t>Mirian Cecilia Yánez Vallejo</t>
   </si>
   <si>
     <t>Orlando Efraín Palomeque Beltrán</t>
   </si>
   <si>
     <t>José Xavier Guzmán Herbozo</t>
   </si>
   <si>
     <t>Nelson Atilio Guano Jordán</t>
   </si>
   <si>
     <t>Marianita De Jesús Vega Carrera</t>
   </si>
   <si>
     <t>Jhandry Gabriel Sabando García</t>
   </si>
   <si>
     <t>Hipólito Santiago Rivadeneira Macías</t>
   </si>
   <si>
     <t>Wilson Patricio Landivar Lalvay</t>
   </si>
   <si>
     <t>María De Lourdes Bustamante Acaro</t>
   </si>
@@ -1991,72 +2015,69 @@
   <si>
     <t>Fabián Vicente González Córdova</t>
   </si>
   <si>
     <t>Nelson Iban Campbell Suárez</t>
   </si>
   <si>
     <t>Verónica Angelita Barragán Bosquez</t>
   </si>
   <si>
     <t>Luis Ramiro Sánchez León</t>
   </si>
   <si>
     <t>Mario Esteban Tenemaza Herrera</t>
   </si>
   <si>
     <t>Peter Nilcon Jácome Aristega</t>
   </si>
   <si>
     <t>Martha de Jesús Gavilanes Mendoza</t>
   </si>
   <si>
     <t>Juez(a) del Tribunal Penal de Durán-Guayas</t>
   </si>
   <si>
-    <t>Paúl Fabricio Tenorio González</t>
-[...20 lines deleted...]
-    <t>Mirian Cecilia Yánez Vallejo</t>
+    <t>Diana María Sánchez Cruz</t>
+  </si>
+  <si>
+    <t>Darwing Alberto Valencia Juez</t>
+  </si>
+  <si>
+    <t>Saira De los Ángeles Jara Rubio</t>
+  </si>
+  <si>
+    <t>Fabián Danilo Mármol Balda</t>
+  </si>
+  <si>
+    <t>Luis Alberto Toapanta Yaguar</t>
+  </si>
+  <si>
+    <t>Ramiro Edisson Ramírez Valarezo</t>
+  </si>
+  <si>
+    <t>Ruth Elizabeth Castillo Parra</t>
   </si>
   <si>
     <t>María Alejandra Sigcha Orrico</t>
   </si>
   <si>
     <t>Carlos Alberto Redwood Villa</t>
   </si>
   <si>
     <t>Juan Emilio Ruiz Morán</t>
   </si>
   <si>
     <t>Sandra Karina Bosquez Aldaz</t>
   </si>
   <si>
     <t>Nancy Elizabeth Pesántez Márquez</t>
   </si>
   <si>
     <t>María Fernanda Alejandro Santorum</t>
   </si>
   <si>
     <t>Juez (a) de Garantías Penitenciarias de Machala</t>
   </si>
   <si>
     <t>Juan Vicente Guaño Costales</t>
   </si>
@@ -2180,69 +2201,72 @@
   <si>
     <t>Luis Israel Ortega Falcón</t>
   </si>
   <si>
     <t>Jorge Alexander Martínez Olivares</t>
   </si>
   <si>
     <t>Mary Patricia Morán Espinoza</t>
   </si>
   <si>
     <t>Edwin Walberto Logroño Varela</t>
   </si>
   <si>
     <t>José Rubén Guevara Fuentes</t>
   </si>
   <si>
     <t>Luis Oswaldo Trujillo Soto</t>
   </si>
   <si>
     <t>Juez(a) de la Corte Provincial (Sala Única) Quevedo</t>
   </si>
   <si>
     <t>Carlos Raimundo Bastidas Mesías</t>
   </si>
   <si>
-    <t>Diana María Sánchez Cruz</t>
-[...17 lines deleted...]
-    <t>Ruth Elizabeth Castillo Parra</t>
+    <t>Carlos Mauricio Ludeña Luzuriaga</t>
+  </si>
+  <si>
+    <t>Isela Emperatriz Ordóñez Muñoz</t>
+  </si>
+  <si>
+    <t>Ana Patricia Bastidas Valle</t>
+  </si>
+  <si>
+    <t>Mario Hipólito Salazar Peralta</t>
+  </si>
+  <si>
+    <t>Patricio Javier Vidal Campaña</t>
+  </si>
+  <si>
+    <t>Karen Luisa Kinchuela Morán</t>
+  </si>
+  <si>
+    <t>Joel Cicerón Sabando Andrade</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Santa Elena</t>
   </si>
   <si>
     <t>Ana Patricia Vásquez Sanabria</t>
   </si>
   <si>
     <t>Luis Abelardo Lucero Loayza</t>
   </si>
   <si>
     <t>José Antonio Cevallos García</t>
   </si>
   <si>
     <t>Rubén Darío Solís Basantez</t>
   </si>
   <si>
     <t>Marco Tulio Torres Alvarado</t>
   </si>
   <si>
     <t>Franklin Armando Saltos Haon</t>
   </si>
   <si>
     <t>Delfín Agustín García Camacho</t>
   </si>
   <si>
     <t>María Dolores Rodríguez Solórzano</t>
   </si>
@@ -2360,72 +2384,66 @@
   <si>
     <t>Vicente Hermogenes Arias Montero</t>
   </si>
   <si>
     <t>Diana Genoveva Arreaga Ortiz</t>
   </si>
   <si>
     <t>Gina Fernanda Mora Dávalos</t>
   </si>
   <si>
     <t>Eugenio Alejandro Alemán Cornejo</t>
   </si>
   <si>
     <t>Ruth Jimena Palacios Brito</t>
   </si>
   <si>
     <t>Fabiola del Rocío Vega Carvajal</t>
   </si>
   <si>
     <t>Santiago Miguel Mozo Vallejo</t>
   </si>
   <si>
     <t>Kelttya Martina López Burgos</t>
   </si>
   <si>
-    <t>Carlos Mauricio Ludeña Luzuriaga</t>
-[...20 lines deleted...]
-    <t>Juez (a) del Tribunal Penal de Santa Elena</t>
+    <t>Angélica Maricela Paredes Sánchez</t>
+  </si>
+  <si>
+    <t>Angela Elizabeth Bustillos Núñez</t>
+  </si>
+  <si>
+    <t>Darwin David Muñoz Mora</t>
+  </si>
+  <si>
+    <t>Segundo Gavino Mina Sifuentes</t>
+  </si>
+  <si>
+    <t>Myrian Magdalena Mendoza Moreira</t>
+  </si>
+  <si>
+    <t>Venus Aracely Loor Intriago</t>
   </si>
   <si>
     <t>María Elena Bayas Santillán</t>
   </si>
   <si>
     <t>Sandra Elizabeth Rosillo Abarca</t>
   </si>
   <si>
     <t>Dennis Alfredo Ugalde Álvarez</t>
   </si>
   <si>
     <t>Victor Hugo León Tenorio</t>
   </si>
   <si>
     <t>José Canchingre Tama</t>
   </si>
   <si>
     <t>Fanny Erlinda Velasco Gaibor</t>
   </si>
   <si>
     <t>Edinson Javier Mendieta Luna</t>
   </si>
   <si>
     <t>Jorge Vladimir Flores Moreno</t>
   </si>
@@ -2540,66 +2558,69 @@
   <si>
     <t>Alberto Francisco Rodríguez Echeverría</t>
   </si>
   <si>
     <t>Carlos Eduardo Valverde Anchundia</t>
   </si>
   <si>
     <t>Director (a) Provincial de Chimborazo</t>
   </si>
   <si>
     <t>Eduardo Antonio Díaz Zambrano</t>
   </si>
   <si>
     <t>Jenny Patricia Freire Arias</t>
   </si>
   <si>
     <t>Irma Judith Bosquez Ruiz</t>
   </si>
   <si>
     <t>Franklin Kennedy Roldán Pinargote</t>
   </si>
   <si>
     <t>Richard Gerardo Alvarado Alvarado</t>
   </si>
   <si>
-    <t>Angélica Maricela Paredes Sánchez</t>
-[...14 lines deleted...]
-    <t>Venus Aracely Loor Intriago</t>
+    <t>Neil Edward Dueñas Porras</t>
+  </si>
+  <si>
+    <t>Segundo Ernesto Cepeda Llamoca</t>
+  </si>
+  <si>
+    <t>Kléber Geovanny Chiriboga Bombón</t>
+  </si>
+  <si>
+    <t>María Fabiola Gallardo Ramia</t>
+  </si>
+  <si>
+    <t>Ruth Cecilia Amoroso Palacios</t>
+  </si>
+  <si>
+    <t>María Elena Paucar Suquillo</t>
+  </si>
+  <si>
+    <t>José Amado Córdova Prado</t>
   </si>
   <si>
     <t>Stalin Javier Naranjo Pincay</t>
   </si>
   <si>
     <t>Tania Paola Monroy Sotomayor</t>
   </si>
   <si>
     <t>María Fernanda Mendoza Vera</t>
   </si>
   <si>
     <t>Lenin Javier García Párraga</t>
   </si>
   <si>
     <t>David Santiago Bermeo Tapia</t>
   </si>
   <si>
     <t>Luis Augusto Rosero Méndez</t>
   </si>
   <si>
     <t>Marcia Alexandra Vásquez Ortiz</t>
   </si>
   <si>
     <t>Belinda Annette Lomas Franco</t>
   </si>
@@ -2708,69 +2729,69 @@
   <si>
     <t>Enma Teresita Tapia Rivera</t>
   </si>
   <si>
     <t>María Piedad Guevara Paredes</t>
   </si>
   <si>
     <t>Adriana Carolina Zarama Cruz</t>
   </si>
   <si>
     <t>Enrique Arturo García Arteaga</t>
   </si>
   <si>
     <t>René Hugo Yépez Pazmiño</t>
   </si>
   <si>
     <t>David Wilfrido Fiallo Bermúdez</t>
   </si>
   <si>
     <t>Juan Carlos Rivera Silva</t>
   </si>
   <si>
     <t>Andrea Ivonne Moreno Silva</t>
   </si>
   <si>
-    <t>Neil Edward Dueñas Porras</t>
-[...17 lines deleted...]
-    <t>José Amado Córdova Prado</t>
+    <t>Julio César Inga Yanza</t>
+  </si>
+  <si>
+    <t>Alfonso Fabricio Rivera Guillén</t>
+  </si>
+  <si>
+    <t>Nelly Katiuska Parrales Córdova</t>
+  </si>
+  <si>
+    <t>Errol Enrique Elizalde Torres</t>
+  </si>
+  <si>
+    <t>César Elías Paucar Paucar</t>
+  </si>
+  <si>
+    <t>Mercy María Duche Bolaños</t>
+  </si>
+  <si>
+    <t>Guillermo Pedro Valarezo Coello</t>
   </si>
   <si>
     <t>Verónica Nataly Andrade Santillán</t>
   </si>
   <si>
     <t>Grace Yanina Pazmiño Celi</t>
   </si>
   <si>
     <t>Eladio Armando Freire Ojeda</t>
   </si>
   <si>
     <t>Miriam Elizabeth Neira Reinoso</t>
   </si>
   <si>
     <t>Lenin Miguel Quiñonez Rodríguez</t>
   </si>
   <si>
     <t>Rogelio Wilfrido Monar Rivera</t>
   </si>
   <si>
     <t>Vilma Marcela Andrade Gavilanez</t>
   </si>
   <si>
     <t>Boris Vasili Bohórquez Espín</t>
   </si>
@@ -2879,69 +2900,69 @@
   <si>
     <t>Álvaro Francisco Román Márquez</t>
   </si>
   <si>
     <t>Presidente (a) Temporal del Consejo de la Judicatura</t>
   </si>
   <si>
     <t>Darwin Danilo Jaramillo Quirola</t>
   </si>
   <si>
     <t>María Gabriela Mier Ortiz</t>
   </si>
   <si>
     <t>Johnny Benjamín Guzmán Franco</t>
   </si>
   <si>
     <t>Juan Carlos Aguiar Chávez</t>
   </si>
   <si>
     <t>Juan Carlos Izquierdo Cedeño</t>
   </si>
   <si>
     <t>Byron Iván Gavilánes Pilco</t>
   </si>
   <si>
-    <t>Julio César Inga Yanza</t>
-[...17 lines deleted...]
-    <t>Guillermo Pedro Valarezo Coello</t>
+    <t>Fresia Regina Guzmán Zambrano</t>
+  </si>
+  <si>
+    <t>Leonardo Fabián Lastra Lainez</t>
+  </si>
+  <si>
+    <t>Tito Rubendario Mendoza Granizo</t>
+  </si>
+  <si>
+    <t>Manuel Mecías Arévalo Moreno</t>
+  </si>
+  <si>
+    <t>Manuel Enrique Cabrera Esquivel</t>
+  </si>
+  <si>
+    <t>Margarita Teresa Rivera Flores</t>
+  </si>
+  <si>
+    <t>Ramón Alberto Saltos Dueñas</t>
   </si>
   <si>
     <t>Yela Mariuxy Escala Jordan</t>
   </si>
   <si>
     <t>Fredy Artemio Barzola Miranda</t>
   </si>
   <si>
     <t>Giovanna Elizabeth Gamboa Villacís</t>
   </si>
   <si>
     <t>Susy Alexandra Panchana Suárez</t>
   </si>
   <si>
     <t>Soraya Viviana Beltrán Fuentes</t>
   </si>
   <si>
     <t>Siegfried Bormman Peñaherrera Manosalvas</t>
   </si>
   <si>
     <t>Kleber Raymundi López Valencia</t>
   </si>
   <si>
     <t>Blanca Piedad Noblecilla Guerrero</t>
   </si>
@@ -3048,71 +3069,50 @@
     <t>Inés María Barco Loor</t>
   </si>
   <si>
     <t>Aquiles Manuel Dávila Gómez</t>
   </si>
   <si>
     <t>Jorge Iván Urgiles Castillo</t>
   </si>
   <si>
     <t>Genny Maribel Guanoluiza Delgado</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Paján - Manabí</t>
   </si>
   <si>
     <t>Sixto Javier Cabrera Nazareno</t>
   </si>
   <si>
     <t>Merck Milko Benavides Benalcázar</t>
   </si>
   <si>
     <t>María Isabel Jiménez Zambrano</t>
   </si>
   <si>
     <t>Hipatia Susana Ortiz Vargas</t>
-  </si>
-[...19 lines deleted...]
-    <t>Ramón Alberto Saltos Dueñas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="13.5"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3539,28232 +3539,28232 @@
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
-        <v>464</v>
+        <v>966</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F8">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
-        <v>619</v>
+        <v>441</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
-        <v>83</v>
+        <v>562</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>28</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
-        <v>730</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>19</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11" t="s">
         <v>30</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
-        <v>213</v>
+        <v>714</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12" t="s">
         <v>32</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
-        <v>871</v>
+        <v>197</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>19</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13" t="s">
         <v>34</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
-        <v>346</v>
+        <v>847</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F14">
         <v>2</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14" t="s">
         <v>36</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
-        <v>495</v>
+        <v>329</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F15">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
-        <v>608</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
-        <v>104</v>
+        <v>619</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
-        <v>746</v>
+        <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
-        <v>254</v>
+        <v>730</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
-        <v>887</v>
+        <v>213</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F20">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
-        <v>360</v>
+        <v>871</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F21">
         <v>2</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
-        <v>500</v>
+        <v>346</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
-        <v>625</v>
+        <v>495</v>
       </c>
       <c r="B23" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C23" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
-        <v>116</v>
+        <v>608</v>
       </c>
       <c r="B24" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C24" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24">
         <v>2</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
-        <v>762</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C25" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
-        <v>222</v>
+        <v>746</v>
       </c>
       <c r="B26" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C26" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F26">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
-        <v>902</v>
+        <v>254</v>
       </c>
       <c r="B27" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C27" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F27">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
-        <v>376</v>
+        <v>887</v>
       </c>
       <c r="B28" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C28" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28">
         <v>2</v>
       </c>
       <c r="F28">
         <v>3</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
-        <v>516</v>
+        <v>360</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
-        <v>642</v>
+        <v>500</v>
       </c>
       <c r="B30" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C30" t="s">
         <v>19</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
-        <v>132</v>
+        <v>625</v>
       </c>
       <c r="B31" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C31" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F31">
         <v>4</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
-        <v>781</v>
+        <v>116</v>
       </c>
       <c r="B32" t="s">
         <v>62</v>
       </c>
       <c r="C32" t="s">
         <v>19</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F32">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
-        <v>237</v>
+        <v>762</v>
       </c>
       <c r="B33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C33" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34">
-        <v>918</v>
+        <v>222</v>
       </c>
       <c r="B34" t="s">
         <v>65</v>
       </c>
       <c r="C34" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34">
         <v>2</v>
       </c>
       <c r="F34">
         <v>3</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34" t="s">
         <v>66</v>
       </c>
       <c r="I34" t="s">
         <v>22</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35">
-        <v>393</v>
+        <v>902</v>
       </c>
       <c r="B35" t="s">
         <v>67</v>
       </c>
       <c r="C35" t="s">
         <v>19</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F35">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35" t="s">
         <v>68</v>
       </c>
       <c r="I35" t="s">
         <v>22</v>
       </c>
       <c r="J35" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36">
-        <v>532</v>
+        <v>376</v>
       </c>
       <c r="B36" t="s">
         <v>69</v>
       </c>
       <c r="C36" t="s">
         <v>19</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F36">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="I36" t="s">
         <v>22</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37">
-        <v>662</v>
+        <v>516</v>
       </c>
       <c r="B37" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C37" t="s">
         <v>19</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
-        <v>148</v>
+        <v>642</v>
       </c>
       <c r="B38" t="s">
         <v>72</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="I38" t="s">
         <v>22</v>
       </c>
       <c r="J38" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39">
-        <v>797</v>
+        <v>132</v>
       </c>
       <c r="B39" t="s">
+        <v>73</v>
+      </c>
+      <c r="C39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39">
+        <v>2</v>
+      </c>
+      <c r="F39">
+        <v>4</v>
+      </c>
+      <c r="G39">
+        <v>0</v>
+      </c>
+      <c r="H39" t="s">
         <v>74</v>
-      </c>
-[...16 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I39" t="s">
         <v>22</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40">
-        <v>278</v>
+        <v>781</v>
       </c>
       <c r="B40" t="s">
         <v>75</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F40">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="I40" t="s">
         <v>22</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
-        <v>934</v>
+        <v>237</v>
       </c>
       <c r="B41" t="s">
+        <v>76</v>
+      </c>
+      <c r="C41" t="s">
+        <v>19</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41">
+        <v>1</v>
+      </c>
+      <c r="F41">
+        <v>4</v>
+      </c>
+      <c r="G41">
+        <v>0</v>
+      </c>
+      <c r="H41" t="s">
         <v>77</v>
-      </c>
-[...16 lines deleted...]
-        <v>66</v>
       </c>
       <c r="I41" t="s">
         <v>22</v>
       </c>
       <c r="J41" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42">
-        <v>407</v>
+        <v>918</v>
       </c>
       <c r="B42" t="s">
         <v>78</v>
       </c>
       <c r="C42" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42">
         <v>2</v>
       </c>
       <c r="F42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42" t="s">
         <v>79</v>
       </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
-        <v>548</v>
+        <v>393</v>
       </c>
       <c r="B43" t="s">
         <v>80</v>
       </c>
       <c r="C43" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F43">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="I43" t="s">
         <v>22</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44">
-        <v>677</v>
+        <v>532</v>
       </c>
       <c r="B44" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F44">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I44" t="s">
         <v>22</v>
       </c>
       <c r="J44" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
-        <v>164</v>
+        <v>662</v>
       </c>
       <c r="B45" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C45" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F45">
         <v>2</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I45" t="s">
         <v>22</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46">
-        <v>813</v>
+        <v>148</v>
       </c>
       <c r="B46" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C46" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46">
+        <v>2</v>
+      </c>
+      <c r="F46">
         <v>3</v>
       </c>
-      <c r="F46">
-[...1 lines deleted...]
-      </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="I46" t="s">
         <v>22</v>
       </c>
       <c r="J46" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47">
-        <v>294</v>
+        <v>797</v>
       </c>
       <c r="B47" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C47" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="I47" t="s">
         <v>22</v>
       </c>
       <c r="J47" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48">
-        <v>950</v>
+        <v>278</v>
       </c>
       <c r="B48" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C48" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48">
         <v>2</v>
       </c>
       <c r="F48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I48" t="s">
         <v>22</v>
       </c>
       <c r="J48" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49">
-        <v>425</v>
+        <v>934</v>
       </c>
       <c r="B49" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C49" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49">
         <v>2</v>
       </c>
       <c r="F49">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="I49" t="s">
         <v>22</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50">
-        <v>582</v>
+        <v>407</v>
       </c>
       <c r="B50" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C50" t="s">
         <v>19</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F50">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50" t="s">
-        <v>26</v>
+        <v>92</v>
       </c>
       <c r="I50" t="s">
         <v>22</v>
       </c>
       <c r="J50" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51">
-        <v>684</v>
+        <v>548</v>
       </c>
       <c r="B51" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C51" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F51">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I51" t="s">
         <v>22</v>
       </c>
       <c r="J51" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52">
-        <v>181</v>
+        <v>677</v>
       </c>
       <c r="B52" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C52" t="s">
         <v>19</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52">
         <v>2</v>
       </c>
       <c r="F52">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="I52" t="s">
         <v>22</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53">
-        <v>829</v>
+        <v>164</v>
       </c>
       <c r="B53" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F53">
         <v>2</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I53" t="s">
         <v>22</v>
       </c>
       <c r="J53" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54">
-        <v>313</v>
+        <v>813</v>
       </c>
       <c r="B54" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C54" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F54">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
       <c r="I54" t="s">
         <v>22</v>
       </c>
       <c r="J54" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55">
-        <v>966</v>
+        <v>294</v>
       </c>
       <c r="B55" t="s">
         <v>98</v>
       </c>
       <c r="C55" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="F55">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="I55" t="s">
         <v>22</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56">
-        <v>441</v>
+        <v>950</v>
       </c>
       <c r="B56" t="s">
         <v>99</v>
       </c>
       <c r="C56" t="s">
         <v>19</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56">
         <v>2</v>
       </c>
       <c r="F56">
         <v>3</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="I56" t="s">
         <v>22</v>
       </c>
       <c r="J56" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57">
-        <v>562</v>
+        <v>425</v>
       </c>
       <c r="B57" t="s">
+        <v>100</v>
+      </c>
+      <c r="C57" t="s">
+        <v>19</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57">
+        <v>2</v>
+      </c>
+      <c r="F57">
+        <v>2</v>
+      </c>
+      <c r="G57">
+        <v>0</v>
+      </c>
+      <c r="H57" t="s">
         <v>101</v>
-      </c>
-[...16 lines deleted...]
-        <v>26</v>
       </c>
       <c r="I57" t="s">
         <v>22</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
-        <v>31</v>
+        <v>582</v>
       </c>
       <c r="B58" t="s">
         <v>102</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F58">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="I58" t="s">
         <v>22</v>
       </c>
       <c r="J58" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59">
-        <v>714</v>
+        <v>684</v>
       </c>
       <c r="B59" t="s">
         <v>103</v>
       </c>
       <c r="C59" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F59">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I59" t="s">
         <v>22</v>
       </c>
       <c r="J59" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="B60" t="s">
         <v>104</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F60">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60" t="s">
         <v>105</v>
       </c>
       <c r="I60" t="s">
         <v>22</v>
       </c>
       <c r="J60" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61">
-        <v>847</v>
+        <v>829</v>
       </c>
       <c r="B61" t="s">
         <v>106</v>
       </c>
       <c r="C61" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F61">
         <v>2</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61" t="s">
         <v>107</v>
       </c>
       <c r="I61" t="s">
         <v>22</v>
       </c>
       <c r="J61" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62">
-        <v>329</v>
+        <v>313</v>
       </c>
       <c r="B62" t="s">
         <v>108</v>
       </c>
       <c r="C62" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F62">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62" t="s">
         <v>109</v>
       </c>
       <c r="I62" t="s">
         <v>22</v>
       </c>
       <c r="J62" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
-        <v>563</v>
+        <v>16</v>
       </c>
       <c r="B63" t="s">
         <v>110</v>
       </c>
       <c r="C63" t="s">
         <v>19</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63">
         <v>2</v>
       </c>
       <c r="F63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="I63" t="s">
         <v>22</v>
       </c>
       <c r="J63" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64">
+        <v>683</v>
+      </c>
+      <c r="B64" t="s">
+        <v>112</v>
+      </c>
+      <c r="C64" t="s">
+        <v>19</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64">
+        <v>2</v>
+      </c>
+      <c r="F64">
+        <v>2</v>
+      </c>
+      <c r="G64">
+        <v>0</v>
+      </c>
+      <c r="H64" t="s">
         <v>32</v>
-      </c>
-[...19 lines deleted...]
-        <v>112</v>
       </c>
       <c r="I64" t="s">
         <v>22</v>
       </c>
       <c r="J64" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65">
-        <v>715</v>
+        <v>182</v>
       </c>
       <c r="B65" t="s">
         <v>113</v>
       </c>
       <c r="C65" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F65">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="I65" t="s">
         <v>22</v>
       </c>
       <c r="J65" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66">
-        <v>198</v>
+        <v>830</v>
       </c>
       <c r="B66" t="s">
         <v>114</v>
       </c>
       <c r="C66" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66">
+        <v>1</v>
+      </c>
+      <c r="F66">
         <v>3</v>
       </c>
-      <c r="F66">
-[...1 lines deleted...]
-      </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="I66" t="s">
         <v>22</v>
       </c>
       <c r="J66" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67">
-        <v>851</v>
+        <v>314</v>
       </c>
       <c r="B67" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C67" t="s">
         <v>19</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F67">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I67" t="s">
         <v>22</v>
       </c>
       <c r="J67" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68">
-        <v>330</v>
+        <v>982</v>
       </c>
       <c r="B68" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C68" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I68" t="s">
         <v>22</v>
       </c>
       <c r="J68" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69">
-        <v>465</v>
+        <v>444</v>
       </c>
       <c r="B69" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C69" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F69">
         <v>5</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69" t="s">
-        <v>21</v>
+        <v>120</v>
       </c>
       <c r="I69" t="s">
         <v>22</v>
       </c>
       <c r="J69" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70">
-        <v>618</v>
+        <v>563</v>
       </c>
       <c r="B70" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C70" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I70" t="s">
         <v>22</v>
       </c>
       <c r="J70" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="B71" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C71" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71">
         <v>1</v>
       </c>
       <c r="F71">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71" t="s">
-        <v>28</v>
+        <v>111</v>
       </c>
       <c r="I71" t="s">
         <v>22</v>
       </c>
       <c r="J71" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="B72" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C72" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F72">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I72" t="s">
         <v>22</v>
       </c>
       <c r="J72" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="B73" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C73" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="I73" t="s">
         <v>22</v>
       </c>
       <c r="J73" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74">
-        <v>872</v>
+        <v>851</v>
       </c>
       <c r="B74" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74">
         <v>2</v>
       </c>
       <c r="F74">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="I74" t="s">
         <v>22</v>
       </c>
       <c r="J74" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75">
-        <v>346</v>
+        <v>330</v>
       </c>
       <c r="B75" t="s">
-        <v>35</v>
+        <v>126</v>
       </c>
       <c r="C75" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F75">
         <v>2</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="I75" t="s">
         <v>22</v>
       </c>
       <c r="J75" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76">
-        <v>496</v>
+        <v>465</v>
       </c>
       <c r="B76" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C76" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F76">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I76" t="s">
         <v>22</v>
       </c>
       <c r="J76" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="B77" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C77" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F77">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I77" t="s">
         <v>22</v>
       </c>
       <c r="J77" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="B78" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C78" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78">
         <v>1</v>
       </c>
       <c r="F78">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I78" t="s">
         <v>22</v>
       </c>
       <c r="J78" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79">
-        <v>747</v>
+        <v>731</v>
       </c>
       <c r="B79" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C79" t="s">
         <v>19</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F79">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I79" t="s">
         <v>22</v>
       </c>
       <c r="J79" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80">
-        <v>255</v>
+        <v>214</v>
       </c>
       <c r="B80" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C80" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F80">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I80" t="s">
         <v>22</v>
       </c>
       <c r="J80" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81">
-        <v>888</v>
+        <v>872</v>
       </c>
       <c r="B81" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C81" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81">
         <v>2</v>
       </c>
       <c r="F81">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="I81" t="s">
         <v>22</v>
       </c>
       <c r="J81" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82">
-        <v>361</v>
+        <v>346</v>
       </c>
       <c r="B82" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="C82" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F82">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82" t="s">
-        <v>132</v>
+        <v>49</v>
       </c>
       <c r="I82" t="s">
         <v>22</v>
       </c>
       <c r="J82" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="B83" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C83" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F83">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I83" t="s">
         <v>22</v>
       </c>
       <c r="J83" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84">
-        <v>659</v>
+        <v>609</v>
       </c>
       <c r="B84" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C84" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F84">
         <v>3</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I84" t="s">
         <v>22</v>
       </c>
       <c r="J84" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85">
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="B85" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F85">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="I85" t="s">
         <v>22</v>
       </c>
       <c r="J85" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86">
-        <v>763</v>
+        <v>747</v>
       </c>
       <c r="B86" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C86" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86">
         <v>1</v>
       </c>
       <c r="F86">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I86" t="s">
         <v>22</v>
       </c>
       <c r="J86" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="B87" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C87" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F87">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I87" t="s">
         <v>22</v>
       </c>
       <c r="J87" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88">
-        <v>903</v>
+        <v>888</v>
       </c>
       <c r="B88" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C88" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F88">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="I88" t="s">
         <v>22</v>
       </c>
       <c r="J88" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89">
-        <v>377</v>
+        <v>361</v>
       </c>
       <c r="B89" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C89" t="s">
         <v>19</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89">
         <v>1</v>
       </c>
       <c r="F89">
         <v>1</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89" t="s">
-        <v>57</v>
+        <v>142</v>
       </c>
       <c r="I89" t="s">
         <v>22</v>
       </c>
       <c r="J89" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="B90" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C90" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90">
         <v>2</v>
       </c>
       <c r="F90">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I90" t="s">
         <v>22</v>
       </c>
       <c r="J90" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B91" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F91">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I91" t="s">
         <v>22</v>
       </c>
       <c r="J91" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92">
-        <v>133</v>
+        <v>117</v>
       </c>
       <c r="B92" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C92" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F92">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I92" t="s">
         <v>22</v>
       </c>
       <c r="J92" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93">
-        <v>782</v>
+        <v>763</v>
       </c>
       <c r="B93" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C93" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F93">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I93" t="s">
         <v>22</v>
       </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94">
-        <v>238</v>
+        <v>223</v>
       </c>
       <c r="B94" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C94" t="s">
         <v>19</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94">
         <v>2</v>
       </c>
       <c r="F94">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I94" t="s">
         <v>22</v>
       </c>
       <c r="J94" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95">
-        <v>919</v>
+        <v>903</v>
       </c>
       <c r="B95" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C95" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95">
         <v>1</v>
       </c>
       <c r="F95">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I95" t="s">
         <v>22</v>
       </c>
       <c r="J95" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96">
-        <v>394</v>
+        <v>377</v>
       </c>
       <c r="B96" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96">
         <v>1</v>
       </c>
       <c r="F96">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I96" t="s">
         <v>22</v>
       </c>
       <c r="J96" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97">
-        <v>533</v>
+        <v>517</v>
       </c>
       <c r="B97" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C97" t="s">
         <v>19</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F97">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I97" t="s">
         <v>22</v>
       </c>
       <c r="J97" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98">
-        <v>661</v>
+        <v>643</v>
       </c>
       <c r="B98" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C98" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98">
         <v>2</v>
       </c>
       <c r="F98">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I98" t="s">
         <v>22</v>
       </c>
       <c r="J98" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="B99" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C99" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F99">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I99" t="s">
         <v>22</v>
       </c>
       <c r="J99" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="B100" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C100" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F100">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I100" t="s">
         <v>22</v>
       </c>
       <c r="J100" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101">
-        <v>279</v>
+        <v>238</v>
       </c>
       <c r="B101" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101">
         <v>2</v>
       </c>
       <c r="F101">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I101" t="s">
         <v>22</v>
       </c>
       <c r="J101" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102">
-        <v>935</v>
+        <v>919</v>
       </c>
       <c r="B102" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C102" t="s">
         <v>19</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102">
         <v>1</v>
       </c>
       <c r="F102">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="I102" t="s">
         <v>22</v>
       </c>
       <c r="J102" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103">
-        <v>408</v>
+        <v>394</v>
       </c>
       <c r="B103" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C103" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103">
         <v>1</v>
       </c>
       <c r="F103">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="I103" t="s">
         <v>22</v>
       </c>
       <c r="J103" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104">
-        <v>549</v>
+        <v>533</v>
       </c>
       <c r="B104" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C104" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104">
         <v>1</v>
       </c>
       <c r="F104">
         <v>2</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I104" t="s">
         <v>22</v>
       </c>
       <c r="J104" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105">
-        <v>699</v>
+        <v>661</v>
       </c>
       <c r="B105" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C105" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F105">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="I105" t="s">
         <v>22</v>
       </c>
       <c r="J105" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="B106" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C106" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F106">
         <v>2</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I106" t="s">
         <v>22</v>
       </c>
       <c r="J106" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107">
-        <v>814</v>
+        <v>798</v>
       </c>
       <c r="B107" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C107" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107">
         <v>1</v>
       </c>
       <c r="F107">
         <v>2</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I107" t="s">
         <v>22</v>
       </c>
       <c r="J107" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108">
-        <v>295</v>
+        <v>279</v>
       </c>
       <c r="B108" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C108" t="s">
         <v>19</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F108">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108" t="s">
-        <v>43</v>
+        <v>89</v>
       </c>
       <c r="I108" t="s">
         <v>22</v>
       </c>
       <c r="J108" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109">
-        <v>951</v>
+        <v>935</v>
       </c>
       <c r="B109" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C109" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F109">
         <v>1</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I109" t="s">
         <v>22</v>
       </c>
       <c r="J109" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110">
-        <v>426</v>
+        <v>408</v>
       </c>
       <c r="B110" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C110" t="s">
         <v>19</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F110">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110" t="s">
-        <v>161</v>
+        <v>92</v>
       </c>
       <c r="I110" t="s">
         <v>22</v>
       </c>
       <c r="J110" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111">
-        <v>581</v>
+        <v>549</v>
       </c>
       <c r="B111" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111">
         <v>1</v>
       </c>
       <c r="F111">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I111" t="s">
         <v>22</v>
       </c>
       <c r="J111" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112">
-        <v>16</v>
+        <v>699</v>
       </c>
       <c r="B112" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C112" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F112">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="I112" t="s">
         <v>22</v>
       </c>
       <c r="J112" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113">
-        <v>683</v>
+        <v>165</v>
       </c>
       <c r="B113" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C113" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F113">
         <v>2</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="I113" t="s">
         <v>22</v>
       </c>
       <c r="J113" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114">
-        <v>182</v>
+        <v>814</v>
       </c>
       <c r="B114" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F114">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="I114" t="s">
         <v>22</v>
       </c>
       <c r="J114" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115">
-        <v>830</v>
+        <v>295</v>
       </c>
       <c r="B115" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115">
         <v>1</v>
       </c>
       <c r="F115">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115" t="s">
-        <v>167</v>
+        <v>56</v>
       </c>
       <c r="I115" t="s">
         <v>22</v>
       </c>
       <c r="J115" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116">
-        <v>314</v>
+        <v>951</v>
       </c>
       <c r="B116" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F116">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="I116" t="s">
         <v>22</v>
       </c>
       <c r="J116" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117">
-        <v>982</v>
+        <v>426</v>
       </c>
       <c r="B117" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F117">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I117" t="s">
         <v>22</v>
       </c>
       <c r="J117" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118">
-        <v>444</v>
+        <v>581</v>
       </c>
       <c r="B118" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C118" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118">
         <v>1</v>
       </c>
       <c r="F118">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
       <c r="I118" t="s">
         <v>22</v>
       </c>
       <c r="J118" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119">
-        <v>840</v>
+        <v>815</v>
       </c>
       <c r="B119" t="s">
         <v>173</v>
       </c>
       <c r="C119" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F119">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119" t="s">
-        <v>175</v>
+        <v>32</v>
       </c>
       <c r="I119" t="s">
         <v>22</v>
       </c>
       <c r="J119" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120">
-        <v>315</v>
+        <v>296</v>
       </c>
       <c r="B120" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C120" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F120">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="I120" t="s">
         <v>22</v>
       </c>
       <c r="J120" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121">
-        <v>445</v>
+        <v>952</v>
       </c>
       <c r="B121" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C121" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F121">
         <v>2</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121" t="s">
-        <v>178</v>
+        <v>21</v>
       </c>
       <c r="I121" t="s">
         <v>22</v>
       </c>
       <c r="J121" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122">
-        <v>564</v>
+        <v>427</v>
       </c>
       <c r="B122" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C122" t="s">
         <v>19</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F122">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122" t="s">
-        <v>26</v>
+        <v>177</v>
       </c>
       <c r="I122" t="s">
         <v>22</v>
       </c>
       <c r="J122" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123">
-        <v>38</v>
+        <v>580</v>
       </c>
       <c r="B123" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F123">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G123">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H123" t="s">
-        <v>112</v>
+        <v>28</v>
       </c>
       <c r="I123" t="s">
         <v>22</v>
       </c>
       <c r="J123" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124">
-        <v>716</v>
+        <v>17</v>
       </c>
       <c r="B124" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C124" t="s">
         <v>19</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F124">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="I124" t="s">
         <v>22</v>
       </c>
       <c r="J124" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125">
-        <v>199</v>
+        <v>700</v>
       </c>
       <c r="B125" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C125" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F125">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="I125" t="s">
         <v>22</v>
       </c>
       <c r="J125" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126">
-        <v>852</v>
+        <v>183</v>
       </c>
       <c r="B126" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C126" t="s">
         <v>25</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F126">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="I126" t="s">
         <v>22</v>
       </c>
       <c r="J126" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127">
-        <v>331</v>
+        <v>840</v>
       </c>
       <c r="B127" t="s">
+        <v>182</v>
+      </c>
+      <c r="C127" t="s">
+        <v>183</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127">
+        <v>2</v>
+      </c>
+      <c r="F127">
+        <v>5</v>
+      </c>
+      <c r="G127">
+        <v>0</v>
+      </c>
+      <c r="H127" t="s">
         <v>184</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I127" t="s">
         <v>22</v>
       </c>
       <c r="J127" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128">
-        <v>466</v>
+        <v>315</v>
       </c>
       <c r="B128" t="s">
         <v>185</v>
       </c>
       <c r="C128" t="s">
         <v>19</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128">
         <v>2</v>
       </c>
       <c r="F128">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I128" t="s">
         <v>22</v>
       </c>
       <c r="J128" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129">
-        <v>617</v>
+        <v>445</v>
       </c>
       <c r="B129" t="s">
         <v>186</v>
       </c>
       <c r="C129" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F129">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129" t="s">
-        <v>26</v>
+        <v>187</v>
       </c>
       <c r="I129" t="s">
         <v>22</v>
       </c>
       <c r="J129" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130">
-        <v>85</v>
+        <v>564</v>
       </c>
       <c r="B130" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C130" t="s">
         <v>25</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F130">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130" t="s">
         <v>28</v>
       </c>
       <c r="I130" t="s">
         <v>22</v>
       </c>
       <c r="J130" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131">
-        <v>732</v>
+        <v>38</v>
       </c>
       <c r="B131" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C131" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131">
         <v>1</v>
       </c>
       <c r="F131">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G131">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H131" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="I131" t="s">
         <v>22</v>
       </c>
       <c r="J131" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132">
-        <v>215</v>
+        <v>716</v>
       </c>
       <c r="B132" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132">
         <v>2</v>
       </c>
       <c r="F132">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="I132" t="s">
         <v>22</v>
       </c>
       <c r="J132" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133">
-        <v>873</v>
+        <v>199</v>
       </c>
       <c r="B133" t="s">
         <v>191</v>
       </c>
       <c r="C133" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F133">
         <v>2</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="I133" t="s">
         <v>22</v>
       </c>
       <c r="J133" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134">
-        <v>347</v>
+        <v>852</v>
       </c>
       <c r="B134" t="s">
         <v>192</v>
       </c>
       <c r="C134" t="s">
         <v>19</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F134">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134" t="s">
         <v>36</v>
       </c>
       <c r="I134" t="s">
         <v>22</v>
       </c>
       <c r="J134" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135">
-        <v>484</v>
+        <v>331</v>
       </c>
       <c r="B135" t="s">
         <v>193</v>
       </c>
       <c r="C135" t="s">
         <v>19</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F135">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135" t="s">
-        <v>26</v>
+        <v>127</v>
       </c>
       <c r="I135" t="s">
         <v>22</v>
       </c>
       <c r="J135" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136">
-        <v>610</v>
+        <v>466</v>
       </c>
       <c r="B136" t="s">
         <v>194</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F136">
         <v>3</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I136" t="s">
         <v>22</v>
       </c>
       <c r="J136" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137">
-        <v>95</v>
+        <v>617</v>
       </c>
       <c r="B137" t="s">
         <v>195</v>
       </c>
       <c r="C137" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F137">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="I137" t="s">
         <v>22</v>
       </c>
       <c r="J137" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138">
-        <v>748</v>
+        <v>85</v>
       </c>
       <c r="B138" t="s">
         <v>196</v>
       </c>
       <c r="C138" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F138">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="I138" t="s">
         <v>22</v>
       </c>
       <c r="J138" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139">
-        <v>256</v>
+        <v>732</v>
       </c>
       <c r="B139" t="s">
         <v>197</v>
       </c>
       <c r="C139" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F139">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G139">
         <v>0</v>
       </c>
       <c r="H139" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="I139" t="s">
         <v>22</v>
       </c>
       <c r="J139" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140">
-        <v>889</v>
+        <v>215</v>
       </c>
       <c r="B140" t="s">
         <v>198</v>
       </c>
       <c r="C140" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F140">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140" t="s">
-        <v>34</v>
+        <v>199</v>
       </c>
       <c r="I140" t="s">
         <v>22</v>
       </c>
       <c r="J140" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141">
-        <v>362</v>
+        <v>873</v>
       </c>
       <c r="B141" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C141" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F141">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141" t="s">
-        <v>200</v>
+        <v>134</v>
       </c>
       <c r="I141" t="s">
         <v>22</v>
       </c>
       <c r="J141" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142">
-        <v>502</v>
+        <v>347</v>
       </c>
       <c r="B142" t="s">
         <v>201</v>
       </c>
       <c r="C142" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142">
         <v>2</v>
       </c>
       <c r="F142">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I142" t="s">
         <v>22</v>
       </c>
       <c r="J142" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143">
-        <v>658</v>
+        <v>484</v>
       </c>
       <c r="B143" t="s">
         <v>202</v>
       </c>
       <c r="C143" t="s">
         <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F143">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I143" t="s">
         <v>22</v>
       </c>
       <c r="J143" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144">
-        <v>118</v>
+        <v>610</v>
       </c>
       <c r="B144" t="s">
         <v>203</v>
       </c>
       <c r="C144" t="s">
         <v>19</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F144">
         <v>3</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="I144" t="s">
         <v>22</v>
       </c>
       <c r="J144" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145">
-        <v>764</v>
+        <v>95</v>
       </c>
       <c r="B145" t="s">
         <v>204</v>
       </c>
       <c r="C145" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F145">
         <v>2</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="I145" t="s">
         <v>22</v>
       </c>
       <c r="J145" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146">
-        <v>224</v>
+        <v>748</v>
       </c>
       <c r="B146" t="s">
         <v>205</v>
       </c>
       <c r="C146" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F146">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G146">
         <v>0</v>
       </c>
       <c r="H146" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="I146" t="s">
         <v>22</v>
       </c>
       <c r="J146" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147">
-        <v>904</v>
+        <v>256</v>
       </c>
       <c r="B147" t="s">
         <v>206</v>
       </c>
       <c r="C147" t="s">
         <v>19</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147">
+        <v>2</v>
+      </c>
+      <c r="F147">
         <v>4</v>
       </c>
-      <c r="F147">
-[...1 lines deleted...]
-      </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I147" t="s">
         <v>22</v>
       </c>
       <c r="J147" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148">
-        <v>378</v>
+        <v>889</v>
       </c>
       <c r="B148" t="s">
         <v>207</v>
       </c>
       <c r="C148" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F148">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G148">
         <v>0</v>
       </c>
       <c r="H148" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="I148" t="s">
         <v>22</v>
       </c>
       <c r="J148" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149">
-        <v>518</v>
+        <v>362</v>
       </c>
       <c r="B149" t="s">
         <v>208</v>
       </c>
       <c r="C149" t="s">
         <v>19</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F149">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149" t="s">
-        <v>26</v>
+        <v>209</v>
       </c>
       <c r="I149" t="s">
         <v>22</v>
       </c>
       <c r="J149" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150">
-        <v>644</v>
+        <v>502</v>
       </c>
       <c r="B150" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150">
         <v>2</v>
       </c>
       <c r="F150">
         <v>4</v>
       </c>
       <c r="G150">
         <v>0</v>
       </c>
       <c r="H150" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I150" t="s">
         <v>22</v>
       </c>
       <c r="J150" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151">
-        <v>134</v>
+        <v>658</v>
       </c>
       <c r="B151" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C151" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F151">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151" t="s">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="I151" t="s">
         <v>22</v>
       </c>
       <c r="J151" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152">
-        <v>783</v>
+        <v>118</v>
       </c>
       <c r="B152" t="s">
         <v>212</v>
       </c>
       <c r="C152" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152">
         <v>1</v>
       </c>
       <c r="F152">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
       <c r="H152" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="I152" t="s">
         <v>22</v>
       </c>
       <c r="J152" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153">
-        <v>239</v>
+        <v>764</v>
       </c>
       <c r="B153" t="s">
         <v>213</v>
       </c>
       <c r="C153" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F153">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G153">
         <v>0</v>
       </c>
       <c r="H153" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="I153" t="s">
         <v>22</v>
       </c>
       <c r="J153" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154">
-        <v>920</v>
+        <v>224</v>
       </c>
       <c r="B154" t="s">
         <v>214</v>
       </c>
       <c r="C154" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F154">
         <v>1</v>
       </c>
       <c r="G154">
         <v>0</v>
       </c>
       <c r="H154" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="I154" t="s">
         <v>22</v>
       </c>
       <c r="J154" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155">
-        <v>395</v>
+        <v>904</v>
       </c>
       <c r="B155" t="s">
         <v>215</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F155">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G155">
         <v>0</v>
       </c>
       <c r="H155" t="s">
         <v>68</v>
       </c>
       <c r="I155" t="s">
         <v>22</v>
       </c>
       <c r="J155" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156">
-        <v>534</v>
+        <v>378</v>
       </c>
       <c r="B156" t="s">
         <v>216</v>
       </c>
       <c r="C156" t="s">
         <v>19</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F156">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="I156" t="s">
         <v>22</v>
       </c>
       <c r="J156" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157">
-        <v>660</v>
+        <v>518</v>
       </c>
       <c r="B157" t="s">
         <v>217</v>
       </c>
       <c r="C157" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F157">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G157">
         <v>0</v>
       </c>
       <c r="H157" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I157" t="s">
         <v>22</v>
       </c>
       <c r="J157" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158">
-        <v>150</v>
+        <v>644</v>
       </c>
       <c r="B158" t="s">
         <v>218</v>
       </c>
       <c r="C158" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158">
         <v>2</v>
       </c>
       <c r="F158">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G158">
         <v>0</v>
       </c>
       <c r="H158" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="I158" t="s">
         <v>22</v>
       </c>
       <c r="J158" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159">
-        <v>799</v>
+        <v>134</v>
       </c>
       <c r="B159" t="s">
         <v>219</v>
       </c>
       <c r="C159" t="s">
         <v>19</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F159">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G159">
         <v>0</v>
       </c>
       <c r="H159" t="s">
-        <v>30</v>
+        <v>220</v>
       </c>
       <c r="I159" t="s">
         <v>22</v>
       </c>
       <c r="J159" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160">
-        <v>280</v>
+        <v>783</v>
       </c>
       <c r="B160" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C160" t="s">
         <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F160">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G160">
         <v>0</v>
       </c>
       <c r="H160" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="I160" t="s">
         <v>22</v>
       </c>
       <c r="J160" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161">
-        <v>936</v>
+        <v>239</v>
       </c>
       <c r="B161" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C161" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="F161">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G161">
         <v>0</v>
       </c>
       <c r="H161" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="I161" t="s">
         <v>22</v>
       </c>
       <c r="J161" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162">
-        <v>409</v>
+        <v>920</v>
       </c>
       <c r="B162" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C162" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F162">
         <v>1</v>
       </c>
       <c r="G162">
         <v>0</v>
       </c>
       <c r="H162" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="I162" t="s">
         <v>22</v>
       </c>
       <c r="J162" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163">
-        <v>550</v>
+        <v>395</v>
       </c>
       <c r="B163" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C163" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F163">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="I163" t="s">
         <v>22</v>
       </c>
       <c r="J163" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164">
-        <v>698</v>
+        <v>534</v>
       </c>
       <c r="B164" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C164" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F164">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G164">
         <v>0</v>
       </c>
       <c r="H164" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I164" t="s">
         <v>22</v>
       </c>
       <c r="J164" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165">
-        <v>166</v>
+        <v>660</v>
       </c>
       <c r="B165" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F165">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G165">
         <v>0</v>
       </c>
       <c r="H165" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I165" t="s">
         <v>22</v>
       </c>
       <c r="J165" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166">
-        <v>815</v>
+        <v>150</v>
       </c>
       <c r="B166" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C166" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F166">
         <v>2</v>
       </c>
       <c r="G166">
         <v>0</v>
       </c>
       <c r="H166" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="I166" t="s">
         <v>22</v>
       </c>
       <c r="J166" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167">
-        <v>296</v>
+        <v>799</v>
       </c>
       <c r="B167" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C167" t="s">
         <v>25</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167">
         <v>1</v>
       </c>
       <c r="F167">
         <v>2</v>
       </c>
       <c r="G167">
         <v>0</v>
       </c>
       <c r="H167" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="I167" t="s">
         <v>22</v>
       </c>
       <c r="J167" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168">
-        <v>952</v>
+        <v>280</v>
       </c>
       <c r="B168" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C168" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168">
         <v>2</v>
       </c>
       <c r="F168">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G168">
         <v>0</v>
       </c>
       <c r="H168" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I168" t="s">
         <v>22</v>
       </c>
       <c r="J168" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169">
-        <v>427</v>
+        <v>936</v>
       </c>
       <c r="B169" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C169" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
       <c r="F169">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G169">
         <v>0</v>
       </c>
       <c r="H169" t="s">
-        <v>230</v>
+        <v>79</v>
       </c>
       <c r="I169" t="s">
         <v>22</v>
       </c>
       <c r="J169" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170">
-        <v>580</v>
+        <v>409</v>
       </c>
       <c r="B170" t="s">
         <v>231</v>
       </c>
       <c r="C170" t="s">
         <v>19</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F170">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G170">
         <v>0</v>
       </c>
       <c r="H170" t="s">
-        <v>26</v>
+        <v>92</v>
       </c>
       <c r="I170" t="s">
         <v>22</v>
       </c>
       <c r="J170" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171">
-        <v>17</v>
+        <v>550</v>
       </c>
       <c r="B171" t="s">
         <v>232</v>
       </c>
       <c r="C171" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F171">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G171">
         <v>0</v>
       </c>
       <c r="H171" t="s">
-        <v>112</v>
+        <v>28</v>
       </c>
       <c r="I171" t="s">
         <v>22</v>
       </c>
       <c r="J171" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="B172" t="s">
         <v>233</v>
       </c>
       <c r="C172" t="s">
         <v>25</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F172">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G172">
         <v>0</v>
       </c>
       <c r="H172" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I172" t="s">
         <v>22</v>
       </c>
       <c r="J172" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="B173" t="s">
         <v>234</v>
       </c>
       <c r="C173" t="s">
         <v>19</v>
       </c>
       <c r="D173" t="s">
         <v>20</v>
       </c>
       <c r="E173">
         <v>2</v>
       </c>
       <c r="F173">
         <v>3</v>
       </c>
       <c r="G173">
         <v>0</v>
       </c>
       <c r="H173" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I173" t="s">
         <v>22</v>
       </c>
       <c r="J173" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B174" t="s">
         <v>235</v>
       </c>
       <c r="C174" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F174">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G174">
         <v>0</v>
       </c>
       <c r="H174" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I174" t="s">
         <v>22</v>
       </c>
       <c r="J174" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175">
-        <v>18</v>
+        <v>697</v>
       </c>
       <c r="B175" t="s">
         <v>236</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F175">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G175">
         <v>0</v>
       </c>
       <c r="H175" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="I175" t="s">
         <v>22</v>
       </c>
       <c r="J175" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176">
-        <v>701</v>
+        <v>167</v>
       </c>
       <c r="B176" t="s">
         <v>237</v>
       </c>
       <c r="C176" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F176">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G176">
         <v>0</v>
       </c>
       <c r="H176" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="I176" t="s">
         <v>22</v>
       </c>
       <c r="J176" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177">
-        <v>184</v>
+        <v>816</v>
       </c>
       <c r="B177" t="s">
         <v>238</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F177">
         <v>2</v>
       </c>
       <c r="G177">
         <v>0</v>
       </c>
       <c r="H177" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="I177" t="s">
         <v>22</v>
       </c>
       <c r="J177" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178">
-        <v>833</v>
+        <v>297</v>
       </c>
       <c r="B178" t="s">
         <v>239</v>
       </c>
       <c r="C178" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D178" t="s">
         <v>20</v>
       </c>
       <c r="E178">
         <v>2</v>
       </c>
       <c r="F178">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G178">
         <v>0</v>
       </c>
       <c r="H178" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="I178" t="s">
         <v>22</v>
       </c>
       <c r="J178" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179">
-        <v>316</v>
+        <v>953</v>
       </c>
       <c r="B179" t="s">
         <v>240</v>
       </c>
       <c r="C179" t="s">
         <v>19</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F179">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G179">
         <v>0</v>
       </c>
       <c r="H179" t="s">
-        <v>241</v>
+        <v>21</v>
       </c>
       <c r="I179" t="s">
         <v>22</v>
       </c>
       <c r="J179" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180">
-        <v>446</v>
+        <v>428</v>
       </c>
       <c r="B180" t="s">
+        <v>241</v>
+      </c>
+      <c r="C180" t="s">
+        <v>19</v>
+      </c>
+      <c r="D180" t="s">
+        <v>20</v>
+      </c>
+      <c r="E180">
+        <v>1</v>
+      </c>
+      <c r="F180">
+        <v>2</v>
+      </c>
+      <c r="G180">
+        <v>0</v>
+      </c>
+      <c r="H180" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I180" t="s">
         <v>22</v>
       </c>
       <c r="J180" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="B181" t="s">
         <v>243</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F181">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G181">
         <v>0</v>
       </c>
       <c r="H181" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I181" t="s">
         <v>22</v>
       </c>
       <c r="J181" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="B182" t="s">
         <v>244</v>
       </c>
       <c r="C182" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182">
         <v>2</v>
       </c>
       <c r="F182">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G182">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H182" t="s">
-        <v>245</v>
+        <v>30</v>
       </c>
       <c r="I182" t="s">
         <v>22</v>
       </c>
       <c r="J182" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183">
-        <v>717</v>
+        <v>701</v>
       </c>
       <c r="B183" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C183" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183">
         <v>2</v>
       </c>
       <c r="F183">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G183">
         <v>0</v>
       </c>
       <c r="H183" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I183" t="s">
         <v>22</v>
       </c>
       <c r="J183" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184">
-        <v>200</v>
+        <v>184</v>
       </c>
       <c r="B184" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C184" t="s">
         <v>19</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184">
         <v>1</v>
       </c>
       <c r="F184">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G184">
         <v>0</v>
       </c>
       <c r="H184" t="s">
         <v>105</v>
       </c>
       <c r="I184" t="s">
         <v>22</v>
       </c>
       <c r="J184" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185">
-        <v>853</v>
+        <v>833</v>
       </c>
       <c r="B185" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C185" t="s">
         <v>19</v>
       </c>
       <c r="D185" t="s">
         <v>20</v>
       </c>
       <c r="E185">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F185">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G185">
         <v>0</v>
       </c>
       <c r="H185" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
       <c r="I185" t="s">
         <v>22</v>
       </c>
       <c r="J185" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="B186" t="s">
+        <v>248</v>
+      </c>
+      <c r="C186" t="s">
+        <v>25</v>
+      </c>
+      <c r="D186" t="s">
+        <v>20</v>
+      </c>
+      <c r="E186">
+        <v>2</v>
+      </c>
+      <c r="F186">
+        <v>1</v>
+      </c>
+      <c r="G186">
+        <v>0</v>
+      </c>
+      <c r="H186" t="s">
         <v>249</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I186" t="s">
         <v>22</v>
       </c>
       <c r="J186" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187">
-        <v>467</v>
+        <v>446</v>
       </c>
       <c r="B187" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C187" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F187">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G187">
         <v>0</v>
       </c>
       <c r="H187" t="s">
-        <v>21</v>
+        <v>187</v>
       </c>
       <c r="I187" t="s">
         <v>22</v>
       </c>
       <c r="J187" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188">
-        <v>616</v>
+        <v>565</v>
       </c>
       <c r="B188" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C188" t="s">
         <v>19</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F188">
         <v>5</v>
       </c>
       <c r="G188">
         <v>0</v>
       </c>
       <c r="H188" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I188" t="s">
         <v>22</v>
       </c>
       <c r="J188" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="B189" t="s">
+        <v>252</v>
+      </c>
+      <c r="C189" t="s">
+        <v>19</v>
+      </c>
+      <c r="D189" t="s">
+        <v>20</v>
+      </c>
+      <c r="E189">
+        <v>2</v>
+      </c>
+      <c r="F189">
+        <v>3</v>
+      </c>
+      <c r="G189">
+        <v>1</v>
+      </c>
+      <c r="H189" t="s">
         <v>253</v>
-      </c>
-[...16 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I189" t="s">
         <v>22</v>
       </c>
       <c r="J189" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190">
-        <v>733</v>
+        <v>717</v>
       </c>
       <c r="B190" t="s">
         <v>254</v>
       </c>
       <c r="C190" t="s">
         <v>19</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190">
         <v>2</v>
       </c>
       <c r="F190">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G190">
         <v>0</v>
       </c>
       <c r="H190" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I190" t="s">
         <v>22</v>
       </c>
       <c r="J190" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="B191" t="s">
         <v>255</v>
       </c>
       <c r="C191" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191">
         <v>1</v>
       </c>
       <c r="F191">
         <v>1</v>
       </c>
       <c r="G191">
         <v>0</v>
       </c>
       <c r="H191" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
       <c r="I191" t="s">
         <v>22</v>
       </c>
       <c r="J191" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192">
-        <v>874</v>
+        <v>853</v>
       </c>
       <c r="B192" t="s">
         <v>256</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192">
         <v>1</v>
       </c>
       <c r="F192">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G192">
         <v>0</v>
       </c>
       <c r="H192" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="I192" t="s">
         <v>22</v>
       </c>
       <c r="J192" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193">
-        <v>348</v>
+        <v>332</v>
       </c>
       <c r="B193" t="s">
         <v>257</v>
       </c>
       <c r="C193" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D193" t="s">
-        <v>20</v>
+        <v>258</v>
       </c>
       <c r="E193">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F193">
         <v>4</v>
       </c>
       <c r="G193">
         <v>0</v>
       </c>
       <c r="H193" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="I193" t="s">
         <v>22</v>
       </c>
       <c r="J193" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194">
-        <v>485</v>
+        <v>467</v>
       </c>
       <c r="B194" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C194" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F194">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G194">
         <v>0</v>
       </c>
       <c r="H194" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I194" t="s">
         <v>22</v>
       </c>
       <c r="J194" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B195" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C195" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D195" t="s">
         <v>20</v>
       </c>
       <c r="E195">
         <v>1</v>
       </c>
       <c r="F195">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G195">
         <v>0</v>
       </c>
       <c r="H195" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I195" t="s">
         <v>22</v>
       </c>
       <c r="J195" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="B196" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C196" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196">
         <v>3</v>
       </c>
       <c r="F196">
         <v>0</v>
       </c>
       <c r="G196">
         <v>0</v>
       </c>
       <c r="H196" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I196" t="s">
         <v>22</v>
       </c>
       <c r="J196" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197">
-        <v>749</v>
+        <v>733</v>
       </c>
       <c r="B197" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>20</v>
       </c>
       <c r="E197">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F197">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G197">
         <v>0</v>
       </c>
       <c r="H197" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I197" t="s">
         <v>22</v>
       </c>
       <c r="J197" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198">
-        <v>257</v>
+        <v>216</v>
       </c>
       <c r="B198" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C198" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
       <c r="E198">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F198">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G198">
         <v>0</v>
       </c>
       <c r="H198" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="I198" t="s">
         <v>22</v>
       </c>
       <c r="J198" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199">
-        <v>890</v>
+        <v>874</v>
       </c>
       <c r="B199" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C199" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D199" t="s">
         <v>20</v>
       </c>
       <c r="E199">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F199">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G199">
         <v>0</v>
       </c>
       <c r="H199" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="I199" t="s">
         <v>22</v>
       </c>
       <c r="J199" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="B200" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C200" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200">
         <v>1</v>
       </c>
       <c r="F200">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G200">
         <v>0</v>
       </c>
       <c r="H200" t="s">
-        <v>265</v>
+        <v>49</v>
       </c>
       <c r="I200" t="s">
         <v>22</v>
       </c>
       <c r="J200" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201">
-        <v>503</v>
+        <v>485</v>
       </c>
       <c r="B201" t="s">
         <v>266</v>
       </c>
       <c r="C201" t="s">
         <v>19</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201">
         <v>1</v>
       </c>
       <c r="F201">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G201">
         <v>0</v>
       </c>
       <c r="H201" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I201" t="s">
         <v>22</v>
       </c>
       <c r="J201" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202">
-        <v>657</v>
+        <v>611</v>
       </c>
       <c r="B202" t="s">
         <v>267</v>
       </c>
       <c r="C202" t="s">
         <v>25</v>
       </c>
       <c r="D202" t="s">
         <v>20</v>
       </c>
       <c r="E202">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F202">
         <v>3</v>
       </c>
       <c r="G202">
         <v>0</v>
       </c>
       <c r="H202" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I202" t="s">
         <v>22</v>
       </c>
       <c r="J202" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203">
-        <v>119</v>
+        <v>96</v>
       </c>
       <c r="B203" t="s">
         <v>268</v>
       </c>
       <c r="C203" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F203">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G203">
         <v>0</v>
       </c>
       <c r="H203" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="I203" t="s">
         <v>22</v>
       </c>
       <c r="J203" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204">
-        <v>765</v>
+        <v>749</v>
       </c>
       <c r="B204" t="s">
         <v>269</v>
       </c>
       <c r="C204" t="s">
         <v>19</v>
       </c>
       <c r="D204" t="s">
         <v>20</v>
       </c>
       <c r="E204">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F204">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G204">
         <v>0</v>
       </c>
       <c r="H204" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I204" t="s">
         <v>22</v>
       </c>
       <c r="J204" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205">
-        <v>225</v>
+        <v>257</v>
       </c>
       <c r="B205" t="s">
         <v>270</v>
       </c>
       <c r="C205" t="s">
         <v>25</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F205">
         <v>3</v>
       </c>
       <c r="G205">
         <v>0</v>
       </c>
       <c r="H205" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I205" t="s">
         <v>22</v>
       </c>
       <c r="J205" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206">
-        <v>905</v>
+        <v>890</v>
       </c>
       <c r="B206" t="s">
         <v>271</v>
       </c>
       <c r="C206" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F206">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G206">
         <v>0</v>
       </c>
       <c r="H206" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="I206" t="s">
         <v>22</v>
       </c>
       <c r="J206" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="B207" t="s">
         <v>272</v>
       </c>
       <c r="C207" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F207">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G207">
         <v>0</v>
       </c>
       <c r="H207" t="s">
-        <v>57</v>
+        <v>273</v>
       </c>
       <c r="I207" t="s">
         <v>22</v>
       </c>
       <c r="J207" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208">
-        <v>519</v>
+        <v>503</v>
       </c>
       <c r="B208" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C208" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D208" t="s">
         <v>20</v>
       </c>
       <c r="E208">
         <v>1</v>
       </c>
       <c r="F208">
         <v>2</v>
       </c>
       <c r="G208">
         <v>0</v>
       </c>
       <c r="H208" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I208" t="s">
         <v>22</v>
       </c>
       <c r="J208" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209">
-        <v>645</v>
+        <v>657</v>
       </c>
       <c r="B209" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C209" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F209">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G209">
         <v>0</v>
       </c>
       <c r="H209" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I209" t="s">
         <v>22</v>
       </c>
       <c r="J209" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="B210" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C210" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D210" t="s">
         <v>20</v>
       </c>
       <c r="E210">
         <v>1</v>
       </c>
       <c r="F210">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G210">
         <v>0</v>
       </c>
       <c r="H210" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="I210" t="s">
         <v>22</v>
       </c>
       <c r="J210" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211">
-        <v>784</v>
+        <v>765</v>
       </c>
       <c r="B211" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C211" t="s">
         <v>25</v>
       </c>
       <c r="D211" t="s">
         <v>20</v>
       </c>
       <c r="E211">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F211">
         <v>4</v>
       </c>
       <c r="G211">
         <v>0</v>
       </c>
       <c r="H211" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I211" t="s">
         <v>22</v>
       </c>
       <c r="J211" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212">
-        <v>240</v>
+        <v>225</v>
       </c>
       <c r="B212" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C212" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F212">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G212">
         <v>0</v>
       </c>
       <c r="H212" t="s">
-        <v>278</v>
+        <v>66</v>
       </c>
       <c r="I212" t="s">
         <v>22</v>
       </c>
       <c r="J212" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213">
-        <v>921</v>
+        <v>905</v>
       </c>
       <c r="B213" t="s">
         <v>279</v>
       </c>
       <c r="C213" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D213" t="s">
         <v>20</v>
       </c>
       <c r="E213">
         <v>1</v>
       </c>
       <c r="F213">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G213">
         <v>0</v>
       </c>
       <c r="H213" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="I213" t="s">
         <v>22</v>
       </c>
       <c r="J213" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214">
-        <v>396</v>
+        <v>379</v>
       </c>
       <c r="B214" t="s">
         <v>280</v>
       </c>
       <c r="C214" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D214" t="s">
         <v>20</v>
       </c>
       <c r="E214">
         <v>2</v>
       </c>
       <c r="F214">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G214">
         <v>0</v>
       </c>
       <c r="H214" t="s">
-        <v>281</v>
+        <v>70</v>
       </c>
       <c r="I214" t="s">
         <v>22</v>
       </c>
       <c r="J214" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215">
-        <v>535</v>
+        <v>519</v>
       </c>
       <c r="B215" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C215" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D215" t="s">
         <v>20</v>
       </c>
       <c r="E215">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F215">
         <v>2</v>
       </c>
       <c r="G215">
         <v>0</v>
       </c>
       <c r="H215" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I215" t="s">
         <v>22</v>
       </c>
       <c r="J215" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216">
-        <v>678</v>
+        <v>645</v>
       </c>
       <c r="B216" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="C216" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D216" t="s">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="E216">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F216">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G216">
         <v>0</v>
       </c>
       <c r="H216" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I216" t="s">
         <v>22</v>
       </c>
       <c r="J216" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="B217" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C217" t="s">
         <v>19</v>
       </c>
       <c r="D217" t="s">
         <v>20</v>
       </c>
       <c r="E217">
         <v>1</v>
       </c>
       <c r="F217">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G217">
         <v>0</v>
       </c>
       <c r="H217" t="s">
-        <v>61</v>
+        <v>220</v>
       </c>
       <c r="I217" t="s">
         <v>22</v>
       </c>
       <c r="J217" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218">
-        <v>800</v>
+        <v>784</v>
       </c>
       <c r="B218" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C218" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218">
         <v>1</v>
       </c>
       <c r="F218">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G218">
         <v>0</v>
       </c>
       <c r="H218" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I218" t="s">
         <v>22</v>
       </c>
       <c r="J218" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219">
-        <v>281</v>
+        <v>240</v>
       </c>
       <c r="B219" t="s">
+        <v>285</v>
+      </c>
+      <c r="C219" t="s">
+        <v>19</v>
+      </c>
+      <c r="D219" t="s">
+        <v>20</v>
+      </c>
+      <c r="E219">
+        <v>1</v>
+      </c>
+      <c r="F219">
+        <v>2</v>
+      </c>
+      <c r="G219">
+        <v>0</v>
+      </c>
+      <c r="H219" t="s">
         <v>286</v>
-      </c>
-[...16 lines deleted...]
-        <v>287</v>
       </c>
       <c r="I219" t="s">
         <v>22</v>
       </c>
       <c r="J219" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220">
-        <v>937</v>
+        <v>921</v>
       </c>
       <c r="B220" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C220" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D220" t="s">
         <v>20</v>
       </c>
       <c r="E220">
         <v>1</v>
       </c>
       <c r="F220">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G220">
         <v>0</v>
       </c>
       <c r="H220" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I220" t="s">
         <v>22</v>
       </c>
       <c r="J220" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="B221" t="s">
+        <v>288</v>
+      </c>
+      <c r="C221" t="s">
+        <v>19</v>
+      </c>
+      <c r="D221" t="s">
+        <v>20</v>
+      </c>
+      <c r="E221">
+        <v>2</v>
+      </c>
+      <c r="F221">
+        <v>2</v>
+      </c>
+      <c r="G221">
+        <v>0</v>
+      </c>
+      <c r="H221" t="s">
         <v>289</v>
-      </c>
-[...16 lines deleted...]
-        <v>79</v>
       </c>
       <c r="I221" t="s">
         <v>22</v>
       </c>
       <c r="J221" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222">
-        <v>577</v>
+        <v>535</v>
       </c>
       <c r="B222" t="s">
         <v>290</v>
       </c>
       <c r="C222" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D222" t="s">
         <v>20</v>
       </c>
       <c r="E222">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F222">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G222">
         <v>0</v>
       </c>
       <c r="H222" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I222" t="s">
         <v>22</v>
       </c>
       <c r="J222" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223">
-        <v>697</v>
+        <v>678</v>
       </c>
       <c r="B223" t="s">
         <v>291</v>
       </c>
       <c r="C223" t="s">
         <v>19</v>
       </c>
       <c r="D223" t="s">
-        <v>20</v>
+        <v>258</v>
       </c>
       <c r="E223">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F223">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G223">
         <v>0</v>
       </c>
       <c r="H223" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="I223" t="s">
         <v>22</v>
       </c>
       <c r="J223" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="B224" t="s">
         <v>292</v>
       </c>
       <c r="C224" t="s">
         <v>25</v>
       </c>
       <c r="D224" t="s">
         <v>20</v>
       </c>
       <c r="E224">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F224">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G224">
         <v>0</v>
       </c>
       <c r="H224" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="I224" t="s">
         <v>22</v>
       </c>
       <c r="J224" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225">
-        <v>816</v>
+        <v>800</v>
       </c>
       <c r="B225" t="s">
         <v>293</v>
       </c>
       <c r="C225" t="s">
         <v>19</v>
       </c>
       <c r="D225" t="s">
         <v>20</v>
       </c>
       <c r="E225">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F225">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G225">
         <v>0</v>
       </c>
       <c r="H225" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I225" t="s">
         <v>22</v>
       </c>
       <c r="J225" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226">
-        <v>297</v>
+        <v>281</v>
       </c>
       <c r="B226" t="s">
         <v>294</v>
       </c>
       <c r="C226" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D226" t="s">
         <v>20</v>
       </c>
       <c r="E226">
         <v>2</v>
       </c>
       <c r="F226">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G226">
         <v>0</v>
       </c>
       <c r="H226" t="s">
-        <v>43</v>
+        <v>295</v>
       </c>
       <c r="I226" t="s">
         <v>22</v>
       </c>
       <c r="J226" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227">
-        <v>953</v>
+        <v>937</v>
       </c>
       <c r="B227" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C227" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D227" t="s">
         <v>20</v>
       </c>
       <c r="E227">
         <v>1</v>
       </c>
       <c r="F227">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G227">
         <v>0</v>
       </c>
       <c r="H227" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I227" t="s">
         <v>22</v>
       </c>
       <c r="J227" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228">
-        <v>428</v>
+        <v>410</v>
       </c>
       <c r="B228" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C228" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D228" t="s">
         <v>20</v>
       </c>
       <c r="E228">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F228">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G228">
         <v>0</v>
       </c>
       <c r="H228" t="s">
-        <v>297</v>
+        <v>92</v>
       </c>
       <c r="I228" t="s">
         <v>22</v>
       </c>
       <c r="J228" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229">
-        <v>817</v>
+        <v>801</v>
       </c>
       <c r="B229" t="s">
         <v>298</v>
       </c>
       <c r="C229" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D229" t="s">
         <v>20</v>
       </c>
       <c r="E229">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F229">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G229">
         <v>0</v>
       </c>
       <c r="H229" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I229" t="s">
         <v>22</v>
       </c>
       <c r="J229" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230">
-        <v>298</v>
+        <v>282</v>
       </c>
       <c r="B230" t="s">
         <v>299</v>
       </c>
       <c r="C230" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D230" t="s">
         <v>20</v>
       </c>
       <c r="E230">
         <v>2</v>
       </c>
       <c r="F230">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G230">
         <v>0</v>
       </c>
       <c r="H230" t="s">
-        <v>43</v>
+        <v>295</v>
       </c>
       <c r="I230" t="s">
         <v>22</v>
       </c>
       <c r="J230" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231">
-        <v>954</v>
+        <v>938</v>
       </c>
       <c r="B231" t="s">
         <v>300</v>
       </c>
       <c r="C231" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D231" t="s">
         <v>20</v>
       </c>
       <c r="E231">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F231">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G231">
         <v>0</v>
       </c>
       <c r="H231" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I231" t="s">
         <v>22</v>
       </c>
       <c r="J231" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232">
-        <v>429</v>
+        <v>411</v>
       </c>
       <c r="B232" t="s">
         <v>301</v>
       </c>
       <c r="C232" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D232" t="s">
         <v>20</v>
       </c>
       <c r="E232">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F232">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G232">
         <v>0</v>
       </c>
       <c r="H232" t="s">
-        <v>302</v>
+        <v>92</v>
       </c>
       <c r="I232" t="s">
         <v>22</v>
       </c>
       <c r="J232" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="B233" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C233" t="s">
         <v>19</v>
       </c>
       <c r="D233" t="s">
         <v>20</v>
       </c>
       <c r="E233">
         <v>2</v>
       </c>
       <c r="F233">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G233">
         <v>0</v>
       </c>
       <c r="H233" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I233" t="s">
         <v>22</v>
       </c>
       <c r="J233" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234">
-        <v>19</v>
+        <v>696</v>
       </c>
       <c r="B234" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C234" t="s">
         <v>25</v>
       </c>
       <c r="D234" t="s">
         <v>20</v>
       </c>
       <c r="E234">
         <v>2</v>
       </c>
       <c r="F234">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G234">
         <v>0</v>
       </c>
       <c r="H234" t="s">
-        <v>305</v>
+        <v>32</v>
       </c>
       <c r="I234" t="s">
         <v>22</v>
       </c>
       <c r="J234" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235">
-        <v>702</v>
+        <v>168</v>
       </c>
       <c r="B235" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C235" t="s">
         <v>25</v>
       </c>
       <c r="D235" t="s">
         <v>20</v>
       </c>
       <c r="E235">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F235">
         <v>2</v>
       </c>
       <c r="G235">
         <v>0</v>
       </c>
       <c r="H235" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="I235" t="s">
         <v>22</v>
       </c>
       <c r="J235" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236">
-        <v>185</v>
+        <v>817</v>
       </c>
       <c r="B236" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C236" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F236">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G236">
         <v>0</v>
       </c>
       <c r="H236" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="I236" t="s">
         <v>22</v>
       </c>
       <c r="J236" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237">
-        <v>834</v>
+        <v>298</v>
       </c>
       <c r="B237" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C237" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D237" t="s">
         <v>20</v>
       </c>
       <c r="E237">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F237">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G237">
         <v>0</v>
       </c>
       <c r="H237" t="s">
-        <v>309</v>
+        <v>56</v>
       </c>
       <c r="I237" t="s">
         <v>22</v>
       </c>
       <c r="J237" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238">
-        <v>317</v>
+        <v>954</v>
       </c>
       <c r="B238" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C238" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238">
         <v>1</v>
       </c>
       <c r="F238">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G238">
         <v>0</v>
       </c>
       <c r="H238" t="s">
-        <v>241</v>
+        <v>21</v>
       </c>
       <c r="I238" t="s">
         <v>22</v>
       </c>
       <c r="J238" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239">
-        <v>447</v>
+        <v>429</v>
       </c>
       <c r="B239" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C239" t="s">
         <v>19</v>
       </c>
       <c r="D239" t="s">
         <v>20</v>
       </c>
       <c r="E239">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F239">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G239">
         <v>0</v>
       </c>
       <c r="H239" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="I239" t="s">
         <v>22</v>
       </c>
       <c r="J239" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="B240" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C240" t="s">
         <v>25</v>
       </c>
       <c r="D240" t="s">
         <v>20</v>
       </c>
       <c r="E240">
         <v>2</v>
       </c>
       <c r="F240">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G240">
         <v>0</v>
       </c>
       <c r="H240" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I240" t="s">
         <v>22</v>
       </c>
       <c r="J240" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="B241" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C241" t="s">
         <v>19</v>
       </c>
       <c r="D241" t="s">
         <v>20</v>
       </c>
       <c r="E241">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F241">
         <v>4</v>
       </c>
       <c r="G241">
         <v>0</v>
       </c>
       <c r="H241" t="s">
-        <v>112</v>
+        <v>312</v>
       </c>
       <c r="I241" t="s">
         <v>22</v>
       </c>
       <c r="J241" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242">
-        <v>718</v>
+        <v>702</v>
       </c>
       <c r="B242" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C242" t="s">
         <v>19</v>
       </c>
       <c r="D242" t="s">
         <v>20</v>
       </c>
       <c r="E242">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F242">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G242">
         <v>0</v>
       </c>
       <c r="H242" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I242" t="s">
         <v>22</v>
       </c>
       <c r="J242" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243">
-        <v>201</v>
+        <v>185</v>
       </c>
       <c r="B243" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C243" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D243" t="s">
         <v>20</v>
       </c>
       <c r="E243">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F243">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G243">
         <v>0</v>
       </c>
       <c r="H243" t="s">
-        <v>317</v>
+        <v>105</v>
       </c>
       <c r="I243" t="s">
         <v>22</v>
       </c>
       <c r="J243" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244">
-        <v>854</v>
+        <v>834</v>
       </c>
       <c r="B244" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C244" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D244" t="s">
         <v>20</v>
       </c>
       <c r="E244">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F244">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G244">
         <v>0</v>
       </c>
       <c r="H244" t="s">
-        <v>107</v>
+        <v>316</v>
       </c>
       <c r="I244" t="s">
         <v>22</v>
       </c>
       <c r="J244" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245">
-        <v>334</v>
+        <v>317</v>
       </c>
       <c r="B245" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C245" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D245" t="s">
         <v>20</v>
       </c>
       <c r="E245">
         <v>1</v>
       </c>
       <c r="F245">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G245">
         <v>0</v>
       </c>
       <c r="H245" t="s">
-        <v>117</v>
+        <v>249</v>
       </c>
       <c r="I245" t="s">
         <v>22</v>
       </c>
       <c r="J245" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246">
-        <v>468</v>
+        <v>447</v>
       </c>
       <c r="B246" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C246" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D246" t="s">
         <v>20</v>
       </c>
       <c r="E246">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F246">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G246">
         <v>0</v>
       </c>
       <c r="H246" t="s">
-        <v>21</v>
+        <v>319</v>
       </c>
       <c r="I246" t="s">
         <v>22</v>
       </c>
       <c r="J246" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247">
-        <v>615</v>
+        <v>566</v>
       </c>
       <c r="B247" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="C247" t="s">
         <v>19</v>
       </c>
       <c r="D247" t="s">
         <v>20</v>
       </c>
       <c r="E247">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F247">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G247">
         <v>0</v>
       </c>
       <c r="H247" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I247" t="s">
         <v>22</v>
       </c>
       <c r="J247" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="B248" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C248" t="s">
         <v>25</v>
       </c>
       <c r="D248" t="s">
         <v>20</v>
       </c>
       <c r="E248">
         <v>1</v>
       </c>
       <c r="F248">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G248">
         <v>0</v>
       </c>
       <c r="H248" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="I248" t="s">
         <v>22</v>
       </c>
       <c r="J248" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249">
-        <v>734</v>
+        <v>718</v>
       </c>
       <c r="B249" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" t="s">
         <v>20</v>
       </c>
       <c r="E249">
         <v>2</v>
       </c>
       <c r="F249">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G249">
         <v>0</v>
       </c>
       <c r="H249" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I249" t="s">
         <v>22</v>
       </c>
       <c r="J249" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250">
-        <v>217</v>
+        <v>201</v>
       </c>
       <c r="B250" t="s">
+        <v>323</v>
+      </c>
+      <c r="C250" t="s">
+        <v>19</v>
+      </c>
+      <c r="D250" t="s">
+        <v>20</v>
+      </c>
+      <c r="E250">
+        <v>1</v>
+      </c>
+      <c r="F250">
+        <v>1</v>
+      </c>
+      <c r="G250">
+        <v>0</v>
+      </c>
+      <c r="H250" t="s">
         <v>324</v>
-      </c>
-[...16 lines deleted...]
-        <v>190</v>
       </c>
       <c r="I250" t="s">
         <v>22</v>
       </c>
       <c r="J250" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251">
-        <v>875</v>
+        <v>854</v>
       </c>
       <c r="B251" t="s">
         <v>325</v>
       </c>
       <c r="C251" t="s">
         <v>19</v>
       </c>
       <c r="D251" t="s">
         <v>20</v>
       </c>
       <c r="E251">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F251">
         <v>1</v>
       </c>
       <c r="G251">
         <v>0</v>
       </c>
       <c r="H251" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="I251" t="s">
         <v>22</v>
       </c>
       <c r="J251" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252">
-        <v>349</v>
+        <v>334</v>
       </c>
       <c r="B252" t="s">
         <v>326</v>
       </c>
       <c r="C252" t="s">
         <v>19</v>
       </c>
       <c r="D252" t="s">
         <v>20</v>
       </c>
       <c r="E252">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F252">
         <v>2</v>
       </c>
       <c r="G252">
         <v>0</v>
       </c>
       <c r="H252" t="s">
-        <v>327</v>
+        <v>127</v>
       </c>
       <c r="I252" t="s">
         <v>22</v>
       </c>
       <c r="J252" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253">
-        <v>486</v>
+        <v>468</v>
       </c>
       <c r="B253" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C253" t="s">
         <v>25</v>
       </c>
       <c r="D253" t="s">
         <v>20</v>
       </c>
       <c r="E253">
         <v>2</v>
       </c>
       <c r="F253">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G253">
         <v>0</v>
       </c>
       <c r="H253" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I253" t="s">
         <v>22</v>
       </c>
       <c r="J253" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B254" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="C254" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D254" t="s">
         <v>20</v>
       </c>
       <c r="E254">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F254">
         <v>2</v>
       </c>
       <c r="G254">
         <v>0</v>
       </c>
       <c r="H254" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I254" t="s">
         <v>22</v>
       </c>
       <c r="J254" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="B255" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C255" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D255" t="s">
         <v>20</v>
       </c>
       <c r="E255">
         <v>1</v>
       </c>
       <c r="F255">
         <v>3</v>
       </c>
       <c r="G255">
         <v>0</v>
       </c>
       <c r="H255" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="I255" t="s">
         <v>22</v>
       </c>
       <c r="J255" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="B256" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C256" t="s">
         <v>19</v>
       </c>
       <c r="D256" t="s">
         <v>20</v>
       </c>
       <c r="E256">
         <v>2</v>
       </c>
       <c r="F256">
         <v>1</v>
       </c>
       <c r="G256">
         <v>0</v>
       </c>
       <c r="H256" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I256" t="s">
         <v>22</v>
       </c>
       <c r="J256" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257">
-        <v>258</v>
+        <v>217</v>
       </c>
       <c r="B257" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="C257" t="s">
         <v>19</v>
       </c>
       <c r="D257" t="s">
         <v>20</v>
       </c>
       <c r="E257">
         <v>1</v>
       </c>
       <c r="F257">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G257">
         <v>0</v>
       </c>
       <c r="H257" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="I257" t="s">
         <v>22</v>
       </c>
       <c r="J257" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258">
-        <v>891</v>
+        <v>875</v>
       </c>
       <c r="B258" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C258" t="s">
         <v>25</v>
       </c>
       <c r="D258" t="s">
         <v>20</v>
       </c>
       <c r="E258">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F258">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G258">
         <v>0</v>
       </c>
       <c r="H258" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="I258" t="s">
         <v>22</v>
       </c>
       <c r="J258" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259">
-        <v>364</v>
+        <v>349</v>
       </c>
       <c r="B259" t="s">
+        <v>333</v>
+      </c>
+      <c r="C259" t="s">
+        <v>25</v>
+      </c>
+      <c r="D259" t="s">
+        <v>20</v>
+      </c>
+      <c r="E259">
+        <v>2</v>
+      </c>
+      <c r="F259">
+        <v>2</v>
+      </c>
+      <c r="G259">
+        <v>0</v>
+      </c>
+      <c r="H259" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>265</v>
       </c>
       <c r="I259" t="s">
         <v>22</v>
       </c>
       <c r="J259" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260">
-        <v>504</v>
+        <v>486</v>
       </c>
       <c r="B260" t="s">
         <v>335</v>
       </c>
       <c r="C260" t="s">
         <v>19</v>
       </c>
       <c r="D260" t="s">
         <v>20</v>
       </c>
       <c r="E260">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F260">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G260">
         <v>0</v>
       </c>
       <c r="H260" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I260" t="s">
         <v>22</v>
       </c>
       <c r="J260" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261">
-        <v>656</v>
+        <v>612</v>
       </c>
       <c r="B261" t="s">
         <v>336</v>
       </c>
       <c r="C261" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D261" t="s">
         <v>20</v>
       </c>
       <c r="E261">
         <v>2</v>
       </c>
       <c r="F261">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G261">
         <v>0</v>
       </c>
       <c r="H261" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I261" t="s">
         <v>22</v>
       </c>
       <c r="J261" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262">
-        <v>120</v>
+        <v>105</v>
       </c>
       <c r="B262" t="s">
         <v>337</v>
       </c>
       <c r="C262" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D262" t="s">
         <v>20</v>
       </c>
       <c r="E262">
         <v>1</v>
       </c>
       <c r="F262">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G262">
         <v>0</v>
       </c>
       <c r="H262" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="I262" t="s">
         <v>22</v>
       </c>
       <c r="J262" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263">
-        <v>766</v>
+        <v>750</v>
       </c>
       <c r="B263" t="s">
         <v>338</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" t="s">
         <v>20</v>
       </c>
       <c r="E263">
         <v>2</v>
       </c>
       <c r="F263">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G263">
         <v>0</v>
       </c>
       <c r="H263" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I263" t="s">
         <v>22</v>
       </c>
       <c r="J263" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264">
-        <v>226</v>
+        <v>258</v>
       </c>
       <c r="B264" t="s">
         <v>339</v>
       </c>
       <c r="C264" t="s">
         <v>25</v>
       </c>
       <c r="D264" t="s">
         <v>20</v>
       </c>
       <c r="E264">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F264">
         <v>3</v>
       </c>
       <c r="G264">
         <v>0</v>
       </c>
       <c r="H264" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I264" t="s">
         <v>22</v>
       </c>
       <c r="J264" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265">
-        <v>906</v>
+        <v>891</v>
       </c>
       <c r="B265" t="s">
         <v>340</v>
       </c>
       <c r="C265" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D265" t="s">
         <v>20</v>
       </c>
       <c r="E265">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F265">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G265">
         <v>0</v>
       </c>
       <c r="H265" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="I265" t="s">
         <v>22</v>
       </c>
       <c r="J265" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="B266" t="s">
         <v>341</v>
       </c>
       <c r="C266" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D266" t="s">
         <v>20</v>
       </c>
       <c r="E266">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F266">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G266">
         <v>0</v>
       </c>
       <c r="H266" t="s">
-        <v>57</v>
+        <v>273</v>
       </c>
       <c r="I266" t="s">
         <v>22</v>
       </c>
       <c r="J266" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="B267" t="s">
         <v>342</v>
       </c>
       <c r="C267" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D267" t="s">
         <v>20</v>
       </c>
       <c r="E267">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F267">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G267">
         <v>0</v>
       </c>
       <c r="H267" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I267" t="s">
         <v>22</v>
       </c>
       <c r="J267" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="B268" t="s">
         <v>343</v>
       </c>
       <c r="C268" t="s">
         <v>25</v>
       </c>
       <c r="D268" t="s">
         <v>20</v>
       </c>
       <c r="E268">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F268">
         <v>1</v>
       </c>
       <c r="G268">
         <v>0</v>
       </c>
       <c r="H268" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I268" t="s">
         <v>22</v>
       </c>
       <c r="J268" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="B269" t="s">
         <v>344</v>
       </c>
       <c r="C269" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D269" t="s">
         <v>20</v>
       </c>
       <c r="E269">
         <v>1</v>
       </c>
       <c r="F269">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G269">
         <v>0</v>
       </c>
       <c r="H269" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="I269" t="s">
         <v>22</v>
       </c>
       <c r="J269" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270">
-        <v>785</v>
+        <v>766</v>
       </c>
       <c r="B270" t="s">
         <v>345</v>
       </c>
       <c r="C270" t="s">
         <v>19</v>
       </c>
       <c r="D270" t="s">
         <v>20</v>
       </c>
       <c r="E270">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F270">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G270">
         <v>0</v>
       </c>
       <c r="H270" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I270" t="s">
         <v>22</v>
       </c>
       <c r="J270" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271">
-        <v>241</v>
+        <v>226</v>
       </c>
       <c r="B271" t="s">
         <v>346</v>
       </c>
       <c r="C271" t="s">
         <v>19</v>
       </c>
       <c r="D271" t="s">
         <v>20</v>
       </c>
       <c r="E271">
         <v>2</v>
       </c>
       <c r="F271">
         <v>3</v>
       </c>
       <c r="G271">
         <v>0</v>
       </c>
       <c r="H271" t="s">
-        <v>278</v>
+        <v>66</v>
       </c>
       <c r="I271" t="s">
         <v>22</v>
       </c>
       <c r="J271" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272">
-        <v>922</v>
+        <v>906</v>
       </c>
       <c r="B272" t="s">
         <v>347</v>
       </c>
       <c r="C272" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D272" t="s">
         <v>20</v>
       </c>
       <c r="E272">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F272">
         <v>3</v>
       </c>
       <c r="G272">
         <v>0</v>
       </c>
       <c r="H272" t="s">
-        <v>348</v>
+        <v>79</v>
       </c>
       <c r="I272" t="s">
         <v>22</v>
       </c>
       <c r="J272" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273">
-        <v>397</v>
+        <v>380</v>
       </c>
       <c r="B273" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C273" t="s">
         <v>25</v>
       </c>
       <c r="D273" t="s">
         <v>20</v>
       </c>
       <c r="E273">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F273">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G273">
         <v>0</v>
       </c>
       <c r="H273" t="s">
-        <v>281</v>
+        <v>70</v>
       </c>
       <c r="I273" t="s">
         <v>22</v>
       </c>
       <c r="J273" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274">
-        <v>536</v>
+        <v>520</v>
       </c>
       <c r="B274" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="C274" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>20</v>
       </c>
       <c r="E274">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F274">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G274">
         <v>0</v>
       </c>
       <c r="H274" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I274" t="s">
         <v>22</v>
       </c>
       <c r="J274" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275">
-        <v>679</v>
+        <v>646</v>
       </c>
       <c r="B275" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C275" t="s">
         <v>19</v>
       </c>
       <c r="D275" t="s">
         <v>20</v>
       </c>
       <c r="E275">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F275">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G275">
         <v>0</v>
       </c>
       <c r="H275" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I275" t="s">
         <v>22</v>
       </c>
       <c r="J275" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="B276" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C276" t="s">
         <v>19</v>
       </c>
       <c r="D276" t="s">
         <v>20</v>
       </c>
       <c r="E276">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F276">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G276">
         <v>0</v>
       </c>
       <c r="H276" t="s">
-        <v>61</v>
+        <v>220</v>
       </c>
       <c r="I276" t="s">
         <v>22</v>
       </c>
       <c r="J276" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277">
-        <v>801</v>
+        <v>785</v>
       </c>
       <c r="B277" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" t="s">
         <v>20</v>
       </c>
       <c r="E277">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F277">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G277">
         <v>0</v>
       </c>
       <c r="H277" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I277" t="s">
         <v>22</v>
       </c>
       <c r="J277" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278">
-        <v>282</v>
+        <v>241</v>
       </c>
       <c r="B278" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C278" t="s">
         <v>25</v>
       </c>
       <c r="D278" t="s">
         <v>20</v>
       </c>
       <c r="E278">
         <v>2</v>
       </c>
       <c r="F278">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G278">
         <v>0</v>
       </c>
       <c r="H278" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I278" t="s">
         <v>22</v>
       </c>
       <c r="J278" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279">
-        <v>938</v>
+        <v>922</v>
       </c>
       <c r="B279" t="s">
+        <v>354</v>
+      </c>
+      <c r="C279" t="s">
+        <v>19</v>
+      </c>
+      <c r="D279" t="s">
+        <v>20</v>
+      </c>
+      <c r="E279">
+        <v>2</v>
+      </c>
+      <c r="F279">
+        <v>3</v>
+      </c>
+      <c r="G279">
+        <v>0</v>
+      </c>
+      <c r="H279" t="s">
         <v>355</v>
-      </c>
-[...16 lines deleted...]
-        <v>66</v>
       </c>
       <c r="I279" t="s">
         <v>22</v>
       </c>
       <c r="J279" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280">
-        <v>411</v>
+        <v>397</v>
       </c>
       <c r="B280" t="s">
         <v>356</v>
       </c>
       <c r="C280" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D280" t="s">
         <v>20</v>
       </c>
       <c r="E280">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F280">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G280">
         <v>0</v>
       </c>
       <c r="H280" t="s">
-        <v>79</v>
+        <v>289</v>
       </c>
       <c r="I280" t="s">
         <v>22</v>
       </c>
       <c r="J280" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281">
-        <v>576</v>
+        <v>536</v>
       </c>
       <c r="B281" t="s">
         <v>357</v>
       </c>
       <c r="C281" t="s">
         <v>25</v>
       </c>
       <c r="D281" t="s">
         <v>20</v>
       </c>
       <c r="E281">
         <v>2</v>
       </c>
       <c r="F281">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G281">
         <v>0</v>
       </c>
       <c r="H281" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I281" t="s">
         <v>22</v>
       </c>
       <c r="J281" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282">
-        <v>696</v>
+        <v>679</v>
       </c>
       <c r="B282" t="s">
         <v>358</v>
       </c>
       <c r="C282" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>20</v>
       </c>
       <c r="E282">
         <v>2</v>
       </c>
       <c r="F282">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G282">
         <v>0</v>
       </c>
       <c r="H282" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="I282" t="s">
         <v>22</v>
       </c>
       <c r="J282" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283">
-        <v>168</v>
+        <v>152</v>
       </c>
       <c r="B283" t="s">
         <v>359</v>
       </c>
       <c r="C283" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D283" t="s">
         <v>20</v>
       </c>
       <c r="E283">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F283">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G283">
         <v>0</v>
       </c>
       <c r="H283" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="I283" t="s">
         <v>22</v>
       </c>
       <c r="J283" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284">
-        <v>575</v>
+        <v>537</v>
       </c>
       <c r="B284" t="s">
         <v>360</v>
       </c>
       <c r="C284" t="s">
         <v>19</v>
       </c>
       <c r="D284" t="s">
         <v>20</v>
       </c>
       <c r="E284">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F284">
         <v>4</v>
       </c>
       <c r="G284">
         <v>0</v>
       </c>
       <c r="H284" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I284" t="s">
         <v>22</v>
       </c>
       <c r="J284" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285">
-        <v>695</v>
+        <v>680</v>
       </c>
       <c r="B285" t="s">
         <v>361</v>
       </c>
       <c r="C285" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D285" t="s">
         <v>20</v>
       </c>
       <c r="E285">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F285">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G285">
         <v>0</v>
       </c>
       <c r="H285" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="I285" t="s">
         <v>22</v>
       </c>
       <c r="J285" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="B286" t="s">
         <v>362</v>
       </c>
       <c r="C286" t="s">
         <v>19</v>
       </c>
       <c r="D286" t="s">
         <v>20</v>
       </c>
       <c r="E286">
+        <v>2</v>
+      </c>
+      <c r="F286">
         <v>3</v>
       </c>
-      <c r="F286">
-[...1 lines deleted...]
-      </c>
       <c r="G286">
         <v>0</v>
       </c>
       <c r="H286" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="I286" t="s">
         <v>22</v>
       </c>
       <c r="J286" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287">
-        <v>818</v>
+        <v>802</v>
       </c>
       <c r="B287" t="s">
         <v>363</v>
       </c>
       <c r="C287" t="s">
         <v>25</v>
       </c>
       <c r="D287" t="s">
         <v>20</v>
       </c>
       <c r="E287">
         <v>2</v>
       </c>
       <c r="F287">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G287">
         <v>0</v>
       </c>
       <c r="H287" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I287" t="s">
         <v>22</v>
       </c>
       <c r="J287" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288">
-        <v>299</v>
+        <v>283</v>
       </c>
       <c r="B288" t="s">
         <v>364</v>
       </c>
       <c r="C288" t="s">
         <v>25</v>
       </c>
       <c r="D288" t="s">
         <v>20</v>
       </c>
       <c r="E288">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F288">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G288">
         <v>0</v>
       </c>
       <c r="H288" t="s">
-        <v>43</v>
+        <v>295</v>
       </c>
       <c r="I288" t="s">
         <v>22</v>
       </c>
       <c r="J288" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289">
-        <v>955</v>
+        <v>939</v>
       </c>
       <c r="B289" t="s">
         <v>365</v>
       </c>
       <c r="C289" t="s">
         <v>25</v>
       </c>
       <c r="D289" t="s">
         <v>20</v>
       </c>
       <c r="E289">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F289">
         <v>2</v>
       </c>
       <c r="G289">
         <v>0</v>
       </c>
       <c r="H289" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I289" t="s">
         <v>22</v>
       </c>
       <c r="J289" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290">
-        <v>430</v>
+        <v>413</v>
       </c>
       <c r="B290" t="s">
         <v>366</v>
       </c>
       <c r="C290" t="s">
         <v>19</v>
       </c>
       <c r="D290" t="s">
         <v>20</v>
       </c>
       <c r="E290">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F290">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G290">
         <v>0</v>
       </c>
       <c r="H290" t="s">
         <v>367</v>
       </c>
       <c r="I290" t="s">
         <v>22</v>
       </c>
       <c r="J290" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291">
-        <v>551</v>
+        <v>575</v>
       </c>
       <c r="B291" t="s">
         <v>368</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" t="s">
         <v>20</v>
       </c>
       <c r="E291">
         <v>1</v>
       </c>
       <c r="F291">
         <v>4</v>
       </c>
       <c r="G291">
         <v>0</v>
       </c>
       <c r="H291" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I291" t="s">
         <v>22</v>
       </c>
       <c r="J291" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292">
-        <v>20</v>
+        <v>695</v>
       </c>
       <c r="B292" t="s">
         <v>369</v>
       </c>
       <c r="C292" t="s">
-        <v>370</v>
+        <v>25</v>
       </c>
       <c r="D292" t="s">
         <v>20</v>
       </c>
       <c r="E292">
         <v>1</v>
       </c>
       <c r="F292">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G292">
         <v>0</v>
       </c>
       <c r="H292" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="I292" t="s">
         <v>22</v>
       </c>
       <c r="J292" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293">
-        <v>703</v>
+        <v>169</v>
       </c>
       <c r="B293" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="C293" t="s">
         <v>25</v>
       </c>
       <c r="D293" t="s">
         <v>20</v>
       </c>
       <c r="E293">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F293">
         <v>2</v>
       </c>
       <c r="G293">
         <v>0</v>
       </c>
       <c r="H293" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="I293" t="s">
         <v>22</v>
       </c>
       <c r="J293" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294">
-        <v>186</v>
+        <v>818</v>
       </c>
       <c r="B294" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="C294" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D294" t="s">
         <v>20</v>
       </c>
       <c r="E294">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F294">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G294">
         <v>0</v>
       </c>
       <c r="H294" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="I294" t="s">
         <v>22</v>
       </c>
       <c r="J294" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295">
-        <v>835</v>
+        <v>299</v>
       </c>
       <c r="B295" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C295" t="s">
         <v>19</v>
       </c>
       <c r="D295" t="s">
         <v>20</v>
       </c>
       <c r="E295">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F295">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G295">
         <v>0</v>
       </c>
       <c r="H295" t="s">
-        <v>309</v>
+        <v>56</v>
       </c>
       <c r="I295" t="s">
         <v>22</v>
       </c>
       <c r="J295" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296">
-        <v>318</v>
+        <v>955</v>
       </c>
       <c r="B296" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C296" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D296" t="s">
         <v>20</v>
       </c>
       <c r="E296">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F296">
         <v>2</v>
       </c>
       <c r="G296">
         <v>0</v>
       </c>
       <c r="H296" t="s">
-        <v>241</v>
+        <v>21</v>
       </c>
       <c r="I296" t="s">
         <v>22</v>
       </c>
       <c r="J296" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297">
-        <v>451</v>
+        <v>430</v>
       </c>
       <c r="B297" t="s">
+        <v>374</v>
+      </c>
+      <c r="C297" t="s">
+        <v>25</v>
+      </c>
+      <c r="D297" t="s">
+        <v>20</v>
+      </c>
+      <c r="E297">
+        <v>2</v>
+      </c>
+      <c r="F297">
+        <v>4</v>
+      </c>
+      <c r="G297">
+        <v>0</v>
+      </c>
+      <c r="H297" t="s">
         <v>375</v>
-      </c>
-[...16 lines deleted...]
-        <v>79</v>
       </c>
       <c r="I297" t="s">
         <v>22</v>
       </c>
       <c r="J297" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298">
-        <v>567</v>
+        <v>551</v>
       </c>
       <c r="B298" t="s">
         <v>376</v>
       </c>
       <c r="C298" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D298" t="s">
         <v>20</v>
       </c>
       <c r="E298">
         <v>1</v>
       </c>
       <c r="F298">
         <v>4</v>
       </c>
       <c r="G298">
         <v>0</v>
       </c>
       <c r="H298" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I298" t="s">
         <v>22</v>
       </c>
       <c r="J298" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="B299" t="s">
         <v>377</v>
       </c>
       <c r="C299" t="s">
-        <v>25</v>
+        <v>378</v>
       </c>
       <c r="D299" t="s">
         <v>20</v>
       </c>
       <c r="E299">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F299">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G299">
         <v>0</v>
       </c>
       <c r="H299" t="s">
-        <v>305</v>
+        <v>30</v>
       </c>
       <c r="I299" t="s">
         <v>22</v>
       </c>
       <c r="J299" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300">
-        <v>719</v>
+        <v>703</v>
       </c>
       <c r="B300" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C300" t="s">
         <v>19</v>
       </c>
       <c r="D300" t="s">
         <v>20</v>
       </c>
       <c r="E300">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F300">
         <v>2</v>
       </c>
       <c r="G300">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H300" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I300" t="s">
         <v>22</v>
       </c>
       <c r="J300" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="B301" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C301" t="s">
         <v>19</v>
       </c>
       <c r="D301" t="s">
         <v>20</v>
       </c>
       <c r="E301">
         <v>1</v>
       </c>
       <c r="F301">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G301">
         <v>0</v>
       </c>
       <c r="H301" t="s">
-        <v>317</v>
+        <v>105</v>
       </c>
       <c r="I301" t="s">
         <v>22</v>
       </c>
       <c r="J301" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302">
-        <v>855</v>
+        <v>835</v>
       </c>
       <c r="B302" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C302" t="s">
         <v>25</v>
       </c>
       <c r="D302" t="s">
         <v>20</v>
       </c>
       <c r="E302">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F302">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G302">
         <v>0</v>
       </c>
       <c r="H302" t="s">
-        <v>107</v>
+        <v>316</v>
       </c>
       <c r="I302" t="s">
         <v>22</v>
       </c>
       <c r="J302" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303">
-        <v>335</v>
+        <v>318</v>
       </c>
       <c r="B303" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C303" t="s">
         <v>19</v>
       </c>
       <c r="D303" t="s">
         <v>20</v>
       </c>
       <c r="E303">
         <v>1</v>
       </c>
       <c r="F303">
         <v>2</v>
       </c>
       <c r="G303">
         <v>0</v>
       </c>
       <c r="H303" t="s">
-        <v>117</v>
+        <v>249</v>
       </c>
       <c r="I303" t="s">
         <v>22</v>
       </c>
       <c r="J303" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="B304" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C304" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D304" t="s">
         <v>20</v>
       </c>
       <c r="E304">
         <v>2</v>
       </c>
       <c r="F304">
         <v>3</v>
       </c>
       <c r="G304">
         <v>0</v>
       </c>
       <c r="H304" t="s">
-        <v>383</v>
+        <v>92</v>
       </c>
       <c r="I304" t="s">
         <v>22</v>
       </c>
       <c r="J304" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305">
-        <v>596</v>
+        <v>567</v>
       </c>
       <c r="B305" t="s">
         <v>384</v>
       </c>
       <c r="C305" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D305" t="s">
         <v>20</v>
       </c>
       <c r="E305">
         <v>1</v>
       </c>
       <c r="F305">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G305">
         <v>0</v>
       </c>
       <c r="H305" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I305" t="s">
         <v>22</v>
       </c>
       <c r="J305" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="B306" t="s">
         <v>385</v>
       </c>
       <c r="C306" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D306" t="s">
         <v>20</v>
       </c>
       <c r="E306">
         <v>2</v>
       </c>
       <c r="F306">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G306">
         <v>0</v>
       </c>
       <c r="H306" t="s">
-        <v>28</v>
+        <v>312</v>
       </c>
       <c r="I306" t="s">
         <v>22</v>
       </c>
       <c r="J306" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="B307" t="s">
         <v>386</v>
       </c>
       <c r="C307" t="s">
         <v>25</v>
       </c>
       <c r="D307" t="s">
         <v>20</v>
       </c>
       <c r="E307">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F307">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G307">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H307" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I307" t="s">
         <v>22</v>
       </c>
       <c r="J307" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="B308" t="s">
         <v>387</v>
       </c>
       <c r="C308" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D308" t="s">
         <v>20</v>
       </c>
       <c r="E308">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F308">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G308">
         <v>0</v>
       </c>
       <c r="H308" t="s">
-        <v>190</v>
+        <v>324</v>
       </c>
       <c r="I308" t="s">
         <v>22</v>
       </c>
       <c r="J308" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309">
-        <v>876</v>
+        <v>855</v>
       </c>
       <c r="B309" t="s">
         <v>388</v>
       </c>
       <c r="C309" t="s">
         <v>19</v>
       </c>
       <c r="D309" t="s">
         <v>20</v>
       </c>
       <c r="E309">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F309">
         <v>2</v>
       </c>
       <c r="G309">
         <v>0</v>
       </c>
       <c r="H309" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="I309" t="s">
         <v>22</v>
       </c>
       <c r="J309" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310">
-        <v>350</v>
+        <v>335</v>
       </c>
       <c r="B310" t="s">
         <v>389</v>
       </c>
       <c r="C310" t="s">
         <v>25</v>
       </c>
       <c r="D310" t="s">
         <v>20</v>
       </c>
       <c r="E310">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F310">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G310">
         <v>0</v>
       </c>
       <c r="H310" t="s">
-        <v>327</v>
+        <v>127</v>
       </c>
       <c r="I310" t="s">
         <v>22</v>
       </c>
       <c r="J310" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311">
-        <v>487</v>
+        <v>469</v>
       </c>
       <c r="B311" t="s">
         <v>390</v>
       </c>
       <c r="C311" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D311" t="s">
         <v>20</v>
       </c>
       <c r="E311">
         <v>2</v>
       </c>
       <c r="F311">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G311">
         <v>0</v>
       </c>
       <c r="H311" t="s">
-        <v>26</v>
+        <v>391</v>
       </c>
       <c r="I311" t="s">
         <v>22</v>
       </c>
       <c r="J311" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="B312" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C312" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D312" t="s">
         <v>20</v>
       </c>
       <c r="E312">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F312">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G312">
         <v>0</v>
       </c>
       <c r="H312" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I312" t="s">
         <v>22</v>
       </c>
       <c r="J312" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="B313" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C313" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D313" t="s">
         <v>20</v>
       </c>
       <c r="E313">
         <v>2</v>
       </c>
       <c r="F313">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G313">
         <v>0</v>
       </c>
       <c r="H313" t="s">
-        <v>393</v>
+        <v>42</v>
       </c>
       <c r="I313" t="s">
         <v>22</v>
       </c>
       <c r="J313" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="B314" t="s">
         <v>394</v>
       </c>
       <c r="C314" t="s">
         <v>19</v>
       </c>
       <c r="D314" t="s">
         <v>20</v>
       </c>
       <c r="E314">
         <v>1</v>
       </c>
       <c r="F314">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G314">
         <v>0</v>
       </c>
       <c r="H314" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I314" t="s">
         <v>22</v>
       </c>
       <c r="J314" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315">
-        <v>259</v>
+        <v>218</v>
       </c>
       <c r="B315" t="s">
         <v>395</v>
       </c>
       <c r="C315" t="s">
         <v>25</v>
       </c>
       <c r="D315" t="s">
         <v>20</v>
       </c>
       <c r="E315">
         <v>2</v>
       </c>
       <c r="F315">
         <v>2</v>
       </c>
       <c r="G315">
         <v>0</v>
       </c>
       <c r="H315" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="I315" t="s">
         <v>22</v>
       </c>
       <c r="J315" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316">
-        <v>892</v>
+        <v>876</v>
       </c>
       <c r="B316" t="s">
         <v>396</v>
       </c>
       <c r="C316" t="s">
         <v>25</v>
       </c>
       <c r="D316" t="s">
         <v>20</v>
       </c>
       <c r="E316">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F316">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G316">
         <v>0</v>
       </c>
       <c r="H316" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="I316" t="s">
         <v>22</v>
       </c>
       <c r="J316" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="B317" t="s">
         <v>397</v>
       </c>
       <c r="C317" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D317" t="s">
         <v>20</v>
       </c>
       <c r="E317">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F317">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G317">
         <v>0</v>
       </c>
       <c r="H317" t="s">
-        <v>398</v>
+        <v>334</v>
       </c>
       <c r="I317" t="s">
         <v>22</v>
       </c>
       <c r="J317" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318">
-        <v>505</v>
+        <v>487</v>
       </c>
       <c r="B318" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="C318" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D318" t="s">
         <v>20</v>
       </c>
       <c r="E318">
         <v>2</v>
       </c>
       <c r="F318">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G318">
         <v>0</v>
       </c>
       <c r="H318" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I318" t="s">
         <v>22</v>
       </c>
       <c r="J318" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319">
-        <v>655</v>
+        <v>613</v>
       </c>
       <c r="B319" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="C319" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D319" t="s">
         <v>20</v>
       </c>
       <c r="E319">
         <v>2</v>
       </c>
       <c r="F319">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G319">
         <v>0</v>
       </c>
       <c r="H319" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I319" t="s">
         <v>22</v>
       </c>
       <c r="J319" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="B320" t="s">
+        <v>400</v>
+      </c>
+      <c r="C320" t="s">
+        <v>19</v>
+      </c>
+      <c r="D320" t="s">
+        <v>20</v>
+      </c>
+      <c r="E320">
+        <v>2</v>
+      </c>
+      <c r="F320">
+        <v>0</v>
+      </c>
+      <c r="G320">
+        <v>0</v>
+      </c>
+      <c r="H320" t="s">
         <v>401</v>
-      </c>
-[...16 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I320" t="s">
         <v>22</v>
       </c>
       <c r="J320" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321">
-        <v>767</v>
+        <v>751</v>
       </c>
       <c r="B321" t="s">
         <v>402</v>
       </c>
       <c r="C321" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D321" t="s">
         <v>20</v>
       </c>
       <c r="E321">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F321">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G321">
         <v>0</v>
       </c>
       <c r="H321" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I321" t="s">
         <v>22</v>
       </c>
       <c r="J321" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322">
-        <v>227</v>
+        <v>259</v>
       </c>
       <c r="B322" t="s">
         <v>403</v>
       </c>
       <c r="C322" t="s">
         <v>19</v>
       </c>
       <c r="D322" t="s">
         <v>20</v>
       </c>
       <c r="E322">
         <v>2</v>
       </c>
       <c r="F322">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G322">
         <v>0</v>
       </c>
       <c r="H322" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I322" t="s">
         <v>22</v>
       </c>
       <c r="J322" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323">
-        <v>907</v>
+        <v>892</v>
       </c>
       <c r="B323" t="s">
         <v>404</v>
       </c>
       <c r="C323" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D323" t="s">
         <v>20</v>
       </c>
       <c r="E323">
         <v>1</v>
       </c>
       <c r="F323">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G323">
         <v>0</v>
       </c>
       <c r="H323" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="I323" t="s">
         <v>22</v>
       </c>
       <c r="J323" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="B324" t="s">
         <v>405</v>
       </c>
       <c r="C324" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D324" t="s">
         <v>20</v>
       </c>
       <c r="E324">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F324">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G324">
         <v>0</v>
       </c>
       <c r="H324" t="s">
-        <v>57</v>
+        <v>406</v>
       </c>
       <c r="I324" t="s">
         <v>22</v>
       </c>
       <c r="J324" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325">
-        <v>521</v>
+        <v>505</v>
       </c>
       <c r="B325" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C325" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D325" t="s">
         <v>20</v>
       </c>
       <c r="E325">
         <v>2</v>
       </c>
       <c r="F325">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G325">
         <v>0</v>
       </c>
       <c r="H325" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I325" t="s">
         <v>22</v>
       </c>
       <c r="J325" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="B326" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C326" t="s">
         <v>19</v>
       </c>
       <c r="D326" t="s">
         <v>20</v>
       </c>
       <c r="E326">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F326">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G326">
         <v>0</v>
       </c>
       <c r="H326" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I326" t="s">
         <v>22</v>
       </c>
       <c r="J326" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327">
-        <v>137</v>
+        <v>121</v>
       </c>
       <c r="B327" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C327" t="s">
         <v>19</v>
       </c>
       <c r="D327" t="s">
         <v>20</v>
       </c>
       <c r="E327">
         <v>2</v>
       </c>
       <c r="F327">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G327">
         <v>0</v>
       </c>
       <c r="H327" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="I327" t="s">
         <v>22</v>
       </c>
       <c r="J327" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328">
-        <v>786</v>
+        <v>767</v>
       </c>
       <c r="B328" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C328" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D328" t="s">
         <v>20</v>
       </c>
       <c r="E328">
         <v>2</v>
       </c>
       <c r="F328">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G328">
         <v>0</v>
       </c>
       <c r="H328" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I328" t="s">
         <v>22</v>
       </c>
       <c r="J328" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="B329" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C329" t="s">
         <v>25</v>
       </c>
       <c r="D329" t="s">
         <v>20</v>
       </c>
       <c r="E329">
         <v>2</v>
       </c>
       <c r="F329">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G329">
         <v>0</v>
       </c>
       <c r="H329" t="s">
-        <v>278</v>
+        <v>66</v>
       </c>
       <c r="I329" t="s">
         <v>22</v>
       </c>
       <c r="J329" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330">
-        <v>923</v>
+        <v>907</v>
       </c>
       <c r="B330" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C330" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D330" t="s">
         <v>20</v>
       </c>
       <c r="E330">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F330">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G330">
         <v>0</v>
       </c>
       <c r="H330" t="s">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="I330" t="s">
         <v>22</v>
       </c>
       <c r="J330" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331">
-        <v>398</v>
+        <v>381</v>
       </c>
       <c r="B331" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C331" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D331" t="s">
         <v>20</v>
       </c>
       <c r="E331">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F331">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G331">
         <v>0</v>
       </c>
       <c r="H331" t="s">
-        <v>281</v>
+        <v>70</v>
       </c>
       <c r="I331" t="s">
         <v>22</v>
       </c>
       <c r="J331" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332">
-        <v>537</v>
+        <v>521</v>
       </c>
       <c r="B332" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C332" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D332" t="s">
         <v>20</v>
       </c>
       <c r="E332">
+        <v>2</v>
+      </c>
+      <c r="F332">
         <v>3</v>
       </c>
-      <c r="F332">
-[...1 lines deleted...]
-      </c>
       <c r="G332">
         <v>0</v>
       </c>
       <c r="H332" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I332" t="s">
         <v>22</v>
       </c>
       <c r="J332" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333">
-        <v>680</v>
+        <v>647</v>
       </c>
       <c r="B333" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C333" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D333" t="s">
         <v>20</v>
       </c>
       <c r="E333">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F333">
         <v>3</v>
       </c>
       <c r="G333">
         <v>0</v>
       </c>
       <c r="H333" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I333" t="s">
         <v>22</v>
       </c>
       <c r="J333" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="B334" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C334" t="s">
         <v>25</v>
       </c>
       <c r="D334" t="s">
         <v>20</v>
       </c>
       <c r="E334">
         <v>2</v>
       </c>
       <c r="F334">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G334">
         <v>0</v>
       </c>
       <c r="H334" t="s">
-        <v>61</v>
+        <v>220</v>
       </c>
       <c r="I334" t="s">
         <v>22</v>
       </c>
       <c r="J334" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335">
-        <v>802</v>
+        <v>786</v>
       </c>
       <c r="B335" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C335" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D335" t="s">
         <v>20</v>
       </c>
       <c r="E335">
         <v>2</v>
       </c>
       <c r="F335">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G335">
         <v>0</v>
       </c>
       <c r="H335" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I335" t="s">
         <v>22</v>
       </c>
       <c r="J335" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336">
-        <v>283</v>
+        <v>242</v>
       </c>
       <c r="B336" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C336" t="s">
         <v>19</v>
       </c>
       <c r="D336" t="s">
         <v>20</v>
       </c>
       <c r="E336">
         <v>2</v>
       </c>
       <c r="F336">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G336">
         <v>0</v>
       </c>
       <c r="H336" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I336" t="s">
         <v>22</v>
       </c>
       <c r="J336" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337">
-        <v>939</v>
+        <v>923</v>
       </c>
       <c r="B337" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C337" t="s">
         <v>19</v>
       </c>
       <c r="D337" t="s">
         <v>20</v>
       </c>
       <c r="E337">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F337">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G337">
         <v>0</v>
       </c>
       <c r="H337" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I337" t="s">
         <v>22</v>
       </c>
       <c r="J337" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="B338" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C338" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D338" t="s">
         <v>20</v>
       </c>
       <c r="E338">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F338">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G338">
         <v>0</v>
       </c>
       <c r="H338" t="s">
-        <v>420</v>
+        <v>289</v>
       </c>
       <c r="I338" t="s">
         <v>22</v>
       </c>
       <c r="J338" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339">
-        <v>154</v>
+        <v>787</v>
       </c>
       <c r="B339" t="s">
         <v>421</v>
       </c>
       <c r="C339" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D339" t="s">
-        <v>20</v>
+        <v>422</v>
       </c>
       <c r="E339">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F339">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G339">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H339" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="I339" t="s">
         <v>22</v>
       </c>
       <c r="J339" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340">
-        <v>803</v>
+        <v>268</v>
       </c>
       <c r="B340" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C340" t="s">
         <v>25</v>
       </c>
       <c r="D340" t="s">
         <v>20</v>
       </c>
       <c r="E340">
         <v>2</v>
       </c>
       <c r="F340">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G340">
         <v>0</v>
       </c>
       <c r="H340" t="s">
-        <v>30</v>
+        <v>424</v>
       </c>
       <c r="I340" t="s">
         <v>22</v>
       </c>
       <c r="J340" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341">
-        <v>284</v>
+        <v>924</v>
       </c>
       <c r="B341" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C341" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D341" t="s">
         <v>20</v>
       </c>
       <c r="E341">
         <v>2</v>
       </c>
       <c r="F341">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G341">
         <v>0</v>
       </c>
       <c r="H341" t="s">
-        <v>424</v>
+        <v>68</v>
       </c>
       <c r="I341" t="s">
         <v>22</v>
       </c>
       <c r="J341" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342">
-        <v>940</v>
+        <v>399</v>
       </c>
       <c r="B342" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C342" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D342" t="s">
         <v>20</v>
       </c>
       <c r="E342">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F342">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G342">
         <v>0</v>
       </c>
       <c r="H342" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="I342" t="s">
         <v>22</v>
       </c>
       <c r="J342" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343">
-        <v>414</v>
+        <v>538</v>
       </c>
       <c r="B343" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C343" t="s">
         <v>25</v>
       </c>
       <c r="D343" t="s">
         <v>20</v>
       </c>
       <c r="E343">
         <v>1</v>
       </c>
       <c r="F343">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G343">
         <v>0</v>
       </c>
       <c r="H343" t="s">
-        <v>420</v>
+        <v>28</v>
       </c>
       <c r="I343" t="s">
         <v>22</v>
       </c>
       <c r="J343" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344">
-        <v>574</v>
+        <v>681</v>
       </c>
       <c r="B344" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C344" t="s">
         <v>25</v>
       </c>
       <c r="D344" t="s">
         <v>20</v>
       </c>
       <c r="E344">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F344">
         <v>3</v>
       </c>
       <c r="G344">
         <v>0</v>
       </c>
       <c r="H344" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="I344" t="s">
         <v>22</v>
       </c>
       <c r="J344" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345">
-        <v>694</v>
+        <v>154</v>
       </c>
       <c r="B345" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C345" t="s">
         <v>19</v>
       </c>
       <c r="D345" t="s">
         <v>20</v>
       </c>
       <c r="E345">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F345">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G345">
         <v>0</v>
       </c>
       <c r="H345" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="I345" t="s">
         <v>22</v>
       </c>
       <c r="J345" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346">
-        <v>170</v>
+        <v>803</v>
       </c>
       <c r="B346" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C346" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D346" t="s">
         <v>20</v>
       </c>
       <c r="E346">
         <v>2</v>
       </c>
       <c r="F346">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G346">
         <v>0</v>
       </c>
       <c r="H346" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="I346" t="s">
         <v>22</v>
       </c>
       <c r="J346" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347">
-        <v>819</v>
+        <v>284</v>
       </c>
       <c r="B347" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C347" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D347" t="s">
         <v>20</v>
       </c>
       <c r="E347">
         <v>2</v>
       </c>
       <c r="F347">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G347">
         <v>0</v>
       </c>
       <c r="H347" t="s">
-        <v>95</v>
+        <v>432</v>
       </c>
       <c r="I347" t="s">
         <v>22</v>
       </c>
       <c r="J347" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348">
-        <v>300</v>
+        <v>940</v>
       </c>
       <c r="B348" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C348" t="s">
         <v>19</v>
       </c>
       <c r="D348" t="s">
         <v>20</v>
       </c>
       <c r="E348">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F348">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G348">
         <v>0</v>
       </c>
       <c r="H348" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="I348" t="s">
         <v>22</v>
       </c>
       <c r="J348" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349">
-        <v>956</v>
+        <v>414</v>
       </c>
       <c r="B349" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C349" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D349" t="s">
         <v>20</v>
       </c>
       <c r="E349">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F349">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G349">
         <v>0</v>
       </c>
       <c r="H349" t="s">
-        <v>87</v>
+        <v>367</v>
       </c>
       <c r="I349" t="s">
         <v>22</v>
       </c>
       <c r="J349" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350">
-        <v>431</v>
+        <v>574</v>
       </c>
       <c r="B350" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C350" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D350" t="s">
         <v>20</v>
       </c>
       <c r="E350">
         <v>1</v>
       </c>
       <c r="F350">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G350">
         <v>0</v>
       </c>
       <c r="H350" t="s">
-        <v>434</v>
+        <v>28</v>
       </c>
       <c r="I350" t="s">
         <v>22</v>
       </c>
       <c r="J350" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351">
-        <v>552</v>
+        <v>694</v>
       </c>
       <c r="B351" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C351" t="s">
         <v>25</v>
       </c>
       <c r="D351" t="s">
         <v>20</v>
       </c>
       <c r="E351">
         <v>2</v>
       </c>
       <c r="F351">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G351">
         <v>0</v>
       </c>
       <c r="H351" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I351" t="s">
         <v>22</v>
       </c>
       <c r="J351" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352">
-        <v>21</v>
+        <v>170</v>
       </c>
       <c r="B352" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C352" t="s">
         <v>19</v>
       </c>
       <c r="D352" t="s">
         <v>20</v>
       </c>
       <c r="E352">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F352">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G352">
         <v>0</v>
       </c>
       <c r="H352" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="I352" t="s">
         <v>22</v>
       </c>
       <c r="J352" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353">
-        <v>704</v>
+        <v>819</v>
       </c>
       <c r="B353" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C353" t="s">
         <v>19</v>
       </c>
       <c r="D353" t="s">
         <v>20</v>
       </c>
       <c r="E353">
         <v>2</v>
       </c>
       <c r="F353">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G353">
         <v>0</v>
       </c>
       <c r="H353" t="s">
-        <v>30</v>
+        <v>107</v>
       </c>
       <c r="I353" t="s">
         <v>22</v>
       </c>
       <c r="J353" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354">
-        <v>187</v>
+        <v>300</v>
       </c>
       <c r="B354" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C354" t="s">
         <v>25</v>
       </c>
       <c r="D354" t="s">
         <v>20</v>
       </c>
       <c r="E354">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F354">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G354">
         <v>0</v>
       </c>
       <c r="H354" t="s">
-        <v>439</v>
+        <v>56</v>
       </c>
       <c r="I354" t="s">
         <v>22</v>
       </c>
       <c r="J354" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355">
-        <v>836</v>
+        <v>956</v>
       </c>
       <c r="B355" t="s">
         <v>440</v>
       </c>
       <c r="C355" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D355" t="s">
         <v>20</v>
       </c>
       <c r="E355">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F355">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G355">
         <v>0</v>
       </c>
       <c r="H355" t="s">
-        <v>441</v>
+        <v>21</v>
       </c>
       <c r="I355" t="s">
         <v>22</v>
       </c>
       <c r="J355" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356">
-        <v>319</v>
+        <v>431</v>
       </c>
       <c r="B356" t="s">
+        <v>441</v>
+      </c>
+      <c r="C356" t="s">
+        <v>19</v>
+      </c>
+      <c r="D356" t="s">
+        <v>20</v>
+      </c>
+      <c r="E356">
+        <v>1</v>
+      </c>
+      <c r="F356">
+        <v>4</v>
+      </c>
+      <c r="G356">
+        <v>0</v>
+      </c>
+      <c r="H356" t="s">
         <v>442</v>
-      </c>
-[...16 lines deleted...]
-        <v>443</v>
       </c>
       <c r="I356" t="s">
         <v>22</v>
       </c>
       <c r="J356" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357">
-        <v>452</v>
+        <v>552</v>
       </c>
       <c r="B357" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C357" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D357" t="s">
         <v>20</v>
       </c>
       <c r="E357">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F357">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="G357">
         <v>0</v>
       </c>
       <c r="H357" t="s">
-        <v>445</v>
+        <v>28</v>
       </c>
       <c r="I357" t="s">
         <v>22</v>
       </c>
       <c r="J357" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358">
-        <v>568</v>
+        <v>21</v>
       </c>
       <c r="B358" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C358" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D358" t="s">
         <v>20</v>
       </c>
       <c r="E358">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F358">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G358">
         <v>0</v>
       </c>
       <c r="H358" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I358" t="s">
         <v>22</v>
       </c>
       <c r="J358" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359">
-        <v>52</v>
+        <v>704</v>
       </c>
       <c r="B359" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="C359" t="s">
-        <v>370</v>
+        <v>25</v>
       </c>
       <c r="D359" t="s">
         <v>20</v>
       </c>
       <c r="E359">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F359">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G359">
         <v>0</v>
       </c>
       <c r="H359" t="s">
-        <v>305</v>
+        <v>32</v>
       </c>
       <c r="I359" t="s">
         <v>22</v>
       </c>
       <c r="J359" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360">
-        <v>720</v>
+        <v>187</v>
       </c>
       <c r="B360" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="C360" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D360" t="s">
         <v>20</v>
       </c>
       <c r="E360">
         <v>1</v>
       </c>
       <c r="F360">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G360">
         <v>0</v>
       </c>
       <c r="H360" t="s">
-        <v>30</v>
+        <v>447</v>
       </c>
       <c r="I360" t="s">
         <v>22</v>
       </c>
       <c r="J360" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361">
-        <v>203</v>
+        <v>836</v>
       </c>
       <c r="B361" t="s">
+        <v>448</v>
+      </c>
+      <c r="C361" t="s">
+        <v>19</v>
+      </c>
+      <c r="D361" t="s">
+        <v>20</v>
+      </c>
+      <c r="E361">
+        <v>1</v>
+      </c>
+      <c r="F361">
+        <v>1</v>
+      </c>
+      <c r="G361">
+        <v>0</v>
+      </c>
+      <c r="H361" t="s">
         <v>449</v>
-      </c>
-[...16 lines deleted...]
-        <v>317</v>
       </c>
       <c r="I361" t="s">
         <v>22</v>
       </c>
       <c r="J361" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362">
-        <v>856</v>
+        <v>319</v>
       </c>
       <c r="B362" t="s">
         <v>450</v>
       </c>
       <c r="C362" t="s">
         <v>25</v>
       </c>
       <c r="D362" t="s">
         <v>20</v>
       </c>
       <c r="E362">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F362">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G362">
         <v>0</v>
       </c>
       <c r="H362" t="s">
-        <v>107</v>
+        <v>451</v>
       </c>
       <c r="I362" t="s">
         <v>22</v>
       </c>
       <c r="J362" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363">
-        <v>336</v>
+        <v>452</v>
       </c>
       <c r="B363" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C363" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D363" t="s">
         <v>20</v>
       </c>
       <c r="E363">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F363">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G363">
         <v>0</v>
       </c>
       <c r="H363" t="s">
-        <v>117</v>
+        <v>453</v>
       </c>
       <c r="I363" t="s">
         <v>22</v>
       </c>
       <c r="J363" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364">
-        <v>470</v>
+        <v>568</v>
       </c>
       <c r="B364" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C364" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D364" t="s">
         <v>20</v>
       </c>
       <c r="E364">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F364">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G364">
         <v>0</v>
       </c>
       <c r="H364" t="s">
-        <v>453</v>
+        <v>28</v>
       </c>
       <c r="I364" t="s">
         <v>22</v>
       </c>
       <c r="J364" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365">
-        <v>597</v>
+        <v>52</v>
       </c>
       <c r="B365" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C365" t="s">
-        <v>25</v>
+        <v>378</v>
       </c>
       <c r="D365" t="s">
         <v>20</v>
       </c>
       <c r="E365">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F365">
         <v>4</v>
       </c>
       <c r="G365">
         <v>0</v>
       </c>
       <c r="H365" t="s">
-        <v>26</v>
+        <v>312</v>
       </c>
       <c r="I365" t="s">
         <v>22</v>
       </c>
       <c r="J365" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366">
-        <v>89</v>
+        <v>720</v>
       </c>
       <c r="B366" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C366" t="s">
         <v>19</v>
       </c>
       <c r="D366" t="s">
         <v>20</v>
       </c>
       <c r="E366">
         <v>1</v>
       </c>
       <c r="F366">
         <v>2</v>
       </c>
       <c r="G366">
         <v>0</v>
       </c>
       <c r="H366" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I366" t="s">
         <v>22</v>
       </c>
       <c r="J366" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367">
-        <v>736</v>
+        <v>203</v>
       </c>
       <c r="B367" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C367" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D367" t="s">
         <v>20</v>
       </c>
       <c r="E367">
         <v>1</v>
       </c>
       <c r="F367">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G367">
         <v>0</v>
       </c>
       <c r="H367" t="s">
-        <v>30</v>
+        <v>324</v>
       </c>
       <c r="I367" t="s">
         <v>22</v>
       </c>
       <c r="J367" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368">
-        <v>243</v>
+        <v>856</v>
       </c>
       <c r="B368" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C368" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D368" t="s">
         <v>20</v>
       </c>
       <c r="E368">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F368">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G368">
         <v>0</v>
       </c>
       <c r="H368" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="I368" t="s">
         <v>22</v>
       </c>
       <c r="J368" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369">
-        <v>877</v>
+        <v>336</v>
       </c>
       <c r="B369" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C369" t="s">
         <v>19</v>
       </c>
       <c r="D369" t="s">
         <v>20</v>
       </c>
       <c r="E369">
         <v>3</v>
       </c>
       <c r="F369">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G369">
         <v>0</v>
       </c>
       <c r="H369" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="I369" t="s">
         <v>22</v>
       </c>
       <c r="J369" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370">
-        <v>351</v>
+        <v>470</v>
       </c>
       <c r="B370" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C370" t="s">
         <v>25</v>
       </c>
       <c r="D370" t="s">
         <v>20</v>
       </c>
       <c r="E370">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F370">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G370">
         <v>0</v>
       </c>
       <c r="H370" t="s">
-        <v>327</v>
+        <v>461</v>
       </c>
       <c r="I370" t="s">
         <v>22</v>
       </c>
       <c r="J370" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371">
-        <v>488</v>
+        <v>597</v>
       </c>
       <c r="B371" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C371" t="s">
         <v>19</v>
       </c>
       <c r="D371" t="s">
         <v>20</v>
       </c>
       <c r="E371">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F371">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G371">
         <v>0</v>
       </c>
       <c r="H371" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I371" t="s">
         <v>22</v>
       </c>
       <c r="J371" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372">
-        <v>614</v>
+        <v>89</v>
       </c>
       <c r="B372" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C372" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D372" t="s">
         <v>20</v>
       </c>
       <c r="E372">
         <v>1</v>
       </c>
       <c r="F372">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G372">
         <v>0</v>
       </c>
       <c r="H372" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="I372" t="s">
         <v>22</v>
       </c>
       <c r="J372" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373">
-        <v>108</v>
+        <v>736</v>
       </c>
       <c r="B373" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C373" t="s">
         <v>19</v>
       </c>
       <c r="D373" t="s">
         <v>20</v>
       </c>
       <c r="E373">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F373">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G373">
         <v>0</v>
       </c>
       <c r="H373" t="s">
-        <v>393</v>
+        <v>32</v>
       </c>
       <c r="I373" t="s">
         <v>22</v>
       </c>
       <c r="J373" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374">
-        <v>752</v>
+        <v>243</v>
       </c>
       <c r="B374" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C374" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D374" t="s">
         <v>20</v>
       </c>
       <c r="E374">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F374">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G374">
         <v>0</v>
       </c>
       <c r="H374" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I374" t="s">
         <v>22</v>
       </c>
       <c r="J374" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375">
-        <v>260</v>
+        <v>877</v>
       </c>
       <c r="B375" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C375" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D375" t="s">
         <v>20</v>
       </c>
       <c r="E375">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F375">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G375">
         <v>0</v>
       </c>
       <c r="H375" t="s">
-        <v>465</v>
+        <v>134</v>
       </c>
       <c r="I375" t="s">
         <v>22</v>
       </c>
       <c r="J375" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376">
-        <v>893</v>
+        <v>351</v>
       </c>
       <c r="B376" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C376" t="s">
         <v>19</v>
       </c>
       <c r="D376" t="s">
         <v>20</v>
       </c>
       <c r="E376">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F376">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G376">
         <v>0</v>
       </c>
       <c r="H376" t="s">
-        <v>34</v>
+        <v>334</v>
       </c>
       <c r="I376" t="s">
         <v>22</v>
       </c>
       <c r="J376" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377">
-        <v>366</v>
+        <v>488</v>
       </c>
       <c r="B377" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C377" t="s">
         <v>25</v>
       </c>
       <c r="D377" t="s">
         <v>20</v>
       </c>
       <c r="E377">
         <v>1</v>
       </c>
       <c r="F377">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G377">
         <v>0</v>
       </c>
       <c r="H377" t="s">
-        <v>398</v>
+        <v>28</v>
       </c>
       <c r="I377" t="s">
         <v>22</v>
       </c>
       <c r="J377" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378">
-        <v>506</v>
+        <v>614</v>
       </c>
       <c r="B378" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C378" t="s">
         <v>25</v>
       </c>
       <c r="D378" t="s">
         <v>20</v>
       </c>
       <c r="E378">
         <v>1</v>
       </c>
       <c r="F378">
         <v>1</v>
       </c>
       <c r="G378">
         <v>0</v>
       </c>
       <c r="H378" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I378" t="s">
         <v>22</v>
       </c>
       <c r="J378" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379">
-        <v>654</v>
+        <v>108</v>
       </c>
       <c r="B379" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C379" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D379" t="s">
         <v>20</v>
       </c>
       <c r="E379">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F379">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G379">
         <v>0</v>
       </c>
       <c r="H379" t="s">
-        <v>26</v>
+        <v>401</v>
       </c>
       <c r="I379" t="s">
         <v>22</v>
       </c>
       <c r="J379" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380">
-        <v>122</v>
+        <v>752</v>
       </c>
       <c r="B380" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C380" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D380" t="s">
         <v>20</v>
       </c>
       <c r="E380">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F380">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G380">
         <v>0</v>
       </c>
       <c r="H380" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I380" t="s">
         <v>22</v>
       </c>
       <c r="J380" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381">
-        <v>772</v>
+        <v>260</v>
       </c>
       <c r="B381" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C381" t="s">
         <v>25</v>
       </c>
       <c r="D381" t="s">
         <v>20</v>
       </c>
       <c r="E381">
         <v>2</v>
       </c>
       <c r="F381">
         <v>2</v>
       </c>
       <c r="G381">
         <v>0</v>
       </c>
       <c r="H381" t="s">
-        <v>30</v>
+        <v>473</v>
       </c>
       <c r="I381" t="s">
         <v>22</v>
       </c>
       <c r="J381" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382">
-        <v>228</v>
+        <v>893</v>
       </c>
       <c r="B382" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C382" t="s">
         <v>25</v>
       </c>
       <c r="D382" t="s">
         <v>20</v>
       </c>
       <c r="E382">
         <v>1</v>
       </c>
       <c r="F382">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G382">
         <v>0</v>
       </c>
       <c r="H382" t="s">
-        <v>473</v>
+        <v>47</v>
       </c>
       <c r="I382" t="s">
         <v>22</v>
       </c>
       <c r="J382" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383">
-        <v>908</v>
+        <v>366</v>
       </c>
       <c r="B383" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C383" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D383" t="s">
         <v>20</v>
       </c>
       <c r="E383">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F383">
         <v>1</v>
       </c>
       <c r="G383">
         <v>0</v>
       </c>
       <c r="H383" t="s">
-        <v>66</v>
+        <v>406</v>
       </c>
       <c r="I383" t="s">
         <v>22</v>
       </c>
       <c r="J383" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384">
-        <v>382</v>
+        <v>506</v>
       </c>
       <c r="B384" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C384" t="s">
         <v>19</v>
       </c>
       <c r="D384" t="s">
         <v>20</v>
       </c>
       <c r="E384">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F384">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G384">
         <v>0</v>
       </c>
       <c r="H384" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="I384" t="s">
         <v>22</v>
       </c>
       <c r="J384" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385">
-        <v>522</v>
+        <v>654</v>
       </c>
       <c r="B385" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C385" t="s">
         <v>25</v>
       </c>
       <c r="D385" t="s">
         <v>20</v>
       </c>
       <c r="E385">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F385">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G385">
         <v>0</v>
       </c>
       <c r="H385" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I385" t="s">
         <v>22</v>
       </c>
       <c r="J385" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386">
-        <v>648</v>
+        <v>122</v>
       </c>
       <c r="B386" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C386" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D386" t="s">
         <v>20</v>
       </c>
       <c r="E386">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F386">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G386">
         <v>0</v>
       </c>
       <c r="H386" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="I386" t="s">
         <v>22</v>
       </c>
       <c r="J386" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387">
-        <v>138</v>
+        <v>772</v>
       </c>
       <c r="B387" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C387" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D387" t="s">
         <v>20</v>
       </c>
       <c r="E387">
         <v>2</v>
       </c>
       <c r="F387">
         <v>2</v>
       </c>
       <c r="G387">
         <v>0</v>
       </c>
       <c r="H387" t="s">
-        <v>211</v>
+        <v>32</v>
       </c>
       <c r="I387" t="s">
         <v>22</v>
       </c>
       <c r="J387" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388">
-        <v>787</v>
+        <v>228</v>
       </c>
       <c r="B388" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C388" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D388" t="s">
-        <v>480</v>
+        <v>20</v>
       </c>
       <c r="E388">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F388">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G388">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H388" t="s">
-        <v>30</v>
+        <v>481</v>
       </c>
       <c r="I388" t="s">
         <v>22</v>
       </c>
       <c r="J388" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389">
-        <v>268</v>
+        <v>908</v>
       </c>
       <c r="B389" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C389" t="s">
         <v>19</v>
       </c>
       <c r="D389" t="s">
         <v>20</v>
       </c>
       <c r="E389">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F389">
         <v>1</v>
       </c>
       <c r="G389">
         <v>0</v>
       </c>
       <c r="H389" t="s">
-        <v>482</v>
+        <v>79</v>
       </c>
       <c r="I389" t="s">
         <v>22</v>
       </c>
       <c r="J389" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390">
-        <v>924</v>
+        <v>382</v>
       </c>
       <c r="B390" t="s">
         <v>483</v>
       </c>
       <c r="C390" t="s">
         <v>25</v>
       </c>
       <c r="D390" t="s">
         <v>20</v>
       </c>
       <c r="E390">
         <v>2</v>
       </c>
       <c r="F390">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G390">
         <v>0</v>
       </c>
       <c r="H390" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="I390" t="s">
         <v>22</v>
       </c>
       <c r="J390" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391">
-        <v>399</v>
+        <v>522</v>
       </c>
       <c r="B391" t="s">
         <v>484</v>
       </c>
       <c r="C391" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D391" t="s">
         <v>20</v>
       </c>
       <c r="E391">
         <v>2</v>
       </c>
       <c r="F391">
         <v>4</v>
       </c>
       <c r="G391">
         <v>0</v>
       </c>
       <c r="H391" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="I391" t="s">
         <v>22</v>
       </c>
       <c r="J391" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392">
-        <v>538</v>
+        <v>648</v>
       </c>
       <c r="B392" t="s">
         <v>485</v>
       </c>
       <c r="C392" t="s">
         <v>19</v>
       </c>
       <c r="D392" t="s">
         <v>20</v>
       </c>
       <c r="E392">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F392">
         <v>1</v>
       </c>
       <c r="G392">
         <v>0</v>
       </c>
       <c r="H392" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I392" t="s">
         <v>22</v>
       </c>
       <c r="J392" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393">
-        <v>681</v>
+        <v>138</v>
       </c>
       <c r="B393" t="s">
         <v>486</v>
       </c>
       <c r="C393" t="s">
         <v>19</v>
       </c>
       <c r="D393" t="s">
         <v>20</v>
       </c>
       <c r="E393">
         <v>2</v>
       </c>
       <c r="F393">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G393">
         <v>0</v>
       </c>
       <c r="H393" t="s">
-        <v>71</v>
+        <v>220</v>
       </c>
       <c r="I393" t="s">
         <v>22</v>
       </c>
       <c r="J393" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394">
-        <v>925</v>
+        <v>384</v>
       </c>
       <c r="B394" t="s">
         <v>487</v>
       </c>
       <c r="C394" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D394" t="s">
         <v>20</v>
       </c>
       <c r="E394">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F394">
         <v>2</v>
       </c>
       <c r="G394">
         <v>0</v>
       </c>
       <c r="H394" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="I394" t="s">
         <v>22</v>
       </c>
       <c r="J394" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395">
-        <v>400</v>
+        <v>523</v>
       </c>
       <c r="B395" t="s">
         <v>488</v>
       </c>
       <c r="C395" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D395" t="s">
         <v>20</v>
       </c>
       <c r="E395">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F395">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G395">
         <v>0</v>
       </c>
       <c r="H395" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="I395" t="s">
         <v>22</v>
       </c>
       <c r="J395" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396">
-        <v>539</v>
+        <v>649</v>
       </c>
       <c r="B396" t="s">
         <v>489</v>
       </c>
       <c r="C396" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D396" t="s">
         <v>20</v>
       </c>
       <c r="E396">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F396">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G396">
         <v>0</v>
       </c>
       <c r="H396" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I396" t="s">
         <v>22</v>
       </c>
       <c r="J396" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397">
-        <v>682</v>
+        <v>139</v>
       </c>
       <c r="B397" t="s">
         <v>490</v>
       </c>
       <c r="C397" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D397" t="s">
         <v>20</v>
       </c>
       <c r="E397">
         <v>1</v>
       </c>
       <c r="F397">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G397">
         <v>0</v>
       </c>
       <c r="H397" t="s">
-        <v>71</v>
+        <v>220</v>
       </c>
       <c r="I397" t="s">
         <v>22</v>
       </c>
       <c r="J397" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398">
-        <v>155</v>
+        <v>788</v>
       </c>
       <c r="B398" t="s">
         <v>491</v>
       </c>
       <c r="C398" t="s">
         <v>19</v>
       </c>
       <c r="D398" t="s">
         <v>20</v>
       </c>
       <c r="E398">
         <v>2</v>
       </c>
       <c r="F398">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G398">
         <v>0</v>
       </c>
       <c r="H398" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="I398" t="s">
         <v>22</v>
       </c>
       <c r="J398" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399">
-        <v>804</v>
+        <v>269</v>
       </c>
       <c r="B399" t="s">
         <v>492</v>
       </c>
       <c r="C399" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D399" t="s">
         <v>20</v>
       </c>
       <c r="E399">
         <v>2</v>
       </c>
       <c r="F399">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G399">
         <v>0</v>
       </c>
       <c r="H399" t="s">
-        <v>30</v>
+        <v>424</v>
       </c>
       <c r="I399" t="s">
         <v>22</v>
       </c>
       <c r="J399" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400">
-        <v>285</v>
+        <v>925</v>
       </c>
       <c r="B400" t="s">
         <v>493</v>
       </c>
       <c r="C400" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D400" t="s">
         <v>20</v>
       </c>
       <c r="E400">
         <v>2</v>
       </c>
       <c r="F400">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G400">
         <v>0</v>
       </c>
       <c r="H400" t="s">
-        <v>424</v>
+        <v>68</v>
       </c>
       <c r="I400" t="s">
         <v>22</v>
       </c>
       <c r="J400" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401">
-        <v>941</v>
+        <v>400</v>
       </c>
       <c r="B401" t="s">
         <v>494</v>
       </c>
       <c r="C401" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D401" t="s">
         <v>20</v>
       </c>
       <c r="E401">
         <v>2</v>
       </c>
       <c r="F401">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G401">
         <v>0</v>
       </c>
       <c r="H401" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="I401" t="s">
         <v>22</v>
       </c>
       <c r="J401" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402">
-        <v>415</v>
+        <v>539</v>
       </c>
       <c r="B402" t="s">
         <v>495</v>
       </c>
       <c r="C402" t="s">
         <v>25</v>
       </c>
       <c r="D402" t="s">
         <v>20</v>
       </c>
       <c r="E402">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F402">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G402">
         <v>0</v>
       </c>
       <c r="H402" t="s">
-        <v>420</v>
+        <v>28</v>
       </c>
       <c r="I402" t="s">
         <v>22</v>
       </c>
       <c r="J402" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403">
-        <v>573</v>
+        <v>682</v>
       </c>
       <c r="B403" t="s">
         <v>496</v>
       </c>
       <c r="C403" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D403" t="s">
         <v>20</v>
       </c>
       <c r="E403">
         <v>1</v>
       </c>
       <c r="F403">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G403">
         <v>0</v>
       </c>
       <c r="H403" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="I403" t="s">
         <v>22</v>
       </c>
       <c r="J403" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404">
-        <v>693</v>
+        <v>155</v>
       </c>
       <c r="B404" t="s">
         <v>497</v>
       </c>
       <c r="C404" t="s">
         <v>25</v>
       </c>
       <c r="D404" t="s">
         <v>20</v>
       </c>
       <c r="E404">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F404">
         <v>1</v>
       </c>
       <c r="G404">
         <v>0</v>
       </c>
       <c r="H404" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="I404" t="s">
         <v>22</v>
       </c>
       <c r="J404" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405">
-        <v>171</v>
+        <v>804</v>
       </c>
       <c r="B405" t="s">
         <v>498</v>
       </c>
       <c r="C405" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D405" t="s">
         <v>20</v>
       </c>
       <c r="E405">
         <v>2</v>
       </c>
       <c r="F405">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G405">
         <v>0</v>
       </c>
       <c r="H405" t="s">
-        <v>499</v>
+        <v>32</v>
       </c>
       <c r="I405" t="s">
         <v>22</v>
       </c>
       <c r="J405" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406">
-        <v>820</v>
+        <v>285</v>
       </c>
       <c r="B406" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="C406" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D406" t="s">
         <v>20</v>
       </c>
       <c r="E406">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F406">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G406">
         <v>0</v>
       </c>
       <c r="H406" t="s">
-        <v>95</v>
+        <v>432</v>
       </c>
       <c r="I406" t="s">
         <v>22</v>
       </c>
       <c r="J406" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407">
-        <v>301</v>
+        <v>941</v>
       </c>
       <c r="B407" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="C407" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D407" t="s">
         <v>20</v>
       </c>
       <c r="E407">
         <v>2</v>
       </c>
       <c r="F407">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G407">
         <v>0</v>
       </c>
       <c r="H407" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="I407" t="s">
         <v>22</v>
       </c>
       <c r="J407" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408">
-        <v>957</v>
+        <v>415</v>
       </c>
       <c r="B408" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="C408" t="s">
         <v>19</v>
       </c>
       <c r="D408" t="s">
         <v>20</v>
       </c>
       <c r="E408">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F408">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G408">
         <v>0</v>
       </c>
       <c r="H408" t="s">
-        <v>87</v>
+        <v>367</v>
       </c>
       <c r="I408" t="s">
         <v>22</v>
       </c>
       <c r="J408" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409">
-        <v>432</v>
+        <v>573</v>
       </c>
       <c r="B409" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="C409" t="s">
         <v>19</v>
       </c>
       <c r="D409" t="s">
         <v>20</v>
       </c>
       <c r="E409">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F409">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G409">
         <v>0</v>
       </c>
       <c r="H409" t="s">
-        <v>504</v>
+        <v>28</v>
       </c>
       <c r="I409" t="s">
         <v>22</v>
       </c>
       <c r="J409" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410">
-        <v>553</v>
+        <v>693</v>
       </c>
       <c r="B410" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="C410" t="s">
         <v>19</v>
       </c>
       <c r="D410" t="s">
         <v>20</v>
       </c>
       <c r="E410">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F410">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G410">
         <v>0</v>
       </c>
       <c r="H410" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I410" t="s">
         <v>22</v>
       </c>
       <c r="J410" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411">
-        <v>22</v>
+        <v>171</v>
       </c>
       <c r="B411" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C411" t="s">
         <v>19</v>
       </c>
       <c r="D411" t="s">
         <v>20</v>
       </c>
       <c r="E411">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F411">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G411">
         <v>0</v>
       </c>
       <c r="H411" t="s">
-        <v>305</v>
+        <v>505</v>
       </c>
       <c r="I411" t="s">
         <v>22</v>
       </c>
       <c r="J411" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412">
-        <v>705</v>
+        <v>820</v>
       </c>
       <c r="B412" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="C412" t="s">
         <v>19</v>
       </c>
       <c r="D412" t="s">
         <v>20</v>
       </c>
       <c r="E412">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F412">
         <v>2</v>
       </c>
       <c r="G412">
         <v>0</v>
       </c>
       <c r="H412" t="s">
-        <v>30</v>
+        <v>107</v>
       </c>
       <c r="I412" t="s">
         <v>22</v>
       </c>
       <c r="J412" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413">
-        <v>188</v>
+        <v>301</v>
       </c>
       <c r="B413" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="C413" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D413" t="s">
         <v>20</v>
       </c>
       <c r="E413">
         <v>2</v>
       </c>
       <c r="F413">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G413">
         <v>0</v>
       </c>
       <c r="H413" t="s">
-        <v>439</v>
+        <v>56</v>
       </c>
       <c r="I413" t="s">
         <v>22</v>
       </c>
       <c r="J413" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414">
-        <v>837</v>
+        <v>957</v>
       </c>
       <c r="B414" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="C414" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D414" t="s">
         <v>20</v>
       </c>
       <c r="E414">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F414">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G414">
         <v>0</v>
       </c>
       <c r="H414" t="s">
-        <v>441</v>
+        <v>21</v>
       </c>
       <c r="I414" t="s">
         <v>22</v>
       </c>
       <c r="J414" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415">
-        <v>320</v>
+        <v>432</v>
       </c>
       <c r="B415" t="s">
+        <v>509</v>
+      </c>
+      <c r="C415" t="s">
+        <v>25</v>
+      </c>
+      <c r="D415" t="s">
+        <v>20</v>
+      </c>
+      <c r="E415">
+        <v>2</v>
+      </c>
+      <c r="F415">
+        <v>2</v>
+      </c>
+      <c r="G415">
+        <v>0</v>
+      </c>
+      <c r="H415" t="s">
         <v>510</v>
-      </c>
-[...16 lines deleted...]
-        <v>443</v>
       </c>
       <c r="I415" t="s">
         <v>22</v>
       </c>
       <c r="J415" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416">
-        <v>453</v>
+        <v>553</v>
       </c>
       <c r="B416" t="s">
         <v>511</v>
       </c>
       <c r="C416" t="s">
         <v>25</v>
       </c>
       <c r="D416" t="s">
         <v>20</v>
       </c>
       <c r="E416">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F416">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="G416">
         <v>0</v>
       </c>
       <c r="H416" t="s">
-        <v>312</v>
+        <v>28</v>
       </c>
       <c r="I416" t="s">
         <v>22</v>
       </c>
       <c r="J416" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417">
-        <v>587</v>
+        <v>22</v>
       </c>
       <c r="B417" t="s">
         <v>512</v>
       </c>
       <c r="C417" t="s">
         <v>25</v>
       </c>
       <c r="D417" t="s">
         <v>20</v>
       </c>
       <c r="E417">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F417">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G417">
         <v>0</v>
       </c>
       <c r="H417" t="s">
-        <v>513</v>
+        <v>312</v>
       </c>
       <c r="I417" t="s">
         <v>22</v>
       </c>
       <c r="J417" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418">
-        <v>54</v>
+        <v>705</v>
       </c>
       <c r="B418" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="C418" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D418" t="s">
         <v>20</v>
       </c>
       <c r="E418">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F418">
         <v>2</v>
       </c>
       <c r="G418">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H418" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="I418" t="s">
         <v>22</v>
       </c>
       <c r="J418" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419">
-        <v>721</v>
+        <v>188</v>
       </c>
       <c r="B419" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="C419" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D419" t="s">
         <v>20</v>
       </c>
       <c r="E419">
         <v>2</v>
       </c>
       <c r="F419">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G419">
         <v>0</v>
       </c>
       <c r="H419" t="s">
-        <v>30</v>
+        <v>447</v>
       </c>
       <c r="I419" t="s">
         <v>22</v>
       </c>
       <c r="J419" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420">
-        <v>204</v>
+        <v>837</v>
       </c>
       <c r="B420" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="C420" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D420" t="s">
         <v>20</v>
       </c>
       <c r="E420">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F420">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G420">
         <v>0</v>
       </c>
       <c r="H420" t="s">
-        <v>317</v>
+        <v>449</v>
       </c>
       <c r="I420" t="s">
         <v>22</v>
       </c>
       <c r="J420" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421">
-        <v>857</v>
+        <v>320</v>
       </c>
       <c r="B421" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C421" t="s">
         <v>19</v>
       </c>
       <c r="D421" t="s">
         <v>20</v>
       </c>
       <c r="E421">
         <v>2</v>
       </c>
       <c r="F421">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G421">
         <v>0</v>
       </c>
       <c r="H421" t="s">
-        <v>107</v>
+        <v>451</v>
       </c>
       <c r="I421" t="s">
         <v>22</v>
       </c>
       <c r="J421" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422">
-        <v>337</v>
+        <v>453</v>
       </c>
       <c r="B422" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="C422" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D422" t="s">
         <v>20</v>
       </c>
       <c r="E422">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F422">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="G422">
         <v>0</v>
       </c>
       <c r="H422" t="s">
-        <v>117</v>
+        <v>319</v>
       </c>
       <c r="I422" t="s">
         <v>22</v>
       </c>
       <c r="J422" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423">
-        <v>475</v>
+        <v>587</v>
       </c>
       <c r="B423" t="s">
+        <v>518</v>
+      </c>
+      <c r="C423" t="s">
+        <v>19</v>
+      </c>
+      <c r="D423" t="s">
+        <v>20</v>
+      </c>
+      <c r="E423">
+        <v>2</v>
+      </c>
+      <c r="F423">
+        <v>3</v>
+      </c>
+      <c r="G423">
+        <v>0</v>
+      </c>
+      <c r="H423" t="s">
         <v>519</v>
-      </c>
-[...16 lines deleted...]
-        <v>453</v>
       </c>
       <c r="I423" t="s">
         <v>22</v>
       </c>
       <c r="J423" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424">
-        <v>598</v>
+        <v>54</v>
       </c>
       <c r="B424" t="s">
         <v>520</v>
       </c>
       <c r="C424" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D424" t="s">
         <v>20</v>
       </c>
       <c r="E424">
         <v>1</v>
       </c>
       <c r="F424">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G424">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H424" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="I424" t="s">
         <v>22</v>
       </c>
       <c r="J424" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425">
-        <v>90</v>
+        <v>721</v>
       </c>
       <c r="B425" t="s">
         <v>521</v>
       </c>
       <c r="C425" t="s">
         <v>19</v>
       </c>
       <c r="D425" t="s">
         <v>20</v>
       </c>
       <c r="E425">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F425">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G425">
         <v>0</v>
       </c>
       <c r="H425" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I425" t="s">
         <v>22</v>
       </c>
       <c r="J425" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426">
-        <v>737</v>
+        <v>204</v>
       </c>
       <c r="B426" t="s">
         <v>522</v>
       </c>
       <c r="C426" t="s">
         <v>25</v>
       </c>
       <c r="D426" t="s">
         <v>20</v>
       </c>
       <c r="E426">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F426">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G426">
         <v>0</v>
       </c>
       <c r="H426" t="s">
-        <v>30</v>
+        <v>324</v>
       </c>
       <c r="I426" t="s">
         <v>22</v>
       </c>
       <c r="J426" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427">
-        <v>244</v>
+        <v>857</v>
       </c>
       <c r="B427" t="s">
         <v>523</v>
       </c>
       <c r="C427" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D427" t="s">
         <v>20</v>
       </c>
       <c r="E427">
         <v>2</v>
       </c>
       <c r="F427">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G427">
         <v>0</v>
       </c>
       <c r="H427" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="I427" t="s">
         <v>22</v>
       </c>
       <c r="J427" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428">
-        <v>878</v>
+        <v>337</v>
       </c>
       <c r="B428" t="s">
         <v>524</v>
       </c>
       <c r="C428" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D428" t="s">
         <v>20</v>
       </c>
       <c r="E428">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F428">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G428">
         <v>0</v>
       </c>
       <c r="H428" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="I428" t="s">
         <v>22</v>
       </c>
       <c r="J428" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429">
-        <v>352</v>
+        <v>475</v>
       </c>
       <c r="B429" t="s">
         <v>525</v>
       </c>
       <c r="C429" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D429" t="s">
         <v>20</v>
       </c>
       <c r="E429">
         <v>1</v>
       </c>
       <c r="F429">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G429">
         <v>0</v>
       </c>
       <c r="H429" t="s">
-        <v>327</v>
+        <v>461</v>
       </c>
       <c r="I429" t="s">
         <v>22</v>
       </c>
       <c r="J429" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430">
-        <v>489</v>
+        <v>598</v>
       </c>
       <c r="B430" t="s">
         <v>526</v>
       </c>
       <c r="C430" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D430" t="s">
         <v>20</v>
       </c>
       <c r="E430">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F430">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G430">
         <v>0</v>
       </c>
       <c r="H430" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I430" t="s">
         <v>22</v>
       </c>
       <c r="J430" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431">
-        <v>634</v>
+        <v>90</v>
       </c>
       <c r="B431" t="s">
         <v>527</v>
       </c>
       <c r="C431" t="s">
         <v>25</v>
       </c>
       <c r="D431" t="s">
         <v>20</v>
       </c>
       <c r="E431">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F431">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G431">
         <v>0</v>
       </c>
       <c r="H431" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="I431" t="s">
         <v>22</v>
       </c>
       <c r="J431" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432">
-        <v>109</v>
+        <v>737</v>
       </c>
       <c r="B432" t="s">
         <v>528</v>
       </c>
       <c r="C432" t="s">
         <v>19</v>
       </c>
       <c r="D432" t="s">
         <v>20</v>
       </c>
       <c r="E432">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F432">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G432">
         <v>0</v>
       </c>
       <c r="H432" t="s">
-        <v>393</v>
+        <v>32</v>
       </c>
       <c r="I432" t="s">
         <v>22</v>
       </c>
       <c r="J432" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433">
-        <v>753</v>
+        <v>244</v>
       </c>
       <c r="B433" t="s">
         <v>529</v>
       </c>
       <c r="C433" t="s">
         <v>25</v>
       </c>
       <c r="D433" t="s">
         <v>20</v>
       </c>
       <c r="E433">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F433">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G433">
         <v>0</v>
       </c>
       <c r="H433" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I433" t="s">
         <v>22</v>
       </c>
       <c r="J433" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434">
-        <v>261</v>
+        <v>878</v>
       </c>
       <c r="B434" t="s">
         <v>530</v>
       </c>
       <c r="C434" t="s">
         <v>19</v>
       </c>
       <c r="D434" t="s">
         <v>20</v>
       </c>
       <c r="E434">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F434">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G434">
         <v>0</v>
       </c>
       <c r="H434" t="s">
-        <v>465</v>
+        <v>134</v>
       </c>
       <c r="I434" t="s">
         <v>22</v>
       </c>
       <c r="J434" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435">
-        <v>894</v>
+        <v>352</v>
       </c>
       <c r="B435" t="s">
         <v>531</v>
       </c>
       <c r="C435" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D435" t="s">
         <v>20</v>
       </c>
       <c r="E435">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F435">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G435">
         <v>0</v>
       </c>
       <c r="H435" t="s">
-        <v>34</v>
+        <v>334</v>
       </c>
       <c r="I435" t="s">
         <v>22</v>
       </c>
       <c r="J435" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436">
-        <v>367</v>
+        <v>489</v>
       </c>
       <c r="B436" t="s">
         <v>532</v>
       </c>
       <c r="C436" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D436" t="s">
         <v>20</v>
       </c>
       <c r="E436">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F436">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G436">
         <v>0</v>
       </c>
       <c r="H436" t="s">
-        <v>533</v>
+        <v>28</v>
       </c>
       <c r="I436" t="s">
         <v>22</v>
       </c>
       <c r="J436" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437">
-        <v>507</v>
+        <v>634</v>
       </c>
       <c r="B437" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="C437" t="s">
         <v>19</v>
       </c>
       <c r="D437" t="s">
         <v>20</v>
       </c>
       <c r="E437">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F437">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G437">
         <v>0</v>
       </c>
       <c r="H437" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I437" t="s">
         <v>22</v>
       </c>
       <c r="J437" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438">
-        <v>653</v>
+        <v>109</v>
       </c>
       <c r="B438" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C438" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D438" t="s">
         <v>20</v>
       </c>
       <c r="E438">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F438">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G438">
         <v>0</v>
       </c>
       <c r="H438" t="s">
-        <v>26</v>
+        <v>401</v>
       </c>
       <c r="I438" t="s">
         <v>22</v>
       </c>
       <c r="J438" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439">
-        <v>123</v>
+        <v>753</v>
       </c>
       <c r="B439" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="C439" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D439" t="s">
         <v>20</v>
       </c>
       <c r="E439">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F439">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G439">
         <v>0</v>
       </c>
       <c r="H439" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I439" t="s">
         <v>22</v>
       </c>
       <c r="J439" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440">
-        <v>773</v>
+        <v>261</v>
       </c>
       <c r="B440" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="C440" t="s">
         <v>25</v>
       </c>
       <c r="D440" t="s">
         <v>20</v>
       </c>
       <c r="E440">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F440">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G440">
         <v>0</v>
       </c>
       <c r="H440" t="s">
-        <v>30</v>
+        <v>473</v>
       </c>
       <c r="I440" t="s">
         <v>22</v>
       </c>
       <c r="J440" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441">
-        <v>229</v>
+        <v>894</v>
       </c>
       <c r="B441" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="C441" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D441" t="s">
         <v>20</v>
       </c>
       <c r="E441">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F441">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G441">
         <v>0</v>
       </c>
       <c r="H441" t="s">
-        <v>473</v>
+        <v>47</v>
       </c>
       <c r="I441" t="s">
         <v>22</v>
       </c>
       <c r="J441" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442">
-        <v>909</v>
+        <v>367</v>
       </c>
       <c r="B442" t="s">
+        <v>538</v>
+      </c>
+      <c r="C442" t="s">
+        <v>25</v>
+      </c>
+      <c r="D442" t="s">
+        <v>20</v>
+      </c>
+      <c r="E442">
+        <v>1</v>
+      </c>
+      <c r="F442">
+        <v>2</v>
+      </c>
+      <c r="G442">
+        <v>0</v>
+      </c>
+      <c r="H442" t="s">
         <v>539</v>
-      </c>
-[...16 lines deleted...]
-        <v>66</v>
       </c>
       <c r="I442" t="s">
         <v>22</v>
       </c>
       <c r="J442" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443">
-        <v>384</v>
+        <v>507</v>
       </c>
       <c r="B443" t="s">
         <v>540</v>
       </c>
       <c r="C443" t="s">
         <v>25</v>
       </c>
       <c r="D443" t="s">
         <v>20</v>
       </c>
       <c r="E443">
         <v>1</v>
       </c>
       <c r="F443">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G443">
         <v>0</v>
       </c>
       <c r="H443" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="I443" t="s">
         <v>22</v>
       </c>
       <c r="J443" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444">
-        <v>523</v>
+        <v>653</v>
       </c>
       <c r="B444" t="s">
         <v>541</v>
       </c>
       <c r="C444" t="s">
         <v>25</v>
       </c>
       <c r="D444" t="s">
         <v>20</v>
       </c>
       <c r="E444">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F444">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G444">
         <v>0</v>
       </c>
       <c r="H444" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I444" t="s">
         <v>22</v>
       </c>
       <c r="J444" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445">
-        <v>649</v>
+        <v>123</v>
       </c>
       <c r="B445" t="s">
         <v>542</v>
       </c>
       <c r="C445" t="s">
         <v>19</v>
       </c>
       <c r="D445" t="s">
         <v>20</v>
       </c>
       <c r="E445">
         <v>2</v>
       </c>
       <c r="F445">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G445">
         <v>0</v>
       </c>
       <c r="H445" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="I445" t="s">
         <v>22</v>
       </c>
       <c r="J445" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446">
-        <v>139</v>
+        <v>773</v>
       </c>
       <c r="B446" t="s">
         <v>543</v>
       </c>
       <c r="C446" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D446" t="s">
         <v>20</v>
       </c>
       <c r="E446">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F446">
         <v>1</v>
       </c>
       <c r="G446">
         <v>0</v>
       </c>
       <c r="H446" t="s">
-        <v>211</v>
+        <v>32</v>
       </c>
       <c r="I446" t="s">
         <v>22</v>
       </c>
       <c r="J446" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447">
-        <v>788</v>
+        <v>229</v>
       </c>
       <c r="B447" t="s">
         <v>544</v>
       </c>
       <c r="C447" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D447" t="s">
         <v>20</v>
       </c>
       <c r="E447">
         <v>2</v>
       </c>
       <c r="F447">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G447">
         <v>0</v>
       </c>
       <c r="H447" t="s">
-        <v>30</v>
+        <v>481</v>
       </c>
       <c r="I447" t="s">
         <v>22</v>
       </c>
       <c r="J447" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448">
-        <v>269</v>
+        <v>909</v>
       </c>
       <c r="B448" t="s">
         <v>545</v>
       </c>
       <c r="C448" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D448" t="s">
         <v>20</v>
       </c>
       <c r="E448">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F448">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G448">
         <v>0</v>
       </c>
       <c r="H448" t="s">
-        <v>482</v>
+        <v>79</v>
       </c>
       <c r="I448" t="s">
         <v>22</v>
       </c>
       <c r="J448" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B449" t="s">
         <v>546</v>
       </c>
       <c r="C449" t="s">
         <v>19</v>
       </c>
       <c r="D449" t="s">
         <v>20</v>
       </c>
       <c r="E449">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F449">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G449">
         <v>0</v>
       </c>
       <c r="H449" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I449" t="s">
         <v>22</v>
       </c>
       <c r="J449" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="B450" t="s">
         <v>547</v>
       </c>
       <c r="C450" t="s">
         <v>19</v>
       </c>
       <c r="D450" t="s">
         <v>20</v>
       </c>
       <c r="E450">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F450">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G450">
         <v>0</v>
       </c>
       <c r="H450" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="I450" t="s">
         <v>22</v>
       </c>
       <c r="J450" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451">
-        <v>789</v>
+        <v>774</v>
       </c>
       <c r="B451" t="s">
         <v>548</v>
       </c>
       <c r="C451" t="s">
         <v>25</v>
       </c>
       <c r="D451" t="s">
         <v>20</v>
       </c>
       <c r="E451">
         <v>2</v>
       </c>
       <c r="F451">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G451">
         <v>0</v>
       </c>
       <c r="H451" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I451" t="s">
         <v>22</v>
       </c>
       <c r="J451" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452">
-        <v>270</v>
+        <v>230</v>
       </c>
       <c r="B452" t="s">
         <v>549</v>
       </c>
       <c r="C452" t="s">
         <v>25</v>
       </c>
       <c r="D452" t="s">
         <v>20</v>
       </c>
       <c r="E452">
         <v>2</v>
       </c>
       <c r="F452">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G452">
         <v>0</v>
       </c>
       <c r="H452" t="s">
-        <v>482</v>
+        <v>550</v>
       </c>
       <c r="I452" t="s">
         <v>22</v>
       </c>
       <c r="J452" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453">
-        <v>926</v>
+        <v>910</v>
       </c>
       <c r="B453" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C453" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D453" t="s">
         <v>20</v>
       </c>
       <c r="E453">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F453">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G453">
         <v>0</v>
       </c>
       <c r="H453" t="s">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="I453" t="s">
         <v>22</v>
       </c>
       <c r="J453" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454">
-        <v>401</v>
+        <v>385</v>
       </c>
       <c r="B454" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C454" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D454" t="s">
         <v>20</v>
       </c>
       <c r="E454">
         <v>1</v>
       </c>
       <c r="F454">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G454">
         <v>0</v>
       </c>
       <c r="H454" t="s">
-        <v>281</v>
+        <v>553</v>
       </c>
       <c r="I454" t="s">
         <v>22</v>
       </c>
       <c r="J454" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455">
-        <v>540</v>
+        <v>524</v>
       </c>
       <c r="B455" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C455" t="s">
         <v>19</v>
       </c>
       <c r="D455" t="s">
         <v>20</v>
       </c>
       <c r="E455">
         <v>2</v>
       </c>
       <c r="F455">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G455">
         <v>0</v>
       </c>
       <c r="H455" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I455" t="s">
         <v>22</v>
       </c>
       <c r="J455" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456">
-        <v>669</v>
+        <v>650</v>
       </c>
       <c r="B456" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C456" t="s">
         <v>25</v>
       </c>
       <c r="D456" t="s">
         <v>20</v>
       </c>
       <c r="E456">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F456">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G456">
         <v>0</v>
       </c>
       <c r="H456" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I456" t="s">
         <v>22</v>
       </c>
       <c r="J456" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="B457" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C457" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D457" t="s">
         <v>20</v>
       </c>
       <c r="E457">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F457">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G457">
         <v>0</v>
       </c>
       <c r="H457" t="s">
-        <v>190</v>
+        <v>220</v>
       </c>
       <c r="I457" t="s">
         <v>22</v>
       </c>
       <c r="J457" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458">
-        <v>805</v>
+        <v>789</v>
       </c>
       <c r="B458" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C458" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D458" t="s">
         <v>20</v>
       </c>
       <c r="E458">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F458">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G458">
         <v>0</v>
       </c>
       <c r="H458" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I458" t="s">
         <v>22</v>
       </c>
       <c r="J458" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="B459" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C459" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D459" t="s">
         <v>20</v>
       </c>
       <c r="E459">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F459">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G459">
         <v>0</v>
       </c>
       <c r="H459" t="s">
         <v>424</v>
       </c>
       <c r="I459" t="s">
         <v>22</v>
       </c>
       <c r="J459" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460">
-        <v>942</v>
+        <v>926</v>
       </c>
       <c r="B460" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C460" t="s">
         <v>19</v>
       </c>
       <c r="D460" t="s">
         <v>20</v>
       </c>
       <c r="E460">
         <v>1</v>
       </c>
       <c r="F460">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G460">
         <v>0</v>
       </c>
       <c r="H460" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I460" t="s">
         <v>22</v>
       </c>
       <c r="J460" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461">
-        <v>416</v>
+        <v>401</v>
       </c>
       <c r="B461" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C461" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D461" t="s">
         <v>20</v>
       </c>
       <c r="E461">
         <v>1</v>
       </c>
       <c r="F461">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G461">
         <v>0</v>
       </c>
       <c r="H461" t="s">
-        <v>420</v>
+        <v>289</v>
       </c>
       <c r="I461" t="s">
         <v>22</v>
       </c>
       <c r="J461" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462">
-        <v>572</v>
+        <v>540</v>
       </c>
       <c r="B462" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C462" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D462" t="s">
         <v>20</v>
       </c>
       <c r="E462">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F462">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G462">
         <v>0</v>
       </c>
       <c r="H462" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I462" t="s">
         <v>22</v>
       </c>
       <c r="J462" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463">
-        <v>692</v>
+        <v>669</v>
       </c>
       <c r="B463" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C463" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D463" t="s">
         <v>20</v>
       </c>
       <c r="E463">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F463">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G463">
         <v>0</v>
       </c>
       <c r="H463" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I463" t="s">
         <v>22</v>
       </c>
       <c r="J463" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464">
-        <v>172</v>
+        <v>156</v>
       </c>
       <c r="B464" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C464" t="s">
         <v>25</v>
       </c>
       <c r="D464" t="s">
         <v>20</v>
       </c>
       <c r="E464">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F464">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G464">
         <v>0</v>
       </c>
       <c r="H464" t="s">
-        <v>499</v>
+        <v>199</v>
       </c>
       <c r="I464" t="s">
         <v>22</v>
       </c>
       <c r="J464" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465">
-        <v>821</v>
+        <v>805</v>
       </c>
       <c r="B465" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C465" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D465" t="s">
         <v>20</v>
       </c>
       <c r="E465">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F465">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G465">
         <v>0</v>
       </c>
       <c r="H465" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I465" t="s">
         <v>22</v>
       </c>
       <c r="J465" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466">
-        <v>302</v>
+        <v>286</v>
       </c>
       <c r="B466" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C466" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D466" t="s">
         <v>20</v>
       </c>
       <c r="E466">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F466">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G466">
         <v>0</v>
       </c>
       <c r="H466" t="s">
-        <v>43</v>
+        <v>432</v>
       </c>
       <c r="I466" t="s">
         <v>22</v>
       </c>
       <c r="J466" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467">
-        <v>958</v>
+        <v>942</v>
       </c>
       <c r="B467" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C467" t="s">
         <v>25</v>
       </c>
       <c r="D467" t="s">
         <v>20</v>
       </c>
       <c r="E467">
         <v>1</v>
       </c>
       <c r="F467">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G467">
         <v>0</v>
       </c>
       <c r="H467" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I467" t="s">
         <v>22</v>
       </c>
       <c r="J467" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468">
-        <v>433</v>
+        <v>416</v>
       </c>
       <c r="B468" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C468" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D468" t="s">
         <v>20</v>
       </c>
       <c r="E468">
         <v>1</v>
       </c>
       <c r="F468">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G468">
         <v>0</v>
       </c>
       <c r="H468" t="s">
-        <v>566</v>
+        <v>367</v>
       </c>
       <c r="I468" t="s">
         <v>22</v>
       </c>
       <c r="J468" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469">
-        <v>554</v>
+        <v>572</v>
       </c>
       <c r="B469" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C469" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D469" t="s">
         <v>20</v>
       </c>
       <c r="E469">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F469">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G469">
         <v>0</v>
       </c>
       <c r="H469" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I469" t="s">
         <v>22</v>
       </c>
       <c r="J469" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470">
-        <v>25</v>
+        <v>692</v>
       </c>
       <c r="B470" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C470" t="s">
-        <v>569</v>
+        <v>19</v>
       </c>
       <c r="D470" t="s">
         <v>20</v>
       </c>
       <c r="E470">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F470">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G470">
         <v>0</v>
       </c>
       <c r="H470" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="I470" t="s">
         <v>22</v>
       </c>
       <c r="J470" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471">
-        <v>706</v>
+        <v>172</v>
       </c>
       <c r="B471" t="s">
         <v>570</v>
       </c>
       <c r="C471" t="s">
         <v>19</v>
       </c>
       <c r="D471" t="s">
         <v>20</v>
       </c>
       <c r="E471">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F471">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G471">
         <v>0</v>
       </c>
       <c r="H471" t="s">
-        <v>30</v>
+        <v>505</v>
       </c>
       <c r="I471" t="s">
         <v>22</v>
       </c>
       <c r="J471" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472">
-        <v>189</v>
+        <v>821</v>
       </c>
       <c r="B472" t="s">
         <v>571</v>
       </c>
       <c r="C472" t="s">
         <v>19</v>
       </c>
       <c r="D472" t="s">
         <v>20</v>
       </c>
       <c r="E472">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F472">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G472">
         <v>0</v>
       </c>
       <c r="H472" t="s">
-        <v>439</v>
+        <v>107</v>
       </c>
       <c r="I472" t="s">
         <v>22</v>
       </c>
       <c r="J472" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473">
-        <v>838</v>
+        <v>302</v>
       </c>
       <c r="B473" t="s">
         <v>572</v>
       </c>
       <c r="C473" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D473" t="s">
         <v>20</v>
       </c>
       <c r="E473">
         <v>1</v>
       </c>
       <c r="F473">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G473">
         <v>0</v>
       </c>
       <c r="H473" t="s">
-        <v>441</v>
+        <v>56</v>
       </c>
       <c r="I473" t="s">
         <v>22</v>
       </c>
       <c r="J473" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474">
-        <v>321</v>
+        <v>958</v>
       </c>
       <c r="B474" t="s">
         <v>573</v>
       </c>
       <c r="C474" t="s">
         <v>19</v>
       </c>
       <c r="D474" t="s">
         <v>20</v>
       </c>
       <c r="E474">
         <v>1</v>
       </c>
       <c r="F474">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G474">
         <v>0</v>
       </c>
       <c r="H474" t="s">
-        <v>443</v>
+        <v>21</v>
       </c>
       <c r="I474" t="s">
         <v>22</v>
       </c>
       <c r="J474" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475">
-        <v>454</v>
+        <v>433</v>
       </c>
       <c r="B475" t="s">
         <v>574</v>
       </c>
       <c r="C475" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D475" t="s">
         <v>20</v>
       </c>
       <c r="E475">
         <v>1</v>
       </c>
       <c r="F475">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G475">
         <v>0</v>
       </c>
       <c r="H475" t="s">
         <v>575</v>
       </c>
       <c r="I475" t="s">
         <v>22</v>
       </c>
       <c r="J475" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476">
-        <v>590</v>
+        <v>554</v>
       </c>
       <c r="B476" t="s">
         <v>576</v>
       </c>
       <c r="C476" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D476" t="s">
         <v>20</v>
       </c>
       <c r="E476">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F476">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G476">
         <v>0</v>
       </c>
       <c r="H476" t="s">
-        <v>445</v>
+        <v>28</v>
       </c>
       <c r="I476" t="s">
         <v>22</v>
       </c>
       <c r="J476" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="B477" t="s">
         <v>577</v>
       </c>
       <c r="C477" t="s">
-        <v>19</v>
+        <v>578</v>
       </c>
       <c r="D477" t="s">
         <v>20</v>
       </c>
       <c r="E477">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F477">
         <v>4</v>
       </c>
       <c r="G477">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H477" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I477" t="s">
         <v>22</v>
       </c>
       <c r="J477" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478">
-        <v>722</v>
+        <v>706</v>
       </c>
       <c r="B478" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C478" t="s">
         <v>25</v>
       </c>
       <c r="D478" t="s">
         <v>20</v>
       </c>
       <c r="E478">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F478">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G478">
         <v>0</v>
       </c>
       <c r="H478" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I478" t="s">
         <v>22</v>
       </c>
       <c r="J478" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="B479" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C479" t="s">
         <v>25</v>
       </c>
       <c r="D479" t="s">
         <v>20</v>
       </c>
       <c r="E479">
         <v>1</v>
       </c>
       <c r="F479">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G479">
         <v>0</v>
       </c>
       <c r="H479" t="s">
-        <v>317</v>
+        <v>447</v>
       </c>
       <c r="I479" t="s">
         <v>22</v>
       </c>
       <c r="J479" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480">
-        <v>864</v>
+        <v>838</v>
       </c>
       <c r="B480" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C480" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D480" t="s">
         <v>20</v>
       </c>
       <c r="E480">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F480">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G480">
         <v>0</v>
       </c>
       <c r="H480" t="s">
-        <v>34</v>
+        <v>449</v>
       </c>
       <c r="I480" t="s">
         <v>22</v>
       </c>
       <c r="J480" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="B481" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C481" t="s">
         <v>25</v>
       </c>
       <c r="D481" t="s">
         <v>20</v>
       </c>
       <c r="E481">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F481">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G481">
         <v>0</v>
       </c>
       <c r="H481" t="s">
-        <v>582</v>
+        <v>451</v>
       </c>
       <c r="I481" t="s">
         <v>22</v>
       </c>
       <c r="J481" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482">
-        <v>476</v>
+        <v>454</v>
       </c>
       <c r="B482" t="s">
         <v>583</v>
       </c>
       <c r="C482" t="s">
         <v>19</v>
       </c>
       <c r="D482" t="s">
         <v>20</v>
       </c>
       <c r="E482">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F482">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G482">
         <v>0</v>
       </c>
       <c r="H482" t="s">
-        <v>26</v>
+        <v>584</v>
       </c>
       <c r="I482" t="s">
         <v>22</v>
       </c>
       <c r="J482" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="B483" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C483" t="s">
         <v>25</v>
       </c>
       <c r="D483" t="s">
         <v>20</v>
       </c>
       <c r="E483">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F483">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G483">
         <v>0</v>
       </c>
       <c r="H483" t="s">
-        <v>26</v>
+        <v>453</v>
       </c>
       <c r="I483" t="s">
         <v>22</v>
       </c>
       <c r="J483" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484">
-        <v>91</v>
+        <v>55</v>
       </c>
       <c r="B484" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C484" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D484" t="s">
         <v>20</v>
       </c>
       <c r="E484">
         <v>2</v>
       </c>
       <c r="F484">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G484">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H484" t="s">
-        <v>28</v>
+        <v>111</v>
       </c>
       <c r="I484" t="s">
         <v>22</v>
       </c>
       <c r="J484" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485">
-        <v>738</v>
+        <v>722</v>
       </c>
       <c r="B485" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C485" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D485" t="s">
         <v>20</v>
       </c>
       <c r="E485">
         <v>2</v>
       </c>
       <c r="F485">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G485">
         <v>0</v>
       </c>
       <c r="H485" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I485" t="s">
         <v>22</v>
       </c>
       <c r="J485" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486">
-        <v>245</v>
+        <v>205</v>
       </c>
       <c r="B486" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C486" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D486" t="s">
         <v>20</v>
       </c>
       <c r="E486">
         <v>1</v>
       </c>
       <c r="F486">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G486">
         <v>0</v>
       </c>
       <c r="H486" t="s">
-        <v>43</v>
+        <v>324</v>
       </c>
       <c r="I486" t="s">
         <v>22</v>
       </c>
       <c r="J486" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487">
-        <v>879</v>
+        <v>864</v>
       </c>
       <c r="B487" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C487" t="s">
         <v>19</v>
       </c>
       <c r="D487" t="s">
         <v>20</v>
       </c>
       <c r="E487">
+        <v>2</v>
+      </c>
+      <c r="F487">
         <v>4</v>
       </c>
-      <c r="F487">
-[...1 lines deleted...]
-      </c>
       <c r="G487">
         <v>0</v>
       </c>
       <c r="H487" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I487" t="s">
         <v>22</v>
       </c>
       <c r="J487" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="B488" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C488" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D488" t="s">
         <v>20</v>
       </c>
       <c r="E488">
         <v>2</v>
       </c>
       <c r="F488">
         <v>3</v>
       </c>
       <c r="G488">
         <v>0</v>
       </c>
       <c r="H488" t="s">
-        <v>327</v>
+        <v>591</v>
       </c>
       <c r="I488" t="s">
         <v>22</v>
       </c>
       <c r="J488" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489">
-        <v>490</v>
+        <v>476</v>
       </c>
       <c r="B489" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C489" t="s">
         <v>25</v>
       </c>
       <c r="D489" t="s">
         <v>20</v>
       </c>
       <c r="E489">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F489">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G489">
         <v>0</v>
       </c>
       <c r="H489" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I489" t="s">
         <v>22</v>
       </c>
       <c r="J489" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490">
-        <v>633</v>
+        <v>599</v>
       </c>
       <c r="B490" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C490" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D490" t="s">
         <v>20</v>
       </c>
       <c r="E490">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F490">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G490">
         <v>0</v>
       </c>
       <c r="H490" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I490" t="s">
         <v>22</v>
       </c>
       <c r="J490" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="B491" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C491" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D491" t="s">
         <v>20</v>
       </c>
       <c r="E491">
         <v>2</v>
       </c>
       <c r="F491">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G491">
         <v>0</v>
       </c>
       <c r="H491" t="s">
-        <v>393</v>
+        <v>42</v>
       </c>
       <c r="I491" t="s">
         <v>22</v>
       </c>
       <c r="J491" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492">
-        <v>754</v>
+        <v>738</v>
       </c>
       <c r="B492" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C492" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D492" t="s">
         <v>20</v>
       </c>
       <c r="E492">
         <v>2</v>
       </c>
       <c r="F492">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G492">
         <v>0</v>
       </c>
       <c r="H492" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I492" t="s">
         <v>22</v>
       </c>
       <c r="J492" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493">
-        <v>262</v>
+        <v>245</v>
       </c>
       <c r="B493" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C493" t="s">
         <v>19</v>
       </c>
       <c r="D493" t="s">
         <v>20</v>
       </c>
       <c r="E493">
         <v>1</v>
       </c>
       <c r="F493">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G493">
         <v>0</v>
       </c>
       <c r="H493" t="s">
-        <v>465</v>
+        <v>56</v>
       </c>
       <c r="I493" t="s">
         <v>22</v>
       </c>
       <c r="J493" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494">
-        <v>894</v>
+        <v>879</v>
       </c>
       <c r="B494" t="s">
-        <v>531</v>
+        <v>597</v>
       </c>
       <c r="C494" t="s">
         <v>25</v>
       </c>
       <c r="D494" t="s">
         <v>20</v>
       </c>
       <c r="E494">
         <v>4</v>
       </c>
       <c r="F494">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G494">
         <v>0</v>
       </c>
       <c r="H494" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I494" t="s">
         <v>22</v>
       </c>
       <c r="J494" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495">
-        <v>368</v>
+        <v>353</v>
       </c>
       <c r="B495" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C495" t="s">
         <v>19</v>
       </c>
       <c r="D495" t="s">
         <v>20</v>
       </c>
       <c r="E495">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F495">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G495">
         <v>0</v>
       </c>
       <c r="H495" t="s">
-        <v>533</v>
+        <v>334</v>
       </c>
       <c r="I495" t="s">
         <v>22</v>
       </c>
       <c r="J495" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496">
-        <v>508</v>
+        <v>490</v>
       </c>
       <c r="B496" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C496" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D496" t="s">
         <v>20</v>
       </c>
       <c r="E496">
         <v>2</v>
       </c>
       <c r="F496">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G496">
         <v>0</v>
       </c>
       <c r="H496" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I496" t="s">
         <v>22</v>
       </c>
       <c r="J496" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497">
-        <v>652</v>
+        <v>633</v>
       </c>
       <c r="B497" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="C497" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D497" t="s">
         <v>20</v>
       </c>
       <c r="E497">
         <v>1</v>
       </c>
       <c r="F497">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G497">
         <v>0</v>
       </c>
       <c r="H497" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I497" t="s">
         <v>22</v>
       </c>
       <c r="J497" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498">
-        <v>124</v>
+        <v>110</v>
       </c>
       <c r="B498" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C498" t="s">
         <v>25</v>
       </c>
       <c r="D498" t="s">
         <v>20</v>
       </c>
       <c r="E498">
         <v>2</v>
       </c>
       <c r="F498">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G498">
         <v>0</v>
       </c>
       <c r="H498" t="s">
-        <v>50</v>
+        <v>401</v>
       </c>
       <c r="I498" t="s">
         <v>22</v>
       </c>
       <c r="J498" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499">
-        <v>774</v>
+        <v>754</v>
       </c>
       <c r="B499" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="C499" t="s">
         <v>19</v>
       </c>
       <c r="D499" t="s">
         <v>20</v>
       </c>
       <c r="E499">
         <v>2</v>
       </c>
       <c r="F499">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G499">
         <v>0</v>
       </c>
       <c r="H499" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I499" t="s">
         <v>22</v>
       </c>
       <c r="J499" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500">
-        <v>230</v>
+        <v>262</v>
       </c>
       <c r="B500" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C500" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D500" t="s">
         <v>20</v>
       </c>
       <c r="E500">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F500">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G500">
         <v>0</v>
       </c>
       <c r="H500" t="s">
-        <v>601</v>
+        <v>473</v>
       </c>
       <c r="I500" t="s">
         <v>22</v>
       </c>
       <c r="J500" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501">
-        <v>910</v>
+        <v>894</v>
       </c>
       <c r="B501" t="s">
-        <v>602</v>
+        <v>537</v>
       </c>
       <c r="C501" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D501" t="s">
         <v>20</v>
       </c>
       <c r="E501">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F501">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G501">
         <v>0</v>
       </c>
       <c r="H501" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="I501" t="s">
         <v>22</v>
       </c>
       <c r="J501" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502">
-        <v>385</v>
+        <v>368</v>
       </c>
       <c r="B502" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C502" t="s">
         <v>25</v>
       </c>
       <c r="D502" t="s">
         <v>20</v>
       </c>
       <c r="E502">
         <v>1</v>
       </c>
       <c r="F502">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G502">
         <v>0</v>
       </c>
       <c r="H502" t="s">
-        <v>604</v>
+        <v>539</v>
       </c>
       <c r="I502" t="s">
         <v>22</v>
       </c>
       <c r="J502" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503">
-        <v>524</v>
+        <v>508</v>
       </c>
       <c r="B503" t="s">
         <v>605</v>
       </c>
       <c r="C503" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D503" t="s">
         <v>20</v>
       </c>
       <c r="E503">
         <v>2</v>
       </c>
       <c r="F503">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G503">
         <v>0</v>
       </c>
       <c r="H503" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I503" t="s">
         <v>22</v>
       </c>
       <c r="J503" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504">
-        <v>911</v>
+        <v>895</v>
       </c>
       <c r="B504" t="s">
         <v>606</v>
       </c>
       <c r="C504" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D504" t="s">
         <v>20</v>
       </c>
       <c r="E504">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F504">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G504">
         <v>0</v>
       </c>
       <c r="H504" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="I504" t="s">
         <v>22</v>
       </c>
       <c r="J504" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505">
-        <v>386</v>
+        <v>369</v>
       </c>
       <c r="B505" t="s">
         <v>607</v>
       </c>
       <c r="C505" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D505" t="s">
         <v>20</v>
       </c>
       <c r="E505">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F505">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G505">
         <v>0</v>
       </c>
       <c r="H505" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="I505" t="s">
         <v>22</v>
       </c>
       <c r="J505" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506">
-        <v>525</v>
+        <v>509</v>
       </c>
       <c r="B506" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C506" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D506" t="s">
         <v>20</v>
       </c>
       <c r="E506">
         <v>3</v>
       </c>
       <c r="F506">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G506">
         <v>0</v>
       </c>
       <c r="H506" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I506" t="s">
         <v>22</v>
       </c>
       <c r="J506" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507">
-        <v>651</v>
+        <v>635</v>
       </c>
       <c r="B507" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C507" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D507" t="s">
         <v>20</v>
       </c>
       <c r="E507">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F507">
         <v>3</v>
       </c>
       <c r="G507">
         <v>0</v>
       </c>
       <c r="H507" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I507" t="s">
         <v>22</v>
       </c>
       <c r="J507" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="B508" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C508" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D508" t="s">
         <v>20</v>
       </c>
       <c r="E508">
         <v>2</v>
       </c>
       <c r="F508">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G508">
         <v>0</v>
       </c>
       <c r="H508" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="I508" t="s">
         <v>22</v>
       </c>
       <c r="J508" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509">
-        <v>790</v>
+        <v>775</v>
       </c>
       <c r="B509" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C509" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D509" t="s">
         <v>20</v>
       </c>
       <c r="E509">
         <v>2</v>
       </c>
       <c r="F509">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G509">
         <v>0</v>
       </c>
       <c r="H509" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I509" t="s">
         <v>22</v>
       </c>
       <c r="J509" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510">
-        <v>271</v>
+        <v>231</v>
       </c>
       <c r="B510" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C510" t="s">
         <v>25</v>
       </c>
       <c r="D510" t="s">
         <v>20</v>
       </c>
       <c r="E510">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F510">
         <v>3</v>
       </c>
       <c r="G510">
         <v>0</v>
       </c>
       <c r="H510" t="s">
-        <v>482</v>
+        <v>550</v>
       </c>
       <c r="I510" t="s">
         <v>22</v>
       </c>
       <c r="J510" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511">
-        <v>927</v>
+        <v>911</v>
       </c>
       <c r="B511" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C511" t="s">
         <v>19</v>
       </c>
       <c r="D511" t="s">
         <v>20</v>
       </c>
       <c r="E511">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F511">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G511">
         <v>0</v>
       </c>
       <c r="H511" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="I511" t="s">
         <v>22</v>
       </c>
       <c r="J511" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512">
-        <v>402</v>
+        <v>386</v>
       </c>
       <c r="B512" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C512" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D512" t="s">
         <v>20</v>
       </c>
       <c r="E512">
         <v>2</v>
       </c>
       <c r="F512">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G512">
         <v>0</v>
       </c>
       <c r="H512" t="s">
-        <v>281</v>
+        <v>553</v>
       </c>
       <c r="I512" t="s">
         <v>22</v>
       </c>
       <c r="J512" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513">
-        <v>541</v>
+        <v>525</v>
       </c>
       <c r="B513" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C513" t="s">
         <v>19</v>
       </c>
       <c r="D513" t="s">
         <v>20</v>
       </c>
       <c r="E513">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F513">
         <v>3</v>
       </c>
       <c r="G513">
         <v>0</v>
       </c>
       <c r="H513" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I513" t="s">
         <v>22</v>
       </c>
       <c r="J513" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514">
-        <v>670</v>
+        <v>651</v>
       </c>
       <c r="B514" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C514" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D514" t="s">
         <v>20</v>
       </c>
       <c r="E514">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F514">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G514">
         <v>0</v>
       </c>
       <c r="H514" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I514" t="s">
         <v>22</v>
       </c>
       <c r="J514" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="B515" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C515" t="s">
         <v>19</v>
       </c>
       <c r="D515" t="s">
         <v>20</v>
       </c>
       <c r="E515">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F515">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G515">
         <v>0</v>
       </c>
       <c r="H515" t="s">
-        <v>190</v>
+        <v>220</v>
       </c>
       <c r="I515" t="s">
         <v>22</v>
       </c>
       <c r="J515" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516">
-        <v>806</v>
+        <v>790</v>
       </c>
       <c r="B516" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C516" t="s">
         <v>19</v>
       </c>
       <c r="D516" t="s">
         <v>20</v>
       </c>
       <c r="E516">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F516">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G516">
         <v>0</v>
       </c>
       <c r="H516" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I516" t="s">
         <v>22</v>
       </c>
       <c r="J516" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B517" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C517" t="s">
         <v>19</v>
       </c>
       <c r="D517" t="s">
         <v>20</v>
       </c>
       <c r="E517">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F517">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G517">
         <v>0</v>
       </c>
       <c r="H517" t="s">
         <v>424</v>
       </c>
       <c r="I517" t="s">
         <v>22</v>
       </c>
       <c r="J517" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518">
-        <v>943</v>
+        <v>927</v>
       </c>
       <c r="B518" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C518" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D518" t="s">
         <v>20</v>
       </c>
       <c r="E518">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F518">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G518">
         <v>0</v>
       </c>
       <c r="H518" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="I518" t="s">
         <v>22</v>
       </c>
       <c r="J518" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519">
-        <v>417</v>
+        <v>402</v>
       </c>
       <c r="B519" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C519" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D519" t="s">
         <v>20</v>
       </c>
       <c r="E519">
         <v>2</v>
       </c>
       <c r="F519">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G519">
         <v>0</v>
       </c>
       <c r="H519" t="s">
-        <v>420</v>
+        <v>289</v>
       </c>
       <c r="I519" t="s">
         <v>22</v>
       </c>
       <c r="J519" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520">
-        <v>571</v>
+        <v>541</v>
       </c>
       <c r="B520" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C520" t="s">
         <v>25</v>
       </c>
       <c r="D520" t="s">
         <v>20</v>
       </c>
       <c r="E520">
         <v>2</v>
       </c>
       <c r="F520">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G520">
         <v>0</v>
       </c>
       <c r="H520" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I520" t="s">
         <v>22</v>
       </c>
       <c r="J520" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521">
-        <v>691</v>
+        <v>670</v>
       </c>
       <c r="B521" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C521" t="s">
         <v>25</v>
       </c>
       <c r="D521" t="s">
         <v>20</v>
       </c>
       <c r="E521">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F521">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G521">
         <v>0</v>
       </c>
       <c r="H521" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I521" t="s">
         <v>22</v>
       </c>
       <c r="J521" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="B522" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C522" t="s">
         <v>25</v>
       </c>
       <c r="D522" t="s">
         <v>20</v>
       </c>
       <c r="E522">
         <v>1</v>
       </c>
       <c r="F522">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G522">
         <v>0</v>
       </c>
       <c r="H522" t="s">
-        <v>499</v>
+        <v>199</v>
       </c>
       <c r="I522" t="s">
         <v>22</v>
       </c>
       <c r="J522" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523">
-        <v>822</v>
+        <v>806</v>
       </c>
       <c r="B523" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C523" t="s">
         <v>25</v>
       </c>
       <c r="D523" t="s">
         <v>20</v>
       </c>
       <c r="E523">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F523">
         <v>2</v>
       </c>
       <c r="G523">
         <v>0</v>
       </c>
       <c r="H523" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I523" t="s">
         <v>22</v>
       </c>
       <c r="J523" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524">
-        <v>306</v>
+        <v>287</v>
       </c>
       <c r="B524" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C524" t="s">
         <v>25</v>
       </c>
       <c r="D524" t="s">
         <v>20</v>
       </c>
       <c r="E524">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F524">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G524">
         <v>0</v>
       </c>
       <c r="H524" t="s">
-        <v>627</v>
+        <v>432</v>
       </c>
       <c r="I524" t="s">
         <v>22</v>
       </c>
       <c r="J524" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525">
-        <v>959</v>
+        <v>943</v>
       </c>
       <c r="B525" t="s">
         <v>628</v>
       </c>
       <c r="C525" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D525" t="s">
         <v>20</v>
       </c>
       <c r="E525">
         <v>1</v>
       </c>
       <c r="F525">
         <v>2</v>
       </c>
       <c r="G525">
         <v>0</v>
       </c>
       <c r="H525" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I525" t="s">
         <v>22</v>
       </c>
       <c r="J525" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526">
-        <v>434</v>
+        <v>417</v>
       </c>
       <c r="B526" t="s">
         <v>629</v>
       </c>
       <c r="C526" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D526" t="s">
         <v>20</v>
       </c>
       <c r="E526">
         <v>2</v>
       </c>
       <c r="F526">
         <v>5</v>
       </c>
       <c r="G526">
         <v>0</v>
       </c>
       <c r="H526" t="s">
-        <v>630</v>
+        <v>367</v>
       </c>
       <c r="I526" t="s">
         <v>22</v>
       </c>
       <c r="J526" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527">
-        <v>555</v>
+        <v>571</v>
       </c>
       <c r="B527" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="C527" t="s">
         <v>19</v>
       </c>
       <c r="D527" t="s">
         <v>20</v>
       </c>
       <c r="E527">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F527">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G527">
         <v>0</v>
       </c>
       <c r="H527" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I527" t="s">
         <v>22</v>
       </c>
       <c r="J527" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528">
-        <v>26</v>
+        <v>691</v>
       </c>
       <c r="B528" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="C528" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D528" t="s">
         <v>20</v>
       </c>
       <c r="E528">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F528">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G528">
         <v>0</v>
       </c>
       <c r="H528" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="I528" t="s">
         <v>22</v>
       </c>
       <c r="J528" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529">
-        <v>707</v>
+        <v>173</v>
       </c>
       <c r="B529" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="C529" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D529" t="s">
         <v>20</v>
       </c>
       <c r="E529">
         <v>1</v>
       </c>
       <c r="F529">
         <v>3</v>
       </c>
       <c r="G529">
         <v>0</v>
       </c>
       <c r="H529" t="s">
-        <v>30</v>
+        <v>505</v>
       </c>
       <c r="I529" t="s">
         <v>22</v>
       </c>
       <c r="J529" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530">
-        <v>190</v>
+        <v>822</v>
       </c>
       <c r="B530" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="C530" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D530" t="s">
         <v>20</v>
       </c>
       <c r="E530">
         <v>2</v>
       </c>
       <c r="F530">
         <v>2</v>
       </c>
       <c r="G530">
         <v>0</v>
       </c>
       <c r="H530" t="s">
-        <v>439</v>
+        <v>107</v>
       </c>
       <c r="I530" t="s">
         <v>22</v>
       </c>
       <c r="J530" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531">
-        <v>839</v>
+        <v>306</v>
       </c>
       <c r="B531" t="s">
+        <v>634</v>
+      </c>
+      <c r="C531" t="s">
+        <v>19</v>
+      </c>
+      <c r="D531" t="s">
+        <v>20</v>
+      </c>
+      <c r="E531">
+        <v>5</v>
+      </c>
+      <c r="F531">
+        <v>3</v>
+      </c>
+      <c r="G531">
+        <v>0</v>
+      </c>
+      <c r="H531" t="s">
         <v>635</v>
-      </c>
-[...16 lines deleted...]
-        <v>441</v>
       </c>
       <c r="I531" t="s">
         <v>22</v>
       </c>
       <c r="J531" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532">
-        <v>322</v>
+        <v>959</v>
       </c>
       <c r="B532" t="s">
         <v>636</v>
       </c>
       <c r="C532" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D532" t="s">
         <v>20</v>
       </c>
       <c r="E532">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F532">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G532">
         <v>0</v>
       </c>
       <c r="H532" t="s">
-        <v>637</v>
+        <v>21</v>
       </c>
       <c r="I532" t="s">
         <v>22</v>
       </c>
       <c r="J532" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533">
-        <v>455</v>
+        <v>434</v>
       </c>
       <c r="B533" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="C533" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D533" t="s">
         <v>20</v>
       </c>
       <c r="E533">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F533">
         <v>5</v>
       </c>
       <c r="G533">
         <v>0</v>
       </c>
       <c r="H533" t="s">
-        <v>312</v>
+        <v>638</v>
       </c>
       <c r="I533" t="s">
         <v>22</v>
       </c>
       <c r="J533" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534">
-        <v>592</v>
+        <v>555</v>
       </c>
       <c r="B534" t="s">
         <v>639</v>
       </c>
       <c r="C534" t="s">
         <v>25</v>
       </c>
       <c r="D534" t="s">
         <v>20</v>
       </c>
       <c r="E534">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F534">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G534">
         <v>0</v>
       </c>
       <c r="H534" t="s">
-        <v>640</v>
+        <v>28</v>
       </c>
       <c r="I534" t="s">
         <v>22</v>
       </c>
       <c r="J534" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="B535" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C535" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D535" t="s">
         <v>20</v>
       </c>
       <c r="E535">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F535">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G535">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H535" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I535" t="s">
         <v>22</v>
       </c>
       <c r="J535" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536">
-        <v>723</v>
+        <v>707</v>
       </c>
       <c r="B536" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="C536" t="s">
         <v>19</v>
       </c>
       <c r="D536" t="s">
         <v>20</v>
       </c>
       <c r="E536">
         <v>1</v>
       </c>
       <c r="F536">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G536">
         <v>0</v>
       </c>
       <c r="H536" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I536" t="s">
         <v>22</v>
       </c>
       <c r="J536" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="B537" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="C537" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D537" t="s">
         <v>20</v>
       </c>
       <c r="E537">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F537">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G537">
         <v>0</v>
       </c>
       <c r="H537" t="s">
-        <v>317</v>
+        <v>447</v>
       </c>
       <c r="I537" t="s">
         <v>22</v>
       </c>
       <c r="J537" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538">
-        <v>862</v>
+        <v>839</v>
       </c>
       <c r="B538" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="C538" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D538" t="s">
         <v>20</v>
       </c>
       <c r="E538">
         <v>2</v>
       </c>
       <c r="F538">
         <v>5</v>
       </c>
       <c r="G538">
         <v>0</v>
       </c>
       <c r="H538" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="I538" t="s">
         <v>22</v>
       </c>
       <c r="J538" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539">
-        <v>339</v>
+        <v>322</v>
       </c>
       <c r="B539" t="s">
+        <v>644</v>
+      </c>
+      <c r="C539" t="s">
+        <v>25</v>
+      </c>
+      <c r="D539" t="s">
+        <v>20</v>
+      </c>
+      <c r="E539">
+        <v>4</v>
+      </c>
+      <c r="F539">
+        <v>0</v>
+      </c>
+      <c r="G539">
+        <v>0</v>
+      </c>
+      <c r="H539" t="s">
         <v>645</v>
-      </c>
-[...16 lines deleted...]
-        <v>582</v>
       </c>
       <c r="I539" t="s">
         <v>22</v>
       </c>
       <c r="J539" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540">
-        <v>477</v>
+        <v>455</v>
       </c>
       <c r="B540" t="s">
         <v>646</v>
       </c>
       <c r="C540" t="s">
         <v>19</v>
       </c>
       <c r="D540" t="s">
         <v>20</v>
       </c>
       <c r="E540">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F540">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G540">
         <v>0</v>
       </c>
       <c r="H540" t="s">
-        <v>26</v>
+        <v>319</v>
       </c>
       <c r="I540" t="s">
         <v>22</v>
       </c>
       <c r="J540" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="B541" t="s">
         <v>647</v>
       </c>
       <c r="C541" t="s">
         <v>19</v>
       </c>
       <c r="D541" t="s">
         <v>20</v>
       </c>
       <c r="E541">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F541">
         <v>2</v>
       </c>
       <c r="G541">
         <v>0</v>
       </c>
       <c r="H541" t="s">
-        <v>26</v>
+        <v>648</v>
       </c>
       <c r="I541" t="s">
         <v>22</v>
       </c>
       <c r="J541" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="B542" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C542" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D542" t="s">
         <v>20</v>
       </c>
       <c r="E542">
         <v>1</v>
       </c>
       <c r="F542">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G542">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H542" t="s">
-        <v>28</v>
+        <v>111</v>
       </c>
       <c r="I542" t="s">
         <v>22</v>
       </c>
       <c r="J542" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543">
-        <v>739</v>
+        <v>723</v>
       </c>
       <c r="B543" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C543" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D543" t="s">
         <v>20</v>
       </c>
       <c r="E543">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F543">
         <v>2</v>
       </c>
       <c r="G543">
         <v>0</v>
       </c>
       <c r="H543" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I543" t="s">
         <v>22</v>
       </c>
       <c r="J543" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544">
-        <v>246</v>
+        <v>206</v>
       </c>
       <c r="B544" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C544" t="s">
         <v>19</v>
       </c>
       <c r="D544" t="s">
         <v>20</v>
       </c>
       <c r="E544">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F544">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G544">
         <v>0</v>
       </c>
       <c r="H544" t="s">
-        <v>43</v>
+        <v>324</v>
       </c>
       <c r="I544" t="s">
         <v>22</v>
       </c>
       <c r="J544" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545">
-        <v>880</v>
+        <v>862</v>
       </c>
       <c r="B545" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C545" t="s">
         <v>25</v>
       </c>
       <c r="D545" t="s">
         <v>20</v>
       </c>
       <c r="E545">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F545">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G545">
         <v>0</v>
       </c>
       <c r="H545" t="s">
-        <v>34</v>
+        <v>453</v>
       </c>
       <c r="I545" t="s">
         <v>22</v>
       </c>
       <c r="J545" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546">
-        <v>354</v>
+        <v>339</v>
       </c>
       <c r="B546" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C546" t="s">
         <v>25</v>
       </c>
       <c r="D546" t="s">
         <v>20</v>
       </c>
       <c r="E546">
         <v>2</v>
       </c>
       <c r="F546">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G546">
         <v>0</v>
       </c>
       <c r="H546" t="s">
-        <v>327</v>
+        <v>591</v>
       </c>
       <c r="I546" t="s">
         <v>22</v>
       </c>
       <c r="J546" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547">
-        <v>491</v>
+        <v>477</v>
       </c>
       <c r="B547" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C547" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D547" t="s">
         <v>20</v>
       </c>
       <c r="E547">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F547">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G547">
         <v>0</v>
       </c>
       <c r="H547" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I547" t="s">
         <v>22</v>
       </c>
       <c r="J547" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548">
-        <v>632</v>
+        <v>600</v>
       </c>
       <c r="B548" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C548" t="s">
         <v>25</v>
       </c>
       <c r="D548" t="s">
         <v>20</v>
       </c>
       <c r="E548">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F548">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G548">
         <v>0</v>
       </c>
       <c r="H548" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I548" t="s">
         <v>22</v>
       </c>
       <c r="J548" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B549" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C549" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D549" t="s">
         <v>20</v>
       </c>
       <c r="E549">
         <v>1</v>
       </c>
       <c r="F549">
         <v>2</v>
       </c>
       <c r="G549">
         <v>0</v>
       </c>
       <c r="H549" t="s">
-        <v>393</v>
+        <v>42</v>
       </c>
       <c r="I549" t="s">
         <v>22</v>
       </c>
       <c r="J549" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550">
-        <v>755</v>
+        <v>739</v>
       </c>
       <c r="B550" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C550" t="s">
         <v>25</v>
       </c>
       <c r="D550" t="s">
         <v>20</v>
       </c>
       <c r="E550">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F550">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G550">
         <v>0</v>
       </c>
       <c r="H550" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I550" t="s">
         <v>22</v>
       </c>
       <c r="J550" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="B551" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C551" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D551" t="s">
         <v>20</v>
       </c>
       <c r="E551">
         <v>2</v>
       </c>
       <c r="F551">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G551">
         <v>0</v>
       </c>
       <c r="H551" t="s">
-        <v>658</v>
+        <v>56</v>
       </c>
       <c r="I551" t="s">
         <v>22</v>
       </c>
       <c r="J551" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="B552" t="s">
         <v>659</v>
       </c>
       <c r="C552" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D552" t="s">
         <v>20</v>
       </c>
       <c r="E552">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F552">
         <v>2</v>
       </c>
       <c r="G552">
         <v>0</v>
       </c>
       <c r="H552" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I552" t="s">
         <v>22</v>
       </c>
       <c r="J552" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553">
-        <v>369</v>
+        <v>354</v>
       </c>
       <c r="B553" t="s">
         <v>660</v>
       </c>
       <c r="C553" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D553" t="s">
         <v>20</v>
       </c>
       <c r="E553">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F553">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G553">
         <v>0</v>
       </c>
       <c r="H553" t="s">
-        <v>661</v>
+        <v>334</v>
       </c>
       <c r="I553" t="s">
         <v>22</v>
       </c>
       <c r="J553" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554">
-        <v>509</v>
+        <v>491</v>
       </c>
       <c r="B554" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="C554" t="s">
         <v>25</v>
       </c>
       <c r="D554" t="s">
         <v>20</v>
       </c>
       <c r="E554">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F554">
         <v>2</v>
       </c>
       <c r="G554">
         <v>0</v>
       </c>
       <c r="H554" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I554" t="s">
         <v>22</v>
       </c>
       <c r="J554" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="B555" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="C555" t="s">
         <v>19</v>
       </c>
       <c r="D555" t="s">
         <v>20</v>
       </c>
       <c r="E555">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F555">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G555">
         <v>0</v>
       </c>
       <c r="H555" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I555" t="s">
         <v>22</v>
       </c>
       <c r="J555" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556">
-        <v>125</v>
+        <v>97</v>
       </c>
       <c r="B556" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="C556" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D556" t="s">
         <v>20</v>
       </c>
       <c r="E556">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F556">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G556">
         <v>0</v>
       </c>
       <c r="H556" t="s">
-        <v>50</v>
+        <v>401</v>
       </c>
       <c r="I556" t="s">
         <v>22</v>
       </c>
       <c r="J556" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557">
-        <v>775</v>
+        <v>755</v>
       </c>
       <c r="B557" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="C557" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D557" t="s">
         <v>20</v>
       </c>
       <c r="E557">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F557">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G557">
         <v>0</v>
       </c>
       <c r="H557" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I557" t="s">
         <v>22</v>
       </c>
       <c r="J557" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558">
-        <v>231</v>
+        <v>263</v>
       </c>
       <c r="B558" t="s">
+        <v>665</v>
+      </c>
+      <c r="C558" t="s">
+        <v>25</v>
+      </c>
+      <c r="D558" t="s">
+        <v>20</v>
+      </c>
+      <c r="E558">
+        <v>2</v>
+      </c>
+      <c r="F558">
+        <v>4</v>
+      </c>
+      <c r="G558">
+        <v>0</v>
+      </c>
+      <c r="H558" t="s">
         <v>666</v>
-      </c>
-[...16 lines deleted...]
-        <v>601</v>
       </c>
       <c r="I558" t="s">
         <v>22</v>
       </c>
       <c r="J558" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="B559" t="s">
         <v>667</v>
       </c>
       <c r="C559" t="s">
         <v>25</v>
       </c>
       <c r="D559" t="s">
         <v>20</v>
       </c>
       <c r="E559">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F559">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G559">
         <v>0</v>
       </c>
       <c r="H559" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I559" t="s">
         <v>22</v>
       </c>
       <c r="J559" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="B560" t="s">
         <v>668</v>
       </c>
       <c r="C560" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D560" t="s">
         <v>20</v>
       </c>
       <c r="E560">
         <v>1</v>
       </c>
       <c r="F560">
         <v>2</v>
       </c>
       <c r="G560">
         <v>0</v>
       </c>
       <c r="H560" t="s">
-        <v>50</v>
+        <v>401</v>
       </c>
       <c r="I560" t="s">
         <v>22</v>
       </c>
       <c r="J560" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561">
-        <v>776</v>
+        <v>756</v>
       </c>
       <c r="B561" t="s">
         <v>669</v>
       </c>
       <c r="C561" t="s">
         <v>25</v>
       </c>
       <c r="D561" t="s">
         <v>20</v>
       </c>
       <c r="E561">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F561">
         <v>1</v>
       </c>
       <c r="G561">
         <v>0</v>
       </c>
       <c r="H561" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I561" t="s">
         <v>22</v>
       </c>
       <c r="J561" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562">
-        <v>232</v>
+        <v>264</v>
       </c>
       <c r="B562" t="s">
         <v>670</v>
       </c>
       <c r="C562" t="s">
         <v>19</v>
       </c>
       <c r="D562" t="s">
         <v>20</v>
       </c>
       <c r="E562">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F562">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G562">
         <v>0</v>
       </c>
       <c r="H562" t="s">
-        <v>601</v>
+        <v>666</v>
       </c>
       <c r="I562" t="s">
         <v>22</v>
       </c>
       <c r="J562" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563">
-        <v>912</v>
+        <v>896</v>
       </c>
       <c r="B563" t="s">
         <v>671</v>
       </c>
       <c r="C563" t="s">
         <v>19</v>
       </c>
       <c r="D563" t="s">
         <v>20</v>
       </c>
       <c r="E563">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F563">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G563">
         <v>0</v>
       </c>
       <c r="H563" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="I563" t="s">
         <v>22</v>
       </c>
       <c r="J563" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564">
-        <v>387</v>
+        <v>370</v>
       </c>
       <c r="B564" t="s">
         <v>672</v>
       </c>
       <c r="C564" t="s">
         <v>19</v>
       </c>
       <c r="D564" t="s">
         <v>20</v>
       </c>
       <c r="E564">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F564">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G564">
         <v>0</v>
       </c>
       <c r="H564" t="s">
-        <v>673</v>
+        <v>608</v>
       </c>
       <c r="I564" t="s">
         <v>22</v>
       </c>
       <c r="J564" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565">
-        <v>526</v>
+        <v>510</v>
       </c>
       <c r="B565" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="C565" t="s">
         <v>25</v>
       </c>
       <c r="D565" t="s">
         <v>20</v>
       </c>
       <c r="E565">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F565">
         <v>3</v>
       </c>
       <c r="G565">
         <v>0</v>
       </c>
       <c r="H565" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I565" t="s">
         <v>22</v>
       </c>
       <c r="J565" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566">
-        <v>668</v>
+        <v>636</v>
       </c>
       <c r="B566" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="C566" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D566" t="s">
         <v>20</v>
       </c>
       <c r="E566">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F566">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G566">
         <v>0</v>
       </c>
       <c r="H566" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I566" t="s">
         <v>22</v>
       </c>
       <c r="J566" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="B567" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="C567" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D567" t="s">
         <v>20</v>
       </c>
       <c r="E567">
         <v>1</v>
       </c>
       <c r="F567">
         <v>2</v>
       </c>
       <c r="G567">
         <v>0</v>
       </c>
       <c r="H567" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="I567" t="s">
         <v>22</v>
       </c>
       <c r="J567" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568">
-        <v>791</v>
+        <v>776</v>
       </c>
       <c r="B568" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="C568" t="s">
         <v>19</v>
       </c>
       <c r="D568" t="s">
         <v>20</v>
       </c>
       <c r="E568">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F568">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G568">
         <v>0</v>
       </c>
       <c r="H568" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I568" t="s">
         <v>22</v>
       </c>
       <c r="J568" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569">
-        <v>272</v>
+        <v>232</v>
       </c>
       <c r="B569" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="C569" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D569" t="s">
         <v>20</v>
       </c>
       <c r="E569">
         <v>2</v>
       </c>
       <c r="F569">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G569">
         <v>0</v>
       </c>
       <c r="H569" t="s">
-        <v>170</v>
+        <v>550</v>
       </c>
       <c r="I569" t="s">
         <v>22</v>
       </c>
       <c r="J569" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570">
-        <v>928</v>
+        <v>912</v>
       </c>
       <c r="B570" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="C570" t="s">
         <v>25</v>
       </c>
       <c r="D570" t="s">
         <v>20</v>
       </c>
       <c r="E570">
         <v>1</v>
       </c>
       <c r="F570">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G570">
         <v>0</v>
       </c>
       <c r="H570" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="I570" t="s">
         <v>22</v>
       </c>
       <c r="J570" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571">
-        <v>403</v>
+        <v>387</v>
       </c>
       <c r="B571" t="s">
+        <v>679</v>
+      </c>
+      <c r="C571" t="s">
+        <v>25</v>
+      </c>
+      <c r="D571" t="s">
+        <v>20</v>
+      </c>
+      <c r="E571">
+        <v>1</v>
+      </c>
+      <c r="F571">
+        <v>2</v>
+      </c>
+      <c r="G571">
+        <v>0</v>
+      </c>
+      <c r="H571" t="s">
         <v>680</v>
-      </c>
-[...16 lines deleted...]
-        <v>281</v>
       </c>
       <c r="I571" t="s">
         <v>22</v>
       </c>
       <c r="J571" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572">
-        <v>542</v>
+        <v>526</v>
       </c>
       <c r="B572" t="s">
         <v>681</v>
       </c>
       <c r="C572" t="s">
         <v>19</v>
       </c>
       <c r="D572" t="s">
         <v>20</v>
       </c>
       <c r="E572">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F572">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G572">
         <v>0</v>
       </c>
       <c r="H572" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I572" t="s">
         <v>22</v>
       </c>
       <c r="J572" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="B573" t="s">
         <v>682</v>
       </c>
       <c r="C573" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D573" t="s">
         <v>20</v>
       </c>
       <c r="E573">
         <v>1</v>
       </c>
       <c r="F573">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G573">
         <v>0</v>
       </c>
       <c r="H573" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="I573" t="s">
         <v>22</v>
       </c>
       <c r="J573" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="B574" t="s">
         <v>683</v>
       </c>
       <c r="C574" t="s">
         <v>19</v>
       </c>
       <c r="D574" t="s">
         <v>20</v>
       </c>
       <c r="E574">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F574">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G574">
         <v>0</v>
       </c>
       <c r="H574" t="s">
-        <v>190</v>
+        <v>220</v>
       </c>
       <c r="I574" t="s">
         <v>22</v>
       </c>
       <c r="J574" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575">
-        <v>807</v>
+        <v>791</v>
       </c>
       <c r="B575" t="s">
         <v>684</v>
       </c>
       <c r="C575" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D575" t="s">
         <v>20</v>
       </c>
       <c r="E575">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F575">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G575">
         <v>0</v>
       </c>
       <c r="H575" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I575" t="s">
         <v>22</v>
       </c>
       <c r="J575" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="B576" t="s">
         <v>685</v>
       </c>
       <c r="C576" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D576" t="s">
         <v>20</v>
       </c>
       <c r="E576">
         <v>2</v>
       </c>
       <c r="F576">
         <v>4</v>
       </c>
       <c r="G576">
         <v>0</v>
       </c>
       <c r="H576" t="s">
-        <v>424</v>
+        <v>118</v>
       </c>
       <c r="I576" t="s">
         <v>22</v>
       </c>
       <c r="J576" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577">
-        <v>944</v>
+        <v>928</v>
       </c>
       <c r="B577" t="s">
         <v>686</v>
       </c>
       <c r="C577" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D577" t="s">
         <v>20</v>
       </c>
       <c r="E577">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F577">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G577">
         <v>0</v>
       </c>
       <c r="H577" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I577" t="s">
         <v>22</v>
       </c>
       <c r="J577" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578">
-        <v>418</v>
+        <v>403</v>
       </c>
       <c r="B578" t="s">
         <v>687</v>
       </c>
       <c r="C578" t="s">
         <v>25</v>
       </c>
       <c r="D578" t="s">
         <v>20</v>
       </c>
       <c r="E578">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F578">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G578">
         <v>0</v>
       </c>
       <c r="H578" t="s">
-        <v>688</v>
+        <v>289</v>
       </c>
       <c r="I578" t="s">
         <v>22</v>
       </c>
       <c r="J578" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579">
-        <v>570</v>
+        <v>542</v>
       </c>
       <c r="B579" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="C579" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D579" t="s">
         <v>20</v>
       </c>
       <c r="E579">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F579">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G579">
         <v>0</v>
       </c>
       <c r="H579" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I579" t="s">
         <v>22</v>
       </c>
       <c r="J579" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580">
-        <v>690</v>
+        <v>671</v>
       </c>
       <c r="B580" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="C580" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D580" t="s">
         <v>20</v>
       </c>
       <c r="E580">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F580">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G580">
         <v>0</v>
       </c>
       <c r="H580" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I580" t="s">
         <v>22</v>
       </c>
       <c r="J580" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="B581" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="C581" t="s">
         <v>25</v>
       </c>
       <c r="D581" t="s">
         <v>20</v>
       </c>
       <c r="E581">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F581">
         <v>1</v>
       </c>
       <c r="G581">
         <v>0</v>
       </c>
       <c r="H581" t="s">
-        <v>499</v>
+        <v>199</v>
       </c>
       <c r="I581" t="s">
         <v>22</v>
       </c>
       <c r="J581" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582">
-        <v>823</v>
+        <v>807</v>
       </c>
       <c r="B582" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="C582" t="s">
         <v>25</v>
       </c>
       <c r="D582" t="s">
         <v>20</v>
       </c>
       <c r="E582">
         <v>2</v>
       </c>
       <c r="F582">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G582">
         <v>0</v>
       </c>
       <c r="H582" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I582" t="s">
         <v>22</v>
       </c>
       <c r="J582" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583">
-        <v>307</v>
+        <v>288</v>
       </c>
       <c r="B583" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="C583" t="s">
         <v>25</v>
       </c>
       <c r="D583" t="s">
         <v>20</v>
       </c>
       <c r="E583">
         <v>2</v>
       </c>
       <c r="F583">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G583">
         <v>0</v>
       </c>
       <c r="H583" t="s">
-        <v>627</v>
+        <v>432</v>
       </c>
       <c r="I583" t="s">
         <v>22</v>
       </c>
       <c r="J583" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584">
-        <v>960</v>
+        <v>944</v>
       </c>
       <c r="B584" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="C584" t="s">
         <v>19</v>
       </c>
       <c r="D584" t="s">
         <v>20</v>
       </c>
       <c r="E584">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F584">
         <v>2</v>
       </c>
       <c r="G584">
         <v>0</v>
       </c>
       <c r="H584" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="I584" t="s">
         <v>22</v>
       </c>
       <c r="J584" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585">
-        <v>435</v>
+        <v>418</v>
       </c>
       <c r="B585" t="s">
+        <v>694</v>
+      </c>
+      <c r="C585" t="s">
+        <v>19</v>
+      </c>
+      <c r="D585" t="s">
+        <v>20</v>
+      </c>
+      <c r="E585">
+        <v>1</v>
+      </c>
+      <c r="F585">
+        <v>3</v>
+      </c>
+      <c r="G585">
+        <v>0</v>
+      </c>
+      <c r="H585" t="s">
         <v>695</v>
-      </c>
-[...16 lines deleted...]
-        <v>696</v>
       </c>
       <c r="I585" t="s">
         <v>22</v>
       </c>
       <c r="J585" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586">
-        <v>556</v>
+        <v>570</v>
       </c>
       <c r="B586" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="C586" t="s">
         <v>25</v>
       </c>
       <c r="D586" t="s">
         <v>20</v>
       </c>
       <c r="E586">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F586">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G586">
         <v>0</v>
       </c>
       <c r="H586" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I586" t="s">
         <v>22</v>
       </c>
       <c r="J586" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587">
-        <v>29</v>
+        <v>690</v>
       </c>
       <c r="B587" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="C587" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D587" t="s">
         <v>20</v>
       </c>
       <c r="E587">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F587">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G587">
         <v>0</v>
       </c>
       <c r="H587" t="s">
-        <v>699</v>
+        <v>32</v>
       </c>
       <c r="I587" t="s">
         <v>22</v>
       </c>
       <c r="J587" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588">
-        <v>708</v>
+        <v>174</v>
       </c>
       <c r="B588" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="C588" t="s">
         <v>19</v>
       </c>
       <c r="D588" t="s">
         <v>20</v>
       </c>
       <c r="E588">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F588">
         <v>1</v>
       </c>
       <c r="G588">
         <v>0</v>
       </c>
       <c r="H588" t="s">
-        <v>30</v>
+        <v>505</v>
       </c>
       <c r="I588" t="s">
         <v>22</v>
       </c>
       <c r="J588" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589">
-        <v>191</v>
+        <v>823</v>
       </c>
       <c r="B589" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="C589" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D589" t="s">
         <v>20</v>
       </c>
       <c r="E589">
         <v>2</v>
       </c>
       <c r="F589">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G589">
         <v>0</v>
       </c>
       <c r="H589" t="s">
-        <v>702</v>
+        <v>107</v>
       </c>
       <c r="I589" t="s">
         <v>22</v>
       </c>
       <c r="J589" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590">
-        <v>841</v>
+        <v>307</v>
       </c>
       <c r="B590" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="C590" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D590" t="s">
         <v>20</v>
       </c>
       <c r="E590">
         <v>2</v>
       </c>
       <c r="F590">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G590">
         <v>0</v>
       </c>
       <c r="H590" t="s">
-        <v>107</v>
+        <v>635</v>
       </c>
       <c r="I590" t="s">
         <v>22</v>
       </c>
       <c r="J590" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591">
-        <v>323</v>
+        <v>960</v>
       </c>
       <c r="B591" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="C591" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D591" t="s">
         <v>20</v>
       </c>
       <c r="E591">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F591">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G591">
         <v>0</v>
       </c>
       <c r="H591" t="s">
-        <v>637</v>
+        <v>21</v>
       </c>
       <c r="I591" t="s">
         <v>22</v>
       </c>
       <c r="J591" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592">
-        <v>456</v>
+        <v>435</v>
       </c>
       <c r="B592" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C592" t="s">
         <v>19</v>
       </c>
       <c r="D592" t="s">
         <v>20</v>
       </c>
       <c r="E592">
         <v>2</v>
       </c>
       <c r="F592">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G592">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H592" t="s">
-        <v>312</v>
+        <v>703</v>
       </c>
       <c r="I592" t="s">
         <v>22</v>
       </c>
       <c r="J592" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593">
-        <v>593</v>
+        <v>556</v>
       </c>
       <c r="B593" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="C593" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D593" t="s">
         <v>20</v>
       </c>
       <c r="E593">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F593">
         <v>3</v>
       </c>
       <c r="G593">
         <v>0</v>
       </c>
       <c r="H593" t="s">
-        <v>445</v>
+        <v>28</v>
       </c>
       <c r="I593" t="s">
         <v>22</v>
       </c>
       <c r="J593" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="B594" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="C594" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D594" t="s">
         <v>20</v>
       </c>
       <c r="E594">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F594">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G594">
         <v>0</v>
       </c>
       <c r="H594" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="I594" t="s">
         <v>22</v>
       </c>
       <c r="J594" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595">
-        <v>724</v>
+        <v>708</v>
       </c>
       <c r="B595" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="C595" t="s">
         <v>25</v>
       </c>
       <c r="D595" t="s">
         <v>20</v>
       </c>
       <c r="E595">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F595">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G595">
         <v>0</v>
       </c>
       <c r="H595" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I595" t="s">
         <v>22</v>
       </c>
       <c r="J595" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596">
-        <v>207</v>
+        <v>191</v>
       </c>
       <c r="B596" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="C596" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D596" t="s">
         <v>20</v>
       </c>
       <c r="E596">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F596">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G596">
         <v>0</v>
       </c>
       <c r="H596" t="s">
-        <v>317</v>
+        <v>709</v>
       </c>
       <c r="I596" t="s">
         <v>22</v>
       </c>
       <c r="J596" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597">
-        <v>865</v>
+        <v>841</v>
       </c>
       <c r="B597" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="C597" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D597" t="s">
         <v>20</v>
       </c>
       <c r="E597">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F597">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G597">
         <v>0</v>
       </c>
       <c r="H597" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I597" t="s">
         <v>22</v>
       </c>
       <c r="J597" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598">
-        <v>340</v>
+        <v>323</v>
       </c>
       <c r="B598" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="C598" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D598" t="s">
         <v>20</v>
       </c>
       <c r="E598">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F598">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G598">
         <v>0</v>
       </c>
       <c r="H598" t="s">
-        <v>582</v>
+        <v>645</v>
       </c>
       <c r="I598" t="s">
         <v>22</v>
       </c>
       <c r="J598" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599">
-        <v>478</v>
+        <v>456</v>
       </c>
       <c r="B599" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="C599" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D599" t="s">
         <v>20</v>
       </c>
       <c r="E599">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F599">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G599">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H599" t="s">
-        <v>26</v>
+        <v>319</v>
       </c>
       <c r="I599" t="s">
         <v>22</v>
       </c>
       <c r="J599" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="B600" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="C600" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D600" t="s">
         <v>20</v>
       </c>
       <c r="E600">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F600">
         <v>3</v>
       </c>
       <c r="G600">
         <v>0</v>
       </c>
       <c r="H600" t="s">
-        <v>26</v>
+        <v>453</v>
       </c>
       <c r="I600" t="s">
         <v>22</v>
       </c>
       <c r="J600" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="B601" t="s">
+        <v>714</v>
+      </c>
+      <c r="C601" t="s">
+        <v>19</v>
+      </c>
+      <c r="D601" t="s">
+        <v>20</v>
+      </c>
+      <c r="E601">
+        <v>2</v>
+      </c>
+      <c r="F601">
+        <v>4</v>
+      </c>
+      <c r="G601">
+        <v>0</v>
+      </c>
+      <c r="H601" t="s">
         <v>715</v>
-      </c>
-[...16 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I601" t="s">
         <v>22</v>
       </c>
       <c r="J601" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602">
-        <v>740</v>
+        <v>724</v>
       </c>
       <c r="B602" t="s">
         <v>716</v>
       </c>
       <c r="C602" t="s">
         <v>19</v>
       </c>
       <c r="D602" t="s">
         <v>20</v>
       </c>
       <c r="E602">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F602">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G602">
         <v>0</v>
       </c>
       <c r="H602" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I602" t="s">
         <v>22</v>
       </c>
       <c r="J602" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="A603">
-        <v>247</v>
+        <v>207</v>
       </c>
       <c r="B603" t="s">
         <v>717</v>
       </c>
       <c r="C603" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D603" t="s">
         <v>20</v>
       </c>
       <c r="E603">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F603">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G603">
         <v>0</v>
       </c>
       <c r="H603" t="s">
-        <v>43</v>
+        <v>324</v>
       </c>
       <c r="I603" t="s">
         <v>22</v>
       </c>
       <c r="J603" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604">
-        <v>881</v>
+        <v>865</v>
       </c>
       <c r="B604" t="s">
         <v>718</v>
       </c>
       <c r="C604" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D604" t="s">
         <v>20</v>
       </c>
       <c r="E604">
         <v>1</v>
       </c>
       <c r="F604">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G604">
         <v>0</v>
       </c>
       <c r="H604" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I604" t="s">
         <v>22</v>
       </c>
       <c r="J604" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605">
-        <v>355</v>
+        <v>340</v>
       </c>
       <c r="B605" t="s">
         <v>719</v>
       </c>
       <c r="C605" t="s">
         <v>25</v>
       </c>
       <c r="D605" t="s">
         <v>20</v>
       </c>
       <c r="E605">
         <v>2</v>
       </c>
       <c r="F605">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G605">
         <v>0</v>
       </c>
       <c r="H605" t="s">
-        <v>720</v>
+        <v>591</v>
       </c>
       <c r="I605" t="s">
         <v>22</v>
       </c>
       <c r="J605" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606">
-        <v>492</v>
+        <v>478</v>
       </c>
       <c r="B606" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="C606" t="s">
         <v>25</v>
       </c>
       <c r="D606" t="s">
         <v>20</v>
       </c>
       <c r="E606">
         <v>1</v>
       </c>
       <c r="F606">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G606">
         <v>0</v>
       </c>
       <c r="H606" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I606" t="s">
         <v>22</v>
       </c>
       <c r="J606" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607">
-        <v>631</v>
+        <v>601</v>
       </c>
       <c r="B607" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="C607" t="s">
         <v>19</v>
       </c>
       <c r="D607" t="s">
         <v>20</v>
       </c>
       <c r="E607">
         <v>1</v>
       </c>
       <c r="F607">
         <v>3</v>
       </c>
       <c r="G607">
         <v>0</v>
       </c>
       <c r="H607" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I607" t="s">
         <v>22</v>
       </c>
       <c r="J607" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B608" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="C608" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D608" t="s">
         <v>20</v>
       </c>
       <c r="E608">
         <v>1</v>
       </c>
       <c r="F608">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G608">
         <v>0</v>
       </c>
       <c r="H608" t="s">
-        <v>393</v>
+        <v>42</v>
       </c>
       <c r="I608" t="s">
         <v>22</v>
       </c>
       <c r="J608" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609">
-        <v>756</v>
+        <v>740</v>
       </c>
       <c r="B609" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="C609" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D609" t="s">
         <v>20</v>
       </c>
       <c r="E609">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F609">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G609">
         <v>0</v>
       </c>
       <c r="H609" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I609" t="s">
         <v>22</v>
       </c>
       <c r="J609" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610">
-        <v>264</v>
+        <v>247</v>
       </c>
       <c r="B610" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="C610" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D610" t="s">
         <v>20</v>
       </c>
       <c r="E610">
+        <v>2</v>
+      </c>
+      <c r="F610">
         <v>3</v>
       </c>
-      <c r="F610">
-[...1 lines deleted...]
-      </c>
       <c r="G610">
         <v>0</v>
       </c>
       <c r="H610" t="s">
-        <v>658</v>
+        <v>56</v>
       </c>
       <c r="I610" t="s">
         <v>22</v>
       </c>
       <c r="J610" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611">
-        <v>896</v>
+        <v>881</v>
       </c>
       <c r="B611" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="C611" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D611" t="s">
         <v>20</v>
       </c>
       <c r="E611">
+        <v>1</v>
+      </c>
+      <c r="F611">
         <v>4</v>
       </c>
-      <c r="F611">
-[...1 lines deleted...]
-      </c>
       <c r="G611">
         <v>0</v>
       </c>
       <c r="H611" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I611" t="s">
         <v>22</v>
       </c>
       <c r="J611" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612">
-        <v>370</v>
+        <v>355</v>
       </c>
       <c r="B612" t="s">
+        <v>726</v>
+      </c>
+      <c r="C612" t="s">
+        <v>19</v>
+      </c>
+      <c r="D612" t="s">
+        <v>20</v>
+      </c>
+      <c r="E612">
+        <v>2</v>
+      </c>
+      <c r="F612">
+        <v>3</v>
+      </c>
+      <c r="G612">
+        <v>0</v>
+      </c>
+      <c r="H612" t="s">
         <v>727</v>
-      </c>
-[...16 lines deleted...]
-        <v>661</v>
       </c>
       <c r="I612" t="s">
         <v>22</v>
       </c>
       <c r="J612" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613">
-        <v>510</v>
+        <v>492</v>
       </c>
       <c r="B613" t="s">
         <v>728</v>
       </c>
       <c r="C613" t="s">
         <v>19</v>
       </c>
       <c r="D613" t="s">
         <v>20</v>
       </c>
       <c r="E613">
         <v>1</v>
       </c>
       <c r="F613">
         <v>3</v>
       </c>
       <c r="G613">
         <v>0</v>
       </c>
       <c r="H613" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I613" t="s">
         <v>22</v>
       </c>
       <c r="J613" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="A614">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="B614" t="s">
         <v>729</v>
       </c>
       <c r="C614" t="s">
         <v>19</v>
       </c>
       <c r="D614" t="s">
         <v>20</v>
       </c>
       <c r="E614">
         <v>3</v>
       </c>
       <c r="F614">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G614">
         <v>0</v>
       </c>
       <c r="H614" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I614" t="s">
         <v>22</v>
       </c>
       <c r="J614" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615">
-        <v>371</v>
+        <v>356</v>
       </c>
       <c r="B615" t="s">
         <v>730</v>
       </c>
       <c r="C615" t="s">
         <v>25</v>
       </c>
       <c r="D615" t="s">
         <v>20</v>
       </c>
       <c r="E615">
         <v>1</v>
       </c>
       <c r="F615">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G615">
         <v>0</v>
       </c>
       <c r="H615" t="s">
-        <v>661</v>
+        <v>727</v>
       </c>
       <c r="I615" t="s">
         <v>22</v>
       </c>
       <c r="J615" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616">
-        <v>511</v>
+        <v>493</v>
       </c>
       <c r="B616" t="s">
         <v>731</v>
       </c>
       <c r="C616" t="s">
         <v>25</v>
       </c>
       <c r="D616" t="s">
         <v>20</v>
       </c>
       <c r="E616">
         <v>1</v>
       </c>
       <c r="F616">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G616">
         <v>0</v>
       </c>
       <c r="H616" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I616" t="s">
         <v>22</v>
       </c>
       <c r="J616" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617">
-        <v>637</v>
+        <v>630</v>
       </c>
       <c r="B617" t="s">
         <v>732</v>
       </c>
       <c r="C617" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D617" t="s">
         <v>20</v>
       </c>
       <c r="E617">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F617">
         <v>3</v>
       </c>
       <c r="G617">
         <v>0</v>
       </c>
       <c r="H617" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I617" t="s">
         <v>22</v>
       </c>
       <c r="J617" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="B618" t="s">
         <v>733</v>
       </c>
       <c r="C618" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D618" t="s">
         <v>20</v>
       </c>
       <c r="E618">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F618">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G618">
         <v>0</v>
       </c>
       <c r="H618" t="s">
-        <v>50</v>
+        <v>401</v>
       </c>
       <c r="I618" t="s">
         <v>22</v>
       </c>
       <c r="J618" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="619" spans="1:10">
       <c r="A619">
-        <v>777</v>
+        <v>757</v>
       </c>
       <c r="B619" t="s">
         <v>734</v>
       </c>
       <c r="C619" t="s">
         <v>25</v>
       </c>
       <c r="D619" t="s">
         <v>20</v>
       </c>
       <c r="E619">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F619">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G619">
         <v>0</v>
       </c>
       <c r="H619" t="s">
-        <v>348</v>
+        <v>32</v>
       </c>
       <c r="I619" t="s">
         <v>22</v>
       </c>
       <c r="J619" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="620" spans="1:10">
       <c r="A620">
-        <v>233</v>
+        <v>265</v>
       </c>
       <c r="B620" t="s">
         <v>735</v>
       </c>
       <c r="C620" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D620" t="s">
         <v>20</v>
       </c>
       <c r="E620">
         <v>1</v>
       </c>
       <c r="F620">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G620">
         <v>0</v>
       </c>
       <c r="H620" t="s">
-        <v>601</v>
+        <v>736</v>
       </c>
       <c r="I620" t="s">
         <v>22</v>
       </c>
       <c r="J620" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="621" spans="1:10">
       <c r="A621">
-        <v>913</v>
+        <v>897</v>
       </c>
       <c r="B621" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C621" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D621" t="s">
         <v>20</v>
       </c>
       <c r="E621">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F621">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G621">
         <v>0</v>
       </c>
       <c r="H621" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="I621" t="s">
         <v>22</v>
       </c>
       <c r="J621" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="622" spans="1:10">
       <c r="A622">
-        <v>388</v>
+        <v>371</v>
       </c>
       <c r="B622" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C622" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D622" t="s">
         <v>20</v>
       </c>
       <c r="E622">
         <v>1</v>
       </c>
       <c r="F622">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G622">
         <v>0</v>
       </c>
       <c r="H622" t="s">
-        <v>673</v>
+        <v>608</v>
       </c>
       <c r="I622" t="s">
         <v>22</v>
       </c>
       <c r="J622" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="623" spans="1:10">
       <c r="A623">
-        <v>527</v>
+        <v>511</v>
       </c>
       <c r="B623" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C623" t="s">
         <v>19</v>
       </c>
       <c r="D623" t="s">
         <v>20</v>
       </c>
       <c r="E623">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F623">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G623">
         <v>0</v>
       </c>
       <c r="H623" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I623" t="s">
         <v>22</v>
       </c>
       <c r="J623" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="624" spans="1:10">
       <c r="A624">
-        <v>667</v>
+        <v>637</v>
       </c>
       <c r="B624" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C624" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D624" t="s">
         <v>20</v>
       </c>
       <c r="E624">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F624">
         <v>3</v>
       </c>
       <c r="G624">
         <v>0</v>
       </c>
       <c r="H624" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I624" t="s">
         <v>22</v>
       </c>
       <c r="J624" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="A625">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="B625" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C625" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D625" t="s">
         <v>20</v>
       </c>
       <c r="E625">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F625">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G625">
         <v>0</v>
       </c>
       <c r="H625" t="s">
-        <v>741</v>
+        <v>63</v>
       </c>
       <c r="I625" t="s">
         <v>22</v>
       </c>
       <c r="J625" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="A626">
-        <v>792</v>
+        <v>777</v>
       </c>
       <c r="B626" t="s">
         <v>742</v>
       </c>
       <c r="C626" t="s">
         <v>19</v>
       </c>
       <c r="D626" t="s">
         <v>20</v>
       </c>
       <c r="E626">
         <v>2</v>
       </c>
       <c r="F626">
         <v>2</v>
       </c>
       <c r="G626">
         <v>0</v>
       </c>
       <c r="H626" t="s">
-        <v>30</v>
+        <v>355</v>
       </c>
       <c r="I626" t="s">
         <v>22</v>
       </c>
       <c r="J626" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="A627">
-        <v>273</v>
+        <v>233</v>
       </c>
       <c r="B627" t="s">
         <v>743</v>
       </c>
       <c r="C627" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D627" t="s">
         <v>20</v>
       </c>
       <c r="E627">
+        <v>1</v>
+      </c>
+      <c r="F627">
         <v>4</v>
       </c>
-      <c r="F627">
-[...1 lines deleted...]
-      </c>
       <c r="G627">
         <v>0</v>
       </c>
       <c r="H627" t="s">
-        <v>744</v>
+        <v>550</v>
       </c>
       <c r="I627" t="s">
         <v>22</v>
       </c>
       <c r="J627" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="A628">
-        <v>929</v>
+        <v>913</v>
       </c>
       <c r="B628" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="C628" t="s">
         <v>25</v>
       </c>
       <c r="D628" t="s">
         <v>20</v>
       </c>
       <c r="E628">
         <v>1</v>
       </c>
       <c r="F628">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G628">
         <v>0</v>
       </c>
       <c r="H628" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="I628" t="s">
         <v>22</v>
       </c>
       <c r="J628" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="A629">
-        <v>404</v>
+        <v>388</v>
       </c>
       <c r="B629" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="C629" t="s">
         <v>19</v>
       </c>
       <c r="D629" t="s">
         <v>20</v>
       </c>
       <c r="E629">
         <v>1</v>
       </c>
       <c r="F629">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G629">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H629" t="s">
-        <v>68</v>
+        <v>680</v>
       </c>
       <c r="I629" t="s">
         <v>22</v>
       </c>
       <c r="J629" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="A630">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="B630" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="C630" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D630" t="s">
         <v>20</v>
       </c>
       <c r="E630">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F630">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G630">
         <v>0</v>
       </c>
       <c r="H630" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I630" t="s">
         <v>22</v>
       </c>
       <c r="J630" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="A631">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="B631" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="C631" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D631" t="s">
         <v>20</v>
       </c>
       <c r="E631">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F631">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G631">
         <v>0</v>
       </c>
       <c r="H631" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="I631" t="s">
         <v>22</v>
       </c>
       <c r="J631" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="A632">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="B632" t="s">
+        <v>748</v>
+      </c>
+      <c r="C632" t="s">
+        <v>19</v>
+      </c>
+      <c r="D632" t="s">
+        <v>20</v>
+      </c>
+      <c r="E632">
+        <v>2</v>
+      </c>
+      <c r="F632">
+        <v>1</v>
+      </c>
+      <c r="G632">
+        <v>0</v>
+      </c>
+      <c r="H632" t="s">
         <v>749</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
       <c r="I632" t="s">
         <v>22</v>
       </c>
       <c r="J632" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="A633">
-        <v>808</v>
+        <v>792</v>
       </c>
       <c r="B633" t="s">
         <v>750</v>
       </c>
       <c r="C633" t="s">
         <v>25</v>
       </c>
       <c r="D633" t="s">
         <v>20</v>
       </c>
       <c r="E633">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F633">
         <v>2</v>
       </c>
       <c r="G633">
         <v>0</v>
       </c>
       <c r="H633" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I633" t="s">
         <v>22</v>
       </c>
       <c r="J633" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="A634">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="B634" t="s">
         <v>751</v>
       </c>
       <c r="C634" t="s">
         <v>19</v>
       </c>
       <c r="D634" t="s">
         <v>20</v>
       </c>
       <c r="E634">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F634">
         <v>2</v>
       </c>
       <c r="G634">
         <v>0</v>
       </c>
       <c r="H634" t="s">
-        <v>424</v>
+        <v>752</v>
       </c>
       <c r="I634" t="s">
         <v>22</v>
       </c>
       <c r="J634" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="A635">
-        <v>945</v>
+        <v>929</v>
       </c>
       <c r="B635" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C635" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D635" t="s">
         <v>20</v>
       </c>
       <c r="E635">
         <v>1</v>
       </c>
       <c r="F635">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G635">
         <v>0</v>
       </c>
       <c r="H635" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I635" t="s">
         <v>22</v>
       </c>
       <c r="J635" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="A636">
-        <v>420</v>
+        <v>404</v>
       </c>
       <c r="B636" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C636" t="s">
         <v>25</v>
       </c>
       <c r="D636" t="s">
         <v>20</v>
       </c>
       <c r="E636">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F636">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G636">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H636" t="s">
-        <v>688</v>
+        <v>81</v>
       </c>
       <c r="I636" t="s">
         <v>22</v>
       </c>
       <c r="J636" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="A637">
-        <v>569</v>
+        <v>543</v>
       </c>
       <c r="B637" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C637" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D637" t="s">
         <v>20</v>
       </c>
       <c r="E637">
         <v>1</v>
       </c>
       <c r="F637">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G637">
         <v>0</v>
       </c>
       <c r="H637" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I637" t="s">
         <v>22</v>
       </c>
       <c r="J637" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="A638">
-        <v>689</v>
+        <v>672</v>
       </c>
       <c r="B638" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C638" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D638" t="s">
         <v>20</v>
       </c>
       <c r="E638">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F638">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G638">
         <v>0</v>
       </c>
       <c r="H638" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I638" t="s">
         <v>22</v>
       </c>
       <c r="J638" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="A639">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="B639" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C639" t="s">
         <v>19</v>
       </c>
       <c r="D639" t="s">
         <v>20</v>
       </c>
       <c r="E639">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F639">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G639">
         <v>0</v>
       </c>
       <c r="H639" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="I639" t="s">
         <v>22</v>
       </c>
       <c r="J639" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="A640">
-        <v>824</v>
+        <v>808</v>
       </c>
       <c r="B640" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C640" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D640" t="s">
         <v>20</v>
       </c>
       <c r="E640">
         <v>1</v>
       </c>
       <c r="F640">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G640">
         <v>0</v>
       </c>
       <c r="H640" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I640" t="s">
         <v>22</v>
       </c>
       <c r="J640" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="A641">
-        <v>308</v>
+        <v>289</v>
       </c>
       <c r="B641" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C641" t="s">
         <v>25</v>
       </c>
       <c r="D641" t="s">
         <v>20</v>
       </c>
       <c r="E641">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F641">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G641">
         <v>0</v>
       </c>
       <c r="H641" t="s">
-        <v>759</v>
+        <v>432</v>
       </c>
       <c r="I641" t="s">
         <v>22</v>
       </c>
       <c r="J641" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="A642">
-        <v>961</v>
+        <v>945</v>
       </c>
       <c r="B642" t="s">
         <v>760</v>
       </c>
       <c r="C642" t="s">
         <v>19</v>
       </c>
       <c r="D642" t="s">
         <v>20</v>
       </c>
       <c r="E642">
         <v>1</v>
       </c>
       <c r="F642">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G642">
         <v>0</v>
       </c>
       <c r="H642" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="I642" t="s">
         <v>22</v>
       </c>
       <c r="J642" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="A643">
-        <v>436</v>
+        <v>420</v>
       </c>
       <c r="B643" t="s">
         <v>761</v>
       </c>
       <c r="C643" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D643" t="s">
         <v>20</v>
       </c>
       <c r="E643">
         <v>2</v>
       </c>
       <c r="F643">
         <v>4</v>
       </c>
       <c r="G643">
         <v>0</v>
       </c>
       <c r="H643" t="s">
-        <v>762</v>
+        <v>695</v>
       </c>
       <c r="I643" t="s">
         <v>22</v>
       </c>
       <c r="J643" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="A644">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="B644" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C644" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D644" t="s">
         <v>20</v>
       </c>
       <c r="E644">
         <v>1</v>
       </c>
       <c r="F644">
         <v>3</v>
       </c>
       <c r="G644">
         <v>0</v>
       </c>
       <c r="H644" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I644" t="s">
         <v>22</v>
       </c>
       <c r="J644" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="A645">
-        <v>27</v>
+        <v>689</v>
       </c>
       <c r="B645" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="C645" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D645" t="s">
         <v>20</v>
       </c>
       <c r="E645">
         <v>1</v>
       </c>
       <c r="F645">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G645">
         <v>0</v>
       </c>
       <c r="H645" t="s">
-        <v>699</v>
+        <v>32</v>
       </c>
       <c r="I645" t="s">
         <v>22</v>
       </c>
       <c r="J645" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="A646">
-        <v>709</v>
+        <v>176</v>
       </c>
       <c r="B646" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="C646" t="s">
         <v>25</v>
       </c>
       <c r="D646" t="s">
         <v>20</v>
       </c>
       <c r="E646">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F646">
         <v>2</v>
       </c>
       <c r="G646">
         <v>0</v>
       </c>
       <c r="H646" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I646" t="s">
         <v>22</v>
       </c>
       <c r="J646" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="647" spans="1:10">
       <c r="A647">
-        <v>192</v>
+        <v>824</v>
       </c>
       <c r="B647" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="C647" t="s">
         <v>19</v>
       </c>
       <c r="D647" t="s">
         <v>20</v>
       </c>
       <c r="E647">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F647">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G647">
         <v>0</v>
       </c>
       <c r="H647" t="s">
-        <v>702</v>
+        <v>107</v>
       </c>
       <c r="I647" t="s">
         <v>22</v>
       </c>
       <c r="J647" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="648" spans="1:10">
       <c r="A648">
-        <v>842</v>
+        <v>308</v>
       </c>
       <c r="B648" t="s">
+        <v>766</v>
+      </c>
+      <c r="C648" t="s">
+        <v>19</v>
+      </c>
+      <c r="D648" t="s">
+        <v>20</v>
+      </c>
+      <c r="E648">
+        <v>1</v>
+      </c>
+      <c r="F648">
+        <v>0</v>
+      </c>
+      <c r="G648">
+        <v>0</v>
+      </c>
+      <c r="H648" t="s">
         <v>767</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
       <c r="I648" t="s">
         <v>22</v>
       </c>
       <c r="J648" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="A649">
-        <v>324</v>
+        <v>961</v>
       </c>
       <c r="B649" t="s">
         <v>768</v>
       </c>
       <c r="C649" t="s">
         <v>25</v>
       </c>
       <c r="D649" t="s">
         <v>20</v>
       </c>
       <c r="E649">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F649">
         <v>1</v>
       </c>
       <c r="G649">
         <v>0</v>
       </c>
       <c r="H649" t="s">
-        <v>637</v>
+        <v>21</v>
       </c>
       <c r="I649" t="s">
         <v>22</v>
       </c>
       <c r="J649" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="A650">
-        <v>457</v>
+        <v>436</v>
       </c>
       <c r="B650" t="s">
         <v>769</v>
       </c>
       <c r="C650" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D650" t="s">
         <v>20</v>
       </c>
       <c r="E650">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F650">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G650">
         <v>0</v>
       </c>
       <c r="H650" t="s">
         <v>770</v>
       </c>
       <c r="I650" t="s">
         <v>22</v>
       </c>
       <c r="J650" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="A651">
-        <v>624</v>
+        <v>557</v>
       </c>
       <c r="B651" t="s">
         <v>771</v>
       </c>
       <c r="C651" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D651" t="s">
         <v>20</v>
       </c>
       <c r="E651">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F651">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G651">
         <v>0</v>
       </c>
       <c r="H651" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I651" t="s">
         <v>22</v>
       </c>
       <c r="J651" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="A652">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="B652" t="s">
         <v>772</v>
       </c>
       <c r="C652" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D652" t="s">
         <v>20</v>
       </c>
       <c r="E652">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F652">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G652">
         <v>0</v>
       </c>
       <c r="H652" t="s">
-        <v>170</v>
+        <v>706</v>
       </c>
       <c r="I652" t="s">
         <v>22</v>
       </c>
       <c r="J652" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="A653">
-        <v>725</v>
+        <v>709</v>
       </c>
       <c r="B653" t="s">
         <v>773</v>
       </c>
       <c r="C653" t="s">
         <v>19</v>
       </c>
       <c r="D653" t="s">
         <v>20</v>
       </c>
       <c r="E653">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F653">
         <v>2</v>
       </c>
       <c r="G653">
         <v>0</v>
       </c>
       <c r="H653" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I653" t="s">
         <v>22</v>
       </c>
       <c r="J653" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="A654">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="B654" t="s">
         <v>774</v>
       </c>
       <c r="C654" t="s">
         <v>25</v>
       </c>
       <c r="D654" t="s">
         <v>20</v>
       </c>
       <c r="E654">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F654">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G654">
         <v>0</v>
       </c>
       <c r="H654" t="s">
-        <v>317</v>
+        <v>709</v>
       </c>
       <c r="I654" t="s">
         <v>22</v>
       </c>
       <c r="J654" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="A655">
-        <v>866</v>
+        <v>842</v>
       </c>
       <c r="B655" t="s">
         <v>775</v>
       </c>
       <c r="C655" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D655" t="s">
         <v>20</v>
       </c>
       <c r="E655">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F655">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G655">
         <v>0</v>
       </c>
       <c r="H655" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I655" t="s">
         <v>22</v>
       </c>
       <c r="J655" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="656" spans="1:10">
       <c r="A656">
-        <v>341</v>
+        <v>324</v>
       </c>
       <c r="B656" t="s">
         <v>776</v>
       </c>
       <c r="C656" t="s">
         <v>19</v>
       </c>
       <c r="D656" t="s">
         <v>20</v>
       </c>
       <c r="E656">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F656">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G656">
         <v>0</v>
       </c>
       <c r="H656" t="s">
-        <v>582</v>
+        <v>645</v>
       </c>
       <c r="I656" t="s">
         <v>22</v>
       </c>
       <c r="J656" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="657" spans="1:10">
       <c r="A657">
-        <v>479</v>
+        <v>457</v>
       </c>
       <c r="B657" t="s">
         <v>777</v>
       </c>
       <c r="C657" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D657" t="s">
         <v>20</v>
       </c>
       <c r="E657">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F657">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G657">
         <v>0</v>
       </c>
       <c r="H657" t="s">
-        <v>26</v>
+        <v>778</v>
       </c>
       <c r="I657" t="s">
         <v>22</v>
       </c>
       <c r="J657" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="658" spans="1:10">
       <c r="A658">
-        <v>602</v>
+        <v>624</v>
       </c>
       <c r="B658" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C658" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D658" t="s">
         <v>20</v>
       </c>
       <c r="E658">
         <v>2</v>
       </c>
       <c r="F658">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G658">
         <v>0</v>
       </c>
       <c r="H658" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I658" t="s">
         <v>22</v>
       </c>
       <c r="J658" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="659" spans="1:10">
       <c r="A659">
-        <v>99</v>
+        <v>69</v>
       </c>
       <c r="B659" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C659" t="s">
         <v>19</v>
       </c>
       <c r="D659" t="s">
         <v>20</v>
       </c>
       <c r="E659">
         <v>2</v>
       </c>
       <c r="F659">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G659">
         <v>0</v>
       </c>
       <c r="H659" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="I659" t="s">
         <v>22</v>
       </c>
       <c r="J659" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="660" spans="1:10">
       <c r="A660">
-        <v>741</v>
+        <v>725</v>
       </c>
       <c r="B660" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C660" t="s">
         <v>25</v>
       </c>
       <c r="D660" t="s">
         <v>20</v>
       </c>
       <c r="E660">
         <v>1</v>
       </c>
       <c r="F660">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G660">
         <v>0</v>
       </c>
       <c r="H660" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I660" t="s">
         <v>22</v>
       </c>
       <c r="J660" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="661" spans="1:10">
       <c r="A661">
-        <v>248</v>
+        <v>208</v>
       </c>
       <c r="B661" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C661" t="s">
         <v>19</v>
       </c>
       <c r="D661" t="s">
         <v>20</v>
       </c>
       <c r="E661">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F661">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G661">
         <v>0</v>
       </c>
       <c r="H661" t="s">
-        <v>43</v>
+        <v>324</v>
       </c>
       <c r="I661" t="s">
         <v>22</v>
       </c>
       <c r="J661" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="662" spans="1:10">
       <c r="A662">
-        <v>882</v>
+        <v>866</v>
       </c>
       <c r="B662" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C662" t="s">
         <v>25</v>
       </c>
       <c r="D662" t="s">
         <v>20</v>
       </c>
       <c r="E662">
         <v>3</v>
       </c>
       <c r="F662">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G662">
         <v>0</v>
       </c>
       <c r="H662" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I662" t="s">
         <v>22</v>
       </c>
       <c r="J662" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="663" spans="1:10">
       <c r="A663">
-        <v>356</v>
+        <v>341</v>
       </c>
       <c r="B663" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C663" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D663" t="s">
         <v>20</v>
       </c>
       <c r="E663">
         <v>1</v>
       </c>
       <c r="F663">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G663">
         <v>0</v>
       </c>
       <c r="H663" t="s">
-        <v>720</v>
+        <v>591</v>
       </c>
       <c r="I663" t="s">
         <v>22</v>
       </c>
       <c r="J663" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="664" spans="1:10">
       <c r="A664">
-        <v>493</v>
+        <v>479</v>
       </c>
       <c r="B664" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C664" t="s">
         <v>19</v>
       </c>
       <c r="D664" t="s">
         <v>20</v>
       </c>
       <c r="E664">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F664">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G664">
         <v>0</v>
       </c>
       <c r="H664" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I664" t="s">
         <v>22</v>
       </c>
       <c r="J664" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="665" spans="1:10">
       <c r="A665">
-        <v>630</v>
+        <v>602</v>
       </c>
       <c r="B665" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C665" t="s">
         <v>25</v>
       </c>
       <c r="D665" t="s">
         <v>20</v>
       </c>
       <c r="E665">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F665">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G665">
         <v>0</v>
       </c>
       <c r="H665" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I665" t="s">
         <v>22</v>
       </c>
       <c r="J665" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="666" spans="1:10">
       <c r="A666">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="B666" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C666" t="s">
         <v>25</v>
       </c>
       <c r="D666" t="s">
         <v>20</v>
       </c>
       <c r="E666">
         <v>2</v>
       </c>
       <c r="F666">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G666">
         <v>0</v>
       </c>
       <c r="H666" t="s">
-        <v>393</v>
+        <v>42</v>
       </c>
       <c r="I666" t="s">
         <v>22</v>
       </c>
       <c r="J666" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="667" spans="1:10">
       <c r="A667">
-        <v>757</v>
+        <v>741</v>
       </c>
       <c r="B667" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C667" t="s">
         <v>19</v>
       </c>
       <c r="D667" t="s">
         <v>20</v>
       </c>
       <c r="E667">
         <v>1</v>
       </c>
       <c r="F667">
         <v>3</v>
       </c>
       <c r="G667">
         <v>0</v>
       </c>
       <c r="H667" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I667" t="s">
         <v>22</v>
       </c>
       <c r="J667" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="668" spans="1:10">
       <c r="A668">
-        <v>265</v>
+        <v>248</v>
       </c>
       <c r="B668" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C668" t="s">
         <v>25</v>
       </c>
       <c r="D668" t="s">
         <v>20</v>
       </c>
       <c r="E668">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F668">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G668">
         <v>0</v>
       </c>
       <c r="H668" t="s">
-        <v>789</v>
+        <v>56</v>
       </c>
       <c r="I668" t="s">
         <v>22</v>
       </c>
       <c r="J668" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="669" spans="1:10">
       <c r="A669">
-        <v>494</v>
+        <v>603</v>
       </c>
       <c r="B669" t="s">
         <v>790</v>
       </c>
       <c r="C669" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D669" t="s">
         <v>20</v>
       </c>
       <c r="E669">
         <v>1</v>
       </c>
       <c r="F669">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G669">
         <v>0</v>
       </c>
       <c r="H669" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I669" t="s">
         <v>22</v>
       </c>
       <c r="J669" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="670" spans="1:10">
       <c r="A670">
-        <v>629</v>
+        <v>100</v>
       </c>
       <c r="B670" t="s">
         <v>791</v>
       </c>
       <c r="C670" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D670" t="s">
         <v>20</v>
       </c>
       <c r="E670">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F670">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G670">
         <v>0</v>
       </c>
       <c r="H670" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="I670" t="s">
         <v>22</v>
       </c>
       <c r="J670" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="671" spans="1:10">
       <c r="A671">
-        <v>112</v>
+        <v>742</v>
       </c>
       <c r="B671" t="s">
         <v>792</v>
       </c>
       <c r="C671" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D671" t="s">
         <v>20</v>
       </c>
       <c r="E671">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F671">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G671">
         <v>0</v>
       </c>
       <c r="H671" t="s">
-        <v>393</v>
+        <v>32</v>
       </c>
       <c r="I671" t="s">
         <v>22</v>
       </c>
       <c r="J671" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="672" spans="1:10">
       <c r="A672">
-        <v>758</v>
+        <v>249</v>
       </c>
       <c r="B672" t="s">
         <v>793</v>
       </c>
       <c r="C672" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D672" t="s">
         <v>20</v>
       </c>
       <c r="E672">
         <v>2</v>
       </c>
       <c r="F672">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G672">
         <v>0</v>
       </c>
       <c r="H672" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I672" t="s">
         <v>22</v>
       </c>
       <c r="J672" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="673" spans="1:10">
       <c r="A673">
-        <v>266</v>
+        <v>883</v>
       </c>
       <c r="B673" t="s">
         <v>794</v>
       </c>
       <c r="C673" t="s">
         <v>25</v>
       </c>
       <c r="D673" t="s">
         <v>20</v>
       </c>
       <c r="E673">
         <v>2</v>
       </c>
       <c r="F673">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G673">
         <v>0</v>
       </c>
       <c r="H673" t="s">
-        <v>789</v>
+        <v>47</v>
       </c>
       <c r="I673" t="s">
         <v>22</v>
       </c>
       <c r="J673" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="674" spans="1:10">
       <c r="A674">
-        <v>898</v>
+        <v>357</v>
       </c>
       <c r="B674" t="s">
         <v>795</v>
       </c>
       <c r="C674" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D674" t="s">
         <v>20</v>
       </c>
       <c r="E674">
         <v>2</v>
       </c>
       <c r="F674">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G674">
         <v>0</v>
       </c>
       <c r="H674" t="s">
-        <v>34</v>
+        <v>727</v>
       </c>
       <c r="I674" t="s">
         <v>22</v>
       </c>
       <c r="J674" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="675" spans="1:10">
       <c r="A675">
-        <v>372</v>
+        <v>494</v>
       </c>
       <c r="B675" t="s">
         <v>796</v>
       </c>
       <c r="C675" t="s">
         <v>25</v>
       </c>
       <c r="D675" t="s">
         <v>20</v>
       </c>
       <c r="E675">
         <v>1</v>
       </c>
       <c r="F675">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G675">
         <v>0</v>
       </c>
       <c r="H675" t="s">
-        <v>241</v>
+        <v>28</v>
       </c>
       <c r="I675" t="s">
         <v>22</v>
       </c>
       <c r="J675" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="676" spans="1:10">
       <c r="A676">
-        <v>512</v>
+        <v>629</v>
       </c>
       <c r="B676" t="s">
         <v>797</v>
       </c>
       <c r="C676" t="s">
         <v>25</v>
       </c>
       <c r="D676" t="s">
         <v>20</v>
       </c>
       <c r="E676">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F676">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G676">
         <v>0</v>
       </c>
       <c r="H676" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I676" t="s">
         <v>22</v>
       </c>
       <c r="J676" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="677" spans="1:10">
       <c r="A677">
-        <v>638</v>
+        <v>112</v>
       </c>
       <c r="B677" t="s">
         <v>798</v>
       </c>
       <c r="C677" t="s">
         <v>19</v>
       </c>
       <c r="D677" t="s">
         <v>20</v>
       </c>
       <c r="E677">
         <v>2</v>
       </c>
       <c r="F677">
         <v>2</v>
       </c>
       <c r="G677">
         <v>0</v>
       </c>
       <c r="H677" t="s">
-        <v>26</v>
+        <v>401</v>
       </c>
       <c r="I677" t="s">
         <v>22</v>
       </c>
       <c r="J677" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="678" spans="1:10">
       <c r="A678">
-        <v>128</v>
+        <v>758</v>
       </c>
       <c r="B678" t="s">
         <v>799</v>
       </c>
       <c r="C678" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D678" t="s">
         <v>20</v>
       </c>
       <c r="E678">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F678">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G678">
         <v>0</v>
       </c>
       <c r="H678" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I678" t="s">
         <v>22</v>
       </c>
       <c r="J678" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="679" spans="1:10">
       <c r="A679">
-        <v>777</v>
+        <v>266</v>
       </c>
       <c r="B679" t="s">
-        <v>734</v>
+        <v>800</v>
       </c>
       <c r="C679" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D679" t="s">
         <v>20</v>
       </c>
       <c r="E679">
         <v>2</v>
       </c>
       <c r="F679">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G679">
         <v>0</v>
       </c>
       <c r="H679" t="s">
-        <v>30</v>
+        <v>736</v>
       </c>
       <c r="I679" t="s">
         <v>22</v>
       </c>
       <c r="J679" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="680" spans="1:10">
       <c r="A680">
-        <v>234</v>
+        <v>898</v>
       </c>
       <c r="B680" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C680" t="s">
         <v>25</v>
       </c>
       <c r="D680" t="s">
         <v>20</v>
       </c>
       <c r="E680">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F680">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G680">
         <v>0</v>
       </c>
       <c r="H680" t="s">
-        <v>601</v>
+        <v>47</v>
       </c>
       <c r="I680" t="s">
         <v>22</v>
       </c>
       <c r="J680" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="681" spans="1:10">
       <c r="A681">
-        <v>914</v>
+        <v>372</v>
       </c>
       <c r="B681" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C681" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D681" t="s">
         <v>20</v>
       </c>
       <c r="E681">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F681">
         <v>3</v>
       </c>
       <c r="G681">
         <v>0</v>
       </c>
       <c r="H681" t="s">
-        <v>66</v>
+        <v>249</v>
       </c>
       <c r="I681" t="s">
         <v>22</v>
       </c>
       <c r="J681" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="682" spans="1:10">
       <c r="A682">
-        <v>389</v>
+        <v>512</v>
       </c>
       <c r="B682" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C682" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D682" t="s">
         <v>20</v>
       </c>
       <c r="E682">
         <v>1</v>
       </c>
       <c r="F682">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G682">
         <v>0</v>
       </c>
       <c r="H682" t="s">
-        <v>281</v>
+        <v>28</v>
       </c>
       <c r="I682" t="s">
         <v>22</v>
       </c>
       <c r="J682" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="683" spans="1:10">
       <c r="A683">
-        <v>528</v>
+        <v>638</v>
       </c>
       <c r="B683" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C683" t="s">
         <v>25</v>
       </c>
       <c r="D683" t="s">
         <v>20</v>
       </c>
       <c r="E683">
         <v>2</v>
       </c>
       <c r="F683">
         <v>2</v>
       </c>
       <c r="G683">
         <v>0</v>
       </c>
       <c r="H683" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I683" t="s">
         <v>22</v>
       </c>
       <c r="J683" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="684" spans="1:10">
       <c r="A684">
-        <v>666</v>
+        <v>128</v>
       </c>
       <c r="B684" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C684" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D684" t="s">
         <v>20</v>
       </c>
       <c r="E684">
         <v>1</v>
       </c>
       <c r="F684">
         <v>4</v>
       </c>
       <c r="G684">
         <v>0</v>
       </c>
       <c r="H684" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="I684" t="s">
         <v>22</v>
       </c>
       <c r="J684" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="685" spans="1:10">
       <c r="A685">
-        <v>144</v>
+        <v>777</v>
       </c>
       <c r="B685" t="s">
-        <v>805</v>
+        <v>742</v>
       </c>
       <c r="C685" t="s">
         <v>19</v>
       </c>
       <c r="D685" t="s">
         <v>20</v>
       </c>
       <c r="E685">
         <v>2</v>
       </c>
       <c r="F685">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G685">
         <v>0</v>
       </c>
       <c r="H685" t="s">
-        <v>741</v>
+        <v>32</v>
       </c>
       <c r="I685" t="s">
         <v>22</v>
       </c>
       <c r="J685" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="686" spans="1:10">
       <c r="A686">
-        <v>793</v>
+        <v>234</v>
       </c>
       <c r="B686" t="s">
         <v>806</v>
       </c>
       <c r="C686" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D686" t="s">
         <v>20</v>
       </c>
       <c r="E686">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F686">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G686">
         <v>0</v>
       </c>
       <c r="H686" t="s">
-        <v>30</v>
+        <v>550</v>
       </c>
       <c r="I686" t="s">
         <v>22</v>
       </c>
       <c r="J686" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="687" spans="1:10">
       <c r="A687">
-        <v>274</v>
+        <v>914</v>
       </c>
       <c r="B687" t="s">
         <v>807</v>
       </c>
       <c r="C687" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D687" t="s">
         <v>20</v>
       </c>
       <c r="E687">
         <v>2</v>
       </c>
       <c r="F687">
         <v>3</v>
       </c>
       <c r="G687">
         <v>0</v>
       </c>
       <c r="H687" t="s">
-        <v>744</v>
+        <v>79</v>
       </c>
       <c r="I687" t="s">
         <v>22</v>
       </c>
       <c r="J687" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="688" spans="1:10">
       <c r="A688">
-        <v>930</v>
+        <v>389</v>
       </c>
       <c r="B688" t="s">
         <v>808</v>
       </c>
       <c r="C688" t="s">
         <v>19</v>
       </c>
       <c r="D688" t="s">
         <v>20</v>
       </c>
       <c r="E688">
         <v>1</v>
       </c>
       <c r="F688">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G688">
         <v>0</v>
       </c>
       <c r="H688" t="s">
-        <v>66</v>
+        <v>289</v>
       </c>
       <c r="I688" t="s">
         <v>22</v>
       </c>
       <c r="J688" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="689" spans="1:10">
       <c r="A689">
-        <v>412</v>
+        <v>528</v>
       </c>
       <c r="B689" t="s">
         <v>809</v>
       </c>
       <c r="C689" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D689" t="s">
         <v>20</v>
       </c>
       <c r="E689">
         <v>2</v>
       </c>
       <c r="F689">
         <v>2</v>
       </c>
       <c r="G689">
         <v>0</v>
       </c>
       <c r="H689" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="I689" t="s">
         <v>22</v>
       </c>
       <c r="J689" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="690" spans="1:10">
       <c r="A690">
-        <v>544</v>
+        <v>666</v>
       </c>
       <c r="B690" t="s">
         <v>810</v>
       </c>
       <c r="C690" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D690" t="s">
         <v>20</v>
       </c>
       <c r="E690">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F690">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G690">
         <v>0</v>
       </c>
       <c r="H690" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="I690" t="s">
         <v>22</v>
       </c>
       <c r="J690" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="691" spans="1:10">
       <c r="A691">
-        <v>673</v>
+        <v>144</v>
       </c>
       <c r="B691" t="s">
         <v>811</v>
       </c>
       <c r="C691" t="s">
         <v>25</v>
       </c>
       <c r="D691" t="s">
         <v>20</v>
       </c>
       <c r="E691">
         <v>2</v>
       </c>
       <c r="F691">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G691">
         <v>0</v>
       </c>
       <c r="H691" t="s">
-        <v>30</v>
+        <v>749</v>
       </c>
       <c r="I691" t="s">
         <v>22</v>
       </c>
       <c r="J691" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="692" spans="1:10">
       <c r="A692">
-        <v>175</v>
+        <v>793</v>
       </c>
       <c r="B692" t="s">
         <v>812</v>
       </c>
       <c r="C692" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D692" t="s">
         <v>20</v>
       </c>
       <c r="E692">
         <v>2</v>
       </c>
       <c r="F692">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G692">
         <v>0</v>
       </c>
       <c r="H692" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="I692" t="s">
         <v>22</v>
       </c>
       <c r="J692" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="693" spans="1:10">
       <c r="A693">
-        <v>809</v>
+        <v>274</v>
       </c>
       <c r="B693" t="s">
         <v>813</v>
       </c>
       <c r="C693" t="s">
         <v>19</v>
       </c>
       <c r="D693" t="s">
         <v>20</v>
       </c>
       <c r="E693">
         <v>2</v>
       </c>
       <c r="F693">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G693">
         <v>0</v>
       </c>
       <c r="H693" t="s">
-        <v>30</v>
+        <v>752</v>
       </c>
       <c r="I693" t="s">
         <v>22</v>
       </c>
       <c r="J693" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="694" spans="1:10">
       <c r="A694">
-        <v>290</v>
+        <v>930</v>
       </c>
       <c r="B694" t="s">
         <v>814</v>
       </c>
       <c r="C694" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D694" t="s">
         <v>20</v>
       </c>
       <c r="E694">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F694">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G694">
         <v>0</v>
       </c>
       <c r="H694" t="s">
-        <v>815</v>
+        <v>79</v>
       </c>
       <c r="I694" t="s">
         <v>22</v>
       </c>
       <c r="J694" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="695" spans="1:10">
       <c r="A695">
-        <v>946</v>
+        <v>412</v>
       </c>
       <c r="B695" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="C695" t="s">
         <v>19</v>
       </c>
       <c r="D695" t="s">
         <v>20</v>
       </c>
       <c r="E695">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F695">
         <v>2</v>
       </c>
       <c r="G695">
         <v>0</v>
       </c>
       <c r="H695" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="I695" t="s">
         <v>22</v>
       </c>
       <c r="J695" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="696" spans="1:10">
       <c r="A696">
-        <v>421</v>
+        <v>544</v>
       </c>
       <c r="B696" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C696" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D696" t="s">
         <v>20</v>
       </c>
       <c r="E696">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F696">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G696">
         <v>0</v>
       </c>
       <c r="H696" t="s">
-        <v>818</v>
+        <v>28</v>
       </c>
       <c r="I696" t="s">
         <v>22</v>
       </c>
       <c r="J696" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="697" spans="1:10">
       <c r="A697">
-        <v>586</v>
+        <v>673</v>
       </c>
       <c r="B697" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="C697" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D697" t="s">
         <v>20</v>
       </c>
       <c r="E697">
         <v>2</v>
       </c>
       <c r="F697">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G697">
         <v>0</v>
       </c>
       <c r="H697" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I697" t="s">
         <v>22</v>
       </c>
       <c r="J697" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="698" spans="1:10">
       <c r="A698">
-        <v>688</v>
+        <v>175</v>
       </c>
       <c r="B698" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="C698" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D698" t="s">
         <v>20</v>
       </c>
       <c r="E698">
         <v>2</v>
       </c>
       <c r="F698">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G698">
         <v>0</v>
       </c>
       <c r="H698" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="I698" t="s">
         <v>22</v>
       </c>
       <c r="J698" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="699" spans="1:10">
       <c r="A699">
-        <v>177</v>
+        <v>809</v>
       </c>
       <c r="B699" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C699" t="s">
         <v>25</v>
       </c>
       <c r="D699" t="s">
         <v>20</v>
       </c>
       <c r="E699">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F699">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G699">
         <v>0</v>
       </c>
       <c r="H699" t="s">
-        <v>317</v>
+        <v>32</v>
       </c>
       <c r="I699" t="s">
         <v>22</v>
       </c>
       <c r="J699" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="700" spans="1:10">
       <c r="A700">
-        <v>825</v>
+        <v>290</v>
       </c>
       <c r="B700" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="C700" t="s">
         <v>25</v>
       </c>
       <c r="D700" t="s">
         <v>20</v>
       </c>
       <c r="E700">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F700">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G700">
         <v>0</v>
       </c>
       <c r="H700" t="s">
-        <v>95</v>
+        <v>821</v>
       </c>
       <c r="I700" t="s">
         <v>22</v>
       </c>
       <c r="J700" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="701" spans="1:10">
       <c r="A701">
-        <v>309</v>
+        <v>946</v>
       </c>
       <c r="B701" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="C701" t="s">
         <v>25</v>
       </c>
       <c r="D701" t="s">
         <v>20</v>
       </c>
       <c r="E701">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F701">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G701">
         <v>0</v>
       </c>
       <c r="H701" t="s">
-        <v>759</v>
+        <v>21</v>
       </c>
       <c r="I701" t="s">
         <v>22</v>
       </c>
       <c r="J701" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="702" spans="1:10">
       <c r="A702">
-        <v>962</v>
+        <v>421</v>
       </c>
       <c r="B702" t="s">
+        <v>823</v>
+      </c>
+      <c r="C702" t="s">
+        <v>19</v>
+      </c>
+      <c r="D702" t="s">
+        <v>20</v>
+      </c>
+      <c r="E702">
+        <v>1</v>
+      </c>
+      <c r="F702">
+        <v>2</v>
+      </c>
+      <c r="G702">
+        <v>0</v>
+      </c>
+      <c r="H702" t="s">
         <v>824</v>
-      </c>
-[...16 lines deleted...]
-        <v>87</v>
       </c>
       <c r="I702" t="s">
         <v>22</v>
       </c>
       <c r="J702" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="703" spans="1:10">
       <c r="A703">
-        <v>437</v>
+        <v>586</v>
       </c>
       <c r="B703" t="s">
         <v>825</v>
       </c>
       <c r="C703" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D703" t="s">
         <v>20</v>
       </c>
       <c r="E703">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F703">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G703">
         <v>0</v>
       </c>
       <c r="H703" t="s">
-        <v>826</v>
+        <v>28</v>
       </c>
       <c r="I703" t="s">
         <v>22</v>
       </c>
       <c r="J703" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="704" spans="1:10">
       <c r="A704">
-        <v>558</v>
+        <v>688</v>
       </c>
       <c r="B704" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="C704" t="s">
         <v>19</v>
       </c>
       <c r="D704" t="s">
         <v>20</v>
       </c>
       <c r="E704">
         <v>2</v>
       </c>
       <c r="F704">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G704">
         <v>0</v>
       </c>
       <c r="H704" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I704" t="s">
         <v>22</v>
       </c>
       <c r="J704" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="705" spans="1:10">
       <c r="A705">
-        <v>36</v>
+        <v>177</v>
       </c>
       <c r="B705" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="C705" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D705" t="s">
         <v>20</v>
       </c>
       <c r="E705">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F705">
         <v>3</v>
       </c>
       <c r="G705">
         <v>0</v>
       </c>
       <c r="H705" t="s">
-        <v>305</v>
+        <v>324</v>
       </c>
       <c r="I705" t="s">
         <v>22</v>
       </c>
       <c r="J705" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="706" spans="1:10">
       <c r="A706">
-        <v>710</v>
+        <v>825</v>
       </c>
       <c r="B706" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="C706" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D706" t="s">
         <v>20</v>
       </c>
       <c r="E706">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F706">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G706">
         <v>0</v>
       </c>
       <c r="H706" t="s">
-        <v>30</v>
+        <v>107</v>
       </c>
       <c r="I706" t="s">
         <v>22</v>
       </c>
       <c r="J706" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="707" spans="1:10">
       <c r="A707">
-        <v>193</v>
+        <v>309</v>
       </c>
       <c r="B707" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="C707" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D707" t="s">
         <v>20</v>
       </c>
       <c r="E707">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F707">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G707">
         <v>0</v>
       </c>
       <c r="H707" t="s">
-        <v>702</v>
+        <v>767</v>
       </c>
       <c r="I707" t="s">
         <v>22</v>
       </c>
       <c r="J707" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="708" spans="1:10">
       <c r="A708">
-        <v>843</v>
+        <v>962</v>
       </c>
       <c r="B708" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="C708" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D708" t="s">
         <v>20</v>
       </c>
       <c r="E708">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F708">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G708">
         <v>0</v>
       </c>
       <c r="H708" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="I708" t="s">
         <v>22</v>
       </c>
       <c r="J708" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="709" spans="1:10">
       <c r="A709">
-        <v>325</v>
+        <v>437</v>
       </c>
       <c r="B709" t="s">
+        <v>831</v>
+      </c>
+      <c r="C709" t="s">
+        <v>19</v>
+      </c>
+      <c r="D709" t="s">
+        <v>20</v>
+      </c>
+      <c r="E709">
+        <v>1</v>
+      </c>
+      <c r="F709">
+        <v>7</v>
+      </c>
+      <c r="G709">
+        <v>0</v>
+      </c>
+      <c r="H709" t="s">
         <v>832</v>
-      </c>
-[...16 lines deleted...]
-        <v>109</v>
       </c>
       <c r="I709" t="s">
         <v>22</v>
       </c>
       <c r="J709" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="710" spans="1:10">
       <c r="A710">
-        <v>459</v>
+        <v>558</v>
       </c>
       <c r="B710" t="s">
         <v>833</v>
       </c>
       <c r="C710" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D710" t="s">
         <v>20</v>
       </c>
       <c r="E710">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F710">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G710">
         <v>0</v>
       </c>
       <c r="H710" t="s">
-        <v>445</v>
+        <v>28</v>
       </c>
       <c r="I710" t="s">
         <v>22</v>
       </c>
       <c r="J710" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="711" spans="1:10">
       <c r="A711">
-        <v>623</v>
+        <v>36</v>
       </c>
       <c r="B711" t="s">
         <v>834</v>
       </c>
       <c r="C711" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D711" t="s">
         <v>20</v>
       </c>
       <c r="E711">
         <v>1</v>
       </c>
       <c r="F711">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G711">
         <v>0</v>
       </c>
       <c r="H711" t="s">
-        <v>26</v>
+        <v>312</v>
       </c>
       <c r="I711" t="s">
         <v>22</v>
       </c>
       <c r="J711" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="712" spans="1:10">
       <c r="A712">
-        <v>77</v>
+        <v>710</v>
       </c>
       <c r="B712" t="s">
         <v>835</v>
       </c>
       <c r="C712" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D712" t="s">
         <v>20</v>
       </c>
       <c r="E712">
         <v>2</v>
       </c>
       <c r="F712">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G712">
         <v>0</v>
       </c>
       <c r="H712" t="s">
-        <v>836</v>
+        <v>32</v>
       </c>
       <c r="I712" t="s">
         <v>22</v>
       </c>
       <c r="J712" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="713" spans="1:10">
       <c r="A713">
-        <v>726</v>
+        <v>193</v>
       </c>
       <c r="B713" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="C713" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D713" t="s">
         <v>20</v>
       </c>
       <c r="E713">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F713">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G713">
         <v>0</v>
       </c>
       <c r="H713" t="s">
-        <v>30</v>
+        <v>709</v>
       </c>
       <c r="I713" t="s">
         <v>22</v>
       </c>
       <c r="J713" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="714" spans="1:10">
       <c r="A714">
-        <v>209</v>
+        <v>843</v>
       </c>
       <c r="B714" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="C714" t="s">
         <v>19</v>
       </c>
       <c r="D714" t="s">
         <v>20</v>
       </c>
       <c r="E714">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F714">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G714">
         <v>0</v>
       </c>
       <c r="H714" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="I714" t="s">
         <v>22</v>
       </c>
       <c r="J714" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="715" spans="1:10">
       <c r="A715">
-        <v>867</v>
+        <v>325</v>
       </c>
       <c r="B715" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="C715" t="s">
         <v>19</v>
       </c>
       <c r="D715" t="s">
         <v>20</v>
       </c>
       <c r="E715">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F715">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G715">
         <v>0</v>
       </c>
       <c r="H715" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I715" t="s">
         <v>22</v>
       </c>
       <c r="J715" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="716" spans="1:10">
       <c r="A716">
-        <v>342</v>
+        <v>459</v>
       </c>
       <c r="B716" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="C716" t="s">
         <v>25</v>
       </c>
       <c r="D716" t="s">
         <v>20</v>
       </c>
       <c r="E716">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F716">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G716">
         <v>0</v>
       </c>
       <c r="H716" t="s">
-        <v>582</v>
+        <v>453</v>
       </c>
       <c r="I716" t="s">
         <v>22</v>
       </c>
       <c r="J716" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="717" spans="1:10">
       <c r="A717">
-        <v>480</v>
+        <v>623</v>
       </c>
       <c r="B717" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="C717" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D717" t="s">
         <v>20</v>
       </c>
       <c r="E717">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F717">
         <v>1</v>
       </c>
       <c r="G717">
         <v>0</v>
       </c>
       <c r="H717" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I717" t="s">
         <v>22</v>
       </c>
       <c r="J717" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="718" spans="1:10">
       <c r="A718">
-        <v>603</v>
+        <v>77</v>
       </c>
       <c r="B718" t="s">
+        <v>841</v>
+      </c>
+      <c r="C718" t="s">
+        <v>19</v>
+      </c>
+      <c r="D718" t="s">
+        <v>20</v>
+      </c>
+      <c r="E718">
+        <v>2</v>
+      </c>
+      <c r="F718">
+        <v>0</v>
+      </c>
+      <c r="G718">
+        <v>0</v>
+      </c>
+      <c r="H718" t="s">
         <v>842</v>
-      </c>
-[...16 lines deleted...]
-        <v>26</v>
       </c>
       <c r="I718" t="s">
         <v>22</v>
       </c>
       <c r="J718" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="719" spans="1:10">
       <c r="A719">
-        <v>100</v>
+        <v>726</v>
       </c>
       <c r="B719" t="s">
         <v>843</v>
       </c>
       <c r="C719" t="s">
         <v>19</v>
       </c>
       <c r="D719" t="s">
         <v>20</v>
       </c>
       <c r="E719">
         <v>1</v>
       </c>
       <c r="F719">
         <v>2</v>
       </c>
       <c r="G719">
         <v>0</v>
       </c>
       <c r="H719" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I719" t="s">
         <v>22</v>
       </c>
       <c r="J719" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="720" spans="1:10">
       <c r="A720">
-        <v>742</v>
+        <v>209</v>
       </c>
       <c r="B720" t="s">
         <v>844</v>
       </c>
       <c r="C720" t="s">
         <v>25</v>
       </c>
       <c r="D720" t="s">
         <v>20</v>
       </c>
       <c r="E720">
         <v>1</v>
       </c>
       <c r="F720">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G720">
         <v>0</v>
       </c>
       <c r="H720" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="I720" t="s">
         <v>22</v>
       </c>
       <c r="J720" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="721" spans="1:10">
       <c r="A721">
-        <v>249</v>
+        <v>867</v>
       </c>
       <c r="B721" t="s">
         <v>845</v>
       </c>
       <c r="C721" t="s">
         <v>25</v>
       </c>
       <c r="D721" t="s">
         <v>20</v>
       </c>
       <c r="E721">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F721">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G721">
         <v>0</v>
       </c>
       <c r="H721" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="I721" t="s">
         <v>22</v>
       </c>
       <c r="J721" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="722" spans="1:10">
       <c r="A722">
-        <v>883</v>
+        <v>342</v>
       </c>
       <c r="B722" t="s">
         <v>846</v>
       </c>
       <c r="C722" t="s">
         <v>19</v>
       </c>
       <c r="D722" t="s">
         <v>20</v>
       </c>
       <c r="E722">
         <v>2</v>
       </c>
       <c r="F722">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G722">
         <v>0</v>
       </c>
       <c r="H722" t="s">
-        <v>34</v>
+        <v>591</v>
       </c>
       <c r="I722" t="s">
         <v>22</v>
       </c>
       <c r="J722" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="723" spans="1:10">
       <c r="A723">
-        <v>357</v>
+        <v>480</v>
       </c>
       <c r="B723" t="s">
         <v>847</v>
       </c>
       <c r="C723" t="s">
         <v>19</v>
       </c>
       <c r="D723" t="s">
         <v>20</v>
       </c>
       <c r="E723">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F723">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G723">
         <v>0</v>
       </c>
       <c r="H723" t="s">
-        <v>720</v>
+        <v>28</v>
       </c>
       <c r="I723" t="s">
         <v>22</v>
       </c>
       <c r="J723" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="724" spans="1:10">
       <c r="A724">
-        <v>743</v>
+        <v>727</v>
       </c>
       <c r="B724" t="s">
         <v>848</v>
       </c>
       <c r="C724" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D724" t="s">
         <v>20</v>
       </c>
       <c r="E724">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F724">
         <v>2</v>
       </c>
       <c r="G724">
         <v>0</v>
       </c>
       <c r="H724" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I724" t="s">
         <v>22</v>
       </c>
       <c r="J724" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="725" spans="1:10">
       <c r="A725">
-        <v>250</v>
+        <v>210</v>
       </c>
       <c r="B725" t="s">
         <v>849</v>
       </c>
       <c r="C725" t="s">
         <v>19</v>
       </c>
       <c r="D725" t="s">
         <v>20</v>
       </c>
       <c r="E725">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F725">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G725">
         <v>0</v>
       </c>
       <c r="H725" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I725" t="s">
         <v>22</v>
       </c>
       <c r="J725" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="726" spans="1:10">
       <c r="A726">
-        <v>884</v>
+        <v>868</v>
       </c>
       <c r="B726" t="s">
         <v>850</v>
       </c>
       <c r="C726" t="s">
         <v>19</v>
       </c>
       <c r="D726" t="s">
         <v>20</v>
       </c>
       <c r="E726">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F726">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G726">
         <v>0</v>
       </c>
       <c r="H726" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I726" t="s">
         <v>22</v>
       </c>
       <c r="J726" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="727" spans="1:10">
       <c r="A727">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="B727" t="s">
         <v>851</v>
       </c>
       <c r="C727" t="s">
         <v>25</v>
       </c>
       <c r="D727" t="s">
         <v>20</v>
       </c>
       <c r="E727">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F727">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G727">
         <v>0</v>
       </c>
       <c r="H727" t="s">
-        <v>720</v>
+        <v>289</v>
       </c>
       <c r="I727" t="s">
         <v>22</v>
       </c>
       <c r="J727" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="728" spans="1:10">
       <c r="A728">
-        <v>497</v>
+        <v>481</v>
       </c>
       <c r="B728" t="s">
         <v>852</v>
       </c>
       <c r="C728" t="s">
         <v>25</v>
       </c>
       <c r="D728" t="s">
         <v>20</v>
       </c>
       <c r="E728">
         <v>2</v>
       </c>
       <c r="F728">
         <v>4</v>
       </c>
       <c r="G728">
         <v>0</v>
       </c>
       <c r="H728" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I728" t="s">
         <v>22</v>
       </c>
       <c r="J728" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="729" spans="1:10">
       <c r="A729">
-        <v>628</v>
+        <v>604</v>
       </c>
       <c r="B729" t="s">
         <v>853</v>
       </c>
       <c r="C729" t="s">
         <v>25</v>
       </c>
       <c r="D729" t="s">
         <v>20</v>
       </c>
       <c r="E729">
         <v>2</v>
       </c>
       <c r="F729">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G729">
         <v>0</v>
       </c>
       <c r="H729" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I729" t="s">
         <v>22</v>
       </c>
       <c r="J729" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="730" spans="1:10">
       <c r="A730">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="B730" t="s">
         <v>854</v>
       </c>
       <c r="C730" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D730" t="s">
         <v>20</v>
       </c>
       <c r="E730">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F730">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G730">
         <v>0</v>
       </c>
       <c r="H730" t="s">
-        <v>393</v>
+        <v>53</v>
       </c>
       <c r="I730" t="s">
         <v>22</v>
       </c>
       <c r="J730" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="731" spans="1:10">
       <c r="A731">
-        <v>759</v>
+        <v>743</v>
       </c>
       <c r="B731" t="s">
         <v>855</v>
       </c>
       <c r="C731" t="s">
         <v>19</v>
       </c>
       <c r="D731" t="s">
         <v>20</v>
       </c>
       <c r="E731">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F731">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G731">
         <v>0</v>
       </c>
       <c r="H731" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I731" t="s">
         <v>22</v>
       </c>
       <c r="J731" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="732" spans="1:10">
       <c r="A732">
-        <v>219</v>
+        <v>250</v>
       </c>
       <c r="B732" t="s">
         <v>856</v>
       </c>
       <c r="C732" t="s">
         <v>25</v>
       </c>
       <c r="D732" t="s">
         <v>20</v>
       </c>
       <c r="E732">
         <v>1</v>
       </c>
       <c r="F732">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G732">
         <v>0</v>
       </c>
       <c r="H732" t="s">
-        <v>482</v>
+        <v>56</v>
       </c>
       <c r="I732" t="s">
         <v>22</v>
       </c>
       <c r="J732" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="733" spans="1:10">
       <c r="A733">
-        <v>899</v>
+        <v>884</v>
       </c>
       <c r="B733" t="s">
         <v>857</v>
       </c>
       <c r="C733" t="s">
         <v>25</v>
       </c>
       <c r="D733" t="s">
         <v>20</v>
       </c>
       <c r="E733">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F733">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G733">
         <v>0</v>
       </c>
       <c r="H733" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I733" t="s">
         <v>22</v>
       </c>
       <c r="J733" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="734" spans="1:10">
       <c r="A734">
-        <v>373</v>
+        <v>358</v>
       </c>
       <c r="B734" t="s">
         <v>858</v>
       </c>
       <c r="C734" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D734" t="s">
         <v>20</v>
       </c>
       <c r="E734">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F734">
         <v>1</v>
       </c>
       <c r="G734">
         <v>0</v>
       </c>
       <c r="H734" t="s">
-        <v>57</v>
+        <v>727</v>
       </c>
       <c r="I734" t="s">
         <v>22</v>
       </c>
       <c r="J734" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="735" spans="1:10">
       <c r="A735">
-        <v>513</v>
+        <v>497</v>
       </c>
       <c r="B735" t="s">
         <v>859</v>
       </c>
       <c r="C735" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D735" t="s">
         <v>20</v>
       </c>
       <c r="E735">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F735">
         <v>4</v>
       </c>
       <c r="G735">
         <v>0</v>
       </c>
       <c r="H735" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I735" t="s">
         <v>22</v>
       </c>
       <c r="J735" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="736" spans="1:10">
       <c r="A736">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="B736" t="s">
         <v>860</v>
       </c>
       <c r="C736" t="s">
         <v>19</v>
       </c>
       <c r="D736" t="s">
         <v>20</v>
       </c>
       <c r="E736">
         <v>2</v>
       </c>
       <c r="F736">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G736">
         <v>0</v>
       </c>
       <c r="H736" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I736" t="s">
         <v>22</v>
       </c>
       <c r="J736" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="737" spans="1:10">
       <c r="A737">
-        <v>129</v>
+        <v>113</v>
       </c>
       <c r="B737" t="s">
         <v>861</v>
       </c>
       <c r="C737" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D737" t="s">
         <v>20</v>
       </c>
       <c r="E737">
         <v>2</v>
       </c>
       <c r="F737">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G737">
         <v>0</v>
       </c>
       <c r="H737" t="s">
-        <v>61</v>
+        <v>401</v>
       </c>
       <c r="I737" t="s">
         <v>22</v>
       </c>
       <c r="J737" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="738" spans="1:10">
       <c r="A738">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="B738" t="s">
         <v>862</v>
       </c>
       <c r="C738" t="s">
         <v>25</v>
       </c>
       <c r="D738" t="s">
         <v>20</v>
       </c>
       <c r="E738">
         <v>1</v>
       </c>
       <c r="F738">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G738">
         <v>0</v>
       </c>
       <c r="H738" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I738" t="s">
         <v>22</v>
       </c>
       <c r="J738" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="739" spans="1:10">
       <c r="A739">
-        <v>267</v>
+        <v>219</v>
       </c>
       <c r="B739" t="s">
         <v>863</v>
       </c>
       <c r="C739" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D739" t="s">
         <v>20</v>
       </c>
       <c r="E739">
         <v>1</v>
       </c>
       <c r="F739">
         <v>1</v>
       </c>
       <c r="G739">
         <v>0</v>
       </c>
       <c r="H739" t="s">
-        <v>482</v>
+        <v>424</v>
       </c>
       <c r="I739" t="s">
         <v>22</v>
       </c>
       <c r="J739" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="740" spans="1:10">
       <c r="A740">
-        <v>915</v>
+        <v>899</v>
       </c>
       <c r="B740" t="s">
         <v>864</v>
       </c>
       <c r="C740" t="s">
         <v>19</v>
       </c>
       <c r="D740" t="s">
         <v>20</v>
       </c>
       <c r="E740">
         <v>1</v>
       </c>
       <c r="F740">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G740">
         <v>0</v>
       </c>
       <c r="H740" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="I740" t="s">
         <v>22</v>
       </c>
       <c r="J740" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="741" spans="1:10">
       <c r="A741">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="B741" t="s">
         <v>865</v>
       </c>
       <c r="C741" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D741" t="s">
         <v>20</v>
       </c>
       <c r="E741">
         <v>1</v>
       </c>
       <c r="F741">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G741">
         <v>0</v>
       </c>
       <c r="H741" t="s">
-        <v>281</v>
+        <v>70</v>
       </c>
       <c r="I741" t="s">
         <v>22</v>
       </c>
       <c r="J741" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="742" spans="1:10">
       <c r="A742">
-        <v>529</v>
+        <v>513</v>
       </c>
       <c r="B742" t="s">
         <v>866</v>
       </c>
       <c r="C742" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D742" t="s">
         <v>20</v>
       </c>
       <c r="E742">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F742">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G742">
         <v>0</v>
       </c>
       <c r="H742" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I742" t="s">
         <v>22</v>
       </c>
       <c r="J742" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="743" spans="1:10">
       <c r="A743">
-        <v>665</v>
+        <v>639</v>
       </c>
       <c r="B743" t="s">
         <v>867</v>
       </c>
       <c r="C743" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D743" t="s">
         <v>20</v>
       </c>
       <c r="E743">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F743">
         <v>4</v>
       </c>
       <c r="G743">
         <v>0</v>
       </c>
       <c r="H743" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I743" t="s">
         <v>22</v>
       </c>
       <c r="J743" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="744" spans="1:10">
       <c r="A744">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="B744" t="s">
         <v>868</v>
       </c>
       <c r="C744" t="s">
         <v>19</v>
       </c>
       <c r="D744" t="s">
         <v>20</v>
       </c>
       <c r="E744">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F744">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G744">
         <v>0</v>
       </c>
       <c r="H744" t="s">
-        <v>741</v>
+        <v>74</v>
       </c>
       <c r="I744" t="s">
         <v>22</v>
       </c>
       <c r="J744" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="745" spans="1:10">
       <c r="A745">
-        <v>794</v>
+        <v>778</v>
       </c>
       <c r="B745" t="s">
         <v>869</v>
       </c>
       <c r="C745" t="s">
         <v>19</v>
       </c>
       <c r="D745" t="s">
         <v>20</v>
       </c>
       <c r="E745">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F745">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G745">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H745" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I745" t="s">
         <v>22</v>
       </c>
       <c r="J745" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="746" spans="1:10">
       <c r="A746">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="B746" t="s">
         <v>870</v>
       </c>
       <c r="C746" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D746" t="s">
         <v>20</v>
       </c>
       <c r="E746">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F746">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G746">
         <v>0</v>
       </c>
       <c r="H746" t="s">
-        <v>744</v>
+        <v>424</v>
       </c>
       <c r="I746" t="s">
         <v>22</v>
       </c>
       <c r="J746" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="747" spans="1:10">
       <c r="A747">
-        <v>931</v>
+        <v>915</v>
       </c>
       <c r="B747" t="s">
         <v>871</v>
       </c>
       <c r="C747" t="s">
         <v>25</v>
       </c>
       <c r="D747" t="s">
         <v>20</v>
       </c>
       <c r="E747">
         <v>1</v>
       </c>
       <c r="F747">
         <v>2</v>
       </c>
       <c r="G747">
         <v>0</v>
       </c>
       <c r="H747" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="I747" t="s">
         <v>22</v>
       </c>
       <c r="J747" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="748" spans="1:10">
       <c r="A748">
-        <v>419</v>
+        <v>390</v>
       </c>
       <c r="B748" t="s">
         <v>872</v>
       </c>
       <c r="C748" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D748" t="s">
         <v>20</v>
       </c>
       <c r="E748">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F748">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G748">
         <v>0</v>
       </c>
       <c r="H748" t="s">
-        <v>93</v>
+        <v>289</v>
       </c>
       <c r="I748" t="s">
         <v>22</v>
       </c>
       <c r="J748" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="749" spans="1:10">
       <c r="A749">
-        <v>545</v>
+        <v>529</v>
       </c>
       <c r="B749" t="s">
         <v>873</v>
       </c>
       <c r="C749" t="s">
         <v>19</v>
       </c>
       <c r="D749" t="s">
         <v>20</v>
       </c>
       <c r="E749">
         <v>2</v>
       </c>
       <c r="F749">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G749">
         <v>0</v>
       </c>
       <c r="H749" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I749" t="s">
         <v>22</v>
       </c>
       <c r="J749" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="750" spans="1:10">
       <c r="A750">
-        <v>674</v>
+        <v>665</v>
       </c>
       <c r="B750" t="s">
         <v>874</v>
       </c>
       <c r="C750" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D750" t="s">
         <v>20</v>
       </c>
       <c r="E750">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F750">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G750">
         <v>0</v>
       </c>
       <c r="H750" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="I750" t="s">
         <v>22</v>
       </c>
       <c r="J750" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="751" spans="1:10">
       <c r="A751">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="B751" t="s">
         <v>875</v>
       </c>
       <c r="C751" t="s">
         <v>25</v>
       </c>
       <c r="D751" t="s">
         <v>20</v>
       </c>
       <c r="E751">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F751">
         <v>2</v>
       </c>
       <c r="G751">
         <v>0</v>
       </c>
       <c r="H751" t="s">
-        <v>83</v>
+        <v>749</v>
       </c>
       <c r="I751" t="s">
         <v>22</v>
       </c>
       <c r="J751" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="752" spans="1:10">
       <c r="A752">
-        <v>810</v>
+        <v>794</v>
       </c>
       <c r="B752" t="s">
         <v>876</v>
       </c>
       <c r="C752" t="s">
         <v>25</v>
       </c>
       <c r="D752" t="s">
         <v>20</v>
       </c>
       <c r="E752">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F752">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G752">
         <v>1</v>
       </c>
       <c r="H752" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I752" t="s">
         <v>22</v>
       </c>
       <c r="J752" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="753" spans="1:10">
       <c r="A753">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="B753" t="s">
         <v>877</v>
       </c>
       <c r="C753" t="s">
         <v>19</v>
       </c>
       <c r="D753" t="s">
         <v>20</v>
       </c>
       <c r="E753">
         <v>2</v>
       </c>
       <c r="F753">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G753">
         <v>0</v>
       </c>
       <c r="H753" t="s">
-        <v>815</v>
+        <v>752</v>
       </c>
       <c r="I753" t="s">
         <v>22</v>
       </c>
       <c r="J753" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="754" spans="1:10">
       <c r="A754">
-        <v>947</v>
+        <v>931</v>
       </c>
       <c r="B754" t="s">
         <v>878</v>
       </c>
       <c r="C754" t="s">
         <v>19</v>
       </c>
       <c r="D754" t="s">
         <v>20</v>
       </c>
       <c r="E754">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F754">
         <v>2</v>
       </c>
       <c r="G754">
         <v>0</v>
       </c>
       <c r="H754" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I754" t="s">
         <v>22</v>
       </c>
       <c r="J754" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="755" spans="1:10">
       <c r="A755">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B755" t="s">
         <v>879</v>
       </c>
       <c r="C755" t="s">
         <v>19</v>
       </c>
       <c r="D755" t="s">
         <v>20</v>
       </c>
       <c r="E755">
         <v>2</v>
       </c>
       <c r="F755">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G755">
         <v>0</v>
       </c>
       <c r="H755" t="s">
-        <v>880</v>
+        <v>105</v>
       </c>
       <c r="I755" t="s">
         <v>22</v>
       </c>
       <c r="J755" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="756" spans="1:10">
       <c r="A756">
-        <v>585</v>
+        <v>545</v>
       </c>
       <c r="B756" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="C756" t="s">
         <v>25</v>
       </c>
       <c r="D756" t="s">
         <v>20</v>
       </c>
       <c r="E756">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F756">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G756">
         <v>0</v>
       </c>
       <c r="H756" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I756" t="s">
         <v>22</v>
       </c>
       <c r="J756" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="757" spans="1:10">
       <c r="A757">
-        <v>687</v>
+        <v>674</v>
       </c>
       <c r="B757" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="C757" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D757" t="s">
         <v>20</v>
       </c>
       <c r="E757">
         <v>2</v>
       </c>
       <c r="F757">
         <v>2</v>
       </c>
       <c r="G757">
         <v>0</v>
       </c>
       <c r="H757" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I757" t="s">
         <v>22</v>
       </c>
       <c r="J757" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="758" spans="1:10">
       <c r="A758">
-        <v>178</v>
+        <v>161</v>
       </c>
       <c r="B758" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="C758" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D758" t="s">
         <v>20</v>
       </c>
       <c r="E758">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F758">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G758">
         <v>0</v>
       </c>
       <c r="H758" t="s">
-        <v>317</v>
+        <v>96</v>
       </c>
       <c r="I758" t="s">
         <v>22</v>
       </c>
       <c r="J758" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="759" spans="1:10">
       <c r="A759">
-        <v>826</v>
+        <v>810</v>
       </c>
       <c r="B759" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="C759" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D759" t="s">
         <v>20</v>
       </c>
       <c r="E759">
         <v>1</v>
       </c>
       <c r="F759">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G759">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H759" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I759" t="s">
         <v>22</v>
       </c>
       <c r="J759" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="760" spans="1:10">
       <c r="A760">
-        <v>310</v>
+        <v>291</v>
       </c>
       <c r="B760" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="C760" t="s">
         <v>25</v>
       </c>
       <c r="D760" t="s">
         <v>20</v>
       </c>
       <c r="E760">
         <v>2</v>
       </c>
       <c r="F760">
         <v>3</v>
       </c>
       <c r="G760">
         <v>0</v>
       </c>
       <c r="H760" t="s">
-        <v>886</v>
+        <v>821</v>
       </c>
       <c r="I760" t="s">
         <v>22</v>
       </c>
       <c r="J760" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="761" spans="1:10">
       <c r="A761">
-        <v>963</v>
+        <v>947</v>
       </c>
       <c r="B761" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="C761" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D761" t="s">
         <v>20</v>
       </c>
       <c r="E761">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F761">
         <v>2</v>
       </c>
       <c r="G761">
         <v>0</v>
       </c>
       <c r="H761" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="I761" t="s">
         <v>22</v>
       </c>
       <c r="J761" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="762" spans="1:10">
       <c r="A762">
-        <v>438</v>
+        <v>422</v>
       </c>
       <c r="B762" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="C762" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D762" t="s">
         <v>20</v>
       </c>
       <c r="E762">
         <v>2</v>
       </c>
       <c r="F762">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G762">
         <v>0</v>
       </c>
       <c r="H762" t="s">
-        <v>170</v>
+        <v>887</v>
       </c>
       <c r="I762" t="s">
         <v>22</v>
       </c>
       <c r="J762" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="763" spans="1:10">
       <c r="A763">
-        <v>559</v>
+        <v>585</v>
       </c>
       <c r="B763" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="C763" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D763" t="s">
         <v>20</v>
       </c>
       <c r="E763">
         <v>1</v>
       </c>
       <c r="F763">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G763">
         <v>0</v>
       </c>
       <c r="H763" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I763" t="s">
         <v>22</v>
       </c>
       <c r="J763" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="764" spans="1:10">
       <c r="A764">
-        <v>37</v>
+        <v>687</v>
       </c>
       <c r="B764" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="C764" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D764" t="s">
         <v>20</v>
       </c>
       <c r="E764">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F764">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G764">
         <v>0</v>
       </c>
       <c r="H764" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="I764" t="s">
         <v>22</v>
       </c>
       <c r="J764" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="765" spans="1:10">
       <c r="A765">
-        <v>711</v>
+        <v>178</v>
       </c>
       <c r="B765" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="C765" t="s">
         <v>19</v>
       </c>
       <c r="D765" t="s">
         <v>20</v>
       </c>
       <c r="E765">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F765">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G765">
         <v>0</v>
       </c>
       <c r="H765" t="s">
-        <v>30</v>
+        <v>324</v>
       </c>
       <c r="I765" t="s">
         <v>22</v>
       </c>
       <c r="J765" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="766" spans="1:10">
       <c r="A766">
-        <v>194</v>
+        <v>826</v>
       </c>
       <c r="B766" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="C766" t="s">
         <v>19</v>
       </c>
       <c r="D766" t="s">
         <v>20</v>
       </c>
       <c r="E766">
         <v>1</v>
       </c>
       <c r="F766">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G766">
         <v>0</v>
       </c>
       <c r="H766" t="s">
-        <v>702</v>
+        <v>107</v>
       </c>
       <c r="I766" t="s">
         <v>22</v>
       </c>
       <c r="J766" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="767" spans="1:10">
       <c r="A767">
-        <v>844</v>
+        <v>310</v>
       </c>
       <c r="B767" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="C767" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D767" t="s">
         <v>20</v>
       </c>
       <c r="E767">
         <v>2</v>
       </c>
       <c r="F767">
         <v>3</v>
       </c>
       <c r="G767">
         <v>0</v>
       </c>
       <c r="H767" t="s">
-        <v>107</v>
+        <v>893</v>
       </c>
       <c r="I767" t="s">
         <v>22</v>
       </c>
       <c r="J767" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="768" spans="1:10">
       <c r="A768">
-        <v>326</v>
+        <v>963</v>
       </c>
       <c r="B768" t="s">
         <v>894</v>
       </c>
       <c r="C768" t="s">
         <v>25</v>
       </c>
       <c r="D768" t="s">
         <v>20</v>
       </c>
       <c r="E768">
         <v>1</v>
       </c>
       <c r="F768">
         <v>2</v>
       </c>
       <c r="G768">
         <v>0</v>
       </c>
       <c r="H768" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="I768" t="s">
         <v>22</v>
       </c>
       <c r="J768" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="769" spans="1:10">
       <c r="A769">
-        <v>460</v>
+        <v>438</v>
       </c>
       <c r="B769" t="s">
         <v>895</v>
       </c>
       <c r="C769" t="s">
         <v>25</v>
       </c>
       <c r="D769" t="s">
         <v>20</v>
       </c>
       <c r="E769">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F769">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G769">
         <v>0</v>
       </c>
       <c r="H769" t="s">
-        <v>312</v>
+        <v>118</v>
       </c>
       <c r="I769" t="s">
         <v>22</v>
       </c>
       <c r="J769" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="770" spans="1:10">
       <c r="A770">
-        <v>622</v>
+        <v>559</v>
       </c>
       <c r="B770" t="s">
         <v>896</v>
       </c>
       <c r="C770" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D770" t="s">
         <v>20</v>
       </c>
       <c r="E770">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F770">
         <v>1</v>
       </c>
       <c r="G770">
         <v>0</v>
       </c>
       <c r="H770" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I770" t="s">
         <v>22</v>
       </c>
       <c r="J770" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="771" spans="1:10">
       <c r="A771">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="B771" t="s">
         <v>897</v>
       </c>
       <c r="C771" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D771" t="s">
         <v>20</v>
       </c>
       <c r="E771">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F771">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G771">
         <v>0</v>
       </c>
       <c r="H771" t="s">
-        <v>28</v>
+        <v>111</v>
       </c>
       <c r="I771" t="s">
         <v>22</v>
       </c>
       <c r="J771" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="772" spans="1:10">
       <c r="A772">
-        <v>727</v>
+        <v>711</v>
       </c>
       <c r="B772" t="s">
         <v>898</v>
       </c>
       <c r="C772" t="s">
         <v>25</v>
       </c>
       <c r="D772" t="s">
         <v>20</v>
       </c>
       <c r="E772">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F772">
         <v>2</v>
       </c>
       <c r="G772">
         <v>0</v>
       </c>
       <c r="H772" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I772" t="s">
         <v>22</v>
       </c>
       <c r="J772" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="773" spans="1:10">
       <c r="A773">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="B773" t="s">
         <v>899</v>
       </c>
       <c r="C773" t="s">
         <v>25</v>
       </c>
       <c r="D773" t="s">
         <v>20</v>
       </c>
       <c r="E773">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F773">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G773">
         <v>0</v>
       </c>
       <c r="H773" t="s">
-        <v>32</v>
+        <v>709</v>
       </c>
       <c r="I773" t="s">
         <v>22</v>
       </c>
       <c r="J773" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="774" spans="1:10">
       <c r="A774">
-        <v>868</v>
+        <v>844</v>
       </c>
       <c r="B774" t="s">
         <v>900</v>
       </c>
       <c r="C774" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D774" t="s">
         <v>20</v>
       </c>
       <c r="E774">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F774">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G774">
         <v>0</v>
       </c>
       <c r="H774" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I774" t="s">
         <v>22</v>
       </c>
       <c r="J774" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="775" spans="1:10">
       <c r="A775">
-        <v>343</v>
+        <v>326</v>
       </c>
       <c r="B775" t="s">
         <v>901</v>
       </c>
       <c r="C775" t="s">
         <v>19</v>
       </c>
       <c r="D775" t="s">
         <v>20</v>
       </c>
       <c r="E775">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F775">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G775">
         <v>0</v>
       </c>
       <c r="H775" t="s">
-        <v>281</v>
+        <v>38</v>
       </c>
       <c r="I775" t="s">
         <v>22</v>
       </c>
       <c r="J775" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="776" spans="1:10">
       <c r="A776">
-        <v>481</v>
+        <v>460</v>
       </c>
       <c r="B776" t="s">
         <v>902</v>
       </c>
       <c r="C776" t="s">
         <v>19</v>
       </c>
       <c r="D776" t="s">
         <v>20</v>
       </c>
       <c r="E776">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F776">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G776">
         <v>0</v>
       </c>
       <c r="H776" t="s">
-        <v>26</v>
+        <v>319</v>
       </c>
       <c r="I776" t="s">
         <v>22</v>
       </c>
       <c r="J776" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="777" spans="1:10">
       <c r="A777">
-        <v>604</v>
+        <v>622</v>
       </c>
       <c r="B777" t="s">
         <v>903</v>
       </c>
       <c r="C777" t="s">
         <v>19</v>
       </c>
       <c r="D777" t="s">
         <v>20</v>
       </c>
       <c r="E777">
         <v>2</v>
       </c>
       <c r="F777">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G777">
         <v>0</v>
       </c>
       <c r="H777" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I777" t="s">
         <v>22</v>
       </c>
       <c r="J777" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="778" spans="1:10">
       <c r="A778">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="B778" t="s">
         <v>904</v>
       </c>
       <c r="C778" t="s">
         <v>25</v>
       </c>
       <c r="D778" t="s">
         <v>20</v>
       </c>
       <c r="E778">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F778">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G778">
         <v>0</v>
       </c>
       <c r="H778" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I778" t="s">
         <v>22</v>
       </c>
       <c r="J778" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="779" spans="1:10">
       <c r="A779">
-        <v>482</v>
+        <v>462</v>
       </c>
       <c r="B779" t="s">
         <v>905</v>
       </c>
       <c r="C779" t="s">
         <v>19</v>
       </c>
       <c r="D779" t="s">
         <v>20</v>
       </c>
       <c r="E779">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F779">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G779">
         <v>0</v>
       </c>
       <c r="H779" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I779" t="s">
         <v>22</v>
       </c>
       <c r="J779" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="780" spans="1:10">
       <c r="A780">
-        <v>605</v>
+        <v>621</v>
       </c>
       <c r="B780" t="s">
         <v>906</v>
       </c>
       <c r="C780" t="s">
         <v>19</v>
       </c>
       <c r="D780" t="s">
         <v>20</v>
       </c>
       <c r="E780">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F780">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G780">
         <v>0</v>
       </c>
       <c r="H780" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I780" t="s">
         <v>22</v>
       </c>
       <c r="J780" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="781" spans="1:10">
       <c r="A781">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="B781" t="s">
         <v>907</v>
       </c>
       <c r="C781" t="s">
         <v>25</v>
       </c>
       <c r="D781" t="s">
         <v>20</v>
       </c>
       <c r="E781">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F781">
         <v>1</v>
       </c>
       <c r="G781">
         <v>0</v>
       </c>
       <c r="H781" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I781" t="s">
         <v>22</v>
       </c>
       <c r="J781" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="782" spans="1:10">
       <c r="A782">
-        <v>744</v>
+        <v>728</v>
       </c>
       <c r="B782" t="s">
         <v>908</v>
       </c>
       <c r="C782" t="s">
         <v>19</v>
       </c>
       <c r="D782" t="s">
         <v>20</v>
       </c>
       <c r="E782">
         <v>2</v>
       </c>
       <c r="F782">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G782">
         <v>0</v>
       </c>
       <c r="H782" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I782" t="s">
         <v>22</v>
       </c>
       <c r="J782" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="783" spans="1:10">
       <c r="A783">
-        <v>251</v>
+        <v>211</v>
       </c>
       <c r="B783" t="s">
         <v>909</v>
       </c>
       <c r="C783" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D783" t="s">
         <v>20</v>
       </c>
       <c r="E783">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F783">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G783">
         <v>0</v>
       </c>
       <c r="H783" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I783" t="s">
         <v>22</v>
       </c>
       <c r="J783" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="784" spans="1:10">
       <c r="A784">
-        <v>885</v>
+        <v>869</v>
       </c>
       <c r="B784" t="s">
         <v>910</v>
       </c>
       <c r="C784" t="s">
         <v>25</v>
       </c>
       <c r="D784" t="s">
         <v>20</v>
       </c>
       <c r="E784">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F784">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G784">
         <v>0</v>
       </c>
       <c r="H784" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I784" t="s">
         <v>22</v>
       </c>
       <c r="J784" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="785" spans="1:10">
       <c r="A785">
-        <v>359</v>
+        <v>344</v>
       </c>
       <c r="B785" t="s">
         <v>911</v>
       </c>
       <c r="C785" t="s">
         <v>19</v>
       </c>
       <c r="D785" t="s">
         <v>20</v>
       </c>
       <c r="E785">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F785">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G785">
         <v>0</v>
       </c>
       <c r="H785" t="s">
-        <v>720</v>
+        <v>289</v>
       </c>
       <c r="I785" t="s">
         <v>22</v>
       </c>
       <c r="J785" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="786" spans="1:10">
       <c r="A786">
-        <v>498</v>
+        <v>482</v>
       </c>
       <c r="B786" t="s">
         <v>912</v>
       </c>
       <c r="C786" t="s">
         <v>25</v>
       </c>
       <c r="D786" t="s">
         <v>20</v>
       </c>
       <c r="E786">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F786">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G786">
         <v>0</v>
       </c>
       <c r="H786" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I786" t="s">
         <v>22</v>
       </c>
       <c r="J786" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="787" spans="1:10">
       <c r="A787">
-        <v>627</v>
+        <v>605</v>
       </c>
       <c r="B787" t="s">
         <v>913</v>
       </c>
       <c r="C787" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D787" t="s">
         <v>20</v>
       </c>
       <c r="E787">
         <v>2</v>
       </c>
       <c r="F787">
         <v>4</v>
       </c>
       <c r="G787">
         <v>0</v>
       </c>
       <c r="H787" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I787" t="s">
         <v>22</v>
       </c>
       <c r="J787" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="788" spans="1:10">
       <c r="A788">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="B788" t="s">
         <v>914</v>
       </c>
       <c r="C788" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D788" t="s">
         <v>20</v>
       </c>
       <c r="E788">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F788">
         <v>1</v>
       </c>
       <c r="G788">
         <v>0</v>
       </c>
       <c r="H788" t="s">
-        <v>393</v>
+        <v>53</v>
       </c>
       <c r="I788" t="s">
         <v>22</v>
       </c>
       <c r="J788" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="789" spans="1:10">
       <c r="A789">
-        <v>760</v>
+        <v>744</v>
       </c>
       <c r="B789" t="s">
         <v>915</v>
       </c>
       <c r="C789" t="s">
         <v>25</v>
       </c>
       <c r="D789" t="s">
         <v>20</v>
       </c>
       <c r="E789">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F789">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G789">
         <v>0</v>
       </c>
       <c r="H789" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I789" t="s">
         <v>22</v>
       </c>
       <c r="J789" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="790" spans="1:10">
       <c r="A790">
-        <v>220</v>
+        <v>251</v>
       </c>
       <c r="B790" t="s">
         <v>916</v>
       </c>
       <c r="C790" t="s">
         <v>19</v>
       </c>
       <c r="D790" t="s">
         <v>20</v>
       </c>
       <c r="E790">
         <v>1</v>
       </c>
       <c r="F790">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G790">
         <v>0</v>
       </c>
       <c r="H790" t="s">
-        <v>482</v>
+        <v>56</v>
       </c>
       <c r="I790" t="s">
         <v>22</v>
       </c>
       <c r="J790" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="791" spans="1:10">
       <c r="A791">
-        <v>900</v>
+        <v>885</v>
       </c>
       <c r="B791" t="s">
         <v>917</v>
       </c>
       <c r="C791" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D791" t="s">
         <v>20</v>
       </c>
       <c r="E791">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F791">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G791">
         <v>0</v>
       </c>
       <c r="H791" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="I791" t="s">
         <v>22</v>
       </c>
       <c r="J791" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="792" spans="1:10">
       <c r="A792">
-        <v>374</v>
+        <v>359</v>
       </c>
       <c r="B792" t="s">
         <v>918</v>
       </c>
       <c r="C792" t="s">
         <v>25</v>
       </c>
       <c r="D792" t="s">
         <v>20</v>
       </c>
       <c r="E792">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F792">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G792">
         <v>0</v>
       </c>
       <c r="H792" t="s">
-        <v>57</v>
+        <v>727</v>
       </c>
       <c r="I792" t="s">
         <v>22</v>
       </c>
       <c r="J792" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="793" spans="1:10">
       <c r="A793">
-        <v>514</v>
+        <v>498</v>
       </c>
       <c r="B793" t="s">
         <v>919</v>
       </c>
       <c r="C793" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D793" t="s">
         <v>20</v>
       </c>
       <c r="E793">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F793">
         <v>2</v>
       </c>
       <c r="G793">
         <v>0</v>
       </c>
       <c r="H793" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I793" t="s">
         <v>22</v>
       </c>
       <c r="J793" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="794" spans="1:10">
       <c r="A794">
-        <v>640</v>
+        <v>627</v>
       </c>
       <c r="B794" t="s">
         <v>920</v>
       </c>
       <c r="C794" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D794" t="s">
         <v>20</v>
       </c>
       <c r="E794">
         <v>2</v>
       </c>
       <c r="F794">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G794">
         <v>0</v>
       </c>
       <c r="H794" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I794" t="s">
         <v>22</v>
       </c>
       <c r="J794" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="795" spans="1:10">
       <c r="A795">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="B795" t="s">
         <v>921</v>
       </c>
       <c r="C795" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D795" t="s">
         <v>20</v>
       </c>
       <c r="E795">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F795">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G795">
         <v>0</v>
       </c>
       <c r="H795" t="s">
-        <v>61</v>
+        <v>401</v>
       </c>
       <c r="I795" t="s">
         <v>22</v>
       </c>
       <c r="J795" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="796" spans="1:10">
       <c r="A796">
-        <v>779</v>
+        <v>760</v>
       </c>
       <c r="B796" t="s">
         <v>922</v>
       </c>
       <c r="C796" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D796" t="s">
         <v>20</v>
       </c>
       <c r="E796">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F796">
         <v>2</v>
       </c>
       <c r="G796">
         <v>0</v>
       </c>
       <c r="H796" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I796" t="s">
         <v>22</v>
       </c>
       <c r="J796" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="797" spans="1:10">
       <c r="A797">
-        <v>235</v>
+        <v>220</v>
       </c>
       <c r="B797" t="s">
         <v>923</v>
       </c>
       <c r="C797" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D797" t="s">
         <v>20</v>
       </c>
       <c r="E797">
         <v>1</v>
       </c>
       <c r="F797">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G797">
         <v>0</v>
       </c>
       <c r="H797" t="s">
-        <v>64</v>
+        <v>424</v>
       </c>
       <c r="I797" t="s">
         <v>22</v>
       </c>
       <c r="J797" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="798" spans="1:10">
       <c r="A798">
-        <v>916</v>
+        <v>900</v>
       </c>
       <c r="B798" t="s">
         <v>924</v>
       </c>
       <c r="C798" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D798" t="s">
         <v>20</v>
       </c>
       <c r="E798">
         <v>1</v>
       </c>
       <c r="F798">
         <v>2</v>
       </c>
       <c r="G798">
         <v>0</v>
       </c>
       <c r="H798" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I798" t="s">
         <v>22</v>
       </c>
       <c r="J798" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="799" spans="1:10">
       <c r="A799">
-        <v>391</v>
+        <v>374</v>
       </c>
       <c r="B799" t="s">
         <v>925</v>
       </c>
       <c r="C799" t="s">
         <v>19</v>
       </c>
       <c r="D799" t="s">
         <v>20</v>
       </c>
       <c r="E799">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F799">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G799">
         <v>0</v>
       </c>
       <c r="H799" t="s">
-        <v>281</v>
+        <v>70</v>
       </c>
       <c r="I799" t="s">
         <v>22</v>
       </c>
       <c r="J799" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="800" spans="1:10">
       <c r="A800">
-        <v>530</v>
+        <v>514</v>
       </c>
       <c r="B800" t="s">
         <v>926</v>
       </c>
       <c r="C800" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D800" t="s">
         <v>20</v>
       </c>
       <c r="E800">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F800">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G800">
         <v>0</v>
       </c>
       <c r="H800" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I800" t="s">
         <v>22</v>
       </c>
       <c r="J800" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="801" spans="1:10">
       <c r="A801">
-        <v>664</v>
+        <v>640</v>
       </c>
       <c r="B801" t="s">
         <v>927</v>
       </c>
       <c r="C801" t="s">
         <v>25</v>
       </c>
       <c r="D801" t="s">
         <v>20</v>
       </c>
       <c r="E801">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F801">
         <v>2</v>
       </c>
       <c r="G801">
         <v>0</v>
       </c>
       <c r="H801" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I801" t="s">
         <v>22</v>
       </c>
       <c r="J801" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="802" spans="1:10">
       <c r="A802">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="B802" t="s">
         <v>928</v>
       </c>
       <c r="C802" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D802" t="s">
         <v>20</v>
       </c>
       <c r="E802">
         <v>3</v>
       </c>
       <c r="F802">
         <v>2</v>
       </c>
       <c r="G802">
         <v>0</v>
       </c>
       <c r="H802" t="s">
-        <v>741</v>
+        <v>74</v>
       </c>
       <c r="I802" t="s">
         <v>22</v>
       </c>
       <c r="J802" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="803" spans="1:10">
       <c r="A803">
-        <v>795</v>
+        <v>779</v>
       </c>
       <c r="B803" t="s">
         <v>929</v>
       </c>
       <c r="C803" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D803" t="s">
         <v>20</v>
       </c>
       <c r="E803">
         <v>2</v>
       </c>
       <c r="F803">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G803">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H803" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I803" t="s">
         <v>22</v>
       </c>
       <c r="J803" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="804" spans="1:10">
       <c r="A804">
-        <v>276</v>
+        <v>235</v>
       </c>
       <c r="B804" t="s">
         <v>930</v>
       </c>
       <c r="C804" t="s">
         <v>25</v>
       </c>
       <c r="D804" t="s">
         <v>20</v>
       </c>
       <c r="E804">
         <v>1</v>
       </c>
       <c r="F804">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G804">
         <v>0</v>
       </c>
       <c r="H804" t="s">
-        <v>744</v>
+        <v>77</v>
       </c>
       <c r="I804" t="s">
         <v>22</v>
       </c>
       <c r="J804" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="805" spans="1:10">
       <c r="A805">
-        <v>932</v>
+        <v>916</v>
       </c>
       <c r="B805" t="s">
         <v>931</v>
       </c>
       <c r="C805" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D805" t="s">
         <v>20</v>
       </c>
       <c r="E805">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F805">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G805">
         <v>0</v>
       </c>
       <c r="H805" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="I805" t="s">
         <v>22</v>
       </c>
       <c r="J805" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="806" spans="1:10">
       <c r="A806">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="B806" t="s">
         <v>932</v>
       </c>
       <c r="C806" t="s">
         <v>25</v>
       </c>
       <c r="D806" t="s">
         <v>20</v>
       </c>
       <c r="E806">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F806">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G806">
         <v>0</v>
       </c>
       <c r="H806" t="s">
-        <v>720</v>
+        <v>289</v>
       </c>
       <c r="I806" t="s">
         <v>22</v>
       </c>
       <c r="J806" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="807" spans="1:10">
       <c r="A807">
-        <v>546</v>
+        <v>530</v>
       </c>
       <c r="B807" t="s">
         <v>933</v>
       </c>
       <c r="C807" t="s">
         <v>19</v>
       </c>
       <c r="D807" t="s">
         <v>20</v>
       </c>
       <c r="E807">
+        <v>1</v>
+      </c>
+      <c r="F807">
         <v>3</v>
       </c>
-      <c r="F807">
-[...1 lines deleted...]
-      </c>
       <c r="G807">
         <v>0</v>
       </c>
       <c r="H807" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I807" t="s">
         <v>22</v>
       </c>
       <c r="J807" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="808" spans="1:10">
       <c r="A808">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="B808" t="s">
         <v>934</v>
       </c>
       <c r="C808" t="s">
         <v>19</v>
       </c>
       <c r="D808" t="s">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="E808">
         <v>1</v>
       </c>
       <c r="F808">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G808">
         <v>0</v>
       </c>
       <c r="H808" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="I808" t="s">
         <v>22</v>
       </c>
       <c r="J808" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="809" spans="1:10">
       <c r="A809">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="B809" t="s">
         <v>935</v>
       </c>
       <c r="C809" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D809" t="s">
         <v>20</v>
       </c>
       <c r="E809">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F809">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G809">
         <v>0</v>
       </c>
       <c r="H809" t="s">
-        <v>83</v>
+        <v>749</v>
       </c>
       <c r="I809" t="s">
         <v>22</v>
       </c>
       <c r="J809" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="810" spans="1:10">
       <c r="A810">
-        <v>811</v>
+        <v>795</v>
       </c>
       <c r="B810" t="s">
         <v>936</v>
       </c>
       <c r="C810" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D810" t="s">
         <v>20</v>
       </c>
       <c r="E810">
         <v>2</v>
       </c>
       <c r="F810">
         <v>3</v>
       </c>
       <c r="G810">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H810" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I810" t="s">
         <v>22</v>
       </c>
       <c r="J810" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="811" spans="1:10">
       <c r="A811">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="B811" t="s">
         <v>937</v>
       </c>
       <c r="C811" t="s">
         <v>19</v>
       </c>
       <c r="D811" t="s">
         <v>20</v>
       </c>
       <c r="E811">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F811">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G811">
         <v>0</v>
       </c>
       <c r="H811" t="s">
-        <v>815</v>
+        <v>752</v>
       </c>
       <c r="I811" t="s">
         <v>22</v>
       </c>
       <c r="J811" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="812" spans="1:10">
       <c r="A812">
-        <v>948</v>
+        <v>932</v>
       </c>
       <c r="B812" t="s">
         <v>938</v>
       </c>
       <c r="C812" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D812" t="s">
         <v>20</v>
       </c>
       <c r="E812">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F812">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G812">
         <v>0</v>
       </c>
       <c r="H812" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I812" t="s">
         <v>22</v>
       </c>
       <c r="J812" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="813" spans="1:10">
       <c r="A813">
-        <v>423</v>
+        <v>405</v>
       </c>
       <c r="B813" t="s">
         <v>939</v>
       </c>
       <c r="C813" t="s">
         <v>19</v>
       </c>
       <c r="D813" t="s">
         <v>20</v>
       </c>
       <c r="E813">
         <v>2</v>
       </c>
       <c r="F813">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G813">
         <v>0</v>
       </c>
       <c r="H813" t="s">
-        <v>940</v>
+        <v>727</v>
       </c>
       <c r="I813" t="s">
         <v>22</v>
       </c>
       <c r="J813" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="814" spans="1:10">
       <c r="A814">
-        <v>584</v>
+        <v>546</v>
       </c>
       <c r="B814" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="C814" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D814" t="s">
         <v>20</v>
       </c>
       <c r="E814">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F814">
         <v>2</v>
       </c>
       <c r="G814">
         <v>0</v>
       </c>
       <c r="H814" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I814" t="s">
         <v>22</v>
       </c>
       <c r="J814" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="815" spans="1:10">
       <c r="A815">
-        <v>686</v>
+        <v>675</v>
       </c>
       <c r="B815" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="C815" t="s">
         <v>25</v>
       </c>
       <c r="D815" t="s">
-        <v>20</v>
+        <v>258</v>
       </c>
       <c r="E815">
         <v>1</v>
       </c>
       <c r="F815">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G815">
         <v>0</v>
       </c>
       <c r="H815" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I815" t="s">
         <v>22</v>
       </c>
       <c r="J815" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="816" spans="1:10">
       <c r="A816">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="B816" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="C816" t="s">
         <v>19</v>
       </c>
       <c r="D816" t="s">
         <v>20</v>
       </c>
       <c r="E816">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F816">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G816">
         <v>0</v>
       </c>
       <c r="H816" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I816" t="s">
         <v>22</v>
       </c>
       <c r="J816" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="817" spans="1:10">
       <c r="A817">
-        <v>827</v>
+        <v>811</v>
       </c>
       <c r="B817" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="C817" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D817" t="s">
         <v>20</v>
       </c>
       <c r="E817">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F817">
         <v>3</v>
       </c>
       <c r="G817">
         <v>0</v>
       </c>
       <c r="H817" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I817" t="s">
         <v>22</v>
       </c>
       <c r="J817" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="818" spans="1:10">
       <c r="A818">
-        <v>311</v>
+        <v>292</v>
       </c>
       <c r="B818" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="C818" t="s">
         <v>25</v>
       </c>
       <c r="D818" t="s">
         <v>20</v>
       </c>
       <c r="E818">
         <v>2</v>
       </c>
       <c r="F818">
         <v>1</v>
       </c>
       <c r="G818">
         <v>0</v>
       </c>
       <c r="H818" t="s">
-        <v>886</v>
+        <v>821</v>
       </c>
       <c r="I818" t="s">
         <v>22</v>
       </c>
       <c r="J818" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="819" spans="1:10">
       <c r="A819">
-        <v>964</v>
+        <v>948</v>
       </c>
       <c r="B819" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="C819" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D819" t="s">
         <v>20</v>
       </c>
       <c r="E819">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F819">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G819">
         <v>0</v>
       </c>
       <c r="H819" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="I819" t="s">
         <v>22</v>
       </c>
       <c r="J819" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="820" spans="1:10">
       <c r="A820">
-        <v>439</v>
+        <v>423</v>
       </c>
       <c r="B820" t="s">
+        <v>946</v>
+      </c>
+      <c r="C820" t="s">
+        <v>25</v>
+      </c>
+      <c r="D820" t="s">
+        <v>20</v>
+      </c>
+      <c r="E820">
+        <v>2</v>
+      </c>
+      <c r="F820">
+        <v>5</v>
+      </c>
+      <c r="G820">
+        <v>0</v>
+      </c>
+      <c r="H820" t="s">
         <v>947</v>
-      </c>
-[...16 lines deleted...]
-        <v>948</v>
       </c>
       <c r="I820" t="s">
         <v>22</v>
       </c>
       <c r="J820" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="821" spans="1:10">
       <c r="A821">
-        <v>560</v>
+        <v>584</v>
       </c>
       <c r="B821" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="C821" t="s">
         <v>25</v>
       </c>
       <c r="D821" t="s">
         <v>20</v>
       </c>
       <c r="E821">
         <v>1</v>
       </c>
       <c r="F821">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G821">
         <v>0</v>
       </c>
       <c r="H821" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I821" t="s">
         <v>22</v>
       </c>
       <c r="J821" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="822" spans="1:10">
       <c r="A822">
-        <v>28</v>
+        <v>686</v>
       </c>
       <c r="B822" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
       <c r="C822" t="s">
         <v>19</v>
       </c>
       <c r="D822" t="s">
         <v>20</v>
       </c>
       <c r="E822">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F822">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G822">
         <v>0</v>
       </c>
       <c r="H822" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="I822" t="s">
         <v>22</v>
       </c>
       <c r="J822" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="823" spans="1:10">
       <c r="A823">
-        <v>712</v>
+        <v>179</v>
       </c>
       <c r="B823" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="C823" t="s">
         <v>25</v>
       </c>
       <c r="D823" t="s">
         <v>20</v>
       </c>
       <c r="E823">
         <v>1</v>
       </c>
       <c r="F823">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G823">
         <v>0</v>
       </c>
       <c r="H823" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="I823" t="s">
         <v>22</v>
       </c>
       <c r="J823" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="824" spans="1:10">
       <c r="A824">
-        <v>195</v>
+        <v>827</v>
       </c>
       <c r="B824" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="C824" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D824" t="s">
         <v>20</v>
       </c>
       <c r="E824">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F824">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G824">
         <v>0</v>
       </c>
       <c r="H824" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I824" t="s">
         <v>22</v>
       </c>
       <c r="J824" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="825" spans="1:10">
       <c r="A825">
-        <v>845</v>
+        <v>311</v>
       </c>
       <c r="B825" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="C825" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D825" t="s">
         <v>20</v>
       </c>
       <c r="E825">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F825">
         <v>1</v>
       </c>
       <c r="G825">
         <v>0</v>
       </c>
       <c r="H825" t="s">
-        <v>107</v>
+        <v>893</v>
       </c>
       <c r="I825" t="s">
         <v>22</v>
       </c>
       <c r="J825" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="826" spans="1:10">
       <c r="A826">
-        <v>327</v>
+        <v>964</v>
       </c>
       <c r="B826" t="s">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="C826" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D826" t="s">
         <v>20</v>
       </c>
       <c r="E826">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F826">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G826">
         <v>0</v>
       </c>
       <c r="H826" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="I826" t="s">
         <v>22</v>
       </c>
       <c r="J826" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="827" spans="1:10">
       <c r="A827">
-        <v>462</v>
+        <v>439</v>
       </c>
       <c r="B827" t="s">
+        <v>954</v>
+      </c>
+      <c r="C827" t="s">
+        <v>19</v>
+      </c>
+      <c r="D827" t="s">
+        <v>20</v>
+      </c>
+      <c r="E827">
+        <v>2</v>
+      </c>
+      <c r="F827">
+        <v>4</v>
+      </c>
+      <c r="G827">
+        <v>0</v>
+      </c>
+      <c r="H827" t="s">
         <v>955</v>
-      </c>
-[...16 lines deleted...]
-        <v>21</v>
       </c>
       <c r="I827" t="s">
         <v>22</v>
       </c>
       <c r="J827" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="828" spans="1:10">
       <c r="A828">
-        <v>621</v>
+        <v>560</v>
       </c>
       <c r="B828" t="s">
         <v>956</v>
       </c>
       <c r="C828" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D828" t="s">
         <v>20</v>
       </c>
       <c r="E828">
         <v>1</v>
       </c>
       <c r="F828">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G828">
         <v>0</v>
       </c>
       <c r="H828" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I828" t="s">
         <v>22</v>
       </c>
       <c r="J828" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="829" spans="1:10">
       <c r="A829">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="B829" t="s">
         <v>957</v>
       </c>
       <c r="C829" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D829" t="s">
         <v>20</v>
       </c>
       <c r="E829">
         <v>2</v>
       </c>
       <c r="F829">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G829">
         <v>0</v>
       </c>
       <c r="H829" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I829" t="s">
         <v>22</v>
       </c>
       <c r="J829" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="830" spans="1:10">
       <c r="A830">
-        <v>728</v>
+        <v>712</v>
       </c>
       <c r="B830" t="s">
         <v>958</v>
       </c>
       <c r="C830" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D830" t="s">
         <v>20</v>
       </c>
       <c r="E830">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F830">
         <v>2</v>
       </c>
       <c r="G830">
         <v>0</v>
       </c>
       <c r="H830" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I830" t="s">
         <v>22</v>
       </c>
       <c r="J830" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="831" spans="1:10">
       <c r="A831">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="B831" t="s">
         <v>959</v>
       </c>
       <c r="C831" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D831" t="s">
         <v>20</v>
       </c>
       <c r="E831">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F831">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G831">
         <v>0</v>
       </c>
       <c r="H831" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="I831" t="s">
         <v>22</v>
       </c>
       <c r="J831" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="832" spans="1:10">
       <c r="A832">
-        <v>869</v>
+        <v>845</v>
       </c>
       <c r="B832" t="s">
         <v>960</v>
       </c>
       <c r="C832" t="s">
         <v>19</v>
       </c>
       <c r="D832" t="s">
         <v>20</v>
       </c>
       <c r="E832">
         <v>1</v>
       </c>
       <c r="F832">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G832">
         <v>0</v>
       </c>
       <c r="H832" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I832" t="s">
         <v>22</v>
       </c>
       <c r="J832" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="833" spans="1:10">
       <c r="A833">
-        <v>344</v>
+        <v>327</v>
       </c>
       <c r="B833" t="s">
         <v>961</v>
       </c>
       <c r="C833" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D833" t="s">
         <v>20</v>
       </c>
       <c r="E833">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F833">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G833">
         <v>0</v>
       </c>
       <c r="H833" t="s">
-        <v>281</v>
+        <v>38</v>
       </c>
       <c r="I833" t="s">
         <v>22</v>
       </c>
       <c r="J833" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="834" spans="1:10">
       <c r="A834">
-        <v>729</v>
+        <v>713</v>
       </c>
       <c r="B834" t="s">
         <v>962</v>
       </c>
       <c r="C834" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D834" t="s">
         <v>20</v>
       </c>
       <c r="E834">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F834">
         <v>1</v>
       </c>
       <c r="G834">
         <v>0</v>
       </c>
       <c r="H834" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I834" t="s">
         <v>22</v>
       </c>
       <c r="J834" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="835" spans="1:10">
       <c r="A835">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="B835" t="s">
         <v>963</v>
       </c>
       <c r="C835" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D835" t="s">
         <v>20</v>
       </c>
       <c r="E835">
         <v>2</v>
       </c>
       <c r="F835">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G835">
         <v>0</v>
       </c>
       <c r="H835" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="I835" t="s">
         <v>22</v>
       </c>
       <c r="J835" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="836" spans="1:10">
       <c r="A836">
-        <v>870</v>
+        <v>846</v>
       </c>
       <c r="B836" t="s">
         <v>964</v>
       </c>
       <c r="C836" t="s">
         <v>19</v>
       </c>
       <c r="D836" t="s">
         <v>20</v>
       </c>
       <c r="E836">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F836">
         <v>1</v>
       </c>
       <c r="G836">
         <v>0</v>
       </c>
       <c r="H836" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I836" t="s">
         <v>22</v>
       </c>
       <c r="J836" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="837" spans="1:10">
       <c r="A837">
-        <v>345</v>
+        <v>328</v>
       </c>
       <c r="B837" t="s">
         <v>965</v>
       </c>
       <c r="C837" t="s">
         <v>19</v>
       </c>
       <c r="D837" t="s">
         <v>20</v>
       </c>
       <c r="E837">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F837">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G837">
         <v>0</v>
       </c>
       <c r="H837" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I837" t="s">
         <v>22</v>
       </c>
       <c r="J837" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="838" spans="1:10">
       <c r="A838">
-        <v>483</v>
+        <v>463</v>
       </c>
       <c r="B838" t="s">
         <v>966</v>
       </c>
       <c r="C838" t="s">
         <v>19</v>
       </c>
       <c r="D838" t="s">
         <v>20</v>
       </c>
       <c r="E838">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F838">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G838">
         <v>0</v>
       </c>
       <c r="H838" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I838" t="s">
         <v>22</v>
       </c>
       <c r="J838" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="839" spans="1:10">
       <c r="A839">
-        <v>607</v>
+        <v>620</v>
       </c>
       <c r="B839" t="s">
         <v>967</v>
       </c>
       <c r="C839" t="s">
         <v>25</v>
       </c>
       <c r="D839" t="s">
         <v>20</v>
       </c>
       <c r="E839">
         <v>1</v>
       </c>
       <c r="F839">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G839">
         <v>0</v>
       </c>
       <c r="H839" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I839" t="s">
         <v>22</v>
       </c>
       <c r="J839" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="840" spans="1:10">
       <c r="A840">
-        <v>103</v>
+        <v>82</v>
       </c>
       <c r="B840" t="s">
         <v>968</v>
       </c>
       <c r="C840" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D840" t="s">
         <v>20</v>
       </c>
       <c r="E840">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F840">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G840">
         <v>0</v>
       </c>
       <c r="H840" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I840" t="s">
         <v>22</v>
       </c>
       <c r="J840" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="841" spans="1:10">
       <c r="A841">
-        <v>745</v>
+        <v>729</v>
       </c>
       <c r="B841" t="s">
         <v>969</v>
       </c>
       <c r="C841" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D841" t="s">
         <v>20</v>
       </c>
       <c r="E841">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F841">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G841">
         <v>0</v>
       </c>
       <c r="H841" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I841" t="s">
         <v>22</v>
       </c>
       <c r="J841" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="842" spans="1:10">
       <c r="A842">
-        <v>252</v>
+        <v>212</v>
       </c>
       <c r="B842" t="s">
         <v>970</v>
       </c>
       <c r="C842" t="s">
         <v>19</v>
       </c>
       <c r="D842" t="s">
         <v>20</v>
       </c>
       <c r="E842">
         <v>2</v>
       </c>
       <c r="F842">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G842">
         <v>0</v>
       </c>
       <c r="H842" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I842" t="s">
         <v>22</v>
       </c>
       <c r="J842" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="843" spans="1:10">
       <c r="A843">
-        <v>886</v>
+        <v>870</v>
       </c>
       <c r="B843" t="s">
         <v>971</v>
       </c>
       <c r="C843" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D843" t="s">
         <v>20</v>
       </c>
       <c r="E843">
         <v>2</v>
       </c>
       <c r="F843">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G843">
         <v>0</v>
       </c>
       <c r="H843" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I843" t="s">
         <v>22</v>
       </c>
       <c r="J843" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="844" spans="1:10">
       <c r="A844">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="B844" t="s">
         <v>972</v>
       </c>
       <c r="C844" t="s">
         <v>25</v>
       </c>
       <c r="D844" t="s">
         <v>20</v>
       </c>
       <c r="E844">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F844">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G844">
         <v>0</v>
       </c>
       <c r="H844" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="I844" t="s">
         <v>22</v>
       </c>
       <c r="J844" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="845" spans="1:10">
       <c r="A845">
-        <v>499</v>
+        <v>483</v>
       </c>
       <c r="B845" t="s">
         <v>973</v>
       </c>
       <c r="C845" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D845" t="s">
         <v>20</v>
       </c>
       <c r="E845">
         <v>1</v>
       </c>
       <c r="F845">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G845">
         <v>0</v>
       </c>
       <c r="H845" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I845" t="s">
         <v>22</v>
       </c>
       <c r="J845" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="846" spans="1:10">
       <c r="A846">
-        <v>626</v>
+        <v>607</v>
       </c>
       <c r="B846" t="s">
         <v>974</v>
       </c>
       <c r="C846" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D846" t="s">
         <v>20</v>
       </c>
       <c r="E846">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F846">
         <v>3</v>
       </c>
       <c r="G846">
         <v>0</v>
       </c>
       <c r="H846" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I846" t="s">
         <v>22</v>
       </c>
       <c r="J846" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="847" spans="1:10">
       <c r="A847">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="B847" t="s">
         <v>975</v>
       </c>
       <c r="C847" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D847" t="s">
         <v>20</v>
       </c>
       <c r="E847">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F847">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G847">
         <v>0</v>
       </c>
       <c r="H847" t="s">
-        <v>393</v>
+        <v>53</v>
       </c>
       <c r="I847" t="s">
         <v>22</v>
       </c>
       <c r="J847" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="848" spans="1:10">
       <c r="A848">
-        <v>761</v>
+        <v>745</v>
       </c>
       <c r="B848" t="s">
         <v>976</v>
       </c>
       <c r="C848" t="s">
         <v>25</v>
       </c>
       <c r="D848" t="s">
         <v>20</v>
       </c>
       <c r="E848">
         <v>2</v>
       </c>
       <c r="F848">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G848">
         <v>0</v>
       </c>
       <c r="H848" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I848" t="s">
         <v>22</v>
       </c>
       <c r="J848" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="849" spans="1:10">
       <c r="A849">
-        <v>221</v>
+        <v>252</v>
       </c>
       <c r="B849" t="s">
         <v>977</v>
       </c>
       <c r="C849" t="s">
         <v>25</v>
       </c>
       <c r="D849" t="s">
         <v>20</v>
       </c>
       <c r="E849">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F849">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G849">
         <v>0</v>
       </c>
       <c r="H849" t="s">
-        <v>482</v>
+        <v>56</v>
       </c>
       <c r="I849" t="s">
         <v>22</v>
       </c>
       <c r="J849" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="850" spans="1:10">
       <c r="A850">
-        <v>901</v>
+        <v>886</v>
       </c>
       <c r="B850" t="s">
         <v>978</v>
       </c>
       <c r="C850" t="s">
         <v>25</v>
       </c>
       <c r="D850" t="s">
         <v>20</v>
       </c>
       <c r="E850">
         <v>2</v>
       </c>
       <c r="F850">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G850">
         <v>0</v>
       </c>
       <c r="H850" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="I850" t="s">
         <v>22</v>
       </c>
       <c r="J850" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="851" spans="1:10">
       <c r="A851">
-        <v>375</v>
+        <v>333</v>
       </c>
       <c r="B851" t="s">
         <v>979</v>
       </c>
       <c r="C851" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D851" t="s">
         <v>20</v>
       </c>
       <c r="E851">
         <v>1</v>
       </c>
       <c r="F851">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G851">
         <v>0</v>
       </c>
       <c r="H851" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I851" t="s">
         <v>22</v>
       </c>
       <c r="J851" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="852" spans="1:10">
       <c r="A852">
-        <v>515</v>
+        <v>499</v>
       </c>
       <c r="B852" t="s">
         <v>980</v>
       </c>
       <c r="C852" t="s">
         <v>25</v>
       </c>
       <c r="D852" t="s">
         <v>20</v>
       </c>
       <c r="E852">
         <v>1</v>
       </c>
       <c r="F852">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G852">
         <v>0</v>
       </c>
       <c r="H852" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I852" t="s">
         <v>22</v>
       </c>
       <c r="J852" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="853" spans="1:10">
       <c r="A853">
-        <v>641</v>
+        <v>626</v>
       </c>
       <c r="B853" t="s">
         <v>981</v>
       </c>
       <c r="C853" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D853" t="s">
         <v>20</v>
       </c>
       <c r="E853">
         <v>2</v>
       </c>
       <c r="F853">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G853">
         <v>0</v>
       </c>
       <c r="H853" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I853" t="s">
         <v>22</v>
       </c>
       <c r="J853" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="854" spans="1:10">
       <c r="A854">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="B854" t="s">
         <v>982</v>
       </c>
       <c r="C854" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D854" t="s">
         <v>20</v>
       </c>
       <c r="E854">
         <v>1</v>
       </c>
       <c r="F854">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G854">
         <v>0</v>
       </c>
       <c r="H854" t="s">
-        <v>178</v>
+        <v>401</v>
       </c>
       <c r="I854" t="s">
         <v>22</v>
       </c>
       <c r="J854" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="855" spans="1:10">
       <c r="A855">
-        <v>780</v>
+        <v>761</v>
       </c>
       <c r="B855" t="s">
         <v>983</v>
       </c>
       <c r="C855" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D855" t="s">
         <v>20</v>
       </c>
       <c r="E855">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F855">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G855">
         <v>0</v>
       </c>
       <c r="H855" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I855" t="s">
         <v>22</v>
       </c>
       <c r="J855" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="856" spans="1:10">
       <c r="A856">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="B856" t="s">
         <v>984</v>
       </c>
       <c r="C856" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D856" t="s">
         <v>20</v>
       </c>
       <c r="E856">
         <v>1</v>
       </c>
       <c r="F856">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G856">
         <v>0</v>
       </c>
       <c r="H856" t="s">
-        <v>64</v>
+        <v>424</v>
       </c>
       <c r="I856" t="s">
         <v>22</v>
       </c>
       <c r="J856" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="857" spans="1:10">
       <c r="A857">
-        <v>917</v>
+        <v>901</v>
       </c>
       <c r="B857" t="s">
         <v>985</v>
       </c>
       <c r="C857" t="s">
         <v>19</v>
       </c>
       <c r="D857" t="s">
         <v>20</v>
       </c>
       <c r="E857">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F857">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G857">
         <v>0</v>
       </c>
       <c r="H857" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I857" t="s">
         <v>22</v>
       </c>
       <c r="J857" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="858" spans="1:10">
       <c r="A858">
-        <v>392</v>
+        <v>375</v>
       </c>
       <c r="B858" t="s">
         <v>986</v>
       </c>
       <c r="C858" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D858" t="s">
         <v>20</v>
       </c>
       <c r="E858">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F858">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G858">
         <v>0</v>
       </c>
       <c r="H858" t="s">
-        <v>281</v>
+        <v>70</v>
       </c>
       <c r="I858" t="s">
         <v>22</v>
       </c>
       <c r="J858" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="859" spans="1:10">
       <c r="A859">
-        <v>531</v>
+        <v>515</v>
       </c>
       <c r="B859" t="s">
         <v>987</v>
       </c>
       <c r="C859" t="s">
         <v>19</v>
       </c>
       <c r="D859" t="s">
         <v>20</v>
       </c>
       <c r="E859">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F859">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G859">
         <v>0</v>
       </c>
       <c r="H859" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I859" t="s">
         <v>22</v>
       </c>
       <c r="J859" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="860" spans="1:10">
       <c r="A860">
-        <v>663</v>
+        <v>641</v>
       </c>
       <c r="B860" t="s">
         <v>988</v>
       </c>
       <c r="C860" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D860" t="s">
         <v>20</v>
       </c>
       <c r="E860">
         <v>2</v>
       </c>
       <c r="F860">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G860">
         <v>0</v>
       </c>
       <c r="H860" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="I860" t="s">
         <v>22</v>
       </c>
       <c r="J860" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="861" spans="1:10">
       <c r="A861">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="B861" t="s">
         <v>989</v>
       </c>
       <c r="C861" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D861" t="s">
         <v>20</v>
       </c>
       <c r="E861">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F861">
         <v>4</v>
       </c>
       <c r="G861">
         <v>0</v>
       </c>
       <c r="H861" t="s">
-        <v>741</v>
+        <v>187</v>
       </c>
       <c r="I861" t="s">
         <v>22</v>
       </c>
       <c r="J861" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="862" spans="1:10">
       <c r="A862">
-        <v>796</v>
+        <v>780</v>
       </c>
       <c r="B862" t="s">
         <v>990</v>
       </c>
       <c r="C862" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D862" t="s">
         <v>20</v>
       </c>
       <c r="E862">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F862">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G862">
         <v>0</v>
       </c>
       <c r="H862" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I862" t="s">
         <v>22</v>
       </c>
       <c r="J862" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="863" spans="1:10">
       <c r="A863">
-        <v>277</v>
+        <v>236</v>
       </c>
       <c r="B863" t="s">
         <v>991</v>
       </c>
       <c r="C863" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D863" t="s">
         <v>20</v>
       </c>
       <c r="E863">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F863">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G863">
         <v>0</v>
       </c>
       <c r="H863" t="s">
-        <v>744</v>
+        <v>77</v>
       </c>
       <c r="I863" t="s">
         <v>22</v>
       </c>
       <c r="J863" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="864" spans="1:10">
       <c r="A864">
-        <v>933</v>
+        <v>917</v>
       </c>
       <c r="B864" t="s">
         <v>992</v>
       </c>
       <c r="C864" t="s">
         <v>25</v>
       </c>
       <c r="D864" t="s">
         <v>20</v>
       </c>
       <c r="E864">
         <v>1</v>
       </c>
       <c r="F864">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G864">
         <v>0</v>
       </c>
       <c r="H864" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="I864" t="s">
         <v>22</v>
       </c>
       <c r="J864" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="865" spans="1:10">
       <c r="A865">
-        <v>406</v>
+        <v>392</v>
       </c>
       <c r="B865" t="s">
         <v>993</v>
       </c>
       <c r="C865" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D865" t="s">
         <v>20</v>
       </c>
       <c r="E865">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F865">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G865">
         <v>0</v>
       </c>
       <c r="H865" t="s">
-        <v>79</v>
+        <v>289</v>
       </c>
       <c r="I865" t="s">
         <v>22</v>
       </c>
       <c r="J865" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="866" spans="1:10">
       <c r="A866">
-        <v>547</v>
+        <v>531</v>
       </c>
       <c r="B866" t="s">
         <v>994</v>
       </c>
       <c r="C866" t="s">
         <v>25</v>
       </c>
       <c r="D866" t="s">
         <v>20</v>
       </c>
       <c r="E866">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F866">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G866">
         <v>0</v>
       </c>
       <c r="H866" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I866" t="s">
         <v>22</v>
       </c>
       <c r="J866" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="867" spans="1:10">
       <c r="A867">
-        <v>676</v>
+        <v>663</v>
       </c>
       <c r="B867" t="s">
         <v>995</v>
       </c>
       <c r="C867" t="s">
         <v>19</v>
       </c>
       <c r="D867" t="s">
         <v>20</v>
       </c>
       <c r="E867">
         <v>2</v>
       </c>
       <c r="F867">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G867">
         <v>0</v>
       </c>
       <c r="H867" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="I867" t="s">
         <v>22</v>
       </c>
       <c r="J867" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="868" spans="1:10">
       <c r="A868">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="B868" t="s">
         <v>996</v>
       </c>
       <c r="C868" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D868" t="s">
         <v>20</v>
       </c>
       <c r="E868">
         <v>2</v>
       </c>
       <c r="F868">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G868">
         <v>0</v>
       </c>
       <c r="H868" t="s">
-        <v>83</v>
+        <v>749</v>
       </c>
       <c r="I868" t="s">
         <v>22</v>
       </c>
       <c r="J868" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="869" spans="1:10">
       <c r="A869">
-        <v>812</v>
+        <v>796</v>
       </c>
       <c r="B869" t="s">
         <v>997</v>
       </c>
       <c r="C869" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D869" t="s">
         <v>20</v>
       </c>
       <c r="E869">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F869">
         <v>2</v>
       </c>
       <c r="G869">
         <v>0</v>
       </c>
       <c r="H869" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I869" t="s">
         <v>22</v>
       </c>
       <c r="J869" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="870" spans="1:10">
       <c r="A870">
-        <v>293</v>
+        <v>277</v>
       </c>
       <c r="B870" t="s">
         <v>998</v>
       </c>
       <c r="C870" t="s">
         <v>19</v>
       </c>
       <c r="D870" t="s">
         <v>20</v>
       </c>
       <c r="E870">
         <v>2</v>
       </c>
       <c r="F870">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G870">
         <v>0</v>
       </c>
       <c r="H870" t="s">
-        <v>43</v>
+        <v>752</v>
       </c>
       <c r="I870" t="s">
         <v>22</v>
       </c>
       <c r="J870" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="871" spans="1:10">
       <c r="A871">
-        <v>949</v>
+        <v>933</v>
       </c>
       <c r="B871" t="s">
         <v>999</v>
       </c>
       <c r="C871" t="s">
         <v>19</v>
       </c>
       <c r="D871" t="s">
         <v>20</v>
       </c>
       <c r="E871">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F871">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G871">
         <v>0</v>
       </c>
       <c r="H871" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="I871" t="s">
         <v>22</v>
       </c>
       <c r="J871" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="872" spans="1:10">
       <c r="A872">
-        <v>424</v>
+        <v>406</v>
       </c>
       <c r="B872" t="s">
         <v>1000</v>
       </c>
       <c r="C872" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D872" t="s">
         <v>20</v>
       </c>
       <c r="E872">
         <v>1</v>
       </c>
       <c r="F872">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G872">
         <v>0</v>
       </c>
       <c r="H872" t="s">
-        <v>1001</v>
+        <v>92</v>
       </c>
       <c r="I872" t="s">
         <v>22</v>
       </c>
       <c r="J872" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="873" spans="1:10">
       <c r="A873">
-        <v>583</v>
+        <v>547</v>
       </c>
       <c r="B873" t="s">
-        <v>1002</v>
+        <v>1001</v>
       </c>
       <c r="C873" t="s">
         <v>19</v>
       </c>
       <c r="D873" t="s">
         <v>20</v>
       </c>
       <c r="E873">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F873">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G873">
         <v>0</v>
       </c>
       <c r="H873" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I873" t="s">
         <v>22</v>
       </c>
       <c r="J873" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="874" spans="1:10">
       <c r="A874">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="B874" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="C874" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D874" t="s">
         <v>20</v>
       </c>
       <c r="E874">
         <v>2</v>
       </c>
       <c r="F874">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G874">
         <v>0</v>
       </c>
       <c r="H874" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I874" t="s">
         <v>22</v>
       </c>
       <c r="J874" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="875" spans="1:10">
       <c r="A875">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="B875" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="C875" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D875" t="s">
         <v>20</v>
       </c>
       <c r="E875">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F875">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G875">
         <v>0</v>
       </c>
       <c r="H875" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I875" t="s">
         <v>22</v>
       </c>
       <c r="J875" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="876" spans="1:10">
       <c r="A876">
-        <v>828</v>
+        <v>812</v>
       </c>
       <c r="B876" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="C876" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D876" t="s">
         <v>20</v>
       </c>
       <c r="E876">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F876">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G876">
         <v>0</v>
       </c>
       <c r="H876" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I876" t="s">
         <v>22</v>
       </c>
       <c r="J876" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="877" spans="1:10">
       <c r="A877">
-        <v>312</v>
+        <v>293</v>
       </c>
       <c r="B877" t="s">
-        <v>1006</v>
+        <v>1005</v>
       </c>
       <c r="C877" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D877" t="s">
         <v>20</v>
       </c>
       <c r="E877">
         <v>2</v>
       </c>
       <c r="F877">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G877">
         <v>0</v>
       </c>
       <c r="H877" t="s">
-        <v>1007</v>
+        <v>56</v>
       </c>
       <c r="I877" t="s">
         <v>22</v>
       </c>
       <c r="J877" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="878" spans="1:10">
       <c r="A878">
-        <v>965</v>
+        <v>949</v>
       </c>
       <c r="B878" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="C878" t="s">
         <v>25</v>
       </c>
       <c r="D878" t="s">
         <v>20</v>
       </c>
       <c r="E878">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F878">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G878">
         <v>0</v>
       </c>
       <c r="H878" t="s">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="I878" t="s">
         <v>22</v>
       </c>
       <c r="J878" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="879" spans="1:10">
       <c r="A879">
-        <v>440</v>
+        <v>424</v>
       </c>
       <c r="B879" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C879" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D879" t="s">
         <v>20</v>
       </c>
       <c r="E879">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F879">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="G879">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H879" t="s">
-        <v>170</v>
+        <v>1008</v>
       </c>
       <c r="I879" t="s">
         <v>22</v>
       </c>
       <c r="J879" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="880" spans="1:10">
       <c r="A880">
-        <v>561</v>
+        <v>583</v>
       </c>
       <c r="B880" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
       <c r="C880" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D880" t="s">
         <v>20</v>
       </c>
       <c r="E880">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F880">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G880">
         <v>0</v>
       </c>
       <c r="H880" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I880" t="s">
         <v>22</v>
       </c>
       <c r="J880" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="881" spans="1:10">
       <c r="A881">
-        <v>30</v>
+        <v>685</v>
       </c>
       <c r="B881" t="s">
-        <v>1011</v>
+        <v>1010</v>
       </c>
       <c r="C881" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D881" t="s">
         <v>20</v>
       </c>
       <c r="E881">
         <v>2</v>
       </c>
       <c r="F881">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G881">
         <v>0</v>
       </c>
       <c r="H881" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="I881" t="s">
         <v>22</v>
       </c>
       <c r="J881" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="882" spans="1:10">
       <c r="A882">
-        <v>713</v>
+        <v>180</v>
       </c>
       <c r="B882" t="s">
-        <v>1012</v>
+        <v>1011</v>
       </c>
       <c r="C882" t="s">
         <v>19</v>
       </c>
       <c r="D882" t="s">
         <v>20</v>
       </c>
       <c r="E882">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F882">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G882">
         <v>0</v>
       </c>
       <c r="H882" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="I882" t="s">
         <v>22</v>
       </c>
       <c r="J882" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="883" spans="1:10">
       <c r="A883">
-        <v>196</v>
+        <v>828</v>
       </c>
       <c r="B883" t="s">
-        <v>1013</v>
+        <v>1012</v>
       </c>
       <c r="C883" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D883" t="s">
         <v>20</v>
       </c>
       <c r="E883">
         <v>2</v>
       </c>
       <c r="F883">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G883">
         <v>0</v>
       </c>
       <c r="H883" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I883" t="s">
         <v>22</v>
       </c>
       <c r="J883" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="884" spans="1:10">
       <c r="A884">
-        <v>846</v>
+        <v>312</v>
       </c>
       <c r="B884" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C884" t="s">
+        <v>25</v>
+      </c>
+      <c r="D884" t="s">
+        <v>20</v>
+      </c>
+      <c r="E884">
+        <v>2</v>
+      </c>
+      <c r="F884">
+        <v>2</v>
+      </c>
+      <c r="G884">
+        <v>0</v>
+      </c>
+      <c r="H884" t="s">
         <v>1014</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
       <c r="I884" t="s">
         <v>22</v>
       </c>
       <c r="J884" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="885" spans="1:10">
       <c r="A885">
-        <v>328</v>
+        <v>965</v>
       </c>
       <c r="B885" t="s">
         <v>1015</v>
       </c>
       <c r="C885" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D885" t="s">
         <v>20</v>
       </c>
       <c r="E885">
         <v>1</v>
       </c>
       <c r="F885">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G885">
         <v>0</v>
       </c>
       <c r="H885" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="I885" t="s">
         <v>22</v>
       </c>
       <c r="J885" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="886" spans="1:10">
       <c r="A886">
-        <v>463</v>
+        <v>440</v>
       </c>
       <c r="B886" t="s">
         <v>1016</v>
       </c>
       <c r="C886" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D886" t="s">
         <v>20</v>
       </c>
       <c r="E886">
         <v>2</v>
       </c>
       <c r="F886">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G886">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H886" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="I886" t="s">
         <v>22</v>
       </c>
       <c r="J886" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="887" spans="1:10">
       <c r="A887">
-        <v>620</v>
+        <v>561</v>
       </c>
       <c r="B887" t="s">
         <v>1017</v>
       </c>
       <c r="C887" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D887" t="s">
         <v>20</v>
       </c>
       <c r="E887">
         <v>1</v>
       </c>
       <c r="F887">
         <v>1</v>
       </c>
       <c r="G887">
         <v>0</v>
       </c>
       <c r="H887" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I887" t="s">
         <v>22</v>
       </c>
       <c r="J887" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="888" spans="1:10">
       <c r="A888">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="B888" t="s">
         <v>1018</v>
       </c>
       <c r="C888" t="s">
         <v>25</v>
       </c>
       <c r="D888" t="s">
         <v>20</v>
       </c>
       <c r="E888">
+        <v>2</v>
+      </c>
+      <c r="F888">
         <v>3</v>
       </c>
-      <c r="F888">
-[...1 lines deleted...]
-      </c>
       <c r="G888">
         <v>0</v>
       </c>
       <c r="H888" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I888" t="s">
         <v>22</v>
       </c>
       <c r="J888" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>