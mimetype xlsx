--- v0 (2025-12-13)
+++ v1 (2026-02-10)
@@ -74,65 +74,80 @@
   <si>
     <t>Número de carros</t>
   </si>
   <si>
     <t>Número de companias</t>
   </si>
   <si>
     <t>Activos</t>
   </si>
   <si>
     <t>Pasivos</t>
   </si>
   <si>
     <t>Patrimonio</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Función</t>
   </si>
   <si>
+    <t>Francisco Xavier Vega Rivera</t>
+  </si>
+  <si>
+    <t>2024-08-15</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Pichincha</t>
+  </si>
+  <si>
+    <t>Función Estado</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>Noemi Mireya Holguín Ruiz</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Guayas</t>
+  </si>
+  <si>
+    <t>Irma Mercedes Pita Pazmiño</t>
+  </si>
+  <si>
     <t>Néicer Palermo Menéndez Mieles</t>
   </si>
   <si>
-    <t>2024-08-15</t>
-[...1 lines deleted...]
-  <si>
     <t>Agente Fiscal de Manabí</t>
   </si>
   <si>
-    <t>Función Estado</t>
-[...4 lines deleted...]
-  <si>
     <t>Wilson Edmundo Molina Candelejo</t>
   </si>
   <si>
     <t>Agente Fiscal de Sucumbíos</t>
   </si>
   <si>
     <t>Wilman Gabriel Terán Carrillo</t>
   </si>
   <si>
     <t>2023-02-16</t>
   </si>
   <si>
     <t>Ex-presidente del Consejo de la Judicatura</t>
   </si>
   <si>
     <t>Cesar Manuel Cortez Medranda</t>
   </si>
   <si>
     <t>2022-01-01</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Esmeraldas</t>
   </si>
   <si>
     <t>Vicente Hermogenes Arias Montero</t>
@@ -143,65 +158,59 @@
   <si>
     <t>Juez (a) de la Unidad Judicial Penal Machala- El Oro</t>
   </si>
   <si>
     <t>Johnny Fernando Bedoya Medina</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Penal de Esmeraldas</t>
   </si>
   <si>
     <t>María Paola Miranda Durán</t>
   </si>
   <si>
     <t>Juez (a) de la Corte Provincial Multicompetente Penal de Portoviejo</t>
   </si>
   <si>
     <t>Patricio Armando Calderón Calderón</t>
   </si>
   <si>
     <t>Juez(a) de la Corte Provincial (Sala Única) Santo Domingo de los Tsáchilas</t>
   </si>
   <si>
     <t>Edith Elena Arévalo Carlosama</t>
   </si>
   <si>
-    <t>Agente Fiscal de Pichincha</t>
-[...1 lines deleted...]
-  <si>
     <t>Aracely Nataly Flores Flores</t>
   </si>
   <si>
     <t>Margarita Teresa Rivera Flores</t>
   </si>
   <si>
     <t>Narcisa Mixili Baquerizo Balladares</t>
   </si>
   <si>
-    <t>Agente Fiscal de Guayas</t>
-[...1 lines deleted...]
-  <si>
     <t>César Armando Peña Morán</t>
   </si>
   <si>
     <t>Alexis Fernando Zúñiga Muñoz</t>
   </si>
   <si>
     <t>Debray Lenin Novillo Plaza</t>
   </si>
   <si>
     <t>Agente Fiscal de Santo Domingo de los Tsáchilas</t>
   </si>
   <si>
     <t>José María Mosquera Espín</t>
   </si>
   <si>
     <t>Agente Fiscal de Esmeraldas</t>
   </si>
   <si>
     <t>Magdalena Irene Preciado Alvarado</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Guayaquil Sur</t>
   </si>
   <si>
     <t>María Belén Cherrez Molina</t>
@@ -221,57 +230,66 @@
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Jipijapa - Manabí</t>
   </si>
   <si>
     <t>Edinson Javier Mendieta Luna</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Pasaje- El Oro</t>
   </si>
   <si>
     <t>Narda Solanda Goyes Quelal</t>
   </si>
   <si>
     <t>2021-04-15</t>
   </si>
   <si>
     <t>Vocal</t>
   </si>
   <si>
     <t>Fredy Gustavo García Molina</t>
   </si>
   <si>
     <t>Marco Vinicio Muñoz Muñoz</t>
   </si>
   <si>
-    <t>Francisco Xavier Vega Rivera</t>
-[...5 lines deleted...]
-    <t>Irma Mercedes Pita Pazmiño</t>
+    <t>Edgar Delfín Macías Guerra</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal Sur con Competencia en Delitos Flagrantes de Guayaquil</t>
+  </si>
+  <si>
+    <t>Boris Vasili Bohórquez Espín</t>
+  </si>
+  <si>
+    <t>Silvia Amparo Juma Gudiño</t>
+  </si>
+  <si>
+    <t>Luis Eduardo Sandoval Miño</t>
   </si>
   <si>
     <t>Bepsabeth Alexandra Castro Coronel</t>
   </si>
   <si>
     <t>Gregorio Malaquias López Cerezo</t>
   </si>
   <si>
     <t>Jorge Iván Urgiles Castillo</t>
   </si>
   <si>
     <t>Agente Fiscal de Los Ríos</t>
   </si>
   <si>
     <t>Marlon Geovanny Cabrera Cabrera</t>
   </si>
   <si>
     <t>Mercedes Johanna Caicedo Aldáz</t>
   </si>
   <si>
     <t>2024-02-19</t>
   </si>
   <si>
     <t>Juez (a) Encargado</t>
   </si>
@@ -365,66 +383,63 @@
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Babahoyo- Los Ríos</t>
   </si>
   <si>
     <t>Manuel Jesús Zhapán Tenesaca</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Penal de Machala- El Oro</t>
   </si>
   <si>
     <t>Eriko Teobaldo Navarrete Ballén</t>
   </si>
   <si>
     <t>2023-02-28</t>
   </si>
   <si>
     <t>Juez(a) del Tribunal Penal de Portoviejo- Manabí</t>
   </si>
   <si>
     <t>Alexander Vicente Espinales Vera</t>
   </si>
   <si>
     <t>Juez (a) de la Corte Provincial (Sala Única) Babahoyo</t>
   </si>
   <si>
-    <t>Edgar Delfín Macías Guerra</t>
-[...14 lines deleted...]
-    <t>Luis Eduardo Sandoval Miño</t>
+    <t>Sebastián Andrés Ortega Peñafiel</t>
+  </si>
+  <si>
+    <t>Juan Francisco Gabriel Morales Suárez</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Corte Provincial Multicompetente Penal de Esmeraldas</t>
+  </si>
+  <si>
+    <t>Jorge Darío Salinas Pacheco</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Corte Provincial Multicompetente Penal de Machala</t>
   </si>
   <si>
     <t>Johanna Liseth Aldás Analuisa</t>
   </si>
   <si>
     <t>Gabriela Fernanda Delgado Sánchez</t>
   </si>
   <si>
     <t>Inés Del Rocío Quishpe Alomoto</t>
   </si>
   <si>
     <t>Wilson Fernando Vizcaíno Salazar</t>
   </si>
   <si>
     <t>Darwin David Muñoz Mora</t>
   </si>
   <si>
     <t>Tonshay Josefina Villarreal Cárdenas</t>
   </si>
   <si>
     <t>Carlos Mauricio Ludeña Luzuriaga</t>
   </si>
   <si>
     <t>Alicia Eufemia Banguera Zambrano</t>
   </si>
@@ -485,63 +500,66 @@
   <si>
     <t>Jaime Eduardo Alcívar Aveiga</t>
   </si>
   <si>
     <t>Lenin Stalin Salinas Betancourt</t>
   </si>
   <si>
     <t>María Consuelo Heredia Yerovi</t>
   </si>
   <si>
     <t>Juez (a) de la Corte Nacional de Justicia</t>
   </si>
   <si>
     <t>Alexandra María Galarza Schoenfeld</t>
   </si>
   <si>
     <t>2023-01-01</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Portoviejo</t>
   </si>
   <si>
     <t>Gina Marizol Campoverde Requelme</t>
   </si>
   <si>
-    <t>Sebastián Andrés Ortega Peñafiel</t>
-[...11 lines deleted...]
-    <t>Juez (a) de la Corte Provincial Multicompetente Penal de Machala</t>
+    <t>Alejandro Magno Arteaga García</t>
+  </si>
+  <si>
+    <t>Verónica Inés Sánchez Pérez</t>
+  </si>
+  <si>
+    <t>Humberto Maximiliano Barzola Hidalgo</t>
+  </si>
+  <si>
+    <t>2023-01-10</t>
+  </si>
+  <si>
+    <t>Ruth Libertad Ronquillo Alvarado</t>
+  </si>
+  <si>
+    <t>Edwin Walberto Logroño Varela</t>
   </si>
   <si>
     <t>Wilner Jesús Valencia Rodríguez</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Daule - Guayas</t>
   </si>
   <si>
     <t>Ana María Ordóñez Ochoa</t>
   </si>
   <si>
     <t>Juez (a) de Garantías Penitenciarias de Guayaquil</t>
   </si>
   <si>
     <t>Diego Fernando Polo Silva</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente de Caluma-Bolívar</t>
   </si>
   <si>
     <t>Rolando Marcelo Gualoto Simbaña</t>
   </si>
   <si>
     <t>Santiago Vladimir Cabrera Cabrera</t>
   </si>
@@ -596,66 +614,60 @@
   <si>
     <t>Juez(a) de la Corte Provincial (Sala Única) Carchi-Tulcán</t>
   </si>
   <si>
     <t>Verónica Angelita Barragán Bosquez</t>
   </si>
   <si>
     <t>Julio Cornelio Idrovo Castro</t>
   </si>
   <si>
     <t>Andrea Soledad Rosales Almeida</t>
   </si>
   <si>
     <t>Pablo Humberto Cáceres Jiménez</t>
   </si>
   <si>
     <t>Peter Nilcon Jácome Aristega</t>
   </si>
   <si>
     <t>Felipe Lenin García Gualpa</t>
   </si>
   <si>
     <t>Paúl Fabricio Tenorio González</t>
   </si>
   <si>
-    <t>Alejandro Magno Arteaga García</t>
-[...14 lines deleted...]
-    <t>Edwin Walberto Logroño Varela</t>
+    <t>Danny Alberto Mora Quevedo</t>
+  </si>
+  <si>
+    <t>Nelson Daniel Vela Andrade</t>
+  </si>
+  <si>
+    <t>Blanca Alicia Gavilanes López</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Santa Elena</t>
   </si>
   <si>
     <t>Johnny Patricio González Galarza</t>
   </si>
   <si>
     <t>Mario Esteban Tenemaza Herrera</t>
   </si>
   <si>
     <t>Susana Beatriz Sotomayor Martínez</t>
   </si>
   <si>
     <t>Melvin Filemon Zamora Cruz</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Penal de Quevedo- Los Ríos</t>
   </si>
   <si>
     <t>Alba Rocío Álvarez Rodríguez</t>
   </si>
   <si>
     <t>Carmen Janeth Infante Robles</t>
   </si>
   <si>
     <t>Rosario de Agua Santa Freire Fierro</t>
   </si>
@@ -707,60 +719,57 @@
   <si>
     <t>Manuel Mecías Arévalo Moreno</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Lago Agrio- Sucumbíos</t>
   </si>
   <si>
     <t>Manuel Jesús Mejía Granda</t>
   </si>
   <si>
     <t>Telmo Fabián Molina Cáceres</t>
   </si>
   <si>
     <t>Juez (a) de Garantías Penales de Pichincha</t>
   </si>
   <si>
     <t>Juan Carlos Concha Núñez</t>
   </si>
   <si>
     <t>Hugo Alejandro Pérez Noboa</t>
   </si>
   <si>
     <t>Víctor Eliceo Altamirano Cartagena</t>
   </si>
   <si>
-    <t>Danny Alberto Mora Quevedo</t>
-[...8 lines deleted...]
-    <t>Agente Fiscal de Santa Elena</t>
+    <t>Patricia Elizabeth Muñoz Santos</t>
+  </si>
+  <si>
+    <t>Sandra Mirey Velasco Solano</t>
+  </si>
+  <si>
+    <t>Reinaldo Efraín Cevallos Freire</t>
   </si>
   <si>
     <t>César Leonardo Ponce Granizo</t>
   </si>
   <si>
     <t>María Gabriela Palacios Palacios</t>
   </si>
   <si>
     <t>Jairo Xavier Molina Ordóñez</t>
   </si>
   <si>
     <t>Fausto Roberto Murillo Fierro</t>
   </si>
   <si>
     <t>2023-01-24</t>
   </si>
   <si>
     <t>Saby Dinorat Hinojosa Copete</t>
   </si>
   <si>
     <t>Jenny Patricia Freire Arias</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Quevedo- Los Ríos</t>
   </si>
@@ -806,57 +815,60 @@
   <si>
     <t>Wilfrido Antonio Castillo Jumbo</t>
   </si>
   <si>
     <t>Lilia Marlene Ortiz Vásquez</t>
   </si>
   <si>
     <t>Arturo Gualberto Mera Intriago</t>
   </si>
   <si>
     <t>José Luis Jiménez Velema</t>
   </si>
   <si>
     <t>Álvaro Francisco Román Márquez</t>
   </si>
   <si>
     <t>2023-12-18</t>
   </si>
   <si>
     <t>Presidente (a) Temporal del Consejo de la Judicatura</t>
   </si>
   <si>
     <t>Clara Silvana Garrido Pazmiño</t>
   </si>
   <si>
-    <t>Patricia Elizabeth Muñoz Santos</t>
-[...5 lines deleted...]
-    <t>Reinaldo Efraín Cevallos Freire</t>
+    <t>Nelson Iban Campbell Suárez</t>
+  </si>
+  <si>
+    <t>Wilmer Henry Suárez Jácome</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Provincial (Sala Única) Sucumbíos-Lago Agrio</t>
+  </si>
+  <si>
+    <t>Elsa Judith Bonilla Estrada</t>
   </si>
   <si>
     <t>María Luzmila Lluglla Gavilanes</t>
   </si>
   <si>
     <t>Alberto Leonel Santillán Molina</t>
   </si>
   <si>
     <t>Fanny Carlota Castro Sánchez</t>
   </si>
   <si>
     <t>Segundo Ambrosio Lucas Centeno</t>
   </si>
   <si>
     <t>Karina Marisela Villagómez Baquedano</t>
   </si>
   <si>
     <t>Marco Leonardo Calle Orellana</t>
   </si>
   <si>
     <t>Daniella Lisette Camacho Herold</t>
   </si>
   <si>
     <t>Luis Patricio Castillo Haro</t>
   </si>
@@ -896,60 +908,60 @@
   <si>
     <t>Freddy Heriberto Toala Cañarte</t>
   </si>
   <si>
     <t>Giovanna Elizabeth Gamboa Villacís</t>
   </si>
   <si>
     <t>Lizardo Antonio Espinoza Bustamante</t>
   </si>
   <si>
     <t>Shirley Bridget Lindao Villón</t>
   </si>
   <si>
     <t>Elsy Estefanny Martínez Jiménez</t>
   </si>
   <si>
     <t>Jhovany Polivio González Valero</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Penal de Babahoyo- Los Ríos</t>
   </si>
   <si>
     <t>Mary Alexandra Quintero Prado</t>
   </si>
   <si>
-    <t>Nelson Iban Campbell Suárez</t>
-[...8 lines deleted...]
-    <t>Elsa Judith Bonilla Estrada</t>
+    <t>Marco Javier Minchalo Toral</t>
+  </si>
+  <si>
+    <t>Cynthia Elizabeth Tandazo Loayza</t>
+  </si>
+  <si>
+    <t>2022-07-20</t>
+  </si>
+  <si>
+    <t>Elvia del Pilar Montaño Mina</t>
   </si>
   <si>
     <t>Henry Robert Taylor Terán</t>
   </si>
   <si>
     <t>Juez (a) de la Corte Provincial Multicompetente Penal de Guayaquil</t>
   </si>
   <si>
     <t>Eugenio Alejandro Alemán Cornejo</t>
   </si>
   <si>
     <t>Pablo Guillermo Durán Gallardo</t>
   </si>
   <si>
     <t>Nelly Cristina Ramírez Barahona</t>
   </si>
   <si>
     <t>Silvana María Cuaical Galárraga</t>
   </si>
   <si>
     <t>Stalin Javier Naranjo Pincay</t>
   </si>
   <si>
     <t>Juan Carlos Vivar Álvarez</t>
   </si>
@@ -998,60 +1010,60 @@
   <si>
     <t>Norma Ivón Vallejo Aillón</t>
   </si>
   <si>
     <t>María Piedad Guevara Paredes</t>
   </si>
   <si>
     <t>Víctor Ernesto Sánchez Girón</t>
   </si>
   <si>
     <t>Enrique Arturo García Arteaga</t>
   </si>
   <si>
     <t>Diana Sofía Sánchez Gutiérrez</t>
   </si>
   <si>
     <t>David Isaías Jacho Chicaiza</t>
   </si>
   <si>
     <t>2023-10-27</t>
   </si>
   <si>
     <t>Mauro Rafael García Macías</t>
   </si>
   <si>
-    <t>Marco Javier Minchalo Toral</t>
-[...8 lines deleted...]
-    <t>Elvia del Pilar Montaño Mina</t>
+    <t>Luis Alberto Toapanta Yaguar</t>
+  </si>
+  <si>
+    <t>Lauro Javier De la Cadena Correa</t>
+  </si>
+  <si>
+    <t>Liliana del Rocío Santillán Bautista</t>
+  </si>
+  <si>
+    <t>Mónica Annabelle Caicedo Leones</t>
   </si>
   <si>
     <t>Luis Fabián Tapia Chacón</t>
   </si>
   <si>
     <t>Kelttya Martina López Burgos</t>
   </si>
   <si>
     <t>Diana Cecibel Quezada Moreno</t>
   </si>
   <si>
     <t>2020-01-01</t>
   </si>
   <si>
     <t>Emilio Manuel Lima Panta</t>
   </si>
   <si>
     <t>2023-11-14</t>
   </si>
   <si>
     <t>Alex Patricio Riascos Chamba</t>
   </si>
   <si>
     <t>2022-04-10</t>
   </si>
@@ -1100,60 +1112,57 @@
   <si>
     <t>Juan Carlos Camacho Flores</t>
   </si>
   <si>
     <t>Richard Napoleón Mora Jiménez</t>
   </si>
   <si>
     <t>Ana Patricia Bastidas Valle</t>
   </si>
   <si>
     <t>Fanny Elvira Jácome Astudillo</t>
   </si>
   <si>
     <t>Luis Augusto Rosero Méndez</t>
   </si>
   <si>
     <t>Yeferson Cristian Caicedo Valencia</t>
   </si>
   <si>
     <t>Saira De los Ángeles Jara Rubio</t>
   </si>
   <si>
     <t>Jaime Fabián Guerrón Hernández</t>
   </si>
   <si>
-    <t>Luis Alberto Toapanta Yaguar</t>
-[...8 lines deleted...]
-    <t>Mónica Annabelle Caicedo Leones</t>
+    <t>Wilson Enrique Álvarez Valencia</t>
+  </si>
+  <si>
+    <t>José Vicente Morales Anchundia</t>
+  </si>
+  <si>
+    <t>Joffre Alfredo Velasco Solís</t>
   </si>
   <si>
     <t>Jenny Prissila Paliz Viscarra</t>
   </si>
   <si>
     <t>John Hernán González Torres</t>
   </si>
   <si>
     <t>Darwing Alberto Valencia Juez</t>
   </si>
   <si>
     <t>José Luis Alvarado Paredes</t>
   </si>
   <si>
     <t>Guillermo Alberto Buchelli Bonilla</t>
   </si>
   <si>
     <t>Manuel Aníbal Armas Proaño</t>
   </si>
   <si>
     <t>Ronald Leonardo Cevallos Bravo</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal Parroquia Satélite La Aurora (Daule)- Guayas</t>
   </si>
@@ -1196,57 +1205,57 @@
   <si>
     <t>María Primitiva Serrano León</t>
   </si>
   <si>
     <t>Freddy David Castro Méndez</t>
   </si>
   <si>
     <t>Joseph Rober Mendieta Toledo</t>
   </si>
   <si>
     <t>2022-08-01</t>
   </si>
   <si>
     <t>Dunia Carmita Martínez Molina</t>
   </si>
   <si>
     <t>Presidente del Consejo de la Judicatura</t>
   </si>
   <si>
     <t>Jéssica Elena Córdova Fuentes</t>
   </si>
   <si>
     <t>Elvira Rosario Pinza Ramírez</t>
   </si>
   <si>
-    <t>Wilson Enrique Álvarez Valencia</t>
-[...5 lines deleted...]
-    <t>Joffre Alfredo Velasco Solís</t>
+    <t>Piedad Cecilia Garzón Cadena</t>
+  </si>
+  <si>
+    <t>Alicia Cristina Muñoz Torres</t>
+  </si>
+  <si>
+    <t>Fátima Margoth Vélez Salguero</t>
   </si>
   <si>
     <t>Celinda Karina Chacho Yépez</t>
   </si>
   <si>
     <t>Lissette Jazmín Posligua Valenzuela</t>
   </si>
   <si>
     <t>Vicente Antonio Párraga Bernal</t>
   </si>
   <si>
     <t>Ángel Salvador Montesdeoca Peralta</t>
   </si>
   <si>
     <t>Agente Fiscal</t>
   </si>
   <si>
     <t>Carlos Eduardo Valverde Anchundia</t>
   </si>
   <si>
     <t>Director (a) Provincial de Chimborazo</t>
   </si>
   <si>
     <t>Kennia Lissette Ruiz Aguilar</t>
   </si>
@@ -1295,57 +1304,69 @@
   <si>
     <t>Fernando Jesús Ortega Cevallos</t>
   </si>
   <si>
     <t>Luis Ramón Álvarez Arellano</t>
   </si>
   <si>
     <t>Vicente Fernando Pico Lozano</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Montecristi - Manabí</t>
   </si>
   <si>
     <t>Manuel Eduardo Peña Estupiñán</t>
   </si>
   <si>
     <t>2021-11-22</t>
   </si>
   <si>
     <t>Merck Milko Benavides Benalcázar</t>
   </si>
   <si>
     <t>2024-03-01</t>
   </si>
   <si>
-    <t>Piedad Cecilia Garzón Cadena</t>
-[...5 lines deleted...]
-    <t>Fátima Margoth Vélez Salguero</t>
+    <t>Romina Alexandra Vera Zambrano</t>
+  </si>
+  <si>
+    <t>Luis Oswaldo Trujillo Soto</t>
+  </si>
+  <si>
+    <t>2022-10-03</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Provincial (Sala Única) Quevedo</t>
+  </si>
+  <si>
+    <t>Freddy Ramón Cisneros Espinoza</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Orellana</t>
   </si>
   <si>
     <t>Carlos Gilberto Borja Coloma</t>
   </si>
   <si>
     <t>Martha Carolina Lomas Mediavilla</t>
   </si>
   <si>
     <t>Diana Elizabeth Segarra Balseca</t>
   </si>
   <si>
     <t>Luis Wilson Centeno Guerrero</t>
   </si>
   <si>
     <t>Michell Erika Luna Quinde</t>
   </si>
   <si>
     <t>Ángela María Zambrano Marcillo</t>
   </si>
   <si>
     <t>Secretario (a) de Fiscalía</t>
   </si>
   <si>
     <t>Ramiro Armando Cuenca Condoy</t>
   </si>
@@ -1394,69 +1415,57 @@
   <si>
     <t>Jairo Santiago Villarreal Lima</t>
   </si>
   <si>
     <t>Xavier Noé Patricio Espinoza Esteves</t>
   </si>
   <si>
     <t>Wendy Paola Tutiven Concha</t>
   </si>
   <si>
     <t>Jenny Maricela García Peña</t>
   </si>
   <si>
     <t>Lucrecia Alexandra Espinoza Jaramillo</t>
   </si>
   <si>
     <t>José Vinicio López Torres</t>
   </si>
   <si>
     <t>Gabriela Narcisa Sornoza Barreiro</t>
   </si>
   <si>
     <t>Arturo Enrique Junco Sánchez</t>
   </si>
   <si>
-    <t>Romina Alexandra Vera Zambrano</t>
-[...17 lines deleted...]
-    <t>Presidente (a) de la Corte Provincial de Justicia de Orellana</t>
+    <t>Edison Javier González Balón</t>
+  </si>
+  <si>
+    <t>Rosario Enith Barrezueta Torres</t>
+  </si>
+  <si>
+    <t>Ángel Lautaro Maza López</t>
   </si>
   <si>
     <t>Luis Fernando Otoya Delgado</t>
   </si>
   <si>
     <t>Víctor Gregorio Vacca González</t>
   </si>
   <si>
     <t>2022-01-06</t>
   </si>
   <si>
     <t>Richard Gerardo Alvarado Alvarado</t>
   </si>
   <si>
     <t>Fanny Eugenia Espinosa Espinosa</t>
   </si>
   <si>
     <t>María Soledad Recalde Arguello</t>
   </si>
   <si>
     <t>Mirian Azucena Mora Endara</t>
   </si>
   <si>
     <t>Miriam Elizabeth Neira Reinoso</t>
   </si>
@@ -1496,57 +1505,63 @@
   <si>
     <t>Luis Antonio Galarza Bustos</t>
   </si>
   <si>
     <t>Johanna Catherine Moncayo Falconi</t>
   </si>
   <si>
     <t>Wilfrido Roberto Vallejo Ruiz</t>
   </si>
   <si>
     <t>Johnny Benjamín Guzmán Franco</t>
   </si>
   <si>
     <t>Julio Aguberto Sánchez Mera</t>
   </si>
   <si>
     <t>Juan Carlos Izquierdo Cedeño</t>
   </si>
   <si>
     <t>José Antonio Sánchez Gutiérrez</t>
   </si>
   <si>
     <t>Iván Rodrigo Larco Ortuño</t>
   </si>
   <si>
-    <t>Edison Javier González Balón</t>
-[...5 lines deleted...]
-    <t>Ángel Lautaro Maza López</t>
+    <t>Karen Luisa Kinchuela Morán</t>
+  </si>
+  <si>
+    <t>Stanley Geovanhy Khundury Quito</t>
+  </si>
+  <si>
+    <t>Ana Patricia Vásquez Sanabria</t>
+  </si>
+  <si>
+    <t>Mauricio Bayardo Espinosa Brito</t>
+  </si>
+  <si>
+    <t>Blanca Rosa Simbaña Ordoñez</t>
   </si>
   <si>
     <t>Ismael Armando Figueroa Parra</t>
   </si>
   <si>
     <t>Iván Ramiro Tirsio Muñoz</t>
   </si>
   <si>
     <t>Segundo Gavino Mina Sifuentes</t>
   </si>
   <si>
     <t>Ramiro Baltazar Brito Chuchuca</t>
   </si>
   <si>
     <t>Paola de los Ángeles Dávila López</t>
   </si>
   <si>
     <t>2022-09-01</t>
   </si>
   <si>
     <t>Claudia Helena Salgado Levy</t>
   </si>
   <si>
     <t>2023-02-17</t>
   </si>
@@ -1580,63 +1595,57 @@
   <si>
     <t>Fabián Gustavo Gordillo Gallegos</t>
   </si>
   <si>
     <t>Carlo Abrahan Fuentes Zambrano</t>
   </si>
   <si>
     <t>Linda Paola Silva Merchán</t>
   </si>
   <si>
     <t>David Erdulfo Gordillo Guzmán</t>
   </si>
   <si>
     <t>María Elena Bayas Santillán</t>
   </si>
   <si>
     <t>Patricia Del Rocío Jara Oña</t>
   </si>
   <si>
     <t>Sandra Elizabeth Rosillo Abarca</t>
   </si>
   <si>
     <t>Víctor Hugo Calderón Navarrete</t>
   </si>
   <si>
-    <t>Karen Luisa Kinchuela Morán</t>
-[...11 lines deleted...]
-    <t>Blanca Rosa Simbaña Ordoñez</t>
+    <t>Jairo Román Placencia Montenegro</t>
+  </si>
+  <si>
+    <t>Jacinta María Andrade Matute</t>
+  </si>
+  <si>
+    <t>Walter Alfredo Morales Farías</t>
   </si>
   <si>
     <t>Olmedo Vélez Fuentes</t>
   </si>
   <si>
     <t>John Edwin Tipantasi Taipe</t>
   </si>
   <si>
     <t>Heidy Priscila León Santin</t>
   </si>
   <si>
     <t>Fabiola del Rocío Vega Carvajal</t>
   </si>
   <si>
     <t>Víctor Polibio Aguinsaca Pucha</t>
   </si>
   <si>
     <t>Anabel de Jesús Torres Cevallos</t>
   </si>
   <si>
     <t>Smirnova Lariza Calderón Uria</t>
   </si>
   <si>
     <t>Hans Kelsen Jiménez Plaza</t>
   </si>
@@ -1682,57 +1691,63 @@
   <si>
     <t>2023-05-24</t>
   </si>
   <si>
     <t>Martha de Jesús Gavilanes Mendoza</t>
   </si>
   <si>
     <t>Juez(a) del Tribunal Penal de Durán-Guayas</t>
   </si>
   <si>
     <t>Carlos Vinicio Aguirre Tobar</t>
   </si>
   <si>
     <t>Henry Wilmer Morán Morán</t>
   </si>
   <si>
     <t>Mario Fabricio Godoy Naranjo</t>
   </si>
   <si>
     <t>2024-07-16</t>
   </si>
   <si>
     <t>María Paola Córdova Vinueza</t>
   </si>
   <si>
-    <t>Jairo Román Placencia Montenegro</t>
-[...5 lines deleted...]
-    <t>Walter Alfredo Morales Farías</t>
+    <t>Diego Rafael Poma Chamba</t>
+  </si>
+  <si>
+    <t>Mercedes Alejandra Araujo Quiñónez</t>
+  </si>
+  <si>
+    <t>Juez (a) de Unidad Judicial de la Familia, Mujer, Niñez y Adolescencia de Esmeraldas</t>
+  </si>
+  <si>
+    <t>Elba Yolanda Garzón Miñaca</t>
+  </si>
+  <si>
+    <t>Verónica Rocío Murgueytio Luna</t>
   </si>
   <si>
     <t>José Rafael Vilatuña Díaz</t>
   </si>
   <si>
     <t>Laura Estela Chacón Chacón</t>
   </si>
   <si>
     <t>Ivonne Marjorie Puga Torres</t>
   </si>
   <si>
     <t>Alfonso Ignacio Suarez Molina</t>
   </si>
   <si>
     <t>Alejandro Kleber Orellana Pineda</t>
   </si>
   <si>
     <t>Andrea Ivonne Moreno Silva</t>
   </si>
   <si>
     <t>Carlos Fausto Barrera Vasquez</t>
   </si>
   <si>
     <t>César Elías Paucar Paucar</t>
   </si>
@@ -1760,63 +1775,57 @@
   <si>
     <t>Isabel Margarita Inga Briones</t>
   </si>
   <si>
     <t>Fermín Jaime Bustamante Vera</t>
   </si>
   <si>
     <t>José Luis Robalino Villafuerte</t>
   </si>
   <si>
     <t>Segundo Elías Quiñónez Escobar</t>
   </si>
   <si>
     <t>Marcia Alexandra Vásquez Ortiz</t>
   </si>
   <si>
     <t>Tatiana Ximena Avellán Espinoza</t>
   </si>
   <si>
     <t>Francisco Fernando Flores Barragán</t>
   </si>
   <si>
     <t>Leiver Patricio Quimis Sornoza</t>
   </si>
   <si>
-    <t>Diego Rafael Poma Chamba</t>
-[...11 lines deleted...]
-    <t>Verónica Rocío Murgueytio Luna</t>
+    <t>Jorge Milton Chang Vargas</t>
+  </si>
+  <si>
+    <t>Enny Josefa Mirley Zambrano Alcivar</t>
+  </si>
+  <si>
+    <t>Isela Emperatriz Ordóñez Muñoz</t>
   </si>
   <si>
     <t>Blanca Alexandra Vallejo Bazante</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Azuay</t>
   </si>
   <si>
     <t>Javier Vitervo Bosquez Villena</t>
   </si>
   <si>
     <t>Raúl López Carrera</t>
   </si>
   <si>
     <t>María Alejandra Sigcha Orrico</t>
   </si>
   <si>
     <t>Franklin Geovanny Flores Catuto</t>
   </si>
   <si>
     <t>Nelson Elio Macías Miranda</t>
   </si>
   <si>
     <t>Jefferson Alejandro Aquieta Tamayo</t>
   </si>
@@ -1853,57 +1862,60 @@
   <si>
     <t>Angélica Maricela Paredes Sánchez</t>
   </si>
   <si>
     <t>Elieser Ernesto Vizcaíno Caicedo</t>
   </si>
   <si>
     <t>Christian Humberto Farez Falconí</t>
   </si>
   <si>
     <t>Judy Vanessa Tutiven Galvez</t>
   </si>
   <si>
     <t>Edmundo Alberto Briones Valero</t>
   </si>
   <si>
     <t>Rómulo Tito Espinoza Torres</t>
   </si>
   <si>
     <t>Jorge Alexander Martínez Olivares</t>
   </si>
   <si>
     <t>Emerson Geovanny Curipallo Ulloa</t>
   </si>
   <si>
-    <t>Jorge Milton Chang Vargas</t>
-[...5 lines deleted...]
-    <t>Isela Emperatriz Ordóñez Muñoz</t>
+    <t>María Isabel Tenesaca Blacio</t>
+  </si>
+  <si>
+    <t>Gilda Rosana Morales Ordóñez</t>
+  </si>
+  <si>
+    <t>María Lorena Palma Benavides</t>
+  </si>
+  <si>
+    <t>Ramiro Fernando Loayza Ortega</t>
   </si>
   <si>
     <t>Rafael Marcos Arce Campoverde</t>
   </si>
   <si>
     <t>Roberto Guillermo Santander Patiño</t>
   </si>
   <si>
     <t>2022-10-17</t>
   </si>
   <si>
     <t>Carmen Elizabeth Vásquez Rodríguez</t>
   </si>
   <si>
     <t>Ruth Cecilia Amoroso Palacios</t>
   </si>
   <si>
     <t>Eliana Maribel Espinoza Fuertes</t>
   </si>
   <si>
     <t>Luis German Remache Quishpe</t>
   </si>
   <si>
     <t>Enma Gabriela Padilla Hernández</t>
   </si>
@@ -1940,60 +1952,57 @@
   <si>
     <t>Frank Ricardo Caamaño Ochoa</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Zamora Chinchipe</t>
   </si>
   <si>
     <t>Néstor Abel Gallegos Guatumillo</t>
   </si>
   <si>
     <t>Ximena De Lourdes Mora Heredia</t>
   </si>
   <si>
     <t>Maribel Yolanda Vargas Almachi</t>
   </si>
   <si>
     <t>Fresia Regina Guzmán Zambrano</t>
   </si>
   <si>
     <t>José Alberto Sánchez Vélez</t>
   </si>
   <si>
     <t>Tito Rubendario Mendoza Granizo</t>
   </si>
   <si>
-    <t>María Isabel Tenesaca Blacio</t>
-[...8 lines deleted...]
-    <t>Ramiro Fernando Loayza Ortega</t>
+    <t>Feliciana Aida Calixto Alava</t>
+  </si>
+  <si>
+    <t>Victor Hugo León Tenorio</t>
+  </si>
+  <si>
+    <t>Cristian Stig Montoya Tello</t>
   </si>
   <si>
     <t>Fanny Erlinda Velasco Gaibor</t>
   </si>
   <si>
     <t>Luis Adrián Rojas Calle</t>
   </si>
   <si>
     <t>Jony Benigno Suárez Zurita</t>
   </si>
   <si>
     <t>Gustavo Alfredo Guerra Aguayo</t>
   </si>
   <si>
     <t>Fernando Elías Vergara Puertas</t>
   </si>
   <si>
     <t>Tania Paola Monroy Sotomayor</t>
   </si>
   <si>
     <t>2021-11-01</t>
   </si>
   <si>
     <t>Franklin Edmundo Tenorio Peláez</t>
   </si>
@@ -2042,57 +2051,57 @@
   <si>
     <t>Juan Aparicio Dueñas Vélez</t>
   </si>
   <si>
     <t>Gisela Karina Morejón Cevallos</t>
   </si>
   <si>
     <t>Lorena Ismailda Romero Cedeño</t>
   </si>
   <si>
     <t>Arturo Enrique Riofrío Ruiz</t>
   </si>
   <si>
     <t>Wilmer Horacio Ger Arellano</t>
   </si>
   <si>
     <t>Samuel Orlando Benavides</t>
   </si>
   <si>
     <t>Max Alberto Jaramillo Chávez</t>
   </si>
   <si>
     <t>Mario Hipólito Salazar Peralta</t>
   </si>
   <si>
-    <t>Feliciana Aida Calixto Alava</t>
-[...5 lines deleted...]
-    <t>Cristian Stig Montoya Tello</t>
+    <t>Fanny Talía Coronel Molina</t>
+  </si>
+  <si>
+    <t>Ivonne Amparo Poveda Freire</t>
+  </si>
+  <si>
+    <t>Gioconda Auxiliadora Armijos Morán</t>
   </si>
   <si>
     <t>Nina Evelyn Morán Arreaga</t>
   </si>
   <si>
     <t>Zoila Pricila Vera Arias</t>
   </si>
   <si>
     <t>María Gabriela Gende Portilla</t>
   </si>
   <si>
     <t>Andrea Lucía Méndez Quintanilla</t>
   </si>
   <si>
     <t>Angela Elizabeth Bustillos Núñez</t>
   </si>
   <si>
     <t>Héctor Ramón Ludeña Jiménez</t>
   </si>
   <si>
     <t>Mirian Cecilia Yánez Vallejo</t>
   </si>
   <si>
     <t>José Roberto Cañizares Mera</t>
   </si>
@@ -2138,57 +2147,66 @@
   <si>
     <t>Enma Teresita Tapia Rivera</t>
   </si>
   <si>
     <t>2021-02-03</t>
   </si>
   <si>
     <t>Juan Carlos Almache Barreiro</t>
   </si>
   <si>
     <t>Gustavo Edmundo Vásquez Montesinos</t>
   </si>
   <si>
     <t>Fabián Danilo Mármol Balda</t>
   </si>
   <si>
     <t>Juan Agustín Jaramillo Salinas</t>
   </si>
   <si>
     <t>Pedro Iván Ortega Andrade</t>
   </si>
   <si>
     <t>María Isabel Abril Mesías</t>
   </si>
   <si>
-    <t>Fanny Talía Coronel Molina</t>
-[...5 lines deleted...]
-    <t>Gioconda Auxiliadora Armijos Morán</t>
+    <t>Genny Maribel Guanoluiza Delgado</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Paján - Manabí</t>
+  </si>
+  <si>
+    <t>Jennifer Carmen Vallejo Vallejo</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>Marcelo Alejandro López Zea</t>
+  </si>
+  <si>
+    <t>Juez de Primer Nivel</t>
   </si>
   <si>
     <t>Christian Marcelo Gia Crespo</t>
   </si>
   <si>
     <t>Marco Rodrigo Naranjo Guamán</t>
   </si>
   <si>
     <t>Martha Iveth Villamarín Paredes</t>
   </si>
   <si>
     <t>Diego Vinicio Chango Llerena</t>
   </si>
   <si>
     <t>Nicolás Ernesto Pulecio Montalvo</t>
   </si>
   <si>
     <t>Washington Geovanny Yaranga Quishpe</t>
   </si>
   <si>
     <t>Dennis Mauricio Villavicencio Barrazueta</t>
   </si>
   <si>
     <t>Nelly Katiuska Parrales Córdova</t>
   </si>
@@ -2219,66 +2237,63 @@
   <si>
     <t>Wellington Roberto Boni Alay</t>
   </si>
   <si>
     <t>Pedro Geovany Intriago Leones</t>
   </si>
   <si>
     <t>Glenda María Chevez Mera</t>
   </si>
   <si>
     <t>José Medardo Robles Montalván</t>
   </si>
   <si>
     <t>Homero Ulises Rivadeneira Muñoz</t>
   </si>
   <si>
     <t>Roberto Enrique Calderón Filian</t>
   </si>
   <si>
     <t>Aquiles Manuel Dávila Gómez</t>
   </si>
   <si>
     <t>Glenda Jannet Hernández Vega</t>
   </si>
   <si>
-    <t>Genny Maribel Guanoluiza Delgado</t>
-[...14 lines deleted...]
-    <t>Juez de Primer Nivel</t>
+    <t>Ángel Daniel Pulluquitin Ramón</t>
+  </si>
+  <si>
+    <t>2022-06-12</t>
+  </si>
+  <si>
+    <t>Carlos Alberto Manzo Miranda</t>
+  </si>
+  <si>
+    <t>Ginger Jackeline Mendoza Córdova</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Sucre-Manabí</t>
   </si>
   <si>
     <t>Venus Aracely Loor Intriago</t>
   </si>
   <si>
     <t>Nancy Erenia Guerrero Rendón</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Bolívar</t>
   </si>
   <si>
     <t>Patricia Del Pilar Bravo Gallardo</t>
   </si>
   <si>
     <t>César Ernesto López Hidalgo</t>
   </si>
   <si>
     <t>Rubén Darío Solís Basantez</t>
   </si>
   <si>
     <t>Carlos Roberto Franco López</t>
   </si>
   <si>
     <t>Alicia De las Mercedes Marín Paredes</t>
   </si>
@@ -2315,63 +2330,60 @@
   <si>
     <t>Ángela Chuchuca Agila</t>
   </si>
   <si>
     <t>María Elena Paucar Suquillo</t>
   </si>
   <si>
     <t>Robert David Acosta Castro</t>
   </si>
   <si>
     <t>Maribel Dolores Figueroa Dutasaca</t>
   </si>
   <si>
     <t>Michael Johnross Uriguen Uriguen</t>
   </si>
   <si>
     <t>Jorge Eduardo Caiche Mejillón</t>
   </si>
   <si>
     <t>Bolívar Enrique Figueroa Arévalo</t>
   </si>
   <si>
     <t>Ruth Jacqueline Quevedo Pérez</t>
   </si>
   <si>
-    <t>Ángel Daniel Pulluquitin Ramón</t>
-[...11 lines deleted...]
-    <t>Juez (a) del Tribunal Penal de Sucre-Manabí</t>
+    <t>Narcisa Consuelo Santana Navarro</t>
+  </si>
+  <si>
+    <t>Fabián Eduardo Mendoza Macías</t>
+  </si>
+  <si>
+    <t>Javier Ulises Tocto Palacios</t>
+  </si>
+  <si>
+    <t>Katerine Betty Muñoz Subía</t>
   </si>
   <si>
     <t>Jhandry Gabriel Sabando García</t>
   </si>
   <si>
     <t>Dalton Antonio Salas Pasato</t>
   </si>
   <si>
     <t>Wilson Patricio Landivar Lalvay</t>
   </si>
   <si>
     <t>José Alberto Ayora Toledo</t>
   </si>
   <si>
     <t>Silvia Patricia Zambrano Noles</t>
   </si>
   <si>
     <t>Verónica Nataly Andrade Santillán</t>
   </si>
   <si>
     <t>Marco Vinicio Esquetini Proaño</t>
   </si>
   <si>
     <t>Ana María Remache Sagva</t>
   </si>
@@ -2408,60 +2420,57 @@
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de El Carmen - Manabí</t>
   </si>
   <si>
     <t>Ramiro Edisson Ramírez Valarezo</t>
   </si>
   <si>
     <t>Lorger Geovanny Guamán Guamán</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Morona Santiago</t>
   </si>
   <si>
     <t>Giovanny Santiago García Barriga</t>
   </si>
   <si>
     <t>Thania Rosa Moreno Romero</t>
   </si>
   <si>
     <t>Marina Anabel Vargas Almachi</t>
   </si>
   <si>
     <t>Maribel Natali Haro Haro</t>
   </si>
   <si>
-    <t>Narcisa Consuelo Santana Navarro</t>
-[...8 lines deleted...]
-    <t>Katerine Betty Muñoz Subía</t>
+    <t>Diana María Sánchez Cruz</t>
+  </si>
+  <si>
+    <t>Ana Verónica Calvopiña Llambo</t>
+  </si>
+  <si>
+    <t>Belinda Annette Lomas Franco</t>
   </si>
   <si>
     <t>Ruth Kelagey Naranjo Lituma</t>
   </si>
   <si>
     <t>Félix Alcides Viana Zorrilla</t>
   </si>
   <si>
     <t>Julio Enrique Arrieta Escobar</t>
   </si>
   <si>
     <t>Irma Alejandra Vivero Gruezo</t>
   </si>
   <si>
     <t>Marco Eduardo Guerra Guerrero</t>
   </si>
   <si>
     <t>Segundo Ricardo Arias Plaza</t>
   </si>
   <si>
     <t>Lenin Miguel Quiñonez Rodríguez</t>
   </si>
   <si>
     <t>Lady Gissela Pachar Huanga</t>
   </si>
@@ -2504,57 +2513,60 @@
   <si>
     <t>2021-03-01</t>
   </si>
   <si>
     <t>Pedro Arturo López Paredes</t>
   </si>
   <si>
     <t>Carlos Francisco Rodríguez Ramírez</t>
   </si>
   <si>
     <t>César Orlando Arroyo Navarrete</t>
   </si>
   <si>
     <t>José Humberto Layedra Bustamante</t>
   </si>
   <si>
     <t>Erazmo Carlos Chugá Unigarro</t>
   </si>
   <si>
     <t>Gustavo Adolfo Benítez Álvarez</t>
   </si>
   <si>
     <t>Darwin Danilo Jaramillo Quirola</t>
   </si>
   <si>
-    <t>Diana María Sánchez Cruz</t>
-[...5 lines deleted...]
-    <t>Belinda Annette Lomas Franco</t>
+    <t>Juan Aurelio Paredes Fernández</t>
+  </si>
+  <si>
+    <t>Sylvia Elizabeth Aguilar Villarreal</t>
+  </si>
+  <si>
+    <t>María Belén Corredores Ledesma</t>
+  </si>
+  <si>
+    <t>Nadia Natasha Proaño Rodríguez</t>
   </si>
   <si>
     <t>Yarilda Tahyna Arteaga Lindao</t>
   </si>
   <si>
     <t>Mary Patricia Morán Espinoza</t>
   </si>
   <si>
     <t>María Yanina Villagómez Oñate</t>
   </si>
   <si>
     <t>Fabián Vicente González Córdova</t>
   </si>
   <si>
     <t>Carlos Leonardo Alarcón Argudo</t>
   </si>
   <si>
     <t>José Amado Córdova Prado</t>
   </si>
   <si>
     <t>Julia Inelda Leiva Yugsi</t>
   </si>
   <si>
     <t>Sandra Karina Bosquez Aldaz</t>
   </si>
@@ -2591,60 +2603,60 @@
   <si>
     <t>Nancy Elizabeth Pesántez Márquez</t>
   </si>
   <si>
     <t>Milton Enrique Velásquez Díaz</t>
   </si>
   <si>
     <t>2023-02-03</t>
   </si>
   <si>
     <t>José Wilson Ávila Reyes</t>
   </si>
   <si>
     <t>Herlinda Pilar Urquiza Izquierdo</t>
   </si>
   <si>
     <t>Joel Cicerón Sabando Andrade</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Penal de Santa Elena</t>
   </si>
   <si>
     <t>Genaro Reinoso Cañote</t>
   </si>
   <si>
-    <t>Juan Aurelio Paredes Fernández</t>
-[...8 lines deleted...]
-    <t>Nadia Natasha Proaño Rodríguez</t>
+    <t>Fernando Xavier Amado Lalama Franco</t>
+  </si>
+  <si>
+    <t>Jhonny Eduardo Cornejo Zambrano</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Sucre - Manabí</t>
+  </si>
+  <si>
+    <t>Edgar Oswaldo Ojeda Jiménez</t>
   </si>
   <si>
     <t>Laura Isabel Machuca Arroba</t>
   </si>
   <si>
     <t>2020-10-30</t>
   </si>
   <si>
     <t>Jorge Arturo Gordillo Viteri</t>
   </si>
   <si>
     <t>Martín Alirio Navarrete Unigarro</t>
   </si>
   <si>
     <t>Carlos Paúl Villarreal Velásquez</t>
   </si>
   <si>
     <t>Alfredo Leandro Chonillo Muñoz</t>
   </si>
   <si>
     <t>Paulo César Quishpe Caiza</t>
   </si>
   <si>
     <t>Valvina Violeta Zambrano Ponce</t>
   </si>
@@ -2681,60 +2693,60 @@
   <si>
     <t>Washington Enrique Rojas Farez</t>
   </si>
   <si>
     <t>Carlos Fernando Bonoso León</t>
   </si>
   <si>
     <t>Wilmer Jean Carlos Intriago Martínez</t>
   </si>
   <si>
     <t>Manuel Lenin Espinoza Flores</t>
   </si>
   <si>
     <t>Blanca Mercedes Soliz Sánchez</t>
   </si>
   <si>
     <t>Nadia Mariuxi Rodríguez Castillo</t>
   </si>
   <si>
     <t>Iván Israel López Padilla</t>
   </si>
   <si>
     <t>Luisa Tanya Macías Burgos</t>
   </si>
   <si>
-    <t>Fernando Xavier Amado Lalama Franco</t>
-[...8 lines deleted...]
-    <t>Edgar Oswaldo Ojeda Jiménez</t>
+    <t>Juan Diego García Amoroso</t>
+  </si>
+  <si>
+    <t>Nelson Fernando Rojas Barros</t>
+  </si>
+  <si>
+    <t>Jorge Eduardo Armendáriz Zuluaga</t>
+  </si>
+  <si>
+    <t>German Alejandro Blum Espinoza</t>
   </si>
   <si>
     <t>María Alexandra Kuffo Figueroa</t>
   </si>
   <si>
     <t>Lenin Javier García Párraga</t>
   </si>
   <si>
     <t>José Francisco Urgiles Campos</t>
   </si>
   <si>
     <t>2023-09-30</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Cañar</t>
   </si>
   <si>
     <t>María Zoila Cabascango Chicaiza</t>
   </si>
   <si>
     <t>Erik Andrés López Moscoso</t>
   </si>
   <si>
     <t>Silvana Paola Solís Cabrera</t>
   </si>
@@ -2768,60 +2780,57 @@
   <si>
     <t>Johann Gustavo Marfetán Medina</t>
   </si>
   <si>
     <t>Diego Patricio Gordillo Cevallos</t>
   </si>
   <si>
     <t>Teresa Alexandra Coba Gómez</t>
   </si>
   <si>
     <t>Grace Yanina Pazmiño Celi</t>
   </si>
   <si>
     <t>Katia Alexandra Acurio Quezada</t>
   </si>
   <si>
     <t>Franz Enrique Mendoza Piguave</t>
   </si>
   <si>
     <t>Héctor Antonio Valverde Solís</t>
   </si>
   <si>
     <t>Carlos Santiago Cargua Carpio</t>
   </si>
   <si>
-    <t>Juan Diego García Amoroso</t>
-[...8 lines deleted...]
-    <t>German Alejandro Blum Espinoza</t>
+    <t>Wilfrido Ruperto Hidalgo Vega</t>
+  </si>
+  <si>
+    <t>Yoli Yelena Pinillo Castillo</t>
+  </si>
+  <si>
+    <t>Melissa Carolina Mendoza Solorzano</t>
   </si>
   <si>
     <t>Carlos Julio Vera Chávez</t>
   </si>
   <si>
     <t>Marco Xavier Rodríguez Ruiz</t>
   </si>
   <si>
     <t>José Raúl Villamil Zambrano</t>
   </si>
   <si>
     <t>Rómulo Atahualpa Espinoza Caicedo</t>
   </si>
   <si>
     <t>Yolanda de las Mercedes Yupangui Carrillo</t>
   </si>
   <si>
     <t>2023-10-06</t>
   </si>
   <si>
     <t>Carmita Dolores García Saltos</t>
   </si>
   <si>
     <t>2023-05-01</t>
   </si>
@@ -2864,57 +2873,57 @@
   <si>
     <t>Fray Vicente Ortiz Romero</t>
   </si>
   <si>
     <t>2022-10-01</t>
   </si>
   <si>
     <t>Luis Abelardo Lucero Loayza</t>
   </si>
   <si>
     <t>Jorge Antonio Rodolfo Valdivieso Guilcapi</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Napo</t>
   </si>
   <si>
     <t>Ángel Wilfrido García Chuquimarca</t>
   </si>
   <si>
     <t>Diana Magali Moya Alulema</t>
   </si>
   <si>
     <t>Marianita De Jesús Vega Carrera</t>
   </si>
   <si>
-    <t>Wilfrido Ruperto Hidalgo Vega</t>
-[...5 lines deleted...]
-    <t>Melissa Carolina Mendoza Solorzano</t>
+    <t>María Isabel Jiménez Zambrano</t>
+  </si>
+  <si>
+    <t>Luis Ramiro Sánchez León</t>
+  </si>
+  <si>
+    <t>Dominga Azucena Camatón Borbor</t>
   </si>
   <si>
     <t>Alex Javier López Ávila</t>
   </si>
   <si>
     <t>Luis Germán Pesantes Heredia</t>
   </si>
   <si>
     <t>Juan José Alencastro Campaña</t>
   </si>
   <si>
     <t>Liz Mirella Barrera Espín</t>
   </si>
   <si>
     <t>Ángel Eduardo Badillo Barreno</t>
   </si>
   <si>
     <t>Hermes Pedro Jiménez Pintado</t>
   </si>
   <si>
     <t>Giovanni Fabrizio Aycart Carrasco</t>
   </si>
   <si>
     <t>Alizon Miosoti Ramírez Chávez</t>
   </si>
@@ -2951,57 +2960,54 @@
   <si>
     <t>Jamil Rodrigo Castro Solorzano</t>
   </si>
   <si>
     <t>Yesenia del Rocío Hidalgo Ordóñez</t>
   </si>
   <si>
     <t>Ingrid Elizabeth Mera Tomalá</t>
   </si>
   <si>
     <t>Carmen Elizabeth Cadena Calle</t>
   </si>
   <si>
     <t>José Phily Ferrín Vera</t>
   </si>
   <si>
     <t>Jorge Luis Euvin Villacrés</t>
   </si>
   <si>
     <t>Carlos Aurelio Moreno Oliva</t>
   </si>
   <si>
     <t>David Santiago Bermeo Tapia</t>
   </si>
   <si>
-    <t>María Isabel Jiménez Zambrano</t>
-[...5 lines deleted...]
-    <t>Dominga Azucena Camatón Borbor</t>
+    <t>Edwin Armando Tierra Gusqui</t>
+  </si>
+  <si>
+    <t>Oswaldo Javier Piedra Aguirre</t>
   </si>
   <si>
     <t>Vanessa Yesenia Del Pozo Ortega</t>
   </si>
   <si>
     <t>Luis Alberto Puertas Morales</t>
   </si>
   <si>
     <t>Washington René Astudillo Orellana</t>
   </si>
   <si>
     <t>Santiago Miguel Mozo Vallejo</t>
   </si>
   <si>
     <t>Luis Antonio Villalta Gavilanes</t>
   </si>
   <si>
     <t>José Rubén Guevara Fuentes</t>
   </si>
   <si>
     <t>Wilson René Almeida Zambonino</t>
   </si>
   <si>
     <t>Eladio Armando Freire Ojeda</t>
   </si>
@@ -3038,54 +3044,57 @@
   <si>
     <t>Verónica Isabel Calle Pallo</t>
   </si>
   <si>
     <t>María Dolores Rodríguez Solórzano</t>
   </si>
   <si>
     <t>José Dionicio Suing Nagua</t>
   </si>
   <si>
     <t>Presidente (e) de la Corte Nacional de Justicia</t>
   </si>
   <si>
     <t>Juan José Bermúdez Gavilanes</t>
   </si>
   <si>
     <t>José Paúl Gallardo Romero</t>
   </si>
   <si>
     <t>José Canchingre Tama</t>
   </si>
   <si>
     <t>2023-05-22</t>
   </si>
   <si>
-    <t>Edwin Armando Tierra Gusqui</t>
-[...2 lines deleted...]
-    <t>Oswaldo Javier Piedra Aguirre</t>
+    <t>Ángel Luis Moya Cedeño</t>
+  </si>
+  <si>
+    <t>Isabel María León Burgos</t>
+  </si>
+  <si>
+    <t>Eugenio Alfonso Ureta Chica</t>
   </si>
   <si>
     <t>Francisco Javier González Andrade</t>
   </si>
   <si>
     <t>German Fabricio Acurio Hidalgo</t>
   </si>
   <si>
     <t>Roberto Carlos Gualoto Mosquera</t>
   </si>
   <si>
     <t>Jesús Raquel Herrera Obando</t>
   </si>
   <si>
     <t>Juan Carlos Zúñiga Naranjo</t>
   </si>
   <si>
     <t>Stalin Ely Coca Torres</t>
   </si>
   <si>
     <t>Miguel Ángel Ramos Echeverria</t>
   </si>
   <si>
     <t>Sandra Catalina Cordero Gárate</t>
   </si>
@@ -3122,57 +3131,57 @@
   <si>
     <t>Johanna Andrea Icaza Gallo</t>
   </si>
   <si>
     <t>Iván Patricio Ron Aguirre</t>
   </si>
   <si>
     <t>Carlos Germán Bustamante Lindao</t>
   </si>
   <si>
     <t>Juan Carlos Iturralde Hidalgo</t>
   </si>
   <si>
     <t>Marco Aníbal Galeas Jaña</t>
   </si>
   <si>
     <t>Diomedes Rolando Soliz Sánchez</t>
   </si>
   <si>
     <t>Julio César Samande Vivar</t>
   </si>
   <si>
     <t>Ricardo Rubén Barrera Peñafiel</t>
   </si>
   <si>
-    <t>Ángel Luis Moya Cedeño</t>
-[...5 lines deleted...]
-    <t>Eugenio Alfonso Ureta Chica</t>
+    <t>Glenda Mariela Domínguez Gómez</t>
+  </si>
+  <si>
+    <t>Vilma Elcira González Cedillo</t>
+  </si>
+  <si>
+    <t>Juan Carlos Terán Moreno</t>
   </si>
   <si>
     <t>Segundo Javier Martínez Lara</t>
   </si>
   <si>
     <t>2022-06-03</t>
   </si>
   <si>
     <t>Marjorie Dolores Gómez Ruiz</t>
   </si>
   <si>
     <t>Ana Adelaida Loor Falconí</t>
   </si>
   <si>
     <t>Vilma Marcela Andrade Gavilanez</t>
   </si>
   <si>
     <t>Luis Enrique Donoso Bazante</t>
   </si>
   <si>
     <t>2023-01-16</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Chimborazo</t>
   </si>
@@ -3210,59 +3219,50 @@
     <t>Odalia Blanca Ledesma Alvarado</t>
   </si>
   <si>
     <t>Byron Iván Gavilánes Pilco</t>
   </si>
   <si>
     <t>María Jesús Medina Chalán</t>
   </si>
   <si>
     <t>Ximena del Rocío Velástegui Ayala</t>
   </si>
   <si>
     <t>Luisa Germania Colambo Yaure</t>
   </si>
   <si>
     <t>Siegfried Bormman Peñaherrera Manosalvas</t>
   </si>
   <si>
     <t>Giancarlo Ladislao Almeida Delgado</t>
   </si>
   <si>
     <t>Manuel Alejandro Mogrovejo Morales</t>
   </si>
   <si>
     <t>Giovanna Katiuska Vásquez López</t>
-  </si>
-[...7 lines deleted...]
-    <t>Juan Carlos Terán Moreno</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="13.5"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3697,30130 +3697,30130 @@
       </c>
       <c r="F7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
-        <v>852</v>
+        <v>652</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G8">
-        <v>553429.83</v>
+        <v>134788.88</v>
       </c>
       <c r="H8">
-        <v>33819.76</v>
+        <v>74239.55</v>
       </c>
       <c r="I8">
-        <v>519610.07</v>
+        <v>60549.33</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>23</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
-        <v>920</v>
+        <v>716</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="G9">
-        <v>596110.0</v>
+        <v>123490.49</v>
       </c>
       <c r="H9">
-        <v>157675.22</v>
+        <v>121297.51</v>
       </c>
       <c r="I9">
-        <v>438434.78</v>
+        <v>2192.98</v>
       </c>
       <c r="J9" t="s">
         <v>26</v>
       </c>
       <c r="K9" t="s">
         <v>23</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
-        <v>59</v>
+        <v>783</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G10">
-        <v>410900.0</v>
+        <v>10770.65</v>
       </c>
       <c r="H10">
-        <v>87965.23</v>
+        <v>18188.64</v>
       </c>
       <c r="I10">
-        <v>322934.77</v>
+        <v>-7417.99</v>
       </c>
       <c r="J10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="K10" t="s">
         <v>23</v>
       </c>
       <c r="L10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
-        <v>143</v>
+        <v>852</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D11">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="G11">
-        <v>148168.57</v>
+        <v>553429.83</v>
       </c>
       <c r="H11">
-        <v>8516.43</v>
+        <v>33819.76</v>
       </c>
       <c r="I11">
-        <v>139652.14</v>
+        <v>519610.07</v>
       </c>
       <c r="J11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="K11" t="s">
         <v>23</v>
       </c>
       <c r="L11" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
-        <v>208</v>
+        <v>920</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D12">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="G12">
-        <v>284508.55</v>
+        <v>596110.0</v>
       </c>
       <c r="H12">
-        <v>77946.14</v>
+        <v>157675.22</v>
       </c>
       <c r="I12">
-        <v>206562.41</v>
+        <v>438434.78</v>
       </c>
       <c r="J12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="K12" t="s">
         <v>23</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
-        <v>273</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="G13">
-        <v>119023.6</v>
+        <v>410900.0</v>
       </c>
       <c r="H13">
-        <v>6083.21</v>
+        <v>87965.23</v>
       </c>
       <c r="I13">
-        <v>112940.39</v>
+        <v>322934.77</v>
       </c>
       <c r="J13" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
       <c r="L13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
-        <v>340</v>
+        <v>143</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D14">
         <v>2</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G14">
-        <v>127591.12</v>
+        <v>148168.57</v>
       </c>
       <c r="H14">
-        <v>4209.67</v>
+        <v>8516.43</v>
       </c>
       <c r="I14">
-        <v>123381.45</v>
+        <v>139652.14</v>
       </c>
       <c r="J14" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="K14" t="s">
         <v>23</v>
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
-        <v>406</v>
+        <v>208</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D15">
         <v>4</v>
       </c>
       <c r="E15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G15">
-        <v>494900.0</v>
+        <v>284508.55</v>
       </c>
       <c r="H15">
-        <v>91000.0</v>
+        <v>77946.14</v>
       </c>
       <c r="I15">
-        <v>403900.0</v>
+        <v>206562.41</v>
       </c>
       <c r="J15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K15" t="s">
         <v>23</v>
       </c>
       <c r="L15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
-        <v>484</v>
+        <v>273</v>
       </c>
       <c r="B16" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16">
+        <v>2</v>
+      </c>
+      <c r="E16">
+        <v>1</v>
+      </c>
+      <c r="G16">
+        <v>119023.6</v>
+      </c>
+      <c r="H16">
+        <v>6083.21</v>
+      </c>
+      <c r="I16">
+        <v>112940.39</v>
+      </c>
+      <c r="J16" t="s">
         <v>42</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K16" t="s">
         <v>23</v>
       </c>
       <c r="L16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
-        <v>549</v>
+        <v>340</v>
       </c>
       <c r="B17" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17">
+        <v>2</v>
+      </c>
+      <c r="E17">
+        <v>1</v>
+      </c>
+      <c r="G17">
+        <v>127591.12</v>
+      </c>
+      <c r="H17">
+        <v>4209.67</v>
+      </c>
+      <c r="I17">
+        <v>123381.45</v>
+      </c>
+      <c r="J17" t="s">
         <v>44</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K17" t="s">
         <v>23</v>
       </c>
       <c r="L17" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
-        <v>620</v>
+        <v>406</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G18">
-        <v>115695.15</v>
+        <v>494900.0</v>
       </c>
       <c r="H18">
-        <v>78542.0</v>
+        <v>91000.0</v>
       </c>
       <c r="I18">
-        <v>37153.15</v>
+        <v>403900.0</v>
       </c>
       <c r="J18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K18" t="s">
         <v>23</v>
       </c>
       <c r="L18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
-        <v>684</v>
+        <v>484</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" t="s">
         <v>21</v>
       </c>
       <c r="D19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="G19">
-        <v>128929.69</v>
+        <v>159221.99</v>
       </c>
       <c r="H19">
-        <v>83095.48</v>
+        <v>37027.15</v>
       </c>
       <c r="I19">
-        <v>45834.21</v>
+        <v>122194.84</v>
       </c>
       <c r="J19" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K19" t="s">
         <v>23</v>
       </c>
       <c r="L19" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
-        <v>748</v>
+        <v>549</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="C20" t="s">
         <v>21</v>
       </c>
       <c r="D20">
         <v>1</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="G20">
-        <v>139012.0</v>
+        <v>168000.0</v>
       </c>
       <c r="H20">
-        <v>22100.0</v>
+        <v>254197.36</v>
       </c>
       <c r="I20">
-        <v>116912.0</v>
+        <v>-86197.36</v>
       </c>
       <c r="J20" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K20" t="s">
         <v>23</v>
       </c>
       <c r="L20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
-        <v>815</v>
+        <v>620</v>
       </c>
       <c r="B21" t="s">
         <v>49</v>
       </c>
       <c r="C21" t="s">
         <v>21</v>
       </c>
       <c r="D21">
         <v>2</v>
       </c>
       <c r="E21">
         <v>1</v>
       </c>
       <c r="G21">
-        <v>288411.44</v>
+        <v>115695.15</v>
       </c>
       <c r="H21">
-        <v>179322.99</v>
+        <v>78542.0</v>
       </c>
       <c r="I21">
-        <v>109088.45</v>
+        <v>37153.15</v>
       </c>
       <c r="J21" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K21" t="s">
         <v>23</v>
       </c>
       <c r="L21" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
-        <v>888</v>
+        <v>684</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22" t="s">
         <v>21</v>
       </c>
       <c r="D22">
         <v>2</v>
       </c>
       <c r="E22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G22">
-        <v>828894.76</v>
+        <v>128929.69</v>
       </c>
       <c r="H22">
-        <v>35783.01</v>
+        <v>83095.48</v>
       </c>
       <c r="I22">
-        <v>793111.75</v>
+        <v>45834.21</v>
       </c>
       <c r="J22" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K22" t="s">
         <v>23</v>
       </c>
       <c r="L22" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
-        <v>952</v>
+        <v>748</v>
       </c>
       <c r="B23" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C23" t="s">
         <v>21</v>
       </c>
       <c r="D23">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G23">
-        <v>297257.94</v>
+        <v>139012.0</v>
       </c>
       <c r="H23">
-        <v>113482.79</v>
+        <v>22100.0</v>
       </c>
       <c r="I23">
-        <v>183775.15</v>
+        <v>116912.0</v>
       </c>
       <c r="J23" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K23" t="s">
         <v>23</v>
       </c>
       <c r="L23" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
-        <v>110</v>
+        <v>815</v>
       </c>
       <c r="B24" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C24" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D24">
         <v>2</v>
       </c>
       <c r="E24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G24">
-        <v>154041.28</v>
+        <v>288411.44</v>
       </c>
       <c r="H24">
-        <v>24674.47</v>
+        <v>179322.99</v>
       </c>
       <c r="I24">
-        <v>129366.81</v>
+        <v>109088.45</v>
       </c>
       <c r="J24" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="K24" t="s">
         <v>23</v>
       </c>
       <c r="L24" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
-        <v>176</v>
+        <v>888</v>
       </c>
       <c r="B25" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C25" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D25">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="E25">
+        <v>2</v>
       </c>
       <c r="G25">
-        <v>244225.27</v>
+        <v>828894.76</v>
       </c>
       <c r="H25">
-        <v>0.0</v>
+        <v>35783.01</v>
       </c>
       <c r="I25">
-        <v>244225.27</v>
+        <v>793111.75</v>
       </c>
       <c r="J25" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="K25" t="s">
         <v>23</v>
       </c>
       <c r="L25" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
-        <v>240</v>
+        <v>952</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C26" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D26">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G26">
-        <v>510938.38</v>
+        <v>297257.94</v>
       </c>
       <c r="H26">
-        <v>0.0</v>
+        <v>113482.79</v>
       </c>
       <c r="I26">
-        <v>510938.38</v>
+        <v>183775.15</v>
       </c>
       <c r="J26" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="K26" t="s">
         <v>23</v>
       </c>
       <c r="L26" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
-        <v>308</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C27" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D27">
         <v>2</v>
       </c>
+      <c r="E27">
+        <v>2</v>
+      </c>
       <c r="G27">
-        <v>234729.9</v>
+        <v>154041.28</v>
       </c>
       <c r="H27">
-        <v>789.04</v>
+        <v>24674.47</v>
       </c>
       <c r="I27">
-        <v>233940.86</v>
+        <v>129366.81</v>
       </c>
       <c r="J27" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K27" t="s">
         <v>23</v>
       </c>
       <c r="L27" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
-        <v>372</v>
+        <v>176</v>
       </c>
       <c r="B28" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C28" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D28">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="E28">
         <v>1</v>
       </c>
       <c r="G28">
-        <v>75490.62</v>
+        <v>244225.27</v>
       </c>
       <c r="H28">
-        <v>770.0</v>
+        <v>0.0</v>
       </c>
       <c r="I28">
-        <v>74720.62</v>
+        <v>244225.27</v>
       </c>
       <c r="J28" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="K28" t="s">
         <v>23</v>
       </c>
       <c r="L28" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
-        <v>438</v>
+        <v>240</v>
       </c>
       <c r="B29" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C29" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="D29">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="E29">
+        <v>3</v>
       </c>
       <c r="G29">
-        <v>417943.1</v>
+        <v>510938.38</v>
       </c>
       <c r="H29">
-        <v>170922.86</v>
+        <v>0.0</v>
       </c>
       <c r="I29">
-        <v>247020.24</v>
+        <v>510938.38</v>
       </c>
       <c r="J29" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K29" t="s">
         <v>23</v>
       </c>
       <c r="L29" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
-        <v>517</v>
+        <v>308</v>
       </c>
       <c r="B30" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C30" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D30">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="E30">
         <v>2</v>
       </c>
       <c r="G30">
-        <v>265116.68</v>
+        <v>234729.9</v>
       </c>
       <c r="H30">
-        <v>186552.89</v>
+        <v>789.04</v>
       </c>
       <c r="I30">
-        <v>78563.79</v>
+        <v>233940.86</v>
       </c>
       <c r="J30" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="K30" t="s">
         <v>23</v>
       </c>
       <c r="L30" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
-        <v>581</v>
+        <v>372</v>
       </c>
       <c r="B31" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C31" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D31">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="G31">
-        <v>239058.58</v>
+        <v>75490.62</v>
       </c>
       <c r="H31">
-        <v>79000.89</v>
+        <v>770.0</v>
       </c>
       <c r="I31">
-        <v>160057.69</v>
+        <v>74720.62</v>
       </c>
       <c r="J31" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="K31" t="s">
         <v>23</v>
       </c>
       <c r="L31" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
-        <v>652</v>
+        <v>438</v>
       </c>
       <c r="B32" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32">
+        <v>4</v>
+      </c>
+      <c r="G32">
+        <v>417943.1</v>
+      </c>
+      <c r="H32">
+        <v>170922.86</v>
+      </c>
+      <c r="I32">
+        <v>247020.24</v>
+      </c>
+      <c r="J32" t="s">
         <v>69</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K32" t="s">
         <v>23</v>
       </c>
       <c r="L32" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
-        <v>716</v>
+        <v>517</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33" t="s">
         <v>21</v>
       </c>
       <c r="D33">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E33">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G33">
-        <v>123490.49</v>
+        <v>265116.68</v>
       </c>
       <c r="H33">
-        <v>121297.51</v>
+        <v>186552.89</v>
       </c>
       <c r="I33">
-        <v>2192.98</v>
+        <v>78563.79</v>
       </c>
       <c r="J33" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K33" t="s">
         <v>23</v>
       </c>
       <c r="L33" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
-        <v>783</v>
+        <v>581</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34" t="s">
         <v>21</v>
       </c>
+      <c r="D34">
+        <v>1</v>
+      </c>
+      <c r="E34">
+        <v>1</v>
+      </c>
       <c r="G34">
-        <v>10770.65</v>
+        <v>239058.58</v>
       </c>
       <c r="H34">
-        <v>18188.64</v>
+        <v>79000.89</v>
       </c>
       <c r="I34">
-        <v>-7417.99</v>
+        <v>160057.69</v>
       </c>
       <c r="J34" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K34" t="s">
         <v>23</v>
       </c>
       <c r="L34" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
-        <v>697</v>
+        <v>419</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="D35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E35">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G35">
-        <v>121169.07</v>
+        <v>144700.0</v>
       </c>
       <c r="H35">
-        <v>40821.0</v>
+        <v>0.0</v>
       </c>
       <c r="I35">
-        <v>80348.07</v>
+        <v>144700.0</v>
       </c>
       <c r="J35" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="K35" t="s">
         <v>23</v>
       </c>
       <c r="L35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
-        <v>761</v>
+        <v>498</v>
       </c>
       <c r="B36" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C36" t="s">
         <v>21</v>
       </c>
       <c r="D36">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G36">
-        <v>229149.77</v>
+        <v>482333.0</v>
       </c>
       <c r="H36">
-        <v>62591.62</v>
+        <v>63500.0</v>
       </c>
       <c r="I36">
-        <v>166558.15</v>
+        <v>418833.0</v>
       </c>
       <c r="J36" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K36" t="s">
         <v>23</v>
       </c>
       <c r="L36" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
-        <v>828</v>
+        <v>562</v>
       </c>
       <c r="B37" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C37" t="s">
         <v>21</v>
       </c>
       <c r="D37">
         <v>4</v>
       </c>
       <c r="E37">
         <v>1</v>
       </c>
       <c r="G37">
-        <v>654000.0</v>
+        <v>271130.87</v>
       </c>
       <c r="H37">
-        <v>53493.65</v>
+        <v>4700.0</v>
       </c>
       <c r="I37">
-        <v>600506.35</v>
+        <v>266430.87</v>
       </c>
       <c r="J37" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K37" t="s">
         <v>23</v>
       </c>
       <c r="L37" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>901</v>
+        <v>633</v>
       </c>
       <c r="B38" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C38" t="s">
         <v>21</v>
       </c>
       <c r="D38">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G38">
-        <v>287389.38</v>
+        <v>332299.61</v>
       </c>
       <c r="H38">
-        <v>0.0</v>
+        <v>143543.25</v>
       </c>
       <c r="I38">
-        <v>287389.38</v>
+        <v>188756.36</v>
       </c>
       <c r="J38" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="K38" t="s">
         <v>23</v>
       </c>
       <c r="L38" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>22</v>
+        <v>697</v>
       </c>
       <c r="B39" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C39" t="s">
-        <v>78</v>
+        <v>21</v>
+      </c>
+      <c r="D39">
+        <v>2</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="G39">
-        <v>291847.24</v>
+        <v>121169.07</v>
       </c>
       <c r="H39">
-        <v>49375.43</v>
+        <v>40821.0</v>
       </c>
       <c r="I39">
-        <v>242471.81</v>
+        <v>80348.07</v>
       </c>
       <c r="J39" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="K39" t="s">
         <v>23</v>
       </c>
       <c r="L39" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>965</v>
+        <v>761</v>
       </c>
       <c r="B40" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C40" t="s">
         <v>21</v>
       </c>
       <c r="D40">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G40">
-        <v>257554.4</v>
+        <v>229149.77</v>
       </c>
       <c r="H40">
-        <v>18461.02</v>
+        <v>62591.62</v>
       </c>
       <c r="I40">
-        <v>239093.38</v>
+        <v>166558.15</v>
       </c>
       <c r="J40" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K40" t="s">
         <v>23</v>
       </c>
       <c r="L40" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>123</v>
+        <v>828</v>
       </c>
       <c r="B41" t="s">
+        <v>80</v>
+      </c>
+      <c r="C41" t="s">
+        <v>21</v>
+      </c>
+      <c r="D41">
+        <v>4</v>
+      </c>
+      <c r="E41">
+        <v>1</v>
+      </c>
+      <c r="G41">
+        <v>654000.0</v>
+      </c>
+      <c r="H41">
+        <v>53493.65</v>
+      </c>
+      <c r="I41">
+        <v>600506.35</v>
+      </c>
+      <c r="J41" t="s">
         <v>81</v>
-      </c>
-[...19 lines deleted...]
-        <v>83</v>
       </c>
       <c r="K41" t="s">
         <v>23</v>
       </c>
       <c r="L41" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>189</v>
+        <v>901</v>
       </c>
       <c r="B42" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C42" t="s">
+        <v>21</v>
+      </c>
+      <c r="D42">
+        <v>5</v>
+      </c>
+      <c r="E42">
+        <v>1</v>
+      </c>
+      <c r="G42">
+        <v>287389.38</v>
+      </c>
+      <c r="H42">
+        <v>0.0</v>
+      </c>
+      <c r="I42">
+        <v>287389.38</v>
+      </c>
+      <c r="J42" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>85</v>
       </c>
       <c r="K42" t="s">
         <v>23</v>
       </c>
       <c r="L42" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>254</v>
+        <v>22</v>
       </c>
       <c r="B43" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C43" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>84</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="G43">
-        <v>319500.0</v>
+        <v>291847.24</v>
       </c>
       <c r="H43">
-        <v>138791.26</v>
+        <v>49375.43</v>
       </c>
       <c r="I43">
-        <v>180708.74</v>
+        <v>242471.81</v>
       </c>
       <c r="J43" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="K43" t="s">
         <v>23</v>
       </c>
       <c r="L43" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>321</v>
+        <v>965</v>
       </c>
       <c r="B44" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C44" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D44">
+        <v>6</v>
       </c>
       <c r="E44">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G44">
-        <v>79147.59</v>
+        <v>257554.4</v>
       </c>
       <c r="H44">
-        <v>87994.9</v>
+        <v>18461.02</v>
       </c>
       <c r="I44">
-        <v>-8847.31</v>
+        <v>239093.38</v>
       </c>
       <c r="J44" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="K44" t="s">
         <v>23</v>
       </c>
       <c r="L44" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>387</v>
+        <v>123</v>
       </c>
       <c r="B45" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C45" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D45">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="G45">
-        <v>151098.96</v>
+        <v>76703.0</v>
       </c>
       <c r="H45">
-        <v>1200.0</v>
+        <v>89420.0</v>
       </c>
       <c r="I45">
-        <v>149898.96</v>
+        <v>-12717.0</v>
       </c>
       <c r="J45" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="K45" t="s">
         <v>23</v>
       </c>
       <c r="L45" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>462</v>
+        <v>189</v>
       </c>
       <c r="B46" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C46" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="D46">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E46">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G46">
-        <v>653858.28</v>
+        <v>72302.85</v>
       </c>
       <c r="H46">
-        <v>0.0</v>
+        <v>11311.0</v>
       </c>
       <c r="I46">
-        <v>653858.28</v>
+        <v>60991.85</v>
       </c>
       <c r="J46" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="K46" t="s">
         <v>23</v>
       </c>
       <c r="L46" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>530</v>
+        <v>254</v>
       </c>
       <c r="B47" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C47" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G47">
-        <v>236350.77</v>
+        <v>319500.0</v>
       </c>
       <c r="H47">
-        <v>127575.25</v>
+        <v>138791.26</v>
       </c>
       <c r="I47">
-        <v>108775.52</v>
+        <v>180708.74</v>
       </c>
       <c r="J47" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K47" t="s">
         <v>23</v>
       </c>
       <c r="L47" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>600</v>
+        <v>321</v>
       </c>
       <c r="B48" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C48" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="E48">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G48">
-        <v>672275.28</v>
+        <v>79147.59</v>
       </c>
       <c r="H48">
-        <v>69800.0</v>
+        <v>87994.9</v>
       </c>
       <c r="I48">
-        <v>602475.28</v>
+        <v>-8847.31</v>
       </c>
       <c r="J48" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="K48" t="s">
         <v>23</v>
       </c>
       <c r="L48" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>665</v>
+        <v>387</v>
       </c>
       <c r="B49" t="s">
+        <v>96</v>
+      </c>
+      <c r="C49" t="s">
+        <v>97</v>
+      </c>
+      <c r="D49">
+        <v>5</v>
+      </c>
+      <c r="E49">
+        <v>1</v>
+      </c>
+      <c r="G49">
+        <v>151098.96</v>
+      </c>
+      <c r="H49">
+        <v>1200.0</v>
+      </c>
+      <c r="I49">
+        <v>149898.96</v>
+      </c>
+      <c r="J49" t="s">
         <v>98</v>
-      </c>
-[...19 lines deleted...]
-        <v>99</v>
       </c>
       <c r="K49" t="s">
         <v>23</v>
       </c>
       <c r="L49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>729</v>
+        <v>462</v>
       </c>
       <c r="B50" t="s">
+        <v>99</v>
+      </c>
+      <c r="C50" t="s">
         <v>100</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G50">
-        <v>213576.0</v>
+        <v>653858.28</v>
       </c>
       <c r="H50">
-        <v>15000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I50">
-        <v>198576.0</v>
+        <v>653858.28</v>
       </c>
       <c r="J50" t="s">
-        <v>47</v>
+        <v>101</v>
       </c>
       <c r="K50" t="s">
         <v>23</v>
       </c>
       <c r="L50" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>796</v>
+        <v>530</v>
       </c>
       <c r="B51" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C51" t="s">
         <v>21</v>
       </c>
       <c r="D51">
         <v>3</v>
       </c>
       <c r="E51">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G51">
-        <v>209990.0</v>
+        <v>236350.77</v>
       </c>
       <c r="H51">
-        <v>4000.0</v>
+        <v>127575.25</v>
       </c>
       <c r="I51">
-        <v>205990.0</v>
+        <v>108775.52</v>
       </c>
       <c r="J51" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K51" t="s">
         <v>23</v>
       </c>
       <c r="L51" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>869</v>
+        <v>600</v>
       </c>
       <c r="B52" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C52" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D52">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E52">
         <v>2</v>
       </c>
       <c r="G52">
-        <v>203917.0</v>
+        <v>672275.28</v>
       </c>
       <c r="H52">
-        <v>3456.36</v>
+        <v>69800.0</v>
       </c>
       <c r="I52">
-        <v>200460.64</v>
+        <v>602475.28</v>
       </c>
       <c r="J52" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K52" t="s">
         <v>23</v>
       </c>
       <c r="L52" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>933</v>
+        <v>665</v>
       </c>
       <c r="B53" t="s">
         <v>104</v>
       </c>
       <c r="C53" t="s">
         <v>21</v>
       </c>
+      <c r="D53">
+        <v>3</v>
+      </c>
       <c r="E53">
         <v>1</v>
       </c>
       <c r="G53">
-        <v>68000.0</v>
+        <v>212000.0</v>
       </c>
       <c r="H53">
-        <v>6700.0</v>
+        <v>33000.0</v>
       </c>
       <c r="I53">
-        <v>61300.0</v>
+        <v>179000.0</v>
       </c>
       <c r="J53" t="s">
         <v>105</v>
       </c>
       <c r="K53" t="s">
         <v>23</v>
       </c>
       <c r="L53" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>90</v>
+        <v>729</v>
       </c>
       <c r="B54" t="s">
         <v>106</v>
       </c>
       <c r="C54" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D54">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G54">
-        <v>225581.86</v>
+        <v>213576.0</v>
       </c>
       <c r="H54">
-        <v>61188.47</v>
+        <v>15000.0</v>
       </c>
       <c r="I54">
-        <v>164393.39</v>
+        <v>198576.0</v>
       </c>
       <c r="J54" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K54" t="s">
         <v>23</v>
       </c>
       <c r="L54" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>156</v>
+        <v>796</v>
       </c>
       <c r="B55" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C55" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="G55">
-        <v>76677.62</v>
+        <v>209990.0</v>
       </c>
       <c r="H55">
-        <v>56273.59</v>
+        <v>4000.0</v>
       </c>
       <c r="I55">
-        <v>20404.03</v>
+        <v>205990.0</v>
       </c>
       <c r="J55" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="K55" t="s">
         <v>23</v>
       </c>
       <c r="L55" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>221</v>
+        <v>869</v>
       </c>
       <c r="B56" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C56" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D56">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E56">
         <v>2</v>
       </c>
       <c r="G56">
-        <v>497041.92</v>
+        <v>203917.0</v>
       </c>
       <c r="H56">
-        <v>89143.47</v>
+        <v>3456.36</v>
       </c>
       <c r="I56">
-        <v>407898.45</v>
+        <v>200460.64</v>
       </c>
       <c r="J56" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="K56" t="s">
         <v>23</v>
       </c>
       <c r="L56" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>286</v>
+        <v>933</v>
       </c>
       <c r="B57" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C57" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>21</v>
+      </c>
+      <c r="E57">
+        <v>1</v>
       </c>
       <c r="G57">
-        <v>126204.22</v>
+        <v>68000.0</v>
       </c>
       <c r="H57">
-        <v>82250.0</v>
+        <v>6700.0</v>
       </c>
       <c r="I57">
-        <v>43954.22</v>
+        <v>61300.0</v>
       </c>
       <c r="J57" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="K57" t="s">
         <v>23</v>
       </c>
       <c r="L57" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>353</v>
+        <v>90</v>
       </c>
       <c r="B58" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C58" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D58">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E58">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G58">
-        <v>526262.0</v>
+        <v>225581.86</v>
       </c>
       <c r="H58">
-        <v>98928.04</v>
+        <v>61188.47</v>
       </c>
       <c r="I58">
-        <v>427333.96</v>
+        <v>164393.39</v>
       </c>
       <c r="J58" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="K58" t="s">
         <v>23</v>
       </c>
       <c r="L58" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>419</v>
+        <v>156</v>
       </c>
       <c r="B59" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C59" t="s">
-        <v>118</v>
+        <v>36</v>
       </c>
       <c r="D59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E59">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G59">
-        <v>144700.0</v>
+        <v>76677.62</v>
       </c>
       <c r="H59">
-        <v>0.0</v>
+        <v>56273.59</v>
       </c>
       <c r="I59">
-        <v>144700.0</v>
+        <v>20404.03</v>
       </c>
       <c r="J59" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="K59" t="s">
         <v>23</v>
       </c>
       <c r="L59" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>498</v>
+        <v>221</v>
       </c>
       <c r="B60" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C60" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D60">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E60">
         <v>2</v>
       </c>
       <c r="G60">
-        <v>482333.0</v>
+        <v>497041.92</v>
       </c>
       <c r="H60">
-        <v>63500.0</v>
+        <v>89143.47</v>
       </c>
       <c r="I60">
-        <v>418833.0</v>
+        <v>407898.45</v>
       </c>
       <c r="J60" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="K60" t="s">
         <v>23</v>
       </c>
       <c r="L60" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>562</v>
+        <v>286</v>
       </c>
       <c r="B61" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C61" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="D61">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G61">
-        <v>271130.87</v>
+        <v>126204.22</v>
       </c>
       <c r="H61">
-        <v>4700.0</v>
+        <v>82250.0</v>
       </c>
       <c r="I61">
-        <v>266430.87</v>
+        <v>43954.22</v>
       </c>
       <c r="J61" t="s">
-        <v>43</v>
+        <v>120</v>
       </c>
       <c r="K61" t="s">
         <v>23</v>
       </c>
       <c r="L61" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>633</v>
+        <v>353</v>
       </c>
       <c r="B62" t="s">
+        <v>121</v>
+      </c>
+      <c r="C62" t="s">
+        <v>36</v>
+      </c>
+      <c r="D62">
+        <v>4</v>
+      </c>
+      <c r="E62">
+        <v>4</v>
+      </c>
+      <c r="G62">
+        <v>526262.0</v>
+      </c>
+      <c r="H62">
+        <v>98928.04</v>
+      </c>
+      <c r="I62">
+        <v>427333.96</v>
+      </c>
+      <c r="J62" t="s">
         <v>122</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K62" t="s">
         <v>23</v>
       </c>
       <c r="L62" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>478</v>
+        <v>267</v>
       </c>
       <c r="B63" t="s">
         <v>123</v>
       </c>
       <c r="C63" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="G63">
-        <v>77978.0</v>
+        <v>7100.0</v>
       </c>
       <c r="H63">
-        <v>43188.86</v>
+        <v>23500.0</v>
       </c>
       <c r="I63">
-        <v>34789.14</v>
+        <v>-16400.0</v>
       </c>
       <c r="J63" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="K63" t="s">
         <v>23</v>
       </c>
       <c r="L63" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>543</v>
+        <v>334</v>
       </c>
       <c r="B64" t="s">
         <v>124</v>
       </c>
       <c r="C64" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D64">
+        <v>1</v>
+      </c>
+      <c r="E64">
         <v>2</v>
       </c>
       <c r="G64">
-        <v>170799.56</v>
+        <v>250395.0</v>
       </c>
       <c r="H64">
-        <v>116639.83</v>
+        <v>117000.0</v>
       </c>
       <c r="I64">
-        <v>54159.73</v>
+        <v>133395.0</v>
       </c>
       <c r="J64" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="K64" t="s">
         <v>23</v>
       </c>
       <c r="L64" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>614</v>
+        <v>400</v>
       </c>
       <c r="B65" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C65" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D65">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="E65">
+        <v>3</v>
       </c>
       <c r="G65">
-        <v>156538.38</v>
+        <v>250929.19</v>
       </c>
       <c r="H65">
         <v>0.0</v>
       </c>
       <c r="I65">
-        <v>156538.38</v>
+        <v>250929.19</v>
       </c>
       <c r="J65" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="K65" t="s">
         <v>23</v>
       </c>
       <c r="L65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>678</v>
+        <v>478</v>
       </c>
       <c r="B66" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C66" t="s">
         <v>21</v>
       </c>
       <c r="D66">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E66">
+        <v>1</v>
       </c>
       <c r="G66">
-        <v>413535.95</v>
+        <v>77978.0</v>
       </c>
       <c r="H66">
-        <v>94370.06</v>
+        <v>43188.86</v>
       </c>
       <c r="I66">
-        <v>319165.89</v>
+        <v>34789.14</v>
       </c>
       <c r="J66" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="K66" t="s">
         <v>23</v>
       </c>
       <c r="L66" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>742</v>
+        <v>543</v>
       </c>
       <c r="B67" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C67" t="s">
         <v>21</v>
       </c>
       <c r="D67">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G67">
-        <v>189709.69</v>
+        <v>170799.56</v>
       </c>
       <c r="H67">
-        <v>101613.99</v>
+        <v>116639.83</v>
       </c>
       <c r="I67">
-        <v>88095.7</v>
+        <v>54159.73</v>
       </c>
       <c r="J67" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K67" t="s">
         <v>23</v>
       </c>
       <c r="L67" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>809</v>
+        <v>614</v>
       </c>
       <c r="B68" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C68" t="s">
         <v>21</v>
       </c>
       <c r="D68">
         <v>1</v>
       </c>
-      <c r="E68">
-[...1 lines deleted...]
-      </c>
       <c r="G68">
-        <v>208002.0</v>
+        <v>156538.38</v>
       </c>
       <c r="H68">
-        <v>33007.0</v>
+        <v>0.0</v>
       </c>
       <c r="I68">
-        <v>174995.0</v>
+        <v>156538.38</v>
       </c>
       <c r="J68" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K68" t="s">
         <v>23</v>
       </c>
       <c r="L68" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>882</v>
+        <v>678</v>
       </c>
       <c r="B69" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C69" t="s">
         <v>21</v>
       </c>
       <c r="D69">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G69">
-        <v>200607.76</v>
+        <v>413535.95</v>
       </c>
       <c r="H69">
-        <v>158572.21</v>
+        <v>94370.06</v>
       </c>
       <c r="I69">
-        <v>42035.55</v>
+        <v>319165.89</v>
       </c>
       <c r="J69" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="K69" t="s">
         <v>23</v>
       </c>
       <c r="L69" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>946</v>
+        <v>742</v>
       </c>
       <c r="B70" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C70" t="s">
         <v>21</v>
       </c>
       <c r="D70">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E70">
         <v>1</v>
       </c>
       <c r="G70">
-        <v>55525.0</v>
+        <v>189709.69</v>
       </c>
       <c r="H70">
-        <v>8868.0</v>
+        <v>101613.99</v>
       </c>
       <c r="I70">
-        <v>46657.0</v>
+        <v>88095.7</v>
       </c>
       <c r="J70" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K70" t="s">
         <v>23</v>
       </c>
       <c r="L70" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
-        <v>103</v>
+        <v>809</v>
       </c>
       <c r="B71" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C71" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D71">
         <v>1</v>
       </c>
       <c r="E71">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G71">
-        <v>128855.0</v>
+        <v>208002.0</v>
       </c>
       <c r="H71">
-        <v>3330.0</v>
+        <v>33007.0</v>
       </c>
       <c r="I71">
-        <v>125525.0</v>
+        <v>174995.0</v>
       </c>
       <c r="J71" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="K71" t="s">
         <v>23</v>
       </c>
       <c r="L71" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>170</v>
+        <v>882</v>
       </c>
       <c r="B72" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C72" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D72">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E72">
         <v>1</v>
       </c>
       <c r="G72">
-        <v>857723.52</v>
+        <v>200607.76</v>
       </c>
       <c r="H72">
-        <v>39549.86</v>
+        <v>158572.21</v>
       </c>
       <c r="I72">
-        <v>818173.66</v>
+        <v>42035.55</v>
       </c>
       <c r="J72" t="s">
-        <v>134</v>
+        <v>54</v>
       </c>
       <c r="K72" t="s">
         <v>23</v>
       </c>
       <c r="L72" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>234</v>
+        <v>946</v>
       </c>
       <c r="B73" t="s">
         <v>135</v>
       </c>
       <c r="C73" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E73">
         <v>1</v>
       </c>
       <c r="G73">
-        <v>123300.0</v>
+        <v>55525.0</v>
       </c>
       <c r="H73">
-        <v>18265.0</v>
+        <v>8868.0</v>
       </c>
       <c r="I73">
-        <v>105035.0</v>
+        <v>46657.0</v>
       </c>
       <c r="J73" t="s">
-        <v>136</v>
+        <v>56</v>
       </c>
       <c r="K73" t="s">
         <v>23</v>
       </c>
       <c r="L73" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>299</v>
+        <v>103</v>
       </c>
       <c r="B74" t="s">
+        <v>136</v>
+      </c>
+      <c r="C74" t="s">
+        <v>36</v>
+      </c>
+      <c r="D74">
+        <v>1</v>
+      </c>
+      <c r="E74">
+        <v>4</v>
+      </c>
+      <c r="G74">
+        <v>128855.0</v>
+      </c>
+      <c r="H74">
+        <v>3330.0</v>
+      </c>
+      <c r="I74">
+        <v>125525.0</v>
+      </c>
+      <c r="J74" t="s">
         <v>137</v>
-      </c>
-[...19 lines deleted...]
-        <v>87</v>
       </c>
       <c r="K74" t="s">
         <v>23</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>366</v>
+        <v>170</v>
       </c>
       <c r="B75" t="s">
         <v>138</v>
       </c>
       <c r="C75" t="s">
+        <v>36</v>
+      </c>
+      <c r="D75">
+        <v>8</v>
+      </c>
+      <c r="E75">
+        <v>1</v>
+      </c>
+      <c r="G75">
+        <v>857723.52</v>
+      </c>
+      <c r="H75">
+        <v>39549.86</v>
+      </c>
+      <c r="I75">
+        <v>818173.66</v>
+      </c>
+      <c r="J75" t="s">
         <v>139</v>
-      </c>
-[...16 lines deleted...]
-        <v>140</v>
       </c>
       <c r="K75" t="s">
         <v>23</v>
       </c>
       <c r="L75" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>432</v>
+        <v>234</v>
       </c>
       <c r="B76" t="s">
+        <v>140</v>
+      </c>
+      <c r="C76" t="s">
+        <v>36</v>
+      </c>
+      <c r="D76">
+        <v>2</v>
+      </c>
+      <c r="E76">
+        <v>1</v>
+      </c>
+      <c r="G76">
+        <v>123300.0</v>
+      </c>
+      <c r="H76">
+        <v>18265.0</v>
+      </c>
+      <c r="I76">
+        <v>105035.0</v>
+      </c>
+      <c r="J76" t="s">
         <v>141</v>
-      </c>
-[...13 lines deleted...]
-        <v>143</v>
       </c>
       <c r="K76" t="s">
         <v>23</v>
       </c>
       <c r="L76" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>511</v>
+        <v>299</v>
       </c>
       <c r="B77" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C77" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D77">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="G77">
-        <v>34216.42</v>
+        <v>250020.0</v>
       </c>
       <c r="H77">
-        <v>197870.1</v>
+        <v>84780.0</v>
       </c>
       <c r="I77">
-        <v>-163653.68</v>
+        <v>165240.0</v>
       </c>
       <c r="J77" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K77" t="s">
         <v>23</v>
       </c>
       <c r="L77" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>575</v>
+        <v>366</v>
       </c>
       <c r="B78" t="s">
+        <v>143</v>
+      </c>
+      <c r="C78" t="s">
+        <v>144</v>
+      </c>
+      <c r="D78">
+        <v>2</v>
+      </c>
+      <c r="E78">
+        <v>1</v>
+      </c>
+      <c r="G78">
+        <v>100509.34</v>
+      </c>
+      <c r="H78">
+        <v>50411.06</v>
+      </c>
+      <c r="I78">
+        <v>50098.28</v>
+      </c>
+      <c r="J78" t="s">
         <v>145</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K78" t="s">
         <v>23</v>
       </c>
       <c r="L78" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
-        <v>646</v>
+        <v>432</v>
       </c>
       <c r="B79" t="s">
         <v>146</v>
       </c>
       <c r="C79" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>147</v>
       </c>
       <c r="G79">
-        <v>345089.65</v>
+        <v>0.0</v>
       </c>
       <c r="H79">
-        <v>97199.73</v>
+        <v>0.0</v>
       </c>
       <c r="I79">
-        <v>247889.92</v>
+        <v>0.0</v>
       </c>
       <c r="J79" t="s">
-        <v>43</v>
+        <v>148</v>
       </c>
       <c r="K79" t="s">
         <v>23</v>
       </c>
       <c r="L79" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
-        <v>710</v>
+        <v>511</v>
       </c>
       <c r="B80" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C80" t="s">
         <v>21</v>
       </c>
       <c r="D80">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E80">
         <v>1</v>
       </c>
       <c r="G80">
-        <v>38746.9</v>
+        <v>34216.42</v>
       </c>
       <c r="H80">
-        <v>1859.62</v>
+        <v>197870.1</v>
       </c>
       <c r="I80">
-        <v>36887.28</v>
+        <v>-163653.68</v>
       </c>
       <c r="J80" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K80" t="s">
         <v>23</v>
       </c>
       <c r="L80" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
-        <v>777</v>
+        <v>575</v>
       </c>
       <c r="B81" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C81" t="s">
         <v>21</v>
       </c>
       <c r="D81">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E81">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G81">
-        <v>1471216.23</v>
+        <v>510059.7</v>
       </c>
       <c r="H81">
-        <v>97925.38</v>
+        <v>31508.41</v>
       </c>
       <c r="I81">
-        <v>1373290.85</v>
+        <v>478551.29</v>
       </c>
       <c r="J81" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K81" t="s">
         <v>23</v>
       </c>
       <c r="L81" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
-        <v>843</v>
+        <v>646</v>
       </c>
       <c r="B82" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C82" t="s">
         <v>21</v>
       </c>
       <c r="D82">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E82">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G82">
-        <v>115683.98</v>
+        <v>345089.65</v>
       </c>
       <c r="H82">
-        <v>176512.58</v>
+        <v>97199.73</v>
       </c>
       <c r="I82">
-        <v>-60828.6</v>
+        <v>247889.92</v>
       </c>
       <c r="J82" t="s">
         <v>22</v>
       </c>
       <c r="K82" t="s">
         <v>23</v>
       </c>
       <c r="L82" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
-        <v>914</v>
+        <v>710</v>
       </c>
       <c r="B83" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C83" t="s">
         <v>21</v>
       </c>
       <c r="D83">
         <v>0</v>
       </c>
       <c r="E83">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G83">
-        <v>1719.69</v>
+        <v>38746.9</v>
       </c>
       <c r="H83">
-        <v>14158.94</v>
+        <v>1859.62</v>
       </c>
       <c r="I83">
-        <v>-12439.25</v>
+        <v>36887.28</v>
       </c>
       <c r="J83" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K83" t="s">
         <v>23</v>
       </c>
       <c r="L83" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
-        <v>50</v>
+        <v>777</v>
       </c>
       <c r="B84" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C84" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D84">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E84">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G84">
-        <v>676148.02</v>
+        <v>1471216.23</v>
       </c>
       <c r="H84">
-        <v>7602.99</v>
+        <v>97925.38</v>
       </c>
       <c r="I84">
-        <v>668545.03</v>
+        <v>1373290.85</v>
       </c>
       <c r="J84" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="K84" t="s">
         <v>23</v>
       </c>
       <c r="L84" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
-        <v>137</v>
+        <v>843</v>
       </c>
       <c r="B85" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C85" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="D85">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E85">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G85">
-        <v>78478.16</v>
+        <v>115683.98</v>
       </c>
       <c r="H85">
-        <v>20223.0</v>
+        <v>176512.58</v>
       </c>
       <c r="I85">
-        <v>58255.16</v>
+        <v>-60828.6</v>
       </c>
       <c r="J85" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
       <c r="K85" t="s">
         <v>23</v>
       </c>
       <c r="L85" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
-        <v>202</v>
+        <v>914</v>
       </c>
       <c r="B86" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C86" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D86">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E86">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G86">
-        <v>180236.58</v>
+        <v>1719.69</v>
       </c>
       <c r="H86">
-        <v>117738.81</v>
+        <v>14158.94</v>
       </c>
       <c r="I86">
-        <v>62497.77</v>
+        <v>-12439.25</v>
       </c>
       <c r="J86" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="K86" t="s">
         <v>23</v>
       </c>
       <c r="L86" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
-        <v>267</v>
+        <v>50</v>
       </c>
       <c r="B87" t="s">
+        <v>156</v>
+      </c>
+      <c r="C87" t="s">
+        <v>36</v>
+      </c>
+      <c r="D87">
+        <v>5</v>
+      </c>
+      <c r="E87">
+        <v>1</v>
+      </c>
+      <c r="G87">
+        <v>676148.02</v>
+      </c>
+      <c r="H87">
+        <v>7602.99</v>
+      </c>
+      <c r="I87">
+        <v>668545.03</v>
+      </c>
+      <c r="J87" t="s">
         <v>157</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
       <c r="K87" t="s">
         <v>23</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
-        <v>334</v>
+        <v>137</v>
       </c>
       <c r="B88" t="s">
         <v>158</v>
       </c>
       <c r="C88" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="D88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E88">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G88">
-        <v>250395.0</v>
+        <v>78478.16</v>
       </c>
       <c r="H88">
-        <v>117000.0</v>
+        <v>20223.0</v>
       </c>
       <c r="I88">
-        <v>133395.0</v>
+        <v>58255.16</v>
       </c>
       <c r="J88" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K88" t="s">
         <v>23</v>
       </c>
       <c r="L88" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>400</v>
+        <v>202</v>
       </c>
       <c r="B89" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C89" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D89">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E89">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G89">
-        <v>250929.19</v>
+        <v>180236.58</v>
       </c>
       <c r="H89">
-        <v>0.0</v>
+        <v>117738.81</v>
       </c>
       <c r="I89">
-        <v>250929.19</v>
+        <v>62497.77</v>
       </c>
       <c r="J89" t="s">
-        <v>161</v>
+        <v>40</v>
       </c>
       <c r="K89" t="s">
         <v>23</v>
       </c>
       <c r="L89" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="B90" t="s">
         <v>162</v>
       </c>
       <c r="C90" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="D90">
         <v>1</v>
       </c>
+      <c r="E90">
+        <v>4</v>
+      </c>
       <c r="G90">
-        <v>398203.99</v>
+        <v>240079.79</v>
       </c>
       <c r="H90">
-        <v>1629.0</v>
+        <v>33552.52</v>
       </c>
       <c r="I90">
-        <v>396574.99</v>
+        <v>206527.27</v>
       </c>
       <c r="J90" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="K90" t="s">
         <v>23</v>
       </c>
       <c r="L90" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>380</v>
+        <v>959</v>
       </c>
       <c r="B91" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C91" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D91">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E91">
         <v>1</v>
       </c>
       <c r="G91">
-        <v>179000.0</v>
+        <v>120027.31</v>
       </c>
       <c r="H91">
-        <v>1300.0</v>
+        <v>52731.0</v>
       </c>
       <c r="I91">
-        <v>177700.0</v>
+        <v>67296.31</v>
       </c>
       <c r="J91" t="s">
-        <v>165</v>
+        <v>56</v>
       </c>
       <c r="K91" t="s">
         <v>23</v>
       </c>
       <c r="L91" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>454</v>
+        <v>117</v>
       </c>
       <c r="B92" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C92" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
       <c r="D92">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E92">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G92">
-        <v>279283.51</v>
+        <v>196990.0</v>
       </c>
       <c r="H92">
-        <v>29563.09</v>
+        <v>157322.09</v>
       </c>
       <c r="I92">
-        <v>249720.42</v>
+        <v>39667.91</v>
       </c>
       <c r="J92" t="s">
-        <v>167</v>
+        <v>89</v>
       </c>
       <c r="K92" t="s">
         <v>23</v>
       </c>
       <c r="L92" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>524</v>
+        <v>183</v>
       </c>
       <c r="B93" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C93" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D93">
         <v>4</v>
       </c>
       <c r="E93">
         <v>1</v>
       </c>
       <c r="G93">
-        <v>316720.0</v>
+        <v>363065.2</v>
       </c>
       <c r="H93">
-        <v>80365.62</v>
+        <v>238947.44</v>
       </c>
       <c r="I93">
-        <v>236354.38</v>
+        <v>124117.76</v>
       </c>
       <c r="J93" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="K93" t="s">
         <v>23</v>
       </c>
       <c r="L93" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>592</v>
+        <v>247</v>
       </c>
       <c r="B94" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C94" t="s">
-        <v>103</v>
+        <v>36</v>
+      </c>
+      <c r="D94">
+        <v>1</v>
+      </c>
+      <c r="E94">
+        <v>1</v>
       </c>
       <c r="G94">
-        <v>4818.31</v>
+        <v>131898.48</v>
       </c>
       <c r="H94">
-        <v>5770.0</v>
+        <v>58155.48</v>
       </c>
       <c r="I94">
-        <v>-951.69</v>
+        <v>73743.0</v>
       </c>
       <c r="J94" t="s">
-        <v>170</v>
+        <v>93</v>
       </c>
       <c r="K94" t="s">
         <v>23</v>
       </c>
       <c r="L94" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>659</v>
+        <v>315</v>
       </c>
       <c r="B95" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C95" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D95">
         <v>1</v>
       </c>
-      <c r="E95">
-[...1 lines deleted...]
-      </c>
       <c r="G95">
-        <v>49502.75</v>
+        <v>398203.99</v>
       </c>
       <c r="H95">
-        <v>17083.76</v>
+        <v>1629.0</v>
       </c>
       <c r="I95">
-        <v>32418.99</v>
+        <v>396574.99</v>
       </c>
       <c r="J95" t="s">
-        <v>43</v>
+        <v>169</v>
       </c>
       <c r="K95" t="s">
         <v>23</v>
       </c>
       <c r="L95" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>723</v>
+        <v>380</v>
       </c>
       <c r="B96" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C96" t="s">
-        <v>21</v>
+        <v>36</v>
+      </c>
+      <c r="D96">
+        <v>1</v>
       </c>
       <c r="E96">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G96">
-        <v>63177.34</v>
+        <v>179000.0</v>
       </c>
       <c r="H96">
-        <v>39365.97</v>
+        <v>1300.0</v>
       </c>
       <c r="I96">
-        <v>23811.37</v>
+        <v>177700.0</v>
       </c>
       <c r="J96" t="s">
-        <v>47</v>
+        <v>171</v>
       </c>
       <c r="K96" t="s">
         <v>23</v>
       </c>
       <c r="L96" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>790</v>
+        <v>454</v>
       </c>
       <c r="B97" t="s">
+        <v>172</v>
+      </c>
+      <c r="C97" t="s">
+        <v>36</v>
+      </c>
+      <c r="D97">
+        <v>1</v>
+      </c>
+      <c r="E97">
+        <v>2</v>
+      </c>
+      <c r="G97">
+        <v>279283.51</v>
+      </c>
+      <c r="H97">
+        <v>29563.09</v>
+      </c>
+      <c r="I97">
+        <v>249720.42</v>
+      </c>
+      <c r="J97" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K97" t="s">
         <v>23</v>
       </c>
       <c r="L97" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>864</v>
+        <v>524</v>
       </c>
       <c r="B98" t="s">
         <v>174</v>
       </c>
       <c r="C98" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D98">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E98">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G98">
-        <v>128611.05</v>
+        <v>316720.0</v>
       </c>
       <c r="H98">
-        <v>95361.63</v>
+        <v>80365.62</v>
       </c>
       <c r="I98">
-        <v>33249.42</v>
+        <v>236354.38</v>
       </c>
       <c r="J98" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K98" t="s">
         <v>23</v>
       </c>
       <c r="L98" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>927</v>
+        <v>592</v>
       </c>
       <c r="B99" t="s">
         <v>175</v>
       </c>
       <c r="C99" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>109</v>
       </c>
       <c r="G99">
-        <v>826485.21</v>
+        <v>4818.31</v>
       </c>
       <c r="H99">
-        <v>95278.99</v>
+        <v>5770.0</v>
       </c>
       <c r="I99">
-        <v>731206.22</v>
+        <v>-951.69</v>
       </c>
       <c r="J99" t="s">
-        <v>105</v>
+        <v>176</v>
       </c>
       <c r="K99" t="s">
         <v>23</v>
       </c>
       <c r="L99" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>84</v>
+        <v>659</v>
       </c>
       <c r="B100" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C100" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D100">
         <v>1</v>
       </c>
       <c r="E100">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G100">
-        <v>882295.0</v>
+        <v>49502.75</v>
       </c>
       <c r="H100">
-        <v>44997.15</v>
+        <v>17083.76</v>
       </c>
       <c r="I100">
-        <v>837297.85</v>
+        <v>32418.99</v>
       </c>
       <c r="J100" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="K100" t="s">
         <v>23</v>
       </c>
       <c r="L100" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>150</v>
+        <v>723</v>
       </c>
       <c r="B101" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C101" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="E101">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G101">
-        <v>545085.0</v>
+        <v>63177.34</v>
       </c>
       <c r="H101">
-        <v>70000.0</v>
+        <v>39365.97</v>
       </c>
       <c r="I101">
-        <v>475085.0</v>
+        <v>23811.37</v>
       </c>
       <c r="J101" t="s">
-        <v>179</v>
+        <v>26</v>
       </c>
       <c r="K101" t="s">
         <v>23</v>
       </c>
       <c r="L101" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
-        <v>215</v>
+        <v>790</v>
       </c>
       <c r="B102" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C102" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E102">
         <v>1</v>
       </c>
       <c r="G102">
-        <v>186905.85</v>
+        <v>364995.99</v>
       </c>
       <c r="H102">
-        <v>95250.89</v>
+        <v>0.0</v>
       </c>
       <c r="I102">
-        <v>91654.96</v>
+        <v>364995.99</v>
       </c>
       <c r="J102" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="K102" t="s">
         <v>23</v>
       </c>
       <c r="L102" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
-        <v>280</v>
+        <v>864</v>
       </c>
       <c r="B103" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C103" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D103">
+        <v>1</v>
+      </c>
+      <c r="E103">
         <v>2</v>
       </c>
       <c r="G103">
-        <v>139185.0</v>
+        <v>128611.05</v>
       </c>
       <c r="H103">
-        <v>109200.0</v>
+        <v>95361.63</v>
       </c>
       <c r="I103">
-        <v>29985.0</v>
+        <v>33249.42</v>
       </c>
       <c r="J103" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="K103" t="s">
         <v>23</v>
       </c>
       <c r="L103" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
-        <v>347</v>
+        <v>927</v>
       </c>
       <c r="B104" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C104" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D104">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E104">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G104">
-        <v>153955.42</v>
+        <v>826485.21</v>
       </c>
       <c r="H104">
-        <v>132854.78</v>
+        <v>95278.99</v>
       </c>
       <c r="I104">
-        <v>21100.64</v>
+        <v>731206.22</v>
       </c>
       <c r="J104" t="s">
-        <v>184</v>
+        <v>111</v>
       </c>
       <c r="K104" t="s">
         <v>23</v>
       </c>
       <c r="L104" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
-        <v>413</v>
+        <v>84</v>
       </c>
       <c r="B105" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C105" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D105">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E105">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G105">
-        <v>473939.34</v>
+        <v>882295.0</v>
       </c>
       <c r="H105">
-        <v>160237.8</v>
+        <v>44997.15</v>
       </c>
       <c r="I105">
-        <v>313701.54</v>
+        <v>837297.85</v>
       </c>
       <c r="J105" t="s">
-        <v>186</v>
+        <v>113</v>
       </c>
       <c r="K105" t="s">
         <v>23</v>
       </c>
       <c r="L105" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
-        <v>491</v>
+        <v>150</v>
       </c>
       <c r="B106" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C106" t="s">
-        <v>21</v>
+        <v>184</v>
       </c>
       <c r="D106">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E106">
         <v>1</v>
       </c>
       <c r="G106">
-        <v>360619.84</v>
+        <v>545085.0</v>
       </c>
       <c r="H106">
-        <v>122230.27</v>
+        <v>70000.0</v>
       </c>
       <c r="I106">
-        <v>238389.57</v>
+        <v>475085.0</v>
       </c>
       <c r="J106" t="s">
-        <v>43</v>
+        <v>185</v>
       </c>
       <c r="K106" t="s">
         <v>23</v>
       </c>
       <c r="L106" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
-        <v>556</v>
+        <v>215</v>
       </c>
       <c r="B107" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C107" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D107">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E107">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G107">
-        <v>577690.0</v>
+        <v>186905.85</v>
       </c>
       <c r="H107">
-        <v>80000.0</v>
+        <v>95250.89</v>
       </c>
       <c r="I107">
-        <v>497690.0</v>
+        <v>91654.96</v>
       </c>
       <c r="J107" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="K107" t="s">
         <v>23</v>
       </c>
       <c r="L107" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
-        <v>627</v>
+        <v>280</v>
       </c>
       <c r="B108" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C108" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D108">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G108">
-        <v>165996.79</v>
+        <v>139185.0</v>
       </c>
       <c r="H108">
-        <v>10512.64</v>
+        <v>109200.0</v>
       </c>
       <c r="I108">
-        <v>155484.15</v>
+        <v>29985.0</v>
       </c>
       <c r="J108" t="s">
-        <v>43</v>
+        <v>188</v>
       </c>
       <c r="K108" t="s">
         <v>23</v>
       </c>
       <c r="L108" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
-        <v>691</v>
+        <v>347</v>
       </c>
       <c r="B109" t="s">
+        <v>189</v>
+      </c>
+      <c r="C109" t="s">
+        <v>36</v>
+      </c>
+      <c r="D109">
+        <v>1</v>
+      </c>
+      <c r="E109">
+        <v>2</v>
+      </c>
+      <c r="G109">
+        <v>153955.42</v>
+      </c>
+      <c r="H109">
+        <v>132854.78</v>
+      </c>
+      <c r="I109">
+        <v>21100.64</v>
+      </c>
+      <c r="J109" t="s">
         <v>190</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K109" t="s">
         <v>23</v>
       </c>
       <c r="L109" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
-        <v>755</v>
+        <v>413</v>
       </c>
       <c r="B110" t="s">
         <v>191</v>
       </c>
       <c r="C110" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D110">
+        <v>12</v>
+      </c>
+      <c r="E110">
         <v>3</v>
       </c>
-      <c r="E110">
-[...1 lines deleted...]
-      </c>
       <c r="G110">
-        <v>179652.57</v>
+        <v>473939.34</v>
       </c>
       <c r="H110">
-        <v>27690.0</v>
+        <v>160237.8</v>
       </c>
       <c r="I110">
-        <v>151962.57</v>
+        <v>313701.54</v>
       </c>
       <c r="J110" t="s">
-        <v>47</v>
+        <v>192</v>
       </c>
       <c r="K110" t="s">
         <v>23</v>
       </c>
       <c r="L110" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
-        <v>822</v>
+        <v>491</v>
       </c>
       <c r="B111" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C111" t="s">
         <v>21</v>
       </c>
+      <c r="D111">
+        <v>3</v>
+      </c>
       <c r="E111">
         <v>1</v>
       </c>
       <c r="G111">
-        <v>50932.0</v>
+        <v>360619.84</v>
       </c>
       <c r="H111">
-        <v>127882.2</v>
+        <v>122230.27</v>
       </c>
       <c r="I111">
-        <v>-76950.2</v>
+        <v>238389.57</v>
       </c>
       <c r="J111" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K111" t="s">
         <v>23</v>
       </c>
       <c r="L111" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
-        <v>895</v>
+        <v>556</v>
       </c>
       <c r="B112" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C112" t="s">
         <v>21</v>
       </c>
       <c r="D112">
         <v>1</v>
       </c>
       <c r="E112">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G112">
-        <v>100696.78</v>
+        <v>577690.0</v>
       </c>
       <c r="H112">
-        <v>46443.48</v>
+        <v>80000.0</v>
       </c>
       <c r="I112">
-        <v>54253.3</v>
+        <v>497690.0</v>
       </c>
       <c r="J112" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K112" t="s">
         <v>23</v>
       </c>
       <c r="L112" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
-        <v>16</v>
+        <v>627</v>
       </c>
       <c r="B113" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C113" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="D113">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E113">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G113">
-        <v>240079.79</v>
+        <v>165996.79</v>
       </c>
       <c r="H113">
-        <v>33552.52</v>
+        <v>10512.64</v>
       </c>
       <c r="I113">
-        <v>206527.27</v>
+        <v>155484.15</v>
       </c>
       <c r="J113" t="s">
-        <v>152</v>
+        <v>22</v>
       </c>
       <c r="K113" t="s">
         <v>23</v>
       </c>
       <c r="L113" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
-        <v>959</v>
+        <v>691</v>
       </c>
       <c r="B114" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C114" t="s">
         <v>21</v>
       </c>
       <c r="D114">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E114">
         <v>1</v>
       </c>
       <c r="G114">
-        <v>120027.31</v>
+        <v>14755.0</v>
       </c>
       <c r="H114">
-        <v>52731.0</v>
+        <v>0.0</v>
       </c>
       <c r="I114">
-        <v>67296.31</v>
+        <v>14755.0</v>
       </c>
       <c r="J114" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K114" t="s">
         <v>23</v>
       </c>
       <c r="L114" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
-        <v>117</v>
+        <v>755</v>
       </c>
       <c r="B115" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C115" t="s">
-        <v>197</v>
+        <v>21</v>
       </c>
       <c r="D115">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E115">
         <v>1</v>
       </c>
       <c r="G115">
-        <v>196990.0</v>
+        <v>179652.57</v>
       </c>
       <c r="H115">
-        <v>157322.09</v>
+        <v>27690.0</v>
       </c>
       <c r="I115">
-        <v>39667.91</v>
+        <v>151962.57</v>
       </c>
       <c r="J115" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="K115" t="s">
         <v>23</v>
       </c>
       <c r="L115" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
-        <v>183</v>
+        <v>822</v>
       </c>
       <c r="B116" t="s">
         <v>198</v>
       </c>
       <c r="C116" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="E116">
         <v>1</v>
       </c>
       <c r="G116">
-        <v>363065.2</v>
+        <v>50932.0</v>
       </c>
       <c r="H116">
-        <v>238947.44</v>
+        <v>127882.2</v>
       </c>
       <c r="I116">
-        <v>124117.76</v>
+        <v>-76950.2</v>
       </c>
       <c r="J116" t="s">
-        <v>119</v>
+        <v>81</v>
       </c>
       <c r="K116" t="s">
         <v>23</v>
       </c>
       <c r="L116" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
-        <v>247</v>
+        <v>895</v>
       </c>
       <c r="B117" t="s">
         <v>199</v>
       </c>
       <c r="C117" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D117">
         <v>1</v>
       </c>
       <c r="E117">
         <v>1</v>
       </c>
       <c r="G117">
-        <v>131898.48</v>
+        <v>100696.78</v>
       </c>
       <c r="H117">
-        <v>58155.48</v>
+        <v>46443.48</v>
       </c>
       <c r="I117">
-        <v>73743.0</v>
+        <v>54253.3</v>
       </c>
       <c r="J117" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="K117" t="s">
         <v>23</v>
       </c>
       <c r="L117" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
-        <v>940</v>
+        <v>736</v>
       </c>
       <c r="B118" t="s">
         <v>200</v>
       </c>
       <c r="C118" t="s">
         <v>21</v>
       </c>
       <c r="D118">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G118">
-        <v>352462.52</v>
+        <v>45799.0</v>
       </c>
       <c r="H118">
-        <v>79823.81</v>
+        <v>19900.0</v>
       </c>
       <c r="I118">
-        <v>272638.71</v>
+        <v>25899.0</v>
       </c>
       <c r="J118" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K118" t="s">
         <v>23</v>
       </c>
       <c r="L118" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
-        <v>97</v>
+        <v>803</v>
       </c>
       <c r="B119" t="s">
         <v>201</v>
       </c>
       <c r="C119" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D119">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G119">
-        <v>107282.0</v>
+        <v>861000.0</v>
       </c>
       <c r="H119">
-        <v>88118.28</v>
+        <v>518665.5</v>
       </c>
       <c r="I119">
-        <v>19163.72</v>
+        <v>342334.5</v>
       </c>
       <c r="J119" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="K119" t="s">
         <v>23</v>
       </c>
       <c r="L119" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
-        <v>164</v>
+        <v>876</v>
       </c>
       <c r="B120" t="s">
         <v>202</v>
       </c>
       <c r="C120" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D120">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E120">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G120">
-        <v>514750.0</v>
+        <v>211000.0</v>
       </c>
       <c r="H120">
-        <v>47000.0</v>
+        <v>1000.0</v>
       </c>
       <c r="I120">
-        <v>467750.0</v>
+        <v>210000.0</v>
       </c>
       <c r="J120" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="K120" t="s">
         <v>23</v>
       </c>
       <c r="L120" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
-        <v>228</v>
+        <v>940</v>
       </c>
       <c r="B121" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C121" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D121">
+        <v>4</v>
       </c>
       <c r="E121">
         <v>1</v>
       </c>
       <c r="G121">
-        <v>42720.0</v>
+        <v>352462.52</v>
       </c>
       <c r="H121">
-        <v>3971.84</v>
+        <v>79823.81</v>
       </c>
       <c r="I121">
-        <v>38748.16</v>
+        <v>272638.71</v>
       </c>
       <c r="J121" t="s">
-        <v>204</v>
+        <v>111</v>
       </c>
       <c r="K121" t="s">
         <v>23</v>
       </c>
       <c r="L121" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
-        <v>293</v>
+        <v>97</v>
       </c>
       <c r="B122" t="s">
         <v>205</v>
       </c>
       <c r="C122" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D122">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E122">
         <v>1</v>
       </c>
       <c r="G122">
-        <v>206311.0</v>
+        <v>107282.0</v>
       </c>
       <c r="H122">
-        <v>30000.0</v>
+        <v>88118.28</v>
       </c>
       <c r="I122">
-        <v>176311.0</v>
+        <v>19163.72</v>
       </c>
       <c r="J122" t="s">
-        <v>87</v>
+        <v>58</v>
       </c>
       <c r="K122" t="s">
         <v>23</v>
       </c>
       <c r="L122" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
-        <v>360</v>
+        <v>164</v>
       </c>
       <c r="B123" t="s">
         <v>206</v>
       </c>
       <c r="C123" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D123">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E123">
         <v>2</v>
       </c>
       <c r="G123">
-        <v>175040.95</v>
+        <v>514750.0</v>
       </c>
       <c r="H123">
-        <v>0.0</v>
+        <v>47000.0</v>
       </c>
       <c r="I123">
-        <v>175040.95</v>
+        <v>467750.0</v>
       </c>
       <c r="J123" t="s">
-        <v>163</v>
+        <v>139</v>
       </c>
       <c r="K123" t="s">
         <v>23</v>
       </c>
       <c r="L123" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
-        <v>426</v>
+        <v>228</v>
       </c>
       <c r="B124" t="s">
         <v>207</v>
       </c>
       <c r="C124" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="E124">
         <v>1</v>
       </c>
       <c r="G124">
-        <v>246229.0</v>
+        <v>42720.0</v>
       </c>
       <c r="H124">
-        <v>211000.0</v>
+        <v>3971.84</v>
       </c>
       <c r="I124">
-        <v>35229.0</v>
+        <v>38748.16</v>
       </c>
       <c r="J124" t="s">
         <v>208</v>
       </c>
       <c r="K124" t="s">
         <v>23</v>
       </c>
       <c r="L124" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
-        <v>505</v>
+        <v>293</v>
       </c>
       <c r="B125" t="s">
         <v>209</v>
       </c>
       <c r="C125" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D125">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E125">
         <v>1</v>
       </c>
       <c r="G125">
-        <v>260340.0</v>
+        <v>206311.0</v>
       </c>
       <c r="H125">
-        <v>0.0</v>
+        <v>30000.0</v>
       </c>
       <c r="I125">
-        <v>260340.0</v>
+        <v>176311.0</v>
       </c>
       <c r="J125" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K125" t="s">
         <v>23</v>
       </c>
       <c r="L125" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
-        <v>569</v>
+        <v>360</v>
       </c>
       <c r="B126" t="s">
         <v>210</v>
       </c>
       <c r="C126" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D126">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E126">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G126">
-        <v>429097.27</v>
+        <v>175040.95</v>
       </c>
       <c r="H126">
-        <v>95189.29</v>
+        <v>0.0</v>
       </c>
       <c r="I126">
-        <v>333907.98</v>
+        <v>175040.95</v>
       </c>
       <c r="J126" t="s">
-        <v>43</v>
+        <v>169</v>
       </c>
       <c r="K126" t="s">
         <v>23</v>
       </c>
       <c r="L126" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
-        <v>640</v>
+        <v>426</v>
       </c>
       <c r="B127" t="s">
         <v>211</v>
       </c>
       <c r="C127" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D127">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E127">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G127">
-        <v>248771.83</v>
+        <v>246229.0</v>
       </c>
       <c r="H127">
-        <v>88702.65</v>
+        <v>211000.0</v>
       </c>
       <c r="I127">
-        <v>160069.18</v>
+        <v>35229.0</v>
       </c>
       <c r="J127" t="s">
-        <v>43</v>
+        <v>212</v>
       </c>
       <c r="K127" t="s">
         <v>23</v>
       </c>
       <c r="L127" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
-        <v>704</v>
+        <v>505</v>
       </c>
       <c r="B128" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C128" t="s">
         <v>21</v>
       </c>
       <c r="D128">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E128">
         <v>1</v>
       </c>
       <c r="G128">
-        <v>236010.14</v>
+        <v>260340.0</v>
       </c>
       <c r="H128">
-        <v>137428.6</v>
+        <v>0.0</v>
       </c>
       <c r="I128">
-        <v>98581.54</v>
+        <v>260340.0</v>
       </c>
       <c r="J128" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K128" t="s">
         <v>23</v>
       </c>
       <c r="L128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
-        <v>772</v>
+        <v>569</v>
       </c>
       <c r="B129" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C129" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D129">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E129">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G129">
-        <v>340624.36</v>
+        <v>429097.27</v>
       </c>
       <c r="H129">
-        <v>18169.07</v>
+        <v>95189.29</v>
       </c>
       <c r="I129">
-        <v>322455.29</v>
+        <v>333907.98</v>
       </c>
       <c r="J129" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K129" t="s">
         <v>23</v>
       </c>
       <c r="L129" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
-        <v>837</v>
+        <v>640</v>
       </c>
       <c r="B130" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C130" t="s">
         <v>21</v>
       </c>
       <c r="D130">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E130">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G130">
-        <v>121890.56</v>
+        <v>248771.83</v>
       </c>
       <c r="H130">
-        <v>9760.77</v>
+        <v>88702.65</v>
       </c>
       <c r="I130">
-        <v>112129.79</v>
+        <v>160069.18</v>
       </c>
       <c r="J130" t="s">
-        <v>215</v>
+        <v>22</v>
       </c>
       <c r="K130" t="s">
         <v>23</v>
       </c>
       <c r="L130" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
-        <v>908</v>
+        <v>704</v>
       </c>
       <c r="B131" t="s">
         <v>216</v>
       </c>
       <c r="C131" t="s">
         <v>21</v>
       </c>
       <c r="D131">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="E131">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G131">
-        <v>18200.0</v>
+        <v>236010.14</v>
       </c>
       <c r="H131">
-        <v>13240.71</v>
+        <v>137428.6</v>
       </c>
       <c r="I131">
-        <v>4959.29</v>
+        <v>98581.54</v>
       </c>
       <c r="J131" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K131" t="s">
         <v>23</v>
       </c>
       <c r="L131" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
-        <v>31</v>
+        <v>772</v>
       </c>
       <c r="B132" t="s">
         <v>217</v>
       </c>
       <c r="C132" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D132">
         <v>2</v>
       </c>
       <c r="E132">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G132">
-        <v>499584.0</v>
+        <v>340624.36</v>
       </c>
       <c r="H132">
-        <v>388116.25</v>
+        <v>18169.07</v>
       </c>
       <c r="I132">
-        <v>111467.75</v>
+        <v>322455.29</v>
       </c>
       <c r="J132" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="K132" t="s">
         <v>23</v>
       </c>
       <c r="L132" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
-        <v>130</v>
+        <v>837</v>
       </c>
       <c r="B133" t="s">
         <v>218</v>
       </c>
       <c r="C133" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D133">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E133">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G133">
-        <v>136339.63</v>
+        <v>121890.56</v>
       </c>
       <c r="H133">
-        <v>53261.19</v>
+        <v>9760.77</v>
       </c>
       <c r="I133">
-        <v>83078.44</v>
+        <v>112129.79</v>
       </c>
       <c r="J133" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="K133" t="s">
         <v>23</v>
       </c>
       <c r="L133" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
-        <v>196</v>
+        <v>908</v>
       </c>
       <c r="B134" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C134" t="s">
-        <v>220</v>
+        <v>21</v>
+      </c>
+      <c r="D134">
+        <v>0</v>
       </c>
       <c r="E134">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G134">
-        <v>18677.18</v>
+        <v>18200.0</v>
       </c>
       <c r="H134">
-        <v>61000.0</v>
+        <v>13240.71</v>
       </c>
       <c r="I134">
-        <v>-42322.82</v>
+        <v>4959.29</v>
       </c>
       <c r="J134" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="K134" t="s">
         <v>23</v>
       </c>
       <c r="L134" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
-        <v>261</v>
+        <v>31</v>
       </c>
       <c r="B135" t="s">
         <v>221</v>
       </c>
       <c r="C135" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D135">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E135">
         <v>2</v>
       </c>
       <c r="G135">
-        <v>120154.1</v>
+        <v>499584.0</v>
       </c>
       <c r="H135">
-        <v>41404.39</v>
+        <v>388116.25</v>
       </c>
       <c r="I135">
-        <v>78749.71</v>
+        <v>111467.75</v>
       </c>
       <c r="J135" t="s">
-        <v>222</v>
+        <v>101</v>
       </c>
       <c r="K135" t="s">
         <v>23</v>
       </c>
       <c r="L135" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
-        <v>328</v>
+        <v>130</v>
       </c>
       <c r="B136" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C136" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D136">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E136">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G136">
-        <v>279032.12</v>
+        <v>136339.63</v>
       </c>
       <c r="H136">
-        <v>0.0</v>
+        <v>53261.19</v>
       </c>
       <c r="I136">
-        <v>279032.12</v>
+        <v>83078.44</v>
       </c>
       <c r="J136" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="K136" t="s">
         <v>23</v>
       </c>
       <c r="L136" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
-        <v>394</v>
+        <v>196</v>
       </c>
       <c r="B137" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C137" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>224</v>
       </c>
       <c r="E137">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G137">
-        <v>124400.73</v>
+        <v>18677.18</v>
       </c>
       <c r="H137">
-        <v>26871.73</v>
+        <v>61000.0</v>
       </c>
       <c r="I137">
-        <v>97529.0</v>
+        <v>-42322.82</v>
       </c>
       <c r="J137" t="s">
-        <v>161</v>
+        <v>60</v>
       </c>
       <c r="K137" t="s">
         <v>23</v>
       </c>
       <c r="L137" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
-        <v>469</v>
+        <v>261</v>
       </c>
       <c r="B138" t="s">
+        <v>225</v>
+      </c>
+      <c r="C138" t="s">
+        <v>36</v>
+      </c>
+      <c r="D138">
+        <v>1</v>
+      </c>
+      <c r="E138">
+        <v>2</v>
+      </c>
+      <c r="G138">
+        <v>120154.1</v>
+      </c>
+      <c r="H138">
+        <v>41404.39</v>
+      </c>
+      <c r="I138">
+        <v>78749.71</v>
+      </c>
+      <c r="J138" t="s">
         <v>226</v>
-      </c>
-[...19 lines deleted...]
-        <v>227</v>
       </c>
       <c r="K138" t="s">
         <v>23</v>
       </c>
       <c r="L138" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
-        <v>537</v>
+        <v>328</v>
       </c>
       <c r="B139" t="s">
+        <v>227</v>
+      </c>
+      <c r="C139" t="s">
+        <v>36</v>
+      </c>
+      <c r="D139">
+        <v>2</v>
+      </c>
+      <c r="E139">
+        <v>1</v>
+      </c>
+      <c r="G139">
+        <v>279032.12</v>
+      </c>
+      <c r="H139">
+        <v>0.0</v>
+      </c>
+      <c r="I139">
+        <v>279032.12</v>
+      </c>
+      <c r="J139" t="s">
         <v>228</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K139" t="s">
         <v>23</v>
       </c>
       <c r="L139" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
-        <v>608</v>
+        <v>394</v>
       </c>
       <c r="B140" t="s">
         <v>229</v>
       </c>
       <c r="C140" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D140">
         <v>1</v>
       </c>
+      <c r="E140">
+        <v>2</v>
+      </c>
       <c r="G140">
-        <v>232785.7</v>
+        <v>124400.73</v>
       </c>
       <c r="H140">
-        <v>59928.18</v>
+        <v>26871.73</v>
       </c>
       <c r="I140">
-        <v>172857.52</v>
+        <v>97529.0</v>
       </c>
       <c r="J140" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="K140" t="s">
         <v>23</v>
       </c>
       <c r="L140" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
-        <v>672</v>
+        <v>469</v>
       </c>
       <c r="B141" t="s">
         <v>230</v>
       </c>
       <c r="C141" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D141">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E141">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G141">
-        <v>130858.3</v>
+        <v>284358.71</v>
       </c>
       <c r="H141">
-        <v>2235.39</v>
+        <v>34268.4</v>
       </c>
       <c r="I141">
-        <v>128622.91</v>
+        <v>250090.31</v>
       </c>
       <c r="J141" t="s">
-        <v>47</v>
+        <v>231</v>
       </c>
       <c r="K141" t="s">
         <v>23</v>
       </c>
       <c r="L141" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
-        <v>736</v>
+        <v>537</v>
       </c>
       <c r="B142" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C142" t="s">
         <v>21</v>
       </c>
       <c r="D142">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E142">
         <v>2</v>
       </c>
       <c r="G142">
-        <v>45799.0</v>
+        <v>283265.3</v>
       </c>
       <c r="H142">
-        <v>19900.0</v>
+        <v>214480.11</v>
       </c>
       <c r="I142">
-        <v>25899.0</v>
+        <v>68785.19</v>
       </c>
       <c r="J142" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K142" t="s">
         <v>23</v>
       </c>
       <c r="L142" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
-        <v>803</v>
+        <v>608</v>
       </c>
       <c r="B143" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C143" t="s">
         <v>21</v>
       </c>
       <c r="D143">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G143">
-        <v>861000.0</v>
+        <v>232785.7</v>
       </c>
       <c r="H143">
-        <v>518665.5</v>
+        <v>59928.18</v>
       </c>
       <c r="I143">
-        <v>342334.5</v>
+        <v>172857.52</v>
       </c>
       <c r="J143" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K143" t="s">
         <v>23</v>
       </c>
       <c r="L143" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
-        <v>876</v>
+        <v>672</v>
       </c>
       <c r="B144" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C144" t="s">
         <v>21</v>
       </c>
       <c r="D144">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E144">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G144">
-        <v>211000.0</v>
+        <v>130858.3</v>
       </c>
       <c r="H144">
-        <v>1000.0</v>
+        <v>2235.39</v>
       </c>
       <c r="I144">
-        <v>210000.0</v>
+        <v>128622.91</v>
       </c>
       <c r="J144" t="s">
-        <v>234</v>
+        <v>26</v>
       </c>
       <c r="K144" t="s">
         <v>23</v>
       </c>
       <c r="L144" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
-        <v>784</v>
+        <v>582</v>
       </c>
       <c r="B145" t="s">
         <v>235</v>
       </c>
       <c r="C145" t="s">
         <v>21</v>
       </c>
       <c r="D145">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E145">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G145">
-        <v>226449.14</v>
+        <v>159672.24</v>
       </c>
       <c r="H145">
-        <v>26000.0</v>
+        <v>124254.12</v>
       </c>
       <c r="I145">
-        <v>200449.14</v>
+        <v>35418.12</v>
       </c>
       <c r="J145" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K145" t="s">
         <v>23</v>
       </c>
       <c r="L145" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
-        <v>853</v>
+        <v>653</v>
       </c>
       <c r="B146" t="s">
         <v>236</v>
       </c>
       <c r="C146" t="s">
         <v>21</v>
       </c>
       <c r="D146">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E146">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G146">
-        <v>60886.49</v>
+        <v>170154.97</v>
       </c>
       <c r="H146">
-        <v>0.0</v>
+        <v>63889.85</v>
       </c>
       <c r="I146">
-        <v>60886.49</v>
+        <v>106265.12</v>
       </c>
       <c r="J146" t="s">
         <v>22</v>
       </c>
       <c r="K146" t="s">
         <v>23</v>
       </c>
       <c r="L146" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
-        <v>921</v>
+        <v>717</v>
       </c>
       <c r="B147" t="s">
         <v>237</v>
       </c>
       <c r="C147" t="s">
         <v>21</v>
       </c>
       <c r="D147">
         <v>1</v>
       </c>
       <c r="E147">
         <v>1</v>
       </c>
       <c r="G147">
-        <v>108070.0</v>
+        <v>160140.01</v>
       </c>
       <c r="H147">
-        <v>0.0</v>
+        <v>38800.0</v>
       </c>
       <c r="I147">
-        <v>108070.0</v>
+        <v>121340.01</v>
       </c>
       <c r="J147" t="s">
         <v>26</v>
       </c>
       <c r="K147" t="s">
         <v>23</v>
       </c>
       <c r="L147" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
-        <v>69</v>
+        <v>784</v>
       </c>
       <c r="B148" t="s">
         <v>238</v>
       </c>
       <c r="C148" t="s">
-        <v>239</v>
+        <v>21</v>
       </c>
       <c r="D148">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E148">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G148">
-        <v>337550.0</v>
+        <v>226449.14</v>
       </c>
       <c r="H148">
-        <v>49051.29</v>
+        <v>26000.0</v>
       </c>
       <c r="I148">
-        <v>288498.71</v>
+        <v>200449.14</v>
       </c>
       <c r="J148" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="K148" t="s">
         <v>23</v>
       </c>
       <c r="L148" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
-        <v>144</v>
+        <v>853</v>
       </c>
       <c r="B149" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C149" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D149">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E149">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G149">
-        <v>388074.81</v>
+        <v>60886.49</v>
       </c>
       <c r="H149">
-        <v>110610.0</v>
+        <v>0.0</v>
       </c>
       <c r="I149">
-        <v>277464.81</v>
+        <v>60886.49</v>
       </c>
       <c r="J149" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="K149" t="s">
         <v>23</v>
       </c>
       <c r="L149" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
-        <v>209</v>
+        <v>921</v>
       </c>
       <c r="B150" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C150" t="s">
+        <v>21</v>
+      </c>
+      <c r="D150">
+        <v>1</v>
+      </c>
+      <c r="E150">
+        <v>1</v>
+      </c>
+      <c r="G150">
+        <v>108070.0</v>
+      </c>
+      <c r="H150">
+        <v>0.0</v>
+      </c>
+      <c r="I150">
+        <v>108070.0</v>
+      </c>
+      <c r="J150" t="s">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>242</v>
       </c>
       <c r="K150" t="s">
         <v>23</v>
       </c>
       <c r="L150" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
-        <v>274</v>
+        <v>69</v>
       </c>
       <c r="B151" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C151" t="s">
-        <v>31</v>
+        <v>242</v>
       </c>
       <c r="D151">
         <v>1</v>
       </c>
       <c r="E151">
         <v>2</v>
       </c>
       <c r="G151">
-        <v>108827.26</v>
+        <v>337550.0</v>
       </c>
       <c r="H151">
-        <v>41261.58</v>
+        <v>49051.29</v>
       </c>
       <c r="I151">
-        <v>67565.68</v>
+        <v>288498.71</v>
       </c>
       <c r="J151" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="K151" t="s">
         <v>23</v>
       </c>
       <c r="L151" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
-        <v>341</v>
+        <v>144</v>
       </c>
       <c r="B152" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C152" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D152">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E152">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G152">
-        <v>142718.47</v>
+        <v>388074.81</v>
       </c>
       <c r="H152">
-        <v>55527.3</v>
+        <v>110610.0</v>
       </c>
       <c r="I152">
-        <v>87191.17</v>
+        <v>277464.81</v>
       </c>
       <c r="J152" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="K152" t="s">
         <v>23</v>
       </c>
       <c r="L152" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
-        <v>407</v>
+        <v>209</v>
       </c>
       <c r="B153" t="s">
+        <v>244</v>
+      </c>
+      <c r="C153" t="s">
+        <v>36</v>
+      </c>
+      <c r="D153">
+        <v>3</v>
+      </c>
+      <c r="G153">
+        <v>125380.0</v>
+      </c>
+      <c r="H153">
+        <v>122900.0</v>
+      </c>
+      <c r="I153">
+        <v>2480.0</v>
+      </c>
+      <c r="J153" t="s">
         <v>245</v>
-      </c>
-[...16 lines deleted...]
-        <v>41</v>
       </c>
       <c r="K153" t="s">
         <v>23</v>
       </c>
       <c r="L153" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
-        <v>485</v>
+        <v>274</v>
       </c>
       <c r="B154" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C154" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D154">
         <v>1</v>
       </c>
       <c r="E154">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G154">
-        <v>162280.0</v>
+        <v>108827.26</v>
       </c>
       <c r="H154">
-        <v>114500.0</v>
+        <v>41261.58</v>
       </c>
       <c r="I154">
-        <v>47780.0</v>
+        <v>67565.68</v>
       </c>
       <c r="J154" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K154" t="s">
         <v>23</v>
       </c>
       <c r="L154" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
-        <v>550</v>
+        <v>341</v>
       </c>
       <c r="B155" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C155" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D155">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="G155">
-        <v>187599.01</v>
+        <v>142718.47</v>
       </c>
       <c r="H155">
-        <v>95724.7</v>
+        <v>55527.3</v>
       </c>
       <c r="I155">
-        <v>91874.31</v>
+        <v>87191.17</v>
       </c>
       <c r="J155" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K155" t="s">
         <v>23</v>
       </c>
       <c r="L155" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
-        <v>621</v>
+        <v>407</v>
       </c>
       <c r="B156" t="s">
+        <v>248</v>
+      </c>
+      <c r="C156" t="s">
         <v>249</v>
       </c>
-      <c r="C156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D156">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G156">
-        <v>166026.53</v>
+        <v>305209.29</v>
       </c>
       <c r="H156">
-        <v>56667.23</v>
+        <v>162245.74</v>
       </c>
       <c r="I156">
-        <v>109359.3</v>
+        <v>142963.55</v>
       </c>
       <c r="J156" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K156" t="s">
         <v>23</v>
       </c>
       <c r="L156" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
-        <v>685</v>
+        <v>485</v>
       </c>
       <c r="B157" t="s">
         <v>250</v>
       </c>
       <c r="C157" t="s">
         <v>21</v>
       </c>
       <c r="D157">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E157">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G157">
-        <v>593775.96</v>
+        <v>162280.0</v>
       </c>
       <c r="H157">
-        <v>98058.22</v>
+        <v>114500.0</v>
       </c>
       <c r="I157">
-        <v>495717.74</v>
+        <v>47780.0</v>
       </c>
       <c r="J157" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K157" t="s">
         <v>23</v>
       </c>
       <c r="L157" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
-        <v>749</v>
+        <v>550</v>
       </c>
       <c r="B158" t="s">
         <v>251</v>
       </c>
       <c r="C158" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D158">
         <v>2</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="G158">
-        <v>377395.25</v>
+        <v>187599.01</v>
       </c>
       <c r="H158">
-        <v>12523.64</v>
+        <v>95724.7</v>
       </c>
       <c r="I158">
-        <v>364871.61</v>
+        <v>91874.31</v>
       </c>
       <c r="J158" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K158" t="s">
         <v>23</v>
       </c>
       <c r="L158" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
-        <v>816</v>
+        <v>621</v>
       </c>
       <c r="B159" t="s">
         <v>252</v>
       </c>
       <c r="C159" t="s">
         <v>21</v>
       </c>
       <c r="D159">
         <v>2</v>
       </c>
       <c r="E159">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G159">
-        <v>42656.63</v>
+        <v>166026.53</v>
       </c>
       <c r="H159">
-        <v>2452.55</v>
+        <v>56667.23</v>
       </c>
       <c r="I159">
-        <v>40204.08</v>
+        <v>109359.3</v>
       </c>
       <c r="J159" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K159" t="s">
         <v>23</v>
       </c>
       <c r="L159" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
-        <v>889</v>
+        <v>685</v>
       </c>
       <c r="B160" t="s">
         <v>253</v>
       </c>
       <c r="C160" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D160">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E160">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G160">
-        <v>201900.0</v>
+        <v>593775.96</v>
       </c>
       <c r="H160">
-        <v>75000.0</v>
+        <v>98058.22</v>
       </c>
       <c r="I160">
-        <v>126900.0</v>
+        <v>495717.74</v>
       </c>
       <c r="J160" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K160" t="s">
         <v>23</v>
       </c>
       <c r="L160" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
-        <v>953</v>
+        <v>749</v>
       </c>
       <c r="B161" t="s">
         <v>254</v>
       </c>
       <c r="C161" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D161">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="G161">
-        <v>55643.48</v>
+        <v>377395.25</v>
       </c>
       <c r="H161">
-        <v>0.0</v>
+        <v>12523.64</v>
       </c>
       <c r="I161">
-        <v>55643.48</v>
+        <v>364871.61</v>
       </c>
       <c r="J161" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K161" t="s">
         <v>23</v>
       </c>
       <c r="L161" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
-        <v>111</v>
+        <v>816</v>
       </c>
       <c r="B162" t="s">
         <v>255</v>
       </c>
       <c r="C162" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D162">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E162">
         <v>1</v>
       </c>
       <c r="G162">
-        <v>151600.0</v>
+        <v>42656.63</v>
       </c>
       <c r="H162">
-        <v>102000.0</v>
+        <v>2452.55</v>
       </c>
       <c r="I162">
-        <v>49600.0</v>
+        <v>40204.08</v>
       </c>
       <c r="J162" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="K162" t="s">
         <v>23</v>
       </c>
       <c r="L162" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
-        <v>177</v>
+        <v>889</v>
       </c>
       <c r="B163" t="s">
         <v>256</v>
       </c>
       <c r="C163" t="s">
-        <v>31</v>
+        <v>109</v>
+      </c>
+      <c r="D163">
+        <v>3</v>
       </c>
       <c r="E163">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G163">
-        <v>156660.76</v>
+        <v>201900.0</v>
       </c>
       <c r="H163">
-        <v>30000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="I163">
-        <v>126660.76</v>
+        <v>126900.0</v>
       </c>
       <c r="J163" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="K163" t="s">
         <v>23</v>
       </c>
       <c r="L163" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
-        <v>241</v>
+        <v>953</v>
       </c>
       <c r="B164" t="s">
         <v>257</v>
       </c>
       <c r="C164" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D164">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="E164">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G164">
-        <v>538826.82</v>
+        <v>55643.48</v>
       </c>
       <c r="H164">
-        <v>10000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I164">
-        <v>528826.82</v>
+        <v>55643.48</v>
       </c>
       <c r="J164" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="K164" t="s">
         <v>23</v>
       </c>
       <c r="L164" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
-        <v>309</v>
+        <v>111</v>
       </c>
       <c r="B165" t="s">
         <v>258</v>
       </c>
       <c r="C165" t="s">
-        <v>178</v>
+        <v>36</v>
       </c>
       <c r="D165">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E165">
         <v>1</v>
       </c>
       <c r="G165">
-        <v>321628.29</v>
+        <v>151600.0</v>
       </c>
       <c r="H165">
-        <v>20600.0</v>
+        <v>102000.0</v>
       </c>
       <c r="I165">
-        <v>301028.29</v>
+        <v>49600.0</v>
       </c>
       <c r="J165" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K165" t="s">
         <v>23</v>
       </c>
       <c r="L165" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
-        <v>374</v>
+        <v>177</v>
       </c>
       <c r="B166" t="s">
         <v>259</v>
       </c>
       <c r="C166" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="E166">
         <v>3</v>
       </c>
       <c r="G166">
-        <v>476614.92</v>
+        <v>156660.76</v>
       </c>
       <c r="H166">
-        <v>120068.36</v>
+        <v>30000.0</v>
       </c>
       <c r="I166">
-        <v>356546.56</v>
+        <v>126660.76</v>
       </c>
       <c r="J166" t="s">
-        <v>165</v>
+        <v>40</v>
       </c>
       <c r="K166" t="s">
         <v>23</v>
       </c>
       <c r="L166" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
-        <v>439</v>
+        <v>241</v>
       </c>
       <c r="B167" t="s">
         <v>260</v>
       </c>
       <c r="C167" t="s">
-        <v>261</v>
+        <v>36</v>
       </c>
       <c r="D167">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="E167">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G167">
-        <v>257580.24</v>
+        <v>538826.82</v>
       </c>
       <c r="H167">
-        <v>3330.75</v>
+        <v>10000.0</v>
       </c>
       <c r="I167">
-        <v>254249.49</v>
+        <v>528826.82</v>
       </c>
       <c r="J167" t="s">
-        <v>262</v>
+        <v>62</v>
       </c>
       <c r="K167" t="s">
         <v>23</v>
       </c>
       <c r="L167" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
-        <v>518</v>
+        <v>309</v>
       </c>
       <c r="B168" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C168" t="s">
-        <v>21</v>
+        <v>184</v>
       </c>
       <c r="D168">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E168">
         <v>1</v>
       </c>
       <c r="G168">
-        <v>301221.27</v>
+        <v>321628.29</v>
       </c>
       <c r="H168">
-        <v>163945.0</v>
+        <v>20600.0</v>
       </c>
       <c r="I168">
-        <v>137276.27</v>
+        <v>301028.29</v>
       </c>
       <c r="J168" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="K168" t="s">
         <v>23</v>
       </c>
       <c r="L168" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
-        <v>582</v>
+        <v>374</v>
       </c>
       <c r="B169" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C169" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D169">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E169">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G169">
-        <v>159672.24</v>
+        <v>476614.92</v>
       </c>
       <c r="H169">
-        <v>124254.12</v>
+        <v>120068.36</v>
       </c>
       <c r="I169">
-        <v>35418.12</v>
+        <v>356546.56</v>
       </c>
       <c r="J169" t="s">
-        <v>43</v>
+        <v>171</v>
       </c>
       <c r="K169" t="s">
         <v>23</v>
       </c>
       <c r="L169" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
-        <v>653</v>
+        <v>439</v>
       </c>
       <c r="B170" t="s">
+        <v>263</v>
+      </c>
+      <c r="C170" t="s">
+        <v>264</v>
+      </c>
+      <c r="D170">
+        <v>2</v>
+      </c>
+      <c r="E170">
+        <v>1</v>
+      </c>
+      <c r="G170">
+        <v>257580.24</v>
+      </c>
+      <c r="H170">
+        <v>3330.75</v>
+      </c>
+      <c r="I170">
+        <v>254249.49</v>
+      </c>
+      <c r="J170" t="s">
         <v>265</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K170" t="s">
         <v>23</v>
       </c>
       <c r="L170" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
-        <v>717</v>
+        <v>518</v>
       </c>
       <c r="B171" t="s">
         <v>266</v>
       </c>
       <c r="C171" t="s">
         <v>21</v>
       </c>
       <c r="D171">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E171">
         <v>1</v>
       </c>
       <c r="G171">
-        <v>160140.01</v>
+        <v>301221.27</v>
       </c>
       <c r="H171">
-        <v>38800.0</v>
+        <v>163945.0</v>
       </c>
       <c r="I171">
-        <v>121340.01</v>
+        <v>137276.27</v>
       </c>
       <c r="J171" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K171" t="s">
         <v>23</v>
       </c>
       <c r="L171" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
-        <v>563</v>
+        <v>354</v>
       </c>
       <c r="B172" t="s">
         <v>267</v>
       </c>
       <c r="C172" t="s">
-        <v>21</v>
+        <v>36</v>
+      </c>
+      <c r="D172">
+        <v>3</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
       <c r="G172">
-        <v>85042.36</v>
+        <v>209500.0</v>
       </c>
       <c r="H172">
-        <v>2301.44</v>
+        <v>101300.0</v>
       </c>
       <c r="I172">
-        <v>82740.92</v>
+        <v>108200.0</v>
       </c>
       <c r="J172" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="K172" t="s">
         <v>23</v>
       </c>
       <c r="L172" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
-        <v>634</v>
+        <v>420</v>
       </c>
       <c r="B173" t="s">
         <v>268</v>
       </c>
       <c r="C173" t="s">
-        <v>103</v>
+        <v>36</v>
       </c>
       <c r="D173">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="E173">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G173">
-        <v>285211.93</v>
+        <v>348098.47</v>
       </c>
       <c r="H173">
-        <v>204889.45</v>
+        <v>34819.11</v>
       </c>
       <c r="I173">
-        <v>80322.48</v>
+        <v>313279.36</v>
       </c>
       <c r="J173" t="s">
-        <v>43</v>
+        <v>269</v>
       </c>
       <c r="K173" t="s">
         <v>23</v>
       </c>
       <c r="L173" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
-        <v>698</v>
+        <v>499</v>
       </c>
       <c r="B174" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C174" t="s">
         <v>21</v>
       </c>
       <c r="D174">
         <v>2</v>
       </c>
       <c r="E174">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G174">
-        <v>275735.32</v>
+        <v>234205.61</v>
       </c>
       <c r="H174">
-        <v>103210.2</v>
+        <v>18357.98</v>
       </c>
       <c r="I174">
-        <v>172525.12</v>
+        <v>215847.63</v>
       </c>
       <c r="J174" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K174" t="s">
         <v>23</v>
       </c>
       <c r="L174" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
-        <v>762</v>
+        <v>563</v>
       </c>
       <c r="B175" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C175" t="s">
         <v>21</v>
       </c>
-      <c r="D175">
-[...1 lines deleted...]
-      </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="G175">
-        <v>218462.63</v>
+        <v>85042.36</v>
       </c>
       <c r="H175">
-        <v>110960.62</v>
+        <v>2301.44</v>
       </c>
       <c r="I175">
-        <v>107502.01</v>
+        <v>82740.92</v>
       </c>
       <c r="J175" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K175" t="s">
         <v>23</v>
       </c>
       <c r="L175" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
-        <v>829</v>
+        <v>634</v>
       </c>
       <c r="B176" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C176" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D176">
         <v>2</v>
       </c>
       <c r="E176">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G176">
-        <v>329532.38</v>
+        <v>285211.93</v>
       </c>
       <c r="H176">
-        <v>103549.29</v>
+        <v>204889.45</v>
       </c>
       <c r="I176">
-        <v>225983.09</v>
+        <v>80322.48</v>
       </c>
       <c r="J176" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K176" t="s">
         <v>23</v>
       </c>
       <c r="L176" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
-        <v>902</v>
+        <v>698</v>
       </c>
       <c r="B177" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C177" t="s">
         <v>21</v>
       </c>
       <c r="D177">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="E177">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G177">
-        <v>178906.44</v>
+        <v>275735.32</v>
       </c>
       <c r="H177">
-        <v>0.0</v>
+        <v>103210.2</v>
       </c>
       <c r="I177">
-        <v>178906.44</v>
+        <v>172525.12</v>
       </c>
       <c r="J177" t="s">
         <v>26</v>
       </c>
       <c r="K177" t="s">
         <v>23</v>
       </c>
       <c r="L177" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
-        <v>25</v>
+        <v>762</v>
       </c>
       <c r="B178" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C178" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D178">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
       <c r="G178">
-        <v>386205.19</v>
+        <v>218462.63</v>
       </c>
       <c r="H178">
-        <v>55648.52</v>
+        <v>110960.62</v>
       </c>
       <c r="I178">
-        <v>330556.67</v>
+        <v>107502.01</v>
       </c>
       <c r="J178" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="K178" t="s">
         <v>23</v>
       </c>
       <c r="L178" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
-        <v>966</v>
+        <v>829</v>
       </c>
       <c r="B179" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C179" t="s">
         <v>21</v>
       </c>
       <c r="D179">
         <v>2</v>
       </c>
       <c r="E179">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G179">
-        <v>136571.42</v>
+        <v>329532.38</v>
       </c>
       <c r="H179">
-        <v>2936.72</v>
+        <v>103549.29</v>
       </c>
       <c r="I179">
-        <v>133634.7</v>
+        <v>225983.09</v>
       </c>
       <c r="J179" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="K179" t="s">
         <v>23</v>
       </c>
       <c r="L179" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
-        <v>124</v>
+        <v>902</v>
       </c>
       <c r="B180" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C180" t="s">
+        <v>21</v>
+      </c>
+      <c r="D180">
+        <v>13</v>
+      </c>
+      <c r="E180">
+        <v>1</v>
+      </c>
+      <c r="G180">
+        <v>178906.44</v>
+      </c>
+      <c r="H180">
+        <v>0.0</v>
+      </c>
+      <c r="I180">
+        <v>178906.44</v>
+      </c>
+      <c r="J180" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
       <c r="K180" t="s">
         <v>23</v>
       </c>
       <c r="L180" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
-        <v>190</v>
+        <v>25</v>
       </c>
       <c r="B181" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C181" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D181">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E181">
         <v>1</v>
       </c>
       <c r="G181">
-        <v>57140.77</v>
+        <v>386205.19</v>
       </c>
       <c r="H181">
-        <v>50989.93</v>
+        <v>55648.52</v>
       </c>
       <c r="I181">
-        <v>6150.84</v>
+        <v>330556.67</v>
       </c>
       <c r="J181" t="s">
-        <v>85</v>
+        <v>157</v>
       </c>
       <c r="K181" t="s">
         <v>23</v>
       </c>
       <c r="L181" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
-        <v>255</v>
+        <v>966</v>
       </c>
       <c r="B182" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C182" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D182">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E182">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G182">
-        <v>111943.76</v>
+        <v>136571.42</v>
       </c>
       <c r="H182">
-        <v>74227.91</v>
+        <v>2936.72</v>
       </c>
       <c r="I182">
-        <v>37715.85</v>
+        <v>133634.7</v>
       </c>
       <c r="J182" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K182" t="s">
         <v>23</v>
       </c>
       <c r="L182" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
-        <v>322</v>
+        <v>124</v>
       </c>
       <c r="B183" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C183" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D183">
         <v>1</v>
       </c>
       <c r="E183">
         <v>1</v>
       </c>
       <c r="G183">
-        <v>89269.3</v>
+        <v>93821.4</v>
       </c>
       <c r="H183">
-        <v>63227.95</v>
+        <v>46965.31</v>
       </c>
       <c r="I183">
-        <v>26041.35</v>
+        <v>46856.09</v>
       </c>
       <c r="J183" t="s">
-        <v>279</v>
+        <v>89</v>
       </c>
       <c r="K183" t="s">
         <v>23</v>
       </c>
       <c r="L183" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
-        <v>388</v>
+        <v>190</v>
       </c>
       <c r="B184" t="s">
         <v>280</v>
       </c>
       <c r="C184" t="s">
+        <v>36</v>
+      </c>
+      <c r="D184">
+        <v>1</v>
+      </c>
+      <c r="E184">
+        <v>1</v>
+      </c>
+      <c r="G184">
+        <v>57140.77</v>
+      </c>
+      <c r="H184">
+        <v>50989.93</v>
+      </c>
+      <c r="I184">
+        <v>6150.84</v>
+      </c>
+      <c r="J184" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>92</v>
       </c>
       <c r="K184" t="s">
         <v>23</v>
       </c>
       <c r="L184" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
-        <v>463</v>
+        <v>255</v>
       </c>
       <c r="B185" t="s">
         <v>281</v>
       </c>
       <c r="C185" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="D185">
         <v>1</v>
       </c>
       <c r="E185">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G185">
-        <v>411500.0</v>
+        <v>111943.76</v>
       </c>
       <c r="H185">
-        <v>159000.0</v>
+        <v>74227.91</v>
       </c>
       <c r="I185">
-        <v>252500.0</v>
+        <v>37715.85</v>
       </c>
       <c r="J185" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K185" t="s">
         <v>23</v>
       </c>
       <c r="L185" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
-        <v>531</v>
+        <v>322</v>
       </c>
       <c r="B186" t="s">
         <v>282</v>
       </c>
       <c r="C186" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D186">
         <v>1</v>
       </c>
       <c r="E186">
         <v>1</v>
       </c>
       <c r="G186">
-        <v>321513.31</v>
+        <v>89269.3</v>
       </c>
       <c r="H186">
-        <v>84.72</v>
+        <v>63227.95</v>
       </c>
       <c r="I186">
-        <v>321428.59</v>
+        <v>26041.35</v>
       </c>
       <c r="J186" t="s">
-        <v>43</v>
+        <v>283</v>
       </c>
       <c r="K186" t="s">
         <v>23</v>
       </c>
       <c r="L186" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
-        <v>601</v>
+        <v>388</v>
       </c>
       <c r="B187" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C187" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>97</v>
+      </c>
+      <c r="E187">
+        <v>1</v>
       </c>
       <c r="G187">
-        <v>76491.31</v>
+        <v>41300.11</v>
       </c>
       <c r="H187">
-        <v>17306.11</v>
+        <v>59558.78</v>
       </c>
       <c r="I187">
-        <v>59185.2</v>
+        <v>-18258.67</v>
       </c>
       <c r="J187" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="K187" t="s">
         <v>23</v>
       </c>
       <c r="L187" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
-        <v>666</v>
+        <v>463</v>
       </c>
       <c r="B188" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C188" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="D188">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E188">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G188">
-        <v>236800.0</v>
+        <v>411500.0</v>
       </c>
       <c r="H188">
-        <v>500.0</v>
+        <v>159000.0</v>
       </c>
       <c r="I188">
-        <v>236300.0</v>
+        <v>252500.0</v>
       </c>
       <c r="J188" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="K188" t="s">
         <v>23</v>
       </c>
       <c r="L188" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
-        <v>730</v>
+        <v>531</v>
       </c>
       <c r="B189" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C189" t="s">
         <v>21</v>
       </c>
       <c r="D189">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E189">
         <v>1</v>
       </c>
       <c r="G189">
-        <v>141949.13</v>
+        <v>321513.31</v>
       </c>
       <c r="H189">
-        <v>24029.06</v>
+        <v>84.72</v>
       </c>
       <c r="I189">
-        <v>117920.07</v>
+        <v>321428.59</v>
       </c>
       <c r="J189" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K189" t="s">
         <v>23</v>
       </c>
       <c r="L189" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
-        <v>797</v>
+        <v>601</v>
       </c>
       <c r="B190" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C190" t="s">
         <v>21</v>
       </c>
+      <c r="D190">
+        <v>3</v>
+      </c>
       <c r="G190">
-        <v>5000.0</v>
+        <v>76491.31</v>
       </c>
       <c r="H190">
-        <v>0.0</v>
+        <v>17306.11</v>
       </c>
       <c r="I190">
-        <v>5000.0</v>
+        <v>59185.2</v>
       </c>
       <c r="J190" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K190" t="s">
         <v>23</v>
       </c>
       <c r="L190" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
-        <v>870</v>
+        <v>666</v>
       </c>
       <c r="B191" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C191" t="s">
         <v>21</v>
       </c>
       <c r="D191">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E191">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G191">
-        <v>189036.84</v>
+        <v>236800.0</v>
       </c>
       <c r="H191">
-        <v>23828.07</v>
+        <v>500.0</v>
       </c>
       <c r="I191">
-        <v>165208.77</v>
+        <v>236300.0</v>
       </c>
       <c r="J191" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="K191" t="s">
         <v>23</v>
       </c>
       <c r="L191" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
-        <v>934</v>
+        <v>730</v>
       </c>
       <c r="B192" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C192" t="s">
         <v>21</v>
       </c>
       <c r="D192">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E192">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G192">
-        <v>67530.12</v>
+        <v>141949.13</v>
       </c>
       <c r="H192">
-        <v>9400.0</v>
+        <v>24029.06</v>
       </c>
       <c r="I192">
-        <v>58130.12</v>
+        <v>117920.07</v>
       </c>
       <c r="J192" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K192" t="s">
         <v>23</v>
       </c>
       <c r="L192" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
-        <v>91</v>
+        <v>797</v>
       </c>
       <c r="B193" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C193" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G193">
-        <v>16156.0</v>
+        <v>5000.0</v>
       </c>
       <c r="H193">
         <v>0.0</v>
       </c>
       <c r="I193">
-        <v>16156.0</v>
+        <v>5000.0</v>
       </c>
       <c r="J193" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K193" t="s">
         <v>23</v>
       </c>
       <c r="L193" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
-        <v>157</v>
+        <v>870</v>
       </c>
       <c r="B194" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C194" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D194">
+        <v>1</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="G194">
-        <v>35000.0</v>
+        <v>189036.84</v>
       </c>
       <c r="H194">
-        <v>0.0</v>
+        <v>23828.07</v>
       </c>
       <c r="I194">
-        <v>35000.0</v>
+        <v>165208.77</v>
       </c>
       <c r="J194" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="K194" t="s">
         <v>23</v>
       </c>
       <c r="L194" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
-        <v>222</v>
+        <v>934</v>
       </c>
       <c r="B195" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C195" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D195">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E195">
         <v>2</v>
       </c>
       <c r="G195">
-        <v>273983.63</v>
+        <v>67530.12</v>
       </c>
       <c r="H195">
-        <v>36600.0</v>
+        <v>9400.0</v>
       </c>
       <c r="I195">
-        <v>237383.63</v>
+        <v>58130.12</v>
       </c>
       <c r="J195" t="s">
-        <v>292</v>
+        <v>111</v>
       </c>
       <c r="K195" t="s">
         <v>23</v>
       </c>
       <c r="L195" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
-        <v>287</v>
+        <v>91</v>
       </c>
       <c r="B196" t="s">
         <v>293</v>
       </c>
       <c r="C196" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D196">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E196">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G196">
-        <v>322153.11</v>
+        <v>16156.0</v>
       </c>
       <c r="H196">
-        <v>194093.51</v>
+        <v>0.0</v>
       </c>
       <c r="I196">
-        <v>128059.6</v>
+        <v>16156.0</v>
       </c>
       <c r="J196" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="K196" t="s">
         <v>23</v>
       </c>
       <c r="L196" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
-        <v>354</v>
+        <v>157</v>
       </c>
       <c r="B197" t="s">
         <v>294</v>
       </c>
       <c r="C197" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="E197">
         <v>1</v>
       </c>
       <c r="G197">
-        <v>209500.0</v>
+        <v>35000.0</v>
       </c>
       <c r="H197">
-        <v>101300.0</v>
+        <v>0.0</v>
       </c>
       <c r="I197">
-        <v>108200.0</v>
+        <v>35000.0</v>
       </c>
       <c r="J197" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="K197" t="s">
         <v>23</v>
       </c>
       <c r="L197" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
-        <v>420</v>
+        <v>222</v>
       </c>
       <c r="B198" t="s">
         <v>295</v>
       </c>
       <c r="C198" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D198">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E198">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G198">
-        <v>348098.47</v>
+        <v>273983.63</v>
       </c>
       <c r="H198">
-        <v>34819.11</v>
+        <v>36600.0</v>
       </c>
       <c r="I198">
-        <v>313279.36</v>
+        <v>237383.63</v>
       </c>
       <c r="J198" t="s">
         <v>296</v>
       </c>
       <c r="K198" t="s">
         <v>23</v>
       </c>
       <c r="L198" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
-        <v>499</v>
+        <v>287</v>
       </c>
       <c r="B199" t="s">
         <v>297</v>
       </c>
       <c r="C199" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D199">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E199">
         <v>2</v>
       </c>
       <c r="G199">
-        <v>234205.61</v>
+        <v>322153.11</v>
       </c>
       <c r="H199">
-        <v>18357.98</v>
+        <v>194093.51</v>
       </c>
       <c r="I199">
-        <v>215847.63</v>
+        <v>128059.6</v>
       </c>
       <c r="J199" t="s">
-        <v>43</v>
+        <v>120</v>
       </c>
       <c r="K199" t="s">
         <v>23</v>
       </c>
       <c r="L199" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
-        <v>401</v>
+        <v>203</v>
       </c>
       <c r="B200" t="s">
         <v>298</v>
       </c>
       <c r="C200" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="D200">
         <v>4</v>
       </c>
       <c r="E200">
         <v>1</v>
       </c>
       <c r="G200">
-        <v>355760.0</v>
+        <v>455780.78</v>
       </c>
       <c r="H200">
-        <v>80000.0</v>
+        <v>104792.99</v>
       </c>
       <c r="I200">
-        <v>275760.0</v>
+        <v>350987.79</v>
       </c>
       <c r="J200" t="s">
-        <v>299</v>
+        <v>40</v>
       </c>
       <c r="K200" t="s">
         <v>23</v>
       </c>
       <c r="L200" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
-        <v>479</v>
+        <v>268</v>
       </c>
       <c r="B201" t="s">
+        <v>299</v>
+      </c>
+      <c r="C201" t="s">
         <v>300</v>
       </c>
-      <c r="C201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D201">
         <v>1</v>
       </c>
       <c r="E201">
         <v>1</v>
       </c>
       <c r="G201">
-        <v>354226.0</v>
+        <v>129844.26</v>
       </c>
       <c r="H201">
-        <v>180641.13</v>
+        <v>149948.93</v>
       </c>
       <c r="I201">
-        <v>173584.87</v>
+        <v>-20104.67</v>
       </c>
       <c r="J201" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="K201" t="s">
         <v>23</v>
       </c>
       <c r="L201" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
-        <v>544</v>
+        <v>335</v>
       </c>
       <c r="B202" t="s">
         <v>301</v>
       </c>
       <c r="C202" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D202">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E202">
         <v>1</v>
       </c>
       <c r="G202">
-        <v>220011.86</v>
+        <v>141108.69</v>
       </c>
       <c r="H202">
-        <v>73843.0</v>
+        <v>42120.89</v>
       </c>
       <c r="I202">
-        <v>146168.86</v>
+        <v>98987.8</v>
       </c>
       <c r="J202" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="K202" t="s">
         <v>23</v>
       </c>
       <c r="L202" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
-        <v>615</v>
+        <v>401</v>
       </c>
       <c r="B203" t="s">
         <v>302</v>
       </c>
       <c r="C203" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D203">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E203">
         <v>1</v>
       </c>
       <c r="G203">
-        <v>198990.0</v>
+        <v>355760.0</v>
       </c>
       <c r="H203">
-        <v>50444.0</v>
+        <v>80000.0</v>
       </c>
       <c r="I203">
-        <v>148546.0</v>
+        <v>275760.0</v>
       </c>
       <c r="J203" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="K203" t="s">
         <v>23</v>
       </c>
       <c r="L203" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
-        <v>679</v>
+        <v>479</v>
       </c>
       <c r="B204" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C204" t="s">
         <v>21</v>
       </c>
       <c r="D204">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E204">
         <v>1</v>
       </c>
       <c r="G204">
-        <v>30411.0</v>
+        <v>354226.0</v>
       </c>
       <c r="H204">
-        <v>87171.0</v>
+        <v>180641.13</v>
       </c>
       <c r="I204">
-        <v>-56760.0</v>
+        <v>173584.87</v>
       </c>
       <c r="J204" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="K204" t="s">
         <v>23</v>
       </c>
       <c r="L204" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
-        <v>743</v>
+        <v>544</v>
       </c>
       <c r="B205" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C205" t="s">
         <v>21</v>
       </c>
       <c r="D205">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E205">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G205">
-        <v>346433.35</v>
+        <v>220011.86</v>
       </c>
       <c r="H205">
-        <v>0.0</v>
+        <v>73843.0</v>
       </c>
       <c r="I205">
-        <v>346433.35</v>
+        <v>146168.86</v>
       </c>
       <c r="J205" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K205" t="s">
         <v>23</v>
       </c>
       <c r="L205" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
-        <v>810</v>
+        <v>615</v>
       </c>
       <c r="B206" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C206" t="s">
         <v>21</v>
       </c>
       <c r="D206">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E206">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G206">
-        <v>143772.0</v>
+        <v>198990.0</v>
       </c>
       <c r="H206">
-        <v>98051.55</v>
+        <v>50444.0</v>
       </c>
       <c r="I206">
-        <v>45720.45</v>
+        <v>148546.0</v>
       </c>
       <c r="J206" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K206" t="s">
         <v>23</v>
       </c>
       <c r="L206" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
-        <v>883</v>
+        <v>679</v>
       </c>
       <c r="B207" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C207" t="s">
         <v>21</v>
       </c>
       <c r="D207">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
       <c r="G207">
-        <v>251290.34</v>
+        <v>30411.0</v>
       </c>
       <c r="H207">
-        <v>126612.4</v>
+        <v>87171.0</v>
       </c>
       <c r="I207">
-        <v>124677.94</v>
+        <v>-56760.0</v>
       </c>
       <c r="J207" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="K207" t="s">
         <v>23</v>
       </c>
       <c r="L207" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
-        <v>947</v>
+        <v>743</v>
       </c>
       <c r="B208" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C208" t="s">
         <v>21</v>
       </c>
       <c r="D208">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E208">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G208">
-        <v>164945.66</v>
+        <v>346433.35</v>
       </c>
       <c r="H208">
-        <v>63859.48</v>
+        <v>0.0</v>
       </c>
       <c r="I208">
-        <v>101086.18</v>
+        <v>346433.35</v>
       </c>
       <c r="J208" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K208" t="s">
         <v>23</v>
       </c>
       <c r="L208" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
-        <v>104</v>
+        <v>810</v>
       </c>
       <c r="B209" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C209" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D209">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E209">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G209">
-        <v>220365.0</v>
+        <v>143772.0</v>
       </c>
       <c r="H209">
-        <v>72459.55</v>
+        <v>98051.55</v>
       </c>
       <c r="I209">
-        <v>147905.45</v>
+        <v>45720.45</v>
       </c>
       <c r="J209" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="K209" t="s">
         <v>23</v>
       </c>
       <c r="L209" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
-        <v>171</v>
+        <v>883</v>
       </c>
       <c r="B210" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C210" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D210">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E210">
         <v>1</v>
       </c>
       <c r="G210">
-        <v>335336.37</v>
+        <v>251290.34</v>
       </c>
       <c r="H210">
-        <v>83745.2</v>
+        <v>126612.4</v>
       </c>
       <c r="I210">
-        <v>251591.17</v>
+        <v>124677.94</v>
       </c>
       <c r="J210" t="s">
-        <v>310</v>
+        <v>54</v>
       </c>
       <c r="K210" t="s">
         <v>23</v>
       </c>
       <c r="L210" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
-        <v>235</v>
+        <v>947</v>
       </c>
       <c r="B211" t="s">
         <v>311</v>
       </c>
       <c r="C211" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D211">
-        <v>9</v>
+        <v>2</v>
+      </c>
+      <c r="E211">
+        <v>1</v>
       </c>
       <c r="G211">
-        <v>301364.0</v>
+        <v>164945.66</v>
       </c>
       <c r="H211">
-        <v>0.0</v>
+        <v>63859.48</v>
       </c>
       <c r="I211">
-        <v>301364.0</v>
+        <v>101086.18</v>
       </c>
       <c r="J211" t="s">
-        <v>312</v>
+        <v>56</v>
       </c>
       <c r="K211" t="s">
         <v>23</v>
       </c>
       <c r="L211" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
-        <v>300</v>
+        <v>104</v>
       </c>
       <c r="B212" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="C212" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D212">
         <v>2</v>
       </c>
       <c r="E212">
         <v>1</v>
       </c>
       <c r="G212">
-        <v>228374.43</v>
+        <v>220365.0</v>
       </c>
       <c r="H212">
-        <v>53949.67</v>
+        <v>72459.55</v>
       </c>
       <c r="I212">
-        <v>174424.76</v>
+        <v>147905.45</v>
       </c>
       <c r="J212" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="K212" t="s">
         <v>23</v>
       </c>
       <c r="L212" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
-        <v>367</v>
+        <v>171</v>
       </c>
       <c r="B213" t="s">
+        <v>313</v>
+      </c>
+      <c r="C213" t="s">
+        <v>36</v>
+      </c>
+      <c r="D213">
+        <v>3</v>
+      </c>
+      <c r="E213">
+        <v>1</v>
+      </c>
+      <c r="G213">
+        <v>335336.37</v>
+      </c>
+      <c r="H213">
+        <v>83745.2</v>
+      </c>
+      <c r="I213">
+        <v>251591.17</v>
+      </c>
+      <c r="J213" t="s">
         <v>314</v>
-      </c>
-[...19 lines deleted...]
-        <v>315</v>
       </c>
       <c r="K213" t="s">
         <v>23</v>
       </c>
       <c r="L213" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
-        <v>433</v>
+        <v>235</v>
       </c>
       <c r="B214" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C214" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D214">
         <v>9</v>
       </c>
-      <c r="E214">
-[...1 lines deleted...]
-      </c>
       <c r="G214">
-        <v>371801.41</v>
+        <v>301364.0</v>
       </c>
       <c r="H214">
-        <v>34859.79</v>
+        <v>0.0</v>
       </c>
       <c r="I214">
-        <v>336941.62</v>
+        <v>301364.0</v>
       </c>
       <c r="J214" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="K214" t="s">
         <v>23</v>
       </c>
       <c r="L214" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
-        <v>512</v>
+        <v>300</v>
       </c>
       <c r="B215" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C215" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D215">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E215">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G215">
-        <v>40333.18</v>
+        <v>228374.43</v>
       </c>
       <c r="H215">
-        <v>88473.82</v>
+        <v>53949.67</v>
       </c>
       <c r="I215">
-        <v>-48140.64</v>
+        <v>174424.76</v>
       </c>
       <c r="J215" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K215" t="s">
         <v>23</v>
       </c>
       <c r="L215" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
-        <v>576</v>
+        <v>367</v>
       </c>
       <c r="B216" t="s">
+        <v>318</v>
+      </c>
+      <c r="C216" t="s">
+        <v>36</v>
+      </c>
+      <c r="D216">
+        <v>1</v>
+      </c>
+      <c r="E216">
+        <v>2</v>
+      </c>
+      <c r="G216">
+        <v>86107.86</v>
+      </c>
+      <c r="H216">
+        <v>34613.14</v>
+      </c>
+      <c r="I216">
+        <v>51494.72</v>
+      </c>
+      <c r="J216" t="s">
         <v>319</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K216" t="s">
         <v>23</v>
       </c>
       <c r="L216" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
-        <v>647</v>
+        <v>433</v>
       </c>
       <c r="B217" t="s">
         <v>320</v>
       </c>
       <c r="C217" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D217">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E217">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G217">
-        <v>179638.0</v>
+        <v>371801.41</v>
       </c>
       <c r="H217">
-        <v>60000.0</v>
+        <v>34859.79</v>
       </c>
       <c r="I217">
-        <v>119638.0</v>
+        <v>336941.62</v>
       </c>
       <c r="J217" t="s">
-        <v>43</v>
+        <v>321</v>
       </c>
       <c r="K217" t="s">
         <v>23</v>
       </c>
       <c r="L217" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
-        <v>711</v>
+        <v>512</v>
       </c>
       <c r="B218" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C218" t="s">
         <v>21</v>
       </c>
       <c r="D218">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E218">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G218">
-        <v>144331.77</v>
+        <v>40333.18</v>
       </c>
       <c r="H218">
-        <v>98585.57</v>
+        <v>88473.82</v>
       </c>
       <c r="I218">
-        <v>45746.2</v>
+        <v>-48140.64</v>
       </c>
       <c r="J218" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K218" t="s">
         <v>23</v>
       </c>
       <c r="L218" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
-        <v>778</v>
+        <v>576</v>
       </c>
       <c r="B219" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C219" t="s">
         <v>21</v>
       </c>
       <c r="D219">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E219">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G219">
-        <v>78993.15</v>
+        <v>149103.14</v>
       </c>
       <c r="H219">
-        <v>32632.35</v>
+        <v>65765.79</v>
       </c>
       <c r="I219">
-        <v>46360.8</v>
+        <v>83337.35</v>
       </c>
       <c r="J219" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K219" t="s">
         <v>23</v>
       </c>
       <c r="L219" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
-        <v>844</v>
+        <v>647</v>
       </c>
       <c r="B220" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C220" t="s">
         <v>21</v>
       </c>
       <c r="D220">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E220">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G220">
-        <v>562039.35</v>
+        <v>179638.0</v>
       </c>
       <c r="H220">
-        <v>194760.89</v>
+        <v>60000.0</v>
       </c>
       <c r="I220">
-        <v>367278.46</v>
+        <v>119638.0</v>
       </c>
       <c r="J220" t="s">
         <v>22</v>
       </c>
       <c r="K220" t="s">
         <v>23</v>
       </c>
       <c r="L220" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
-        <v>915</v>
+        <v>711</v>
       </c>
       <c r="B221" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C221" t="s">
         <v>21</v>
       </c>
       <c r="D221">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E221">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G221">
-        <v>488652.75</v>
+        <v>144331.77</v>
       </c>
       <c r="H221">
-        <v>127031.68</v>
+        <v>98585.57</v>
       </c>
       <c r="I221">
-        <v>361621.07</v>
+        <v>45746.2</v>
       </c>
       <c r="J221" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K221" t="s">
         <v>23</v>
       </c>
       <c r="L221" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
-        <v>51</v>
+        <v>778</v>
       </c>
       <c r="B222" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C222" t="s">
-        <v>326</v>
+        <v>21</v>
       </c>
       <c r="D222">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E222">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G222">
-        <v>410739.01</v>
+        <v>78993.15</v>
       </c>
       <c r="H222">
-        <v>10402.03</v>
+        <v>32632.35</v>
       </c>
       <c r="I222">
-        <v>400336.98</v>
+        <v>46360.8</v>
       </c>
       <c r="J222" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="K222" t="s">
         <v>23</v>
       </c>
       <c r="L222" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
-        <v>138</v>
+        <v>844</v>
       </c>
       <c r="B223" t="s">
         <v>327</v>
       </c>
       <c r="C223" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D223">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E223">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G223">
-        <v>49310.0</v>
+        <v>562039.35</v>
       </c>
       <c r="H223">
-        <v>6917.6</v>
+        <v>194760.89</v>
       </c>
       <c r="I223">
-        <v>42392.4</v>
+        <v>367278.46</v>
       </c>
       <c r="J223" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
       <c r="K223" t="s">
         <v>23</v>
       </c>
       <c r="L223" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
-        <v>203</v>
+        <v>915</v>
       </c>
       <c r="B224" t="s">
         <v>328</v>
       </c>
       <c r="C224" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="D224">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E224">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G224">
-        <v>455780.78</v>
+        <v>488652.75</v>
       </c>
       <c r="H224">
-        <v>104792.99</v>
+        <v>127031.68</v>
       </c>
       <c r="I224">
-        <v>350987.79</v>
+        <v>361621.07</v>
       </c>
       <c r="J224" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="K224" t="s">
         <v>23</v>
       </c>
       <c r="L224" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
-        <v>268</v>
+        <v>51</v>
       </c>
       <c r="B225" t="s">
         <v>329</v>
       </c>
       <c r="C225" t="s">
         <v>330</v>
       </c>
       <c r="D225">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E225">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G225">
-        <v>129844.26</v>
+        <v>410739.01</v>
       </c>
       <c r="H225">
-        <v>149948.93</v>
+        <v>10402.03</v>
       </c>
       <c r="I225">
-        <v>-20104.67</v>
+        <v>400336.98</v>
       </c>
       <c r="J225" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="K225" t="s">
         <v>23</v>
       </c>
       <c r="L225" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
-        <v>335</v>
+        <v>138</v>
       </c>
       <c r="B226" t="s">
         <v>331</v>
       </c>
       <c r="C226" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D226">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E226">
         <v>1</v>
       </c>
       <c r="G226">
-        <v>141108.69</v>
+        <v>49310.0</v>
       </c>
       <c r="H226">
-        <v>42120.89</v>
+        <v>6917.6</v>
       </c>
       <c r="I226">
-        <v>98987.8</v>
+        <v>42392.4</v>
       </c>
       <c r="J226" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K226" t="s">
         <v>23</v>
       </c>
       <c r="L226" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
-        <v>184</v>
+        <v>896</v>
       </c>
       <c r="B227" t="s">
         <v>332</v>
       </c>
       <c r="C227" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D227">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E227">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G227">
-        <v>153684.97</v>
+        <v>319632.25</v>
       </c>
       <c r="H227">
-        <v>4914.32</v>
+        <v>72111.69</v>
       </c>
       <c r="I227">
-        <v>148770.65</v>
+        <v>247520.56</v>
       </c>
       <c r="J227" t="s">
-        <v>119</v>
+        <v>54</v>
       </c>
       <c r="K227" t="s">
         <v>23</v>
       </c>
       <c r="L227" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="B228" t="s">
         <v>333</v>
       </c>
       <c r="C228" t="s">
-        <v>31</v>
+        <v>84</v>
       </c>
       <c r="D228">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E228">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G228">
-        <v>112034.63</v>
+        <v>198347.2</v>
       </c>
       <c r="H228">
-        <v>20460.16</v>
+        <v>148934.77</v>
       </c>
       <c r="I228">
-        <v>91574.47</v>
+        <v>49412.43</v>
       </c>
       <c r="J228" t="s">
-        <v>87</v>
+        <v>157</v>
       </c>
       <c r="K228" t="s">
         <v>23</v>
       </c>
       <c r="L228" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
-        <v>316</v>
+        <v>960</v>
       </c>
       <c r="B229" t="s">
         <v>334</v>
       </c>
       <c r="C229" t="s">
-        <v>335</v>
+        <v>21</v>
       </c>
       <c r="D229">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E229">
+        <v>2</v>
       </c>
       <c r="G229">
-        <v>289288.0</v>
+        <v>82223.55</v>
       </c>
       <c r="H229">
-        <v>106381.0</v>
+        <v>78422.0</v>
       </c>
       <c r="I229">
-        <v>182907.0</v>
+        <v>3801.55</v>
       </c>
       <c r="J229" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="K229" t="s">
         <v>23</v>
       </c>
       <c r="L229" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
-        <v>381</v>
+        <v>118</v>
       </c>
       <c r="B230" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C230" t="s">
-        <v>337</v>
+        <v>36</v>
+      </c>
+      <c r="D230">
+        <v>2</v>
+      </c>
+      <c r="E230">
+        <v>1</v>
       </c>
       <c r="G230">
-        <v>1000.0</v>
+        <v>434533.7</v>
       </c>
       <c r="H230">
-        <v>25300.0</v>
+        <v>206592.54</v>
       </c>
       <c r="I230">
-        <v>-24300.0</v>
+        <v>227941.16</v>
       </c>
       <c r="J230" t="s">
-        <v>165</v>
+        <v>89</v>
       </c>
       <c r="K230" t="s">
         <v>23</v>
       </c>
       <c r="L230" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
-        <v>455</v>
+        <v>184</v>
       </c>
       <c r="B231" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C231" t="s">
-        <v>339</v>
+        <v>36</v>
       </c>
       <c r="D231">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E231">
         <v>1</v>
       </c>
       <c r="G231">
-        <v>150590.2</v>
+        <v>153684.97</v>
       </c>
       <c r="H231">
-        <v>68000.0</v>
+        <v>4914.32</v>
       </c>
       <c r="I231">
-        <v>82590.2</v>
+        <v>148770.65</v>
       </c>
       <c r="J231" t="s">
-        <v>340</v>
+        <v>74</v>
       </c>
       <c r="K231" t="s">
         <v>23</v>
       </c>
       <c r="L231" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
-        <v>525</v>
+        <v>248</v>
       </c>
       <c r="B232" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C232" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D232">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E232">
         <v>1</v>
       </c>
       <c r="G232">
-        <v>138929.17</v>
+        <v>112034.63</v>
       </c>
       <c r="H232">
-        <v>23018.0</v>
+        <v>20460.16</v>
       </c>
       <c r="I232">
-        <v>115911.17</v>
+        <v>91574.47</v>
       </c>
       <c r="J232" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K232" t="s">
         <v>23</v>
       </c>
       <c r="L232" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
-        <v>593</v>
+        <v>316</v>
       </c>
       <c r="B233" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C233" t="s">
-        <v>103</v>
+        <v>339</v>
       </c>
       <c r="D233">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G233">
-        <v>265878.29</v>
+        <v>289288.0</v>
       </c>
       <c r="H233">
-        <v>127266.31</v>
+        <v>106381.0</v>
       </c>
       <c r="I233">
-        <v>138611.98</v>
+        <v>182907.0</v>
       </c>
       <c r="J233" t="s">
-        <v>343</v>
+        <v>66</v>
       </c>
       <c r="K233" t="s">
         <v>23</v>
       </c>
       <c r="L233" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
-        <v>660</v>
+        <v>381</v>
       </c>
       <c r="B234" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="C234" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>341</v>
       </c>
       <c r="G234">
-        <v>285219.93</v>
+        <v>1000.0</v>
       </c>
       <c r="H234">
-        <v>26344.38</v>
+        <v>25300.0</v>
       </c>
       <c r="I234">
-        <v>258875.55</v>
+        <v>-24300.0</v>
       </c>
       <c r="J234" t="s">
-        <v>99</v>
+        <v>171</v>
       </c>
       <c r="K234" t="s">
         <v>23</v>
       </c>
       <c r="L234" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
-        <v>724</v>
+        <v>455</v>
       </c>
       <c r="B235" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C235" t="s">
-        <v>21</v>
+        <v>343</v>
       </c>
       <c r="D235">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E235">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G235">
-        <v>283670.16</v>
+        <v>150590.2</v>
       </c>
       <c r="H235">
-        <v>61920.13</v>
+        <v>68000.0</v>
       </c>
       <c r="I235">
-        <v>221750.03</v>
+        <v>82590.2</v>
       </c>
       <c r="J235" t="s">
-        <v>47</v>
+        <v>344</v>
       </c>
       <c r="K235" t="s">
         <v>23</v>
       </c>
       <c r="L235" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
-        <v>791</v>
+        <v>525</v>
       </c>
       <c r="B236" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="C236" t="s">
         <v>21</v>
       </c>
       <c r="D236">
         <v>2</v>
       </c>
       <c r="E236">
         <v>1</v>
       </c>
       <c r="G236">
-        <v>280368.68</v>
+        <v>138929.17</v>
       </c>
       <c r="H236">
-        <v>150536.3</v>
+        <v>23018.0</v>
       </c>
       <c r="I236">
-        <v>129832.38</v>
+        <v>115911.17</v>
       </c>
       <c r="J236" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K236" t="s">
         <v>23</v>
       </c>
       <c r="L236" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
-        <v>864</v>
+        <v>593</v>
       </c>
       <c r="B237" t="s">
-        <v>174</v>
+        <v>346</v>
       </c>
       <c r="C237" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="D237">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E237">
         <v>2</v>
       </c>
       <c r="G237">
-        <v>128611.05</v>
+        <v>265878.29</v>
       </c>
       <c r="H237">
-        <v>95361.63</v>
+        <v>127266.31</v>
       </c>
       <c r="I237">
-        <v>33249.42</v>
+        <v>138611.98</v>
       </c>
       <c r="J237" t="s">
-        <v>51</v>
+        <v>347</v>
       </c>
       <c r="K237" t="s">
         <v>23</v>
       </c>
       <c r="L237" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
-        <v>928</v>
+        <v>660</v>
       </c>
       <c r="B238" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C238" t="s">
         <v>21</v>
       </c>
       <c r="D238">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="E238">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G238">
-        <v>141764.57</v>
+        <v>285219.93</v>
       </c>
       <c r="H238">
-        <v>59643.41</v>
+        <v>26344.38</v>
       </c>
       <c r="I238">
-        <v>82121.16</v>
+        <v>258875.55</v>
       </c>
       <c r="J238" t="s">
         <v>105</v>
       </c>
       <c r="K238" t="s">
         <v>23</v>
       </c>
       <c r="L238" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
-        <v>85</v>
+        <v>724</v>
       </c>
       <c r="B239" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C239" t="s">
-        <v>349</v>
+        <v>21</v>
       </c>
       <c r="D239">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E239">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G239">
-        <v>286004.19</v>
+        <v>283670.16</v>
       </c>
       <c r="H239">
-        <v>42815.41</v>
+        <v>61920.13</v>
       </c>
       <c r="I239">
-        <v>243188.78</v>
+        <v>221750.03</v>
       </c>
       <c r="J239" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K239" t="s">
         <v>23</v>
       </c>
       <c r="L239" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
-        <v>151</v>
+        <v>791</v>
       </c>
       <c r="B240" t="s">
         <v>350</v>
       </c>
       <c r="C240" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D240">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E240">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G240">
-        <v>118699.0</v>
+        <v>280368.68</v>
       </c>
       <c r="H240">
-        <v>81409.5</v>
+        <v>150536.3</v>
       </c>
       <c r="I240">
-        <v>37289.5</v>
+        <v>129832.38</v>
       </c>
       <c r="J240" t="s">
-        <v>179</v>
+        <v>26</v>
       </c>
       <c r="K240" t="s">
         <v>23</v>
       </c>
       <c r="L240" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
-        <v>216</v>
+        <v>864</v>
       </c>
       <c r="B241" t="s">
-        <v>351</v>
+        <v>180</v>
       </c>
       <c r="C241" t="s">
-        <v>154</v>
+        <v>109</v>
       </c>
       <c r="D241">
         <v>1</v>
       </c>
+      <c r="E241">
+        <v>2</v>
+      </c>
       <c r="G241">
-        <v>123344.5</v>
+        <v>128611.05</v>
       </c>
       <c r="H241">
-        <v>110845.61</v>
+        <v>95361.63</v>
       </c>
       <c r="I241">
-        <v>12498.89</v>
+        <v>33249.42</v>
       </c>
       <c r="J241" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="K241" t="s">
         <v>23</v>
       </c>
       <c r="L241" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
-        <v>281</v>
+        <v>928</v>
       </c>
       <c r="B242" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C242" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D242">
-        <v>2</v>
+        <v>7</v>
+      </c>
+      <c r="E242">
+        <v>1</v>
       </c>
       <c r="G242">
-        <v>294624.0</v>
+        <v>141764.57</v>
       </c>
       <c r="H242">
-        <v>171000.0</v>
+        <v>59643.41</v>
       </c>
       <c r="I242">
-        <v>123624.0</v>
+        <v>82121.16</v>
       </c>
       <c r="J242" t="s">
-        <v>353</v>
+        <v>111</v>
       </c>
       <c r="K242" t="s">
         <v>23</v>
       </c>
       <c r="L242" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
-        <v>348</v>
+        <v>85</v>
       </c>
       <c r="B243" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C243" t="s">
+        <v>353</v>
+      </c>
+      <c r="D243">
+        <v>5</v>
+      </c>
+      <c r="E243">
+        <v>1</v>
+      </c>
+      <c r="G243">
+        <v>286004.19</v>
+      </c>
+      <c r="H243">
+        <v>42815.41</v>
+      </c>
+      <c r="I243">
+        <v>243188.78</v>
+      </c>
+      <c r="J243" t="s">
         <v>113</v>
-      </c>
-[...16 lines deleted...]
-        <v>184</v>
       </c>
       <c r="K243" t="s">
         <v>23</v>
       </c>
       <c r="L243" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
-        <v>414</v>
+        <v>151</v>
       </c>
       <c r="B244" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C244" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D244">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E244">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G244">
-        <v>272139.0</v>
+        <v>118699.0</v>
       </c>
       <c r="H244">
-        <v>60406.0</v>
+        <v>81409.5</v>
       </c>
       <c r="I244">
-        <v>211733.0</v>
+        <v>37289.5</v>
       </c>
       <c r="J244" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="K244" t="s">
         <v>23</v>
       </c>
       <c r="L244" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
-        <v>493</v>
+        <v>216</v>
       </c>
       <c r="B245" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C245" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="D245">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E245">
         <v>1</v>
       </c>
       <c r="G245">
-        <v>113098.67</v>
+        <v>123344.5</v>
       </c>
       <c r="H245">
-        <v>64201.54</v>
+        <v>110845.61</v>
       </c>
       <c r="I245">
-        <v>48897.13</v>
+        <v>12498.89</v>
       </c>
       <c r="J245" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="K245" t="s">
         <v>23</v>
       </c>
       <c r="L245" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
-        <v>557</v>
+        <v>281</v>
       </c>
       <c r="B246" t="s">
+        <v>356</v>
+      </c>
+      <c r="C246" t="s">
+        <v>36</v>
+      </c>
+      <c r="D246">
+        <v>2</v>
+      </c>
+      <c r="G246">
+        <v>294624.0</v>
+      </c>
+      <c r="H246">
+        <v>171000.0</v>
+      </c>
+      <c r="I246">
+        <v>123624.0</v>
+      </c>
+      <c r="J246" t="s">
         <v>357</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K246" t="s">
         <v>23</v>
       </c>
       <c r="L246" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
-        <v>628</v>
+        <v>348</v>
       </c>
       <c r="B247" t="s">
         <v>358</v>
       </c>
       <c r="C247" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="D247">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E247">
         <v>1</v>
       </c>
       <c r="G247">
-        <v>282818.47</v>
+        <v>166273.54</v>
       </c>
       <c r="H247">
-        <v>73101.96</v>
+        <v>843.86</v>
       </c>
       <c r="I247">
-        <v>209716.51</v>
+        <v>165429.68</v>
       </c>
       <c r="J247" t="s">
-        <v>43</v>
+        <v>190</v>
       </c>
       <c r="K247" t="s">
         <v>23</v>
       </c>
       <c r="L247" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
-        <v>692</v>
+        <v>414</v>
       </c>
       <c r="B248" t="s">
         <v>359</v>
       </c>
       <c r="C248" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D248">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E248">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G248">
-        <v>147684.81</v>
+        <v>272139.0</v>
       </c>
       <c r="H248">
-        <v>41360.6</v>
+        <v>60406.0</v>
       </c>
       <c r="I248">
-        <v>106324.21</v>
+        <v>211733.0</v>
       </c>
       <c r="J248" t="s">
-        <v>47</v>
+        <v>192</v>
       </c>
       <c r="K248" t="s">
         <v>23</v>
       </c>
       <c r="L248" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
-        <v>756</v>
+        <v>493</v>
       </c>
       <c r="B249" t="s">
         <v>360</v>
       </c>
       <c r="C249" t="s">
         <v>21</v>
       </c>
+      <c r="D249">
+        <v>2</v>
+      </c>
       <c r="E249">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G249">
-        <v>151535.69</v>
+        <v>113098.67</v>
       </c>
       <c r="H249">
-        <v>0.0</v>
+        <v>64201.54</v>
       </c>
       <c r="I249">
-        <v>151535.69</v>
+        <v>48897.13</v>
       </c>
       <c r="J249" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K249" t="s">
         <v>23</v>
       </c>
       <c r="L249" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
-        <v>823</v>
+        <v>557</v>
       </c>
       <c r="B250" t="s">
         <v>361</v>
       </c>
       <c r="C250" t="s">
         <v>21</v>
       </c>
+      <c r="D250">
+        <v>1</v>
+      </c>
+      <c r="E250">
+        <v>1</v>
+      </c>
       <c r="G250">
-        <v>25700.0</v>
+        <v>161008.58</v>
       </c>
       <c r="H250">
-        <v>22222.0</v>
+        <v>11634.15</v>
       </c>
       <c r="I250">
-        <v>3478.0</v>
+        <v>149374.43</v>
       </c>
       <c r="J250" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K250" t="s">
         <v>23</v>
       </c>
       <c r="L250" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
-        <v>896</v>
+        <v>628</v>
       </c>
       <c r="B251" t="s">
         <v>362</v>
       </c>
       <c r="C251" t="s">
         <v>21</v>
       </c>
       <c r="D251">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E251">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G251">
-        <v>319632.25</v>
+        <v>282818.47</v>
       </c>
       <c r="H251">
-        <v>72111.69</v>
+        <v>73101.96</v>
       </c>
       <c r="I251">
-        <v>247520.56</v>
+        <v>209716.51</v>
       </c>
       <c r="J251" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K251" t="s">
         <v>23</v>
       </c>
       <c r="L251" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
-        <v>17</v>
+        <v>692</v>
       </c>
       <c r="B252" t="s">
         <v>363</v>
       </c>
       <c r="C252" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="D252">
         <v>1</v>
       </c>
       <c r="E252">
         <v>2</v>
       </c>
       <c r="G252">
-        <v>198347.2</v>
+        <v>147684.81</v>
       </c>
       <c r="H252">
-        <v>148934.77</v>
+        <v>41360.6</v>
       </c>
       <c r="I252">
-        <v>49412.43</v>
+        <v>106324.21</v>
       </c>
       <c r="J252" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="K252" t="s">
         <v>23</v>
       </c>
       <c r="L252" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
-        <v>960</v>
+        <v>756</v>
       </c>
       <c r="B253" t="s">
         <v>364</v>
       </c>
       <c r="C253" t="s">
         <v>21</v>
       </c>
-      <c r="D253">
-[...1 lines deleted...]
-      </c>
       <c r="E253">
         <v>2</v>
       </c>
       <c r="G253">
-        <v>82223.55</v>
+        <v>151535.69</v>
       </c>
       <c r="H253">
-        <v>78422.0</v>
+        <v>0.0</v>
       </c>
       <c r="I253">
-        <v>3801.55</v>
+        <v>151535.69</v>
       </c>
       <c r="J253" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K253" t="s">
         <v>23</v>
       </c>
       <c r="L253" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
-        <v>118</v>
+        <v>823</v>
       </c>
       <c r="B254" t="s">
         <v>365</v>
       </c>
       <c r="C254" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G254">
-        <v>434533.7</v>
+        <v>25700.0</v>
       </c>
       <c r="H254">
-        <v>206592.54</v>
+        <v>22222.0</v>
       </c>
       <c r="I254">
-        <v>227941.16</v>
+        <v>3478.0</v>
       </c>
       <c r="J254" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="K254" t="s">
         <v>23</v>
       </c>
       <c r="L254" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
-        <v>877</v>
+        <v>673</v>
       </c>
       <c r="B255" t="s">
         <v>366</v>
       </c>
       <c r="C255" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D255">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E255">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G255">
-        <v>243301.1</v>
+        <v>167585.8</v>
       </c>
       <c r="H255">
-        <v>106295.42</v>
+        <v>59880.28</v>
       </c>
       <c r="I255">
-        <v>137005.68</v>
+        <v>107705.52</v>
       </c>
       <c r="J255" t="s">
-        <v>234</v>
+        <v>26</v>
       </c>
       <c r="K255" t="s">
         <v>23</v>
       </c>
       <c r="L255" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
-        <v>941</v>
+        <v>737</v>
       </c>
       <c r="B256" t="s">
         <v>367</v>
       </c>
       <c r="C256" t="s">
         <v>21</v>
       </c>
+      <c r="D256">
+        <v>6</v>
+      </c>
       <c r="E256">
         <v>2</v>
       </c>
       <c r="G256">
-        <v>122742.62</v>
+        <v>207508.0</v>
       </c>
       <c r="H256">
-        <v>118628.16</v>
+        <v>2000.0</v>
       </c>
       <c r="I256">
-        <v>4114.46</v>
+        <v>205508.0</v>
       </c>
       <c r="J256" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K256" t="s">
         <v>23</v>
       </c>
       <c r="L256" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
-        <v>98</v>
+        <v>804</v>
       </c>
       <c r="B257" t="s">
         <v>368</v>
       </c>
       <c r="C257" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D257">
         <v>1</v>
       </c>
       <c r="E257">
         <v>1</v>
       </c>
       <c r="G257">
-        <v>169889.88</v>
+        <v>61073.0</v>
       </c>
       <c r="H257">
-        <v>13400.0</v>
+        <v>35209.64</v>
       </c>
       <c r="I257">
-        <v>156489.88</v>
+        <v>25863.36</v>
       </c>
       <c r="J257" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="K257" t="s">
         <v>23</v>
       </c>
       <c r="L257" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
-        <v>165</v>
+        <v>877</v>
       </c>
       <c r="B258" t="s">
         <v>369</v>
       </c>
       <c r="C258" t="s">
-        <v>31</v>
+        <v>109</v>
+      </c>
+      <c r="D258">
+        <v>3</v>
       </c>
       <c r="E258">
         <v>2</v>
       </c>
       <c r="G258">
-        <v>89884.18</v>
+        <v>243301.1</v>
       </c>
       <c r="H258">
-        <v>77058.4</v>
+        <v>106295.42</v>
       </c>
       <c r="I258">
-        <v>12825.78</v>
+        <v>137005.68</v>
       </c>
       <c r="J258" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="K258" t="s">
         <v>23</v>
       </c>
       <c r="L258" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
-        <v>229</v>
+        <v>941</v>
       </c>
       <c r="B259" t="s">
         <v>370</v>
       </c>
       <c r="C259" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
+      </c>
+      <c r="E259">
+        <v>2</v>
       </c>
       <c r="G259">
-        <v>100510.0</v>
+        <v>122742.62</v>
       </c>
       <c r="H259">
-        <v>80458.0</v>
+        <v>118628.16</v>
       </c>
       <c r="I259">
-        <v>20052.0</v>
+        <v>4114.46</v>
       </c>
       <c r="J259" t="s">
-        <v>204</v>
+        <v>111</v>
       </c>
       <c r="K259" t="s">
         <v>23</v>
       </c>
       <c r="L259" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
-        <v>294</v>
+        <v>98</v>
       </c>
       <c r="B260" t="s">
         <v>371</v>
       </c>
       <c r="C260" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D260">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E260">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G260">
-        <v>262558.28</v>
+        <v>169889.88</v>
       </c>
       <c r="H260">
-        <v>40067.0</v>
+        <v>13400.0</v>
       </c>
       <c r="I260">
-        <v>222491.28</v>
+        <v>156489.88</v>
       </c>
       <c r="J260" t="s">
-        <v>87</v>
+        <v>58</v>
       </c>
       <c r="K260" t="s">
         <v>23</v>
       </c>
       <c r="L260" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
-        <v>361</v>
+        <v>165</v>
       </c>
       <c r="B261" t="s">
         <v>372</v>
       </c>
       <c r="C261" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="E261">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G261">
-        <v>137896.91</v>
+        <v>89884.18</v>
       </c>
       <c r="H261">
-        <v>48066.87</v>
+        <v>77058.4</v>
       </c>
       <c r="I261">
-        <v>89830.04</v>
+        <v>12825.78</v>
       </c>
       <c r="J261" t="s">
-        <v>373</v>
+        <v>139</v>
       </c>
       <c r="K261" t="s">
         <v>23</v>
       </c>
       <c r="L261" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
-        <v>427</v>
+        <v>229</v>
       </c>
       <c r="B262" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C262" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D262">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G262">
-        <v>202439.0</v>
+        <v>100510.0</v>
       </c>
       <c r="H262">
-        <v>51800.0</v>
+        <v>80458.0</v>
       </c>
       <c r="I262">
-        <v>150639.0</v>
+        <v>20052.0</v>
       </c>
       <c r="J262" t="s">
-        <v>375</v>
+        <v>208</v>
       </c>
       <c r="K262" t="s">
         <v>23</v>
       </c>
       <c r="L262" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
-        <v>506</v>
+        <v>294</v>
       </c>
       <c r="B263" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C263" t="s">
-        <v>103</v>
+        <v>36</v>
       </c>
       <c r="D263">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E263">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G263">
-        <v>228054.0</v>
+        <v>262558.28</v>
       </c>
       <c r="H263">
-        <v>145000.0</v>
+        <v>40067.0</v>
       </c>
       <c r="I263">
-        <v>83054.0</v>
+        <v>222491.28</v>
       </c>
       <c r="J263" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K263" t="s">
         <v>23</v>
       </c>
       <c r="L263" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
-        <v>570</v>
+        <v>361</v>
       </c>
       <c r="B264" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="C264" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D264">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E264">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G264">
-        <v>126824.62</v>
+        <v>137896.91</v>
       </c>
       <c r="H264">
-        <v>71502.48</v>
+        <v>48066.87</v>
       </c>
       <c r="I264">
-        <v>55322.14</v>
+        <v>89830.04</v>
       </c>
       <c r="J264" t="s">
-        <v>43</v>
+        <v>376</v>
       </c>
       <c r="K264" t="s">
         <v>23</v>
       </c>
       <c r="L264" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
-        <v>641</v>
+        <v>427</v>
       </c>
       <c r="B265" t="s">
+        <v>377</v>
+      </c>
+      <c r="C265" t="s">
+        <v>36</v>
+      </c>
+      <c r="D265">
+        <v>7</v>
+      </c>
+      <c r="G265">
+        <v>202439.0</v>
+      </c>
+      <c r="H265">
+        <v>51800.0</v>
+      </c>
+      <c r="I265">
+        <v>150639.0</v>
+      </c>
+      <c r="J265" t="s">
         <v>378</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K265" t="s">
         <v>23</v>
       </c>
       <c r="L265" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
-        <v>705</v>
+        <v>506</v>
       </c>
       <c r="B266" t="s">
         <v>379</v>
       </c>
       <c r="C266" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D266">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E266">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G266">
-        <v>221125.01</v>
+        <v>228054.0</v>
       </c>
       <c r="H266">
-        <v>23576.61</v>
+        <v>145000.0</v>
       </c>
       <c r="I266">
-        <v>197548.4</v>
+        <v>83054.0</v>
       </c>
       <c r="J266" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K266" t="s">
         <v>23</v>
       </c>
       <c r="L266" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
-        <v>773</v>
+        <v>570</v>
       </c>
       <c r="B267" t="s">
         <v>380</v>
       </c>
       <c r="C267" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D267">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E267">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G267">
-        <v>177092.0</v>
+        <v>126824.62</v>
       </c>
       <c r="H267">
-        <v>127301.03</v>
+        <v>71502.48</v>
       </c>
       <c r="I267">
-        <v>49790.97</v>
+        <v>55322.14</v>
       </c>
       <c r="J267" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K267" t="s">
         <v>23</v>
       </c>
       <c r="L267" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
-        <v>838</v>
+        <v>641</v>
       </c>
       <c r="B268" t="s">
         <v>381</v>
       </c>
       <c r="C268" t="s">
         <v>21</v>
       </c>
       <c r="D268">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E268">
         <v>1</v>
       </c>
       <c r="G268">
-        <v>92277.46</v>
+        <v>397724.22</v>
       </c>
       <c r="H268">
-        <v>38743.68</v>
+        <v>103000.0</v>
       </c>
       <c r="I268">
-        <v>53533.78</v>
+        <v>294724.22</v>
       </c>
       <c r="J268" t="s">
-        <v>215</v>
+        <v>22</v>
       </c>
       <c r="K268" t="s">
         <v>23</v>
       </c>
       <c r="L268" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
-        <v>909</v>
+        <v>705</v>
       </c>
       <c r="B269" t="s">
         <v>382</v>
       </c>
       <c r="C269" t="s">
         <v>21</v>
       </c>
       <c r="D269">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E269">
         <v>1</v>
       </c>
       <c r="G269">
-        <v>228995.91</v>
+        <v>221125.01</v>
       </c>
       <c r="H269">
-        <v>4940.74</v>
+        <v>23576.61</v>
       </c>
       <c r="I269">
-        <v>224055.17</v>
+        <v>197548.4</v>
       </c>
       <c r="J269" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K269" t="s">
         <v>23</v>
       </c>
       <c r="L269" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
-        <v>32</v>
+        <v>773</v>
       </c>
       <c r="B270" t="s">
         <v>383</v>
       </c>
       <c r="C270" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="D270">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E270">
         <v>1</v>
       </c>
       <c r="G270">
-        <v>230906.02</v>
+        <v>177092.0</v>
       </c>
       <c r="H270">
-        <v>2962.22</v>
+        <v>127301.03</v>
       </c>
       <c r="I270">
-        <v>227943.8</v>
+        <v>49790.97</v>
       </c>
       <c r="J270" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="K270" t="s">
         <v>23</v>
       </c>
       <c r="L270" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
-        <v>132</v>
+        <v>838</v>
       </c>
       <c r="B271" t="s">
         <v>384</v>
       </c>
       <c r="C271" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D271">
         <v>1</v>
       </c>
       <c r="E271">
         <v>1</v>
       </c>
       <c r="G271">
-        <v>165095.78</v>
+        <v>92277.46</v>
       </c>
       <c r="H271">
-        <v>48876.53</v>
+        <v>38743.68</v>
       </c>
       <c r="I271">
-        <v>116219.25</v>
+        <v>53533.78</v>
       </c>
       <c r="J271" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="K271" t="s">
         <v>23</v>
       </c>
       <c r="L271" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
-        <v>197</v>
+        <v>909</v>
       </c>
       <c r="B272" t="s">
         <v>385</v>
       </c>
       <c r="C272" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D272">
+        <v>2</v>
       </c>
       <c r="E272">
         <v>1</v>
       </c>
       <c r="G272">
-        <v>69694.0</v>
+        <v>228995.91</v>
       </c>
       <c r="H272">
-        <v>8134.0</v>
+        <v>4940.74</v>
       </c>
       <c r="I272">
-        <v>61560.0</v>
+        <v>224055.17</v>
       </c>
       <c r="J272" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="K272" t="s">
         <v>23</v>
       </c>
       <c r="L272" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="B273" t="s">
         <v>386</v>
       </c>
       <c r="C273" t="s">
-        <v>31</v>
+        <v>84</v>
       </c>
       <c r="D273">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E273">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G273">
-        <v>432093.11</v>
+        <v>230906.02</v>
       </c>
       <c r="H273">
-        <v>132317.69</v>
+        <v>2962.22</v>
       </c>
       <c r="I273">
-        <v>299775.42</v>
+        <v>227943.8</v>
       </c>
       <c r="J273" t="s">
-        <v>222</v>
+        <v>157</v>
       </c>
       <c r="K273" t="s">
         <v>23</v>
       </c>
       <c r="L273" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
-        <v>329</v>
+        <v>132</v>
       </c>
       <c r="B274" t="s">
         <v>387</v>
       </c>
       <c r="C274" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D274">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E274">
         <v>1</v>
       </c>
       <c r="G274">
-        <v>303775.74</v>
+        <v>165095.78</v>
       </c>
       <c r="H274">
-        <v>27493.12</v>
+        <v>48876.53</v>
       </c>
       <c r="I274">
-        <v>276282.62</v>
+        <v>116219.25</v>
       </c>
       <c r="J274" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="K274" t="s">
         <v>23</v>
       </c>
       <c r="L274" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
-        <v>395</v>
+        <v>197</v>
       </c>
       <c r="B275" t="s">
         <v>388</v>
       </c>
       <c r="C275" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="E275">
         <v>1</v>
       </c>
       <c r="G275">
-        <v>197790.46</v>
+        <v>69694.0</v>
       </c>
       <c r="H275">
-        <v>128811.37</v>
+        <v>8134.0</v>
       </c>
       <c r="I275">
-        <v>68979.09</v>
+        <v>61560.0</v>
       </c>
       <c r="J275" t="s">
-        <v>161</v>
+        <v>60</v>
       </c>
       <c r="K275" t="s">
         <v>23</v>
       </c>
       <c r="L275" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
-        <v>470</v>
+        <v>262</v>
       </c>
       <c r="B276" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C276" t="s">
-        <v>335</v>
+        <v>36</v>
       </c>
       <c r="D276">
+        <v>6</v>
+      </c>
+      <c r="E276">
         <v>2</v>
       </c>
       <c r="G276">
-        <v>283418.0</v>
+        <v>432093.11</v>
       </c>
       <c r="H276">
-        <v>99208.19</v>
+        <v>132317.69</v>
       </c>
       <c r="I276">
-        <v>184209.81</v>
+        <v>299775.42</v>
       </c>
       <c r="J276" t="s">
-        <v>391</v>
+        <v>226</v>
       </c>
       <c r="K276" t="s">
         <v>23</v>
       </c>
       <c r="L276" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
-        <v>538</v>
+        <v>329</v>
       </c>
       <c r="B277" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C277" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D277">
         <v>3</v>
       </c>
+      <c r="E277">
+        <v>1</v>
+      </c>
       <c r="G277">
-        <v>239198.19</v>
+        <v>303775.74</v>
       </c>
       <c r="H277">
-        <v>145988.53</v>
+        <v>27493.12</v>
       </c>
       <c r="I277">
-        <v>93209.66</v>
+        <v>276282.62</v>
       </c>
       <c r="J277" t="s">
-        <v>43</v>
+        <v>228</v>
       </c>
       <c r="K277" t="s">
         <v>23</v>
       </c>
       <c r="L277" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
-        <v>609</v>
+        <v>395</v>
       </c>
       <c r="B278" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C278" t="s">
-        <v>21</v>
+        <v>392</v>
       </c>
       <c r="D278">
         <v>2</v>
       </c>
       <c r="E278">
         <v>1</v>
       </c>
       <c r="G278">
-        <v>436764.24</v>
+        <v>197790.46</v>
       </c>
       <c r="H278">
-        <v>188655.5</v>
+        <v>128811.37</v>
       </c>
       <c r="I278">
-        <v>248108.74</v>
+        <v>68979.09</v>
       </c>
       <c r="J278" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="K278" t="s">
         <v>23</v>
       </c>
       <c r="L278" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
-        <v>673</v>
+        <v>470</v>
       </c>
       <c r="B279" t="s">
+        <v>393</v>
+      </c>
+      <c r="C279" t="s">
+        <v>339</v>
+      </c>
+      <c r="D279">
+        <v>2</v>
+      </c>
+      <c r="G279">
+        <v>283418.0</v>
+      </c>
+      <c r="H279">
+        <v>99208.19</v>
+      </c>
+      <c r="I279">
+        <v>184209.81</v>
+      </c>
+      <c r="J279" t="s">
         <v>394</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K279" t="s">
         <v>23</v>
       </c>
       <c r="L279" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
-        <v>737</v>
+        <v>538</v>
       </c>
       <c r="B280" t="s">
         <v>395</v>
       </c>
       <c r="C280" t="s">
         <v>21</v>
       </c>
       <c r="D280">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G280">
-        <v>207508.0</v>
+        <v>239198.19</v>
       </c>
       <c r="H280">
-        <v>2000.0</v>
+        <v>145988.53</v>
       </c>
       <c r="I280">
-        <v>205508.0</v>
+        <v>93209.66</v>
       </c>
       <c r="J280" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K280" t="s">
         <v>23</v>
       </c>
       <c r="L280" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
-        <v>804</v>
+        <v>609</v>
       </c>
       <c r="B281" t="s">
         <v>396</v>
       </c>
       <c r="C281" t="s">
         <v>21</v>
       </c>
       <c r="D281">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E281">
         <v>1</v>
       </c>
       <c r="G281">
-        <v>61073.0</v>
+        <v>436764.24</v>
       </c>
       <c r="H281">
-        <v>35209.64</v>
+        <v>188655.5</v>
       </c>
       <c r="I281">
-        <v>25863.36</v>
+        <v>248108.74</v>
       </c>
       <c r="J281" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K281" t="s">
         <v>23</v>
       </c>
       <c r="L281" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
-        <v>718</v>
+        <v>519</v>
       </c>
       <c r="B282" t="s">
         <v>397</v>
       </c>
       <c r="C282" t="s">
         <v>21</v>
       </c>
       <c r="D282">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="E282">
         <v>1</v>
       </c>
       <c r="G282">
-        <v>372200.5</v>
+        <v>62592.82</v>
       </c>
       <c r="H282">
-        <v>31232.88</v>
+        <v>54270.83</v>
       </c>
       <c r="I282">
-        <v>340967.62</v>
+        <v>8321.99</v>
       </c>
       <c r="J282" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K282" t="s">
         <v>23</v>
       </c>
       <c r="L282" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
-        <v>785</v>
+        <v>583</v>
       </c>
       <c r="B283" t="s">
         <v>398</v>
       </c>
       <c r="C283" t="s">
         <v>21</v>
       </c>
       <c r="D283">
         <v>2</v>
       </c>
+      <c r="E283">
+        <v>2</v>
+      </c>
       <c r="G283">
-        <v>209412.32</v>
+        <v>587884.02</v>
       </c>
       <c r="H283">
-        <v>154708.27</v>
+        <v>138537.94</v>
       </c>
       <c r="I283">
-        <v>54704.05</v>
+        <v>449346.08</v>
       </c>
       <c r="J283" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K283" t="s">
         <v>23</v>
       </c>
       <c r="L283" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
-        <v>854</v>
+        <v>654</v>
       </c>
       <c r="B284" t="s">
         <v>399</v>
       </c>
       <c r="C284" t="s">
         <v>21</v>
       </c>
       <c r="D284">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E284">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G284">
-        <v>227508.94</v>
+        <v>60192.4</v>
       </c>
       <c r="H284">
-        <v>67742.39</v>
+        <v>8844.51</v>
       </c>
       <c r="I284">
-        <v>159766.55</v>
+        <v>51347.89</v>
       </c>
       <c r="J284" t="s">
         <v>22</v>
       </c>
       <c r="K284" t="s">
         <v>23</v>
       </c>
       <c r="L284" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
-        <v>922</v>
+        <v>718</v>
       </c>
       <c r="B285" t="s">
         <v>400</v>
       </c>
       <c r="C285" t="s">
         <v>21</v>
       </c>
       <c r="D285">
         <v>5</v>
       </c>
       <c r="E285">
         <v>1</v>
       </c>
       <c r="G285">
-        <v>38566.1</v>
+        <v>372200.5</v>
       </c>
       <c r="H285">
-        <v>33897.2</v>
+        <v>31232.88</v>
       </c>
       <c r="I285">
-        <v>4668.9</v>
+        <v>340967.62</v>
       </c>
       <c r="J285" t="s">
-        <v>401</v>
+        <v>26</v>
       </c>
       <c r="K285" t="s">
         <v>23</v>
       </c>
       <c r="L285" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
-        <v>77</v>
+        <v>785</v>
       </c>
       <c r="B286" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="C286" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="D286">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G286">
-        <v>358990.0</v>
+        <v>209412.32</v>
       </c>
       <c r="H286">
-        <v>3000.0</v>
+        <v>154708.27</v>
       </c>
       <c r="I286">
-        <v>355990.0</v>
+        <v>54704.05</v>
       </c>
       <c r="J286" t="s">
-        <v>403</v>
+        <v>26</v>
       </c>
       <c r="K286" t="s">
         <v>23</v>
       </c>
       <c r="L286" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
-        <v>145</v>
+        <v>854</v>
       </c>
       <c r="B287" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C287" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="D287">
         <v>2</v>
       </c>
+      <c r="E287">
+        <v>3</v>
+      </c>
       <c r="G287">
-        <v>147765.0</v>
+        <v>227508.94</v>
       </c>
       <c r="H287">
-        <v>22469.0</v>
+        <v>67742.39</v>
       </c>
       <c r="I287">
-        <v>125296.0</v>
+        <v>159766.55</v>
       </c>
       <c r="J287" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="K287" t="s">
         <v>23</v>
       </c>
       <c r="L287" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
-        <v>210</v>
+        <v>922</v>
       </c>
       <c r="B288" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="C288" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D288">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E288">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G288">
-        <v>186554.29</v>
+        <v>38566.1</v>
       </c>
       <c r="H288">
-        <v>8657.0</v>
+        <v>33897.2</v>
       </c>
       <c r="I288">
-        <v>177897.29</v>
+        <v>4668.9</v>
       </c>
       <c r="J288" t="s">
-        <v>242</v>
+        <v>404</v>
       </c>
       <c r="K288" t="s">
         <v>23</v>
       </c>
       <c r="L288" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
-        <v>275</v>
+        <v>77</v>
       </c>
       <c r="B289" t="s">
+        <v>405</v>
+      </c>
+      <c r="C289" t="s">
+        <v>88</v>
+      </c>
+      <c r="D289">
+        <v>3</v>
+      </c>
+      <c r="E289">
+        <v>3</v>
+      </c>
+      <c r="G289">
+        <v>358990.0</v>
+      </c>
+      <c r="H289">
+        <v>3000.0</v>
+      </c>
+      <c r="I289">
+        <v>355990.0</v>
+      </c>
+      <c r="J289" t="s">
         <v>406</v>
-      </c>
-[...19 lines deleted...]
-        <v>37</v>
       </c>
       <c r="K289" t="s">
         <v>23</v>
       </c>
       <c r="L289" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
-        <v>342</v>
+        <v>145</v>
       </c>
       <c r="B290" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="C290" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="D290">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G290">
-        <v>444839.73</v>
+        <v>147765.0</v>
       </c>
       <c r="H290">
-        <v>0.0</v>
+        <v>22469.0</v>
       </c>
       <c r="I290">
-        <v>444839.73</v>
+        <v>125296.0</v>
       </c>
       <c r="J290" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="K290" t="s">
         <v>23</v>
       </c>
       <c r="L290" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
+        <v>210</v>
+      </c>
+      <c r="B291" t="s">
         <v>408</v>
       </c>
-      <c r="B291" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C291" t="s">
-        <v>154</v>
+        <v>36</v>
       </c>
       <c r="D291">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E291">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G291">
-        <v>113271.0</v>
+        <v>186554.29</v>
       </c>
       <c r="H291">
-        <v>123500.0</v>
+        <v>8657.0</v>
       </c>
       <c r="I291">
-        <v>-10229.0</v>
+        <v>177897.29</v>
       </c>
       <c r="J291" t="s">
-        <v>41</v>
+        <v>245</v>
       </c>
       <c r="K291" t="s">
         <v>23</v>
       </c>
       <c r="L291" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
-        <v>486</v>
+        <v>275</v>
       </c>
       <c r="B292" t="s">
+        <v>409</v>
+      </c>
+      <c r="C292" t="s">
         <v>410</v>
       </c>
-      <c r="C292" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D292">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="E292">
+        <v>1</v>
       </c>
       <c r="G292">
-        <v>214269.99</v>
+        <v>109782.18</v>
       </c>
       <c r="H292">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="I292">
-        <v>214269.99</v>
+        <v>109682.18</v>
       </c>
       <c r="J292" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K292" t="s">
         <v>23</v>
       </c>
       <c r="L292" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
-        <v>551</v>
+        <v>342</v>
       </c>
       <c r="B293" t="s">
         <v>411</v>
       </c>
       <c r="C293" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D293">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E293">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G293">
-        <v>194983.97</v>
+        <v>444839.73</v>
       </c>
       <c r="H293">
-        <v>600.0</v>
+        <v>0.0</v>
       </c>
       <c r="I293">
-        <v>194383.97</v>
+        <v>444839.73</v>
       </c>
       <c r="J293" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K293" t="s">
         <v>23</v>
       </c>
       <c r="L293" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
-        <v>622</v>
+        <v>408</v>
       </c>
       <c r="B294" t="s">
         <v>412</v>
       </c>
       <c r="C294" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="D294">
         <v>2</v>
       </c>
       <c r="E294">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G294">
-        <v>103235.27</v>
+        <v>113271.0</v>
       </c>
       <c r="H294">
-        <v>77172.69</v>
+        <v>123500.0</v>
       </c>
       <c r="I294">
-        <v>26062.58</v>
+        <v>-10229.0</v>
       </c>
       <c r="J294" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K294" t="s">
         <v>23</v>
       </c>
       <c r="L294" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
-        <v>686</v>
+        <v>486</v>
       </c>
       <c r="B295" t="s">
         <v>413</v>
       </c>
       <c r="C295" t="s">
         <v>21</v>
       </c>
       <c r="D295">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G295">
-        <v>112231.37</v>
+        <v>214269.99</v>
       </c>
       <c r="H295">
-        <v>60350.0</v>
+        <v>0.0</v>
       </c>
       <c r="I295">
-        <v>51881.37</v>
+        <v>214269.99</v>
       </c>
       <c r="J295" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K295" t="s">
         <v>23</v>
       </c>
       <c r="L295" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
-        <v>750</v>
+        <v>551</v>
       </c>
       <c r="B296" t="s">
         <v>414</v>
       </c>
       <c r="C296" t="s">
         <v>21</v>
       </c>
       <c r="D296">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E296">
         <v>2</v>
       </c>
       <c r="G296">
-        <v>95063.95</v>
+        <v>194983.97</v>
       </c>
       <c r="H296">
-        <v>14664.46</v>
+        <v>600.0</v>
       </c>
       <c r="I296">
-        <v>80399.49</v>
+        <v>194383.97</v>
       </c>
       <c r="J296" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K296" t="s">
         <v>23</v>
       </c>
       <c r="L296" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
-        <v>817</v>
+        <v>622</v>
       </c>
       <c r="B297" t="s">
         <v>415</v>
       </c>
       <c r="C297" t="s">
         <v>21</v>
       </c>
       <c r="D297">
         <v>2</v>
       </c>
       <c r="E297">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G297">
-        <v>176711.38</v>
+        <v>103235.27</v>
       </c>
       <c r="H297">
-        <v>43688.33</v>
+        <v>77172.69</v>
       </c>
       <c r="I297">
-        <v>133023.05</v>
+        <v>26062.58</v>
       </c>
       <c r="J297" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K297" t="s">
         <v>23</v>
       </c>
       <c r="L297" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
-        <v>890</v>
+        <v>686</v>
       </c>
       <c r="B298" t="s">
         <v>416</v>
       </c>
       <c r="C298" t="s">
         <v>21</v>
       </c>
       <c r="D298">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E298">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G298">
-        <v>339174.9</v>
+        <v>112231.37</v>
       </c>
       <c r="H298">
-        <v>4977.48</v>
+        <v>60350.0</v>
       </c>
       <c r="I298">
-        <v>334197.42</v>
+        <v>51881.37</v>
       </c>
       <c r="J298" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K298" t="s">
         <v>23</v>
       </c>
       <c r="L298" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
-        <v>954</v>
+        <v>750</v>
       </c>
       <c r="B299" t="s">
         <v>417</v>
       </c>
       <c r="C299" t="s">
         <v>21</v>
       </c>
       <c r="D299">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E299">
         <v>2</v>
       </c>
       <c r="G299">
-        <v>188020.0</v>
+        <v>95063.95</v>
       </c>
       <c r="H299">
-        <v>113073.0</v>
+        <v>14664.46</v>
       </c>
       <c r="I299">
-        <v>74947.0</v>
+        <v>80399.49</v>
       </c>
       <c r="J299" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K299" t="s">
         <v>23</v>
       </c>
       <c r="L299" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
-        <v>112</v>
+        <v>817</v>
       </c>
       <c r="B300" t="s">
         <v>418</v>
       </c>
       <c r="C300" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D300">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E300">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G300">
-        <v>98000.0</v>
+        <v>176711.38</v>
       </c>
       <c r="H300">
-        <v>23002.92</v>
+        <v>43688.33</v>
       </c>
       <c r="I300">
-        <v>74997.08</v>
+        <v>133023.05</v>
       </c>
       <c r="J300" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="K300" t="s">
         <v>23</v>
       </c>
       <c r="L300" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
-        <v>178</v>
+        <v>890</v>
       </c>
       <c r="B301" t="s">
         <v>419</v>
       </c>
       <c r="C301" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D301">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E301">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G301">
-        <v>390599.04</v>
+        <v>339174.9</v>
       </c>
       <c r="H301">
-        <v>86802.0</v>
+        <v>4977.48</v>
       </c>
       <c r="I301">
-        <v>303797.04</v>
+        <v>334197.42</v>
       </c>
       <c r="J301" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="K301" t="s">
         <v>23</v>
       </c>
       <c r="L301" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
-        <v>242</v>
+        <v>954</v>
       </c>
       <c r="B302" t="s">
         <v>420</v>
       </c>
       <c r="C302" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D302">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E302">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G302">
-        <v>230949.0</v>
+        <v>188020.0</v>
       </c>
       <c r="H302">
-        <v>62759.41</v>
+        <v>113073.0</v>
       </c>
       <c r="I302">
-        <v>168189.59</v>
+        <v>74947.0</v>
       </c>
       <c r="J302" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="K302" t="s">
         <v>23</v>
       </c>
       <c r="L302" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
-        <v>310</v>
+        <v>112</v>
       </c>
       <c r="B303" t="s">
         <v>421</v>
       </c>
       <c r="C303" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D303">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E303">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G303">
-        <v>275899.0</v>
+        <v>98000.0</v>
       </c>
       <c r="H303">
-        <v>90000.0</v>
+        <v>23002.92</v>
       </c>
       <c r="I303">
-        <v>185899.0</v>
+        <v>74997.08</v>
       </c>
       <c r="J303" t="s">
-        <v>422</v>
+        <v>58</v>
       </c>
       <c r="K303" t="s">
         <v>23</v>
       </c>
       <c r="L303" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
-        <v>375</v>
+        <v>178</v>
       </c>
       <c r="B304" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="C304" t="s">
-        <v>424</v>
+        <v>36</v>
+      </c>
+      <c r="D304">
+        <v>3</v>
+      </c>
+      <c r="E304">
+        <v>1</v>
       </c>
       <c r="G304">
-        <v>15340.0</v>
+        <v>390599.04</v>
       </c>
       <c r="H304">
-        <v>4267.0</v>
+        <v>86802.0</v>
       </c>
       <c r="I304">
-        <v>11073.0</v>
+        <v>303797.04</v>
       </c>
       <c r="J304" t="s">
-        <v>165</v>
+        <v>40</v>
       </c>
       <c r="K304" t="s">
         <v>23</v>
       </c>
       <c r="L304" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
-        <v>440</v>
+        <v>242</v>
       </c>
       <c r="B305" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C305" t="s">
-        <v>426</v>
+        <v>36</v>
       </c>
       <c r="D305">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="E305">
         <v>1</v>
       </c>
       <c r="G305">
-        <v>1121052.85</v>
+        <v>230949.0</v>
       </c>
       <c r="H305">
-        <v>53327.51</v>
+        <v>62759.41</v>
       </c>
       <c r="I305">
-        <v>1067725.34</v>
+        <v>168189.59</v>
       </c>
       <c r="J305" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K305" t="s">
         <v>23</v>
       </c>
       <c r="L305" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
-        <v>519</v>
+        <v>310</v>
       </c>
       <c r="B306" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="C306" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D306">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E306">
         <v>1</v>
       </c>
       <c r="G306">
-        <v>62592.82</v>
+        <v>275899.0</v>
       </c>
       <c r="H306">
-        <v>54270.83</v>
+        <v>90000.0</v>
       </c>
       <c r="I306">
-        <v>8321.99</v>
+        <v>185899.0</v>
       </c>
       <c r="J306" t="s">
-        <v>43</v>
+        <v>425</v>
       </c>
       <c r="K306" t="s">
         <v>23</v>
       </c>
       <c r="L306" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
-        <v>583</v>
+        <v>375</v>
       </c>
       <c r="B307" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C307" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>427</v>
       </c>
       <c r="G307">
-        <v>587884.02</v>
+        <v>15340.0</v>
       </c>
       <c r="H307">
-        <v>138537.94</v>
+        <v>4267.0</v>
       </c>
       <c r="I307">
-        <v>449346.08</v>
+        <v>11073.0</v>
       </c>
       <c r="J307" t="s">
-        <v>43</v>
+        <v>171</v>
       </c>
       <c r="K307" t="s">
         <v>23</v>
       </c>
       <c r="L307" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
-        <v>654</v>
+        <v>440</v>
       </c>
       <c r="B308" t="s">
+        <v>428</v>
+      </c>
+      <c r="C308" t="s">
         <v>429</v>
       </c>
-      <c r="C308" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D308">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="E308">
         <v>1</v>
       </c>
       <c r="G308">
-        <v>60192.4</v>
+        <v>1121052.85</v>
       </c>
       <c r="H308">
-        <v>8844.51</v>
+        <v>53327.51</v>
       </c>
       <c r="I308">
-        <v>51347.89</v>
+        <v>1067725.34</v>
       </c>
       <c r="J308" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="K308" t="s">
         <v>23</v>
       </c>
       <c r="L308" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
-        <v>500</v>
+        <v>288</v>
       </c>
       <c r="B309" t="s">
         <v>430</v>
       </c>
       <c r="C309" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D309">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E309">
         <v>2</v>
       </c>
       <c r="G309">
-        <v>193500.0</v>
+        <v>487646.0</v>
       </c>
       <c r="H309">
-        <v>0.0</v>
+        <v>142186.0</v>
       </c>
       <c r="I309">
-        <v>193500.0</v>
+        <v>345460.0</v>
       </c>
       <c r="J309" t="s">
-        <v>43</v>
+        <v>120</v>
       </c>
       <c r="K309" t="s">
         <v>23</v>
       </c>
       <c r="L309" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
-        <v>564</v>
+        <v>355</v>
       </c>
       <c r="B310" t="s">
         <v>431</v>
       </c>
       <c r="C310" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>432</v>
       </c>
       <c r="G310">
-        <v>156678.48</v>
+        <v>10000.0</v>
       </c>
       <c r="H310">
-        <v>223248.35</v>
+        <v>14000.0</v>
       </c>
       <c r="I310">
-        <v>-66569.87</v>
+        <v>-4000.0</v>
       </c>
       <c r="J310" t="s">
-        <v>43</v>
+        <v>433</v>
       </c>
       <c r="K310" t="s">
         <v>23</v>
       </c>
       <c r="L310" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
-        <v>635</v>
+        <v>421</v>
       </c>
       <c r="B311" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C311" t="s">
-        <v>21</v>
+        <v>435</v>
       </c>
       <c r="D311">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="E311">
+        <v>2</v>
       </c>
       <c r="G311">
-        <v>389409.91</v>
+        <v>397148.58</v>
       </c>
       <c r="H311">
-        <v>1461.48</v>
+        <v>48317.62</v>
       </c>
       <c r="I311">
-        <v>387948.43</v>
+        <v>348830.96</v>
       </c>
       <c r="J311" t="s">
-        <v>43</v>
+        <v>436</v>
       </c>
       <c r="K311" t="s">
         <v>23</v>
       </c>
       <c r="L311" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
-        <v>699</v>
+        <v>500</v>
       </c>
       <c r="B312" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C312" t="s">
         <v>21</v>
       </c>
       <c r="D312">
         <v>1</v>
       </c>
       <c r="E312">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G312">
-        <v>156625.0</v>
+        <v>193500.0</v>
       </c>
       <c r="H312">
         <v>0.0</v>
       </c>
       <c r="I312">
-        <v>156625.0</v>
+        <v>193500.0</v>
       </c>
       <c r="J312" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K312" t="s">
         <v>23</v>
       </c>
       <c r="L312" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
-        <v>763</v>
+        <v>564</v>
       </c>
       <c r="B313" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C313" t="s">
         <v>21</v>
       </c>
       <c r="D313">
+        <v>2</v>
+      </c>
+      <c r="E313">
         <v>1</v>
       </c>
       <c r="G313">
-        <v>163687.41</v>
+        <v>156678.48</v>
       </c>
       <c r="H313">
-        <v>38473.16</v>
+        <v>223248.35</v>
       </c>
       <c r="I313">
-        <v>125214.25</v>
+        <v>-66569.87</v>
       </c>
       <c r="J313" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K313" t="s">
         <v>23</v>
       </c>
       <c r="L313" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
-        <v>830</v>
+        <v>635</v>
       </c>
       <c r="B314" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C314" t="s">
         <v>21</v>
       </c>
-      <c r="E314">
-        <v>1</v>
+      <c r="D314">
+        <v>3</v>
       </c>
       <c r="G314">
-        <v>40207.28</v>
+        <v>389409.91</v>
       </c>
       <c r="H314">
-        <v>6845.09</v>
+        <v>1461.48</v>
       </c>
       <c r="I314">
-        <v>33362.19</v>
+        <v>387948.43</v>
       </c>
       <c r="J314" t="s">
-        <v>436</v>
+        <v>22</v>
       </c>
       <c r="K314" t="s">
         <v>23</v>
       </c>
       <c r="L314" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
-        <v>903</v>
+        <v>699</v>
       </c>
       <c r="B315" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C315" t="s">
         <v>21</v>
       </c>
       <c r="D315">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E315">
         <v>1</v>
       </c>
       <c r="G315">
-        <v>242330.12</v>
+        <v>156625.0</v>
       </c>
       <c r="H315">
-        <v>27050.18</v>
+        <v>0.0</v>
       </c>
       <c r="I315">
-        <v>215279.94</v>
+        <v>156625.0</v>
       </c>
       <c r="J315" t="s">
         <v>26</v>
       </c>
       <c r="K315" t="s">
         <v>23</v>
       </c>
       <c r="L315" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
+        <v>763</v>
+      </c>
+      <c r="B316" t="s">
+        <v>441</v>
+      </c>
+      <c r="C316" t="s">
+        <v>21</v>
+      </c>
+      <c r="D316">
+        <v>1</v>
+      </c>
+      <c r="G316">
+        <v>163687.41</v>
+      </c>
+      <c r="H316">
+        <v>38473.16</v>
+      </c>
+      <c r="I316">
+        <v>125214.25</v>
+      </c>
+      <c r="J316" t="s">
         <v>26</v>
-      </c>
-[...22 lines deleted...]
-        <v>152</v>
       </c>
       <c r="K316" t="s">
         <v>23</v>
       </c>
       <c r="L316" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
-        <v>982</v>
+        <v>830</v>
       </c>
       <c r="B317" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C317" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E317">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G317">
-        <v>388588.0</v>
+        <v>40207.28</v>
       </c>
       <c r="H317">
-        <v>18705.27</v>
+        <v>6845.09</v>
       </c>
       <c r="I317">
-        <v>369882.73</v>
+        <v>33362.19</v>
       </c>
       <c r="J317" t="s">
-        <v>66</v>
+        <v>443</v>
       </c>
       <c r="K317" t="s">
         <v>23</v>
       </c>
       <c r="L317" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
-        <v>125</v>
+        <v>903</v>
       </c>
       <c r="B318" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C318" t="s">
+        <v>21</v>
+      </c>
+      <c r="D318">
+        <v>2</v>
+      </c>
+      <c r="E318">
+        <v>1</v>
+      </c>
+      <c r="G318">
+        <v>242330.12</v>
+      </c>
+      <c r="H318">
+        <v>27050.18</v>
+      </c>
+      <c r="I318">
+        <v>215279.94</v>
+      </c>
+      <c r="J318" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
       <c r="K318" t="s">
         <v>23</v>
       </c>
       <c r="L318" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
-        <v>191</v>
+        <v>26</v>
       </c>
       <c r="B319" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C319" t="s">
-        <v>443</v>
+        <v>159</v>
       </c>
       <c r="D319">
+        <v>2</v>
+      </c>
+      <c r="E319">
         <v>3</v>
       </c>
-      <c r="E319">
-[...1 lines deleted...]
-      </c>
       <c r="G319">
-        <v>187622.0</v>
+        <v>344770.0</v>
       </c>
       <c r="H319">
-        <v>6220.0</v>
+        <v>1353.0</v>
       </c>
       <c r="I319">
-        <v>181402.0</v>
+        <v>343417.0</v>
       </c>
       <c r="J319" t="s">
-        <v>444</v>
+        <v>157</v>
       </c>
       <c r="K319" t="s">
         <v>23</v>
       </c>
       <c r="L319" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
-        <v>256</v>
+        <v>982</v>
       </c>
       <c r="B320" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C320" t="s">
-        <v>31</v>
+        <v>447</v>
+      </c>
+      <c r="D320">
+        <v>8</v>
       </c>
       <c r="E320">
         <v>2</v>
       </c>
       <c r="G320">
-        <v>70923.18</v>
+        <v>388588.0</v>
       </c>
       <c r="H320">
-        <v>58640.36</v>
+        <v>18705.27</v>
       </c>
       <c r="I320">
-        <v>12282.82</v>
+        <v>369882.73</v>
       </c>
       <c r="J320" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="K320" t="s">
         <v>23</v>
       </c>
       <c r="L320" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
-        <v>323</v>
+        <v>125</v>
       </c>
       <c r="B321" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C321" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D321">
         <v>1</v>
       </c>
+      <c r="E321">
+        <v>1</v>
+      </c>
       <c r="G321">
-        <v>181414.0</v>
+        <v>292953.14</v>
       </c>
       <c r="H321">
-        <v>72221.0</v>
+        <v>0.0</v>
       </c>
       <c r="I321">
-        <v>109193.0</v>
+        <v>292953.14</v>
       </c>
       <c r="J321" t="s">
-        <v>279</v>
+        <v>89</v>
       </c>
       <c r="K321" t="s">
         <v>23</v>
       </c>
       <c r="L321" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
-        <v>389</v>
+        <v>191</v>
       </c>
       <c r="B322" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C322" t="s">
-        <v>31</v>
+        <v>450</v>
       </c>
       <c r="D322">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="E322">
+        <v>1</v>
       </c>
       <c r="G322">
-        <v>37372.97</v>
+        <v>187622.0</v>
       </c>
       <c r="H322">
-        <v>0.0</v>
+        <v>6220.0</v>
       </c>
       <c r="I322">
-        <v>37372.97</v>
+        <v>181402.0</v>
       </c>
       <c r="J322" t="s">
-        <v>299</v>
+        <v>451</v>
       </c>
       <c r="K322" t="s">
         <v>23</v>
       </c>
       <c r="L322" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
-        <v>464</v>
+        <v>256</v>
       </c>
       <c r="B323" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C323" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="E323">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G323">
-        <v>326301.49</v>
+        <v>70923.18</v>
       </c>
       <c r="H323">
-        <v>287136.0</v>
+        <v>58640.36</v>
       </c>
       <c r="I323">
-        <v>39165.49</v>
+        <v>12282.82</v>
       </c>
       <c r="J323" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K323" t="s">
         <v>23</v>
       </c>
       <c r="L323" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
-        <v>532</v>
+        <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C324" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D324">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G324">
-        <v>624469.6</v>
+        <v>181414.0</v>
       </c>
       <c r="H324">
-        <v>12531.96</v>
+        <v>72221.0</v>
       </c>
       <c r="I324">
-        <v>611937.64</v>
+        <v>109193.0</v>
       </c>
       <c r="J324" t="s">
-        <v>43</v>
+        <v>283</v>
       </c>
       <c r="K324" t="s">
         <v>23</v>
       </c>
       <c r="L324" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
-        <v>602</v>
+        <v>389</v>
       </c>
       <c r="B325" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="C325" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D325">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="E325">
         <v>2</v>
       </c>
       <c r="G325">
-        <v>377419.06</v>
+        <v>37372.97</v>
       </c>
       <c r="H325">
-        <v>1947.06</v>
+        <v>0.0</v>
       </c>
       <c r="I325">
-        <v>375472.0</v>
+        <v>37372.97</v>
       </c>
       <c r="J325" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="K325" t="s">
         <v>23</v>
       </c>
       <c r="L325" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
-        <v>667</v>
+        <v>464</v>
       </c>
       <c r="B326" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C326" t="s">
-        <v>21</v>
+        <v>456</v>
       </c>
       <c r="D326">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E326">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G326">
-        <v>364080.99</v>
+        <v>326301.49</v>
       </c>
       <c r="H326">
-        <v>111850.55</v>
+        <v>287136.0</v>
       </c>
       <c r="I326">
-        <v>252230.44</v>
+        <v>39165.49</v>
       </c>
       <c r="J326" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="K326" t="s">
         <v>23</v>
       </c>
       <c r="L326" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
-        <v>731</v>
+        <v>532</v>
       </c>
       <c r="B327" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="C327" t="s">
         <v>21</v>
       </c>
       <c r="D327">
         <v>3</v>
       </c>
+      <c r="E327">
+        <v>3</v>
+      </c>
       <c r="G327">
-        <v>899415.73</v>
+        <v>624469.6</v>
       </c>
       <c r="H327">
-        <v>3132.58</v>
+        <v>12531.96</v>
       </c>
       <c r="I327">
-        <v>896283.15</v>
+        <v>611937.64</v>
       </c>
       <c r="J327" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K327" t="s">
         <v>23</v>
       </c>
       <c r="L327" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
-        <v>798</v>
+        <v>602</v>
       </c>
       <c r="B328" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C328" t="s">
         <v>21</v>
       </c>
       <c r="D328">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E328">
         <v>2</v>
       </c>
       <c r="G328">
-        <v>82644.0</v>
+        <v>377419.06</v>
       </c>
       <c r="H328">
-        <v>31604.0</v>
+        <v>1947.06</v>
       </c>
       <c r="I328">
-        <v>51040.0</v>
+        <v>375472.0</v>
       </c>
       <c r="J328" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K328" t="s">
         <v>23</v>
       </c>
       <c r="L328" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
-        <v>871</v>
+        <v>667</v>
       </c>
       <c r="B329" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C329" t="s">
         <v>21</v>
       </c>
       <c r="D329">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E329">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G329">
-        <v>197451.68</v>
+        <v>364080.99</v>
       </c>
       <c r="H329">
-        <v>46488.34</v>
+        <v>111850.55</v>
       </c>
       <c r="I329">
-        <v>150963.34</v>
+        <v>252230.44</v>
       </c>
       <c r="J329" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="K329" t="s">
         <v>23</v>
       </c>
       <c r="L329" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
-        <v>935</v>
+        <v>731</v>
       </c>
       <c r="B330" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C330" t="s">
         <v>21</v>
       </c>
       <c r="D330">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G330">
-        <v>126463.17</v>
+        <v>899415.73</v>
       </c>
       <c r="H330">
-        <v>41165.44</v>
+        <v>3132.58</v>
       </c>
       <c r="I330">
-        <v>85297.73</v>
+        <v>896283.15</v>
       </c>
       <c r="J330" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K330" t="s">
         <v>23</v>
       </c>
       <c r="L330" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
-        <v>92</v>
+        <v>798</v>
       </c>
       <c r="B331" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C331" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D331">
         <v>1</v>
       </c>
       <c r="E331">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G331">
-        <v>161528.61</v>
+        <v>82644.0</v>
       </c>
       <c r="H331">
-        <v>26451.64</v>
+        <v>31604.0</v>
       </c>
       <c r="I331">
-        <v>135076.97</v>
+        <v>51040.0</v>
       </c>
       <c r="J331" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K331" t="s">
         <v>23</v>
       </c>
       <c r="L331" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
-        <v>158</v>
+        <v>871</v>
       </c>
       <c r="B332" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="C332" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D332">
         <v>2</v>
       </c>
+      <c r="E332">
+        <v>1</v>
+      </c>
       <c r="G332">
-        <v>142383.56</v>
+        <v>197451.68</v>
       </c>
       <c r="H332">
-        <v>88789.4</v>
+        <v>46488.34</v>
       </c>
       <c r="I332">
-        <v>53594.16</v>
+        <v>150963.34</v>
       </c>
       <c r="J332" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="K332" t="s">
         <v>23</v>
       </c>
       <c r="L332" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
-        <v>223</v>
+        <v>935</v>
       </c>
       <c r="B333" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="C333" t="s">
-        <v>335</v>
+        <v>21</v>
       </c>
       <c r="D333">
         <v>1</v>
       </c>
       <c r="E333">
         <v>1</v>
       </c>
       <c r="G333">
-        <v>155094.0</v>
+        <v>126463.17</v>
       </c>
       <c r="H333">
-        <v>6198.0</v>
+        <v>41165.44</v>
       </c>
       <c r="I333">
-        <v>148896.0</v>
+        <v>85297.73</v>
       </c>
       <c r="J333" t="s">
-        <v>292</v>
+        <v>111</v>
       </c>
       <c r="K333" t="s">
         <v>23</v>
       </c>
       <c r="L333" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
-        <v>288</v>
+        <v>92</v>
       </c>
       <c r="B334" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C334" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D334">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E334">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G334">
-        <v>487646.0</v>
+        <v>161528.61</v>
       </c>
       <c r="H334">
-        <v>142186.0</v>
+        <v>26451.64</v>
       </c>
       <c r="I334">
-        <v>345460.0</v>
+        <v>135076.97</v>
       </c>
       <c r="J334" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="K334" t="s">
         <v>23</v>
       </c>
       <c r="L334" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
-        <v>355</v>
+        <v>158</v>
       </c>
       <c r="B335" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C335" t="s">
-        <v>462</v>
+        <v>36</v>
+      </c>
+      <c r="D335">
+        <v>2</v>
       </c>
       <c r="G335">
-        <v>10000.0</v>
+        <v>142383.56</v>
       </c>
       <c r="H335">
-        <v>14000.0</v>
+        <v>88789.4</v>
       </c>
       <c r="I335">
-        <v>-4000.0</v>
+        <v>53594.16</v>
       </c>
       <c r="J335" t="s">
-        <v>463</v>
+        <v>115</v>
       </c>
       <c r="K335" t="s">
         <v>23</v>
       </c>
       <c r="L335" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
-        <v>421</v>
+        <v>223</v>
       </c>
       <c r="B336" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C336" t="s">
-        <v>465</v>
+        <v>339</v>
       </c>
       <c r="D336">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E336">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G336">
-        <v>397148.58</v>
+        <v>155094.0</v>
       </c>
       <c r="H336">
-        <v>48317.62</v>
+        <v>6198.0</v>
       </c>
       <c r="I336">
-        <v>348830.96</v>
+        <v>148896.0</v>
       </c>
       <c r="J336" t="s">
-        <v>466</v>
+        <v>296</v>
       </c>
       <c r="K336" t="s">
         <v>23</v>
       </c>
       <c r="L336" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
-        <v>336</v>
+        <v>139</v>
       </c>
       <c r="B337" t="s">
         <v>467</v>
       </c>
       <c r="C337" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D337">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E337">
         <v>1</v>
       </c>
       <c r="G337">
-        <v>510479.22</v>
+        <v>360640.88</v>
       </c>
       <c r="H337">
-        <v>122059.7</v>
+        <v>49615.44</v>
       </c>
       <c r="I337">
-        <v>388419.52</v>
+        <v>311025.44</v>
       </c>
       <c r="J337" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K337" t="s">
         <v>23</v>
       </c>
       <c r="L337" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
-        <v>402</v>
+        <v>204</v>
       </c>
       <c r="B338" t="s">
         <v>468</v>
       </c>
       <c r="C338" t="s">
-        <v>469</v>
+        <v>36</v>
       </c>
       <c r="D338">
         <v>4</v>
       </c>
       <c r="E338">
         <v>1</v>
       </c>
       <c r="G338">
-        <v>492166.66</v>
+        <v>150880.43</v>
       </c>
       <c r="H338">
-        <v>0.0</v>
+        <v>12123.2</v>
       </c>
       <c r="I338">
-        <v>492166.66</v>
+        <v>138757.23</v>
       </c>
       <c r="J338" t="s">
-        <v>299</v>
+        <v>40</v>
       </c>
       <c r="K338" t="s">
         <v>23</v>
       </c>
       <c r="L338" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
-        <v>480</v>
+        <v>269</v>
       </c>
       <c r="B339" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="C339" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D339">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="E339">
         <v>1</v>
       </c>
       <c r="G339">
-        <v>316208.35</v>
+        <v>146907.87</v>
       </c>
       <c r="H339">
-        <v>99842.27</v>
+        <v>19316.27</v>
       </c>
       <c r="I339">
-        <v>216366.08</v>
+        <v>127591.6</v>
       </c>
       <c r="J339" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="K339" t="s">
         <v>23</v>
       </c>
       <c r="L339" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
-        <v>545</v>
+        <v>336</v>
       </c>
       <c r="B340" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="C340" t="s">
-        <v>21</v>
+        <v>36</v>
+      </c>
+      <c r="D340">
+        <v>6</v>
       </c>
       <c r="E340">
         <v>1</v>
       </c>
       <c r="G340">
-        <v>31317.76</v>
+        <v>510479.22</v>
       </c>
       <c r="H340">
-        <v>45733.55</v>
+        <v>122059.7</v>
       </c>
       <c r="I340">
-        <v>-14415.79</v>
+        <v>388419.52</v>
       </c>
       <c r="J340" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="K340" t="s">
         <v>23</v>
       </c>
       <c r="L340" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
-        <v>616</v>
+        <v>402</v>
       </c>
       <c r="B341" t="s">
+        <v>471</v>
+      </c>
+      <c r="C341" t="s">
         <v>472</v>
       </c>
-      <c r="C341" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D341">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E341">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G341">
-        <v>428100.0</v>
+        <v>492166.66</v>
       </c>
       <c r="H341">
-        <v>155758.0</v>
+        <v>0.0</v>
       </c>
       <c r="I341">
-        <v>272342.0</v>
+        <v>492166.66</v>
       </c>
       <c r="J341" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="K341" t="s">
         <v>23</v>
       </c>
       <c r="L341" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
-        <v>680</v>
+        <v>480</v>
       </c>
       <c r="B342" t="s">
         <v>473</v>
       </c>
       <c r="C342" t="s">
         <v>21</v>
       </c>
       <c r="D342">
         <v>3</v>
       </c>
       <c r="E342">
         <v>1</v>
       </c>
       <c r="G342">
-        <v>193803.0</v>
+        <v>316208.35</v>
       </c>
       <c r="H342">
-        <v>69192.18</v>
+        <v>99842.27</v>
       </c>
       <c r="I342">
-        <v>124610.82</v>
+        <v>216366.08</v>
       </c>
       <c r="J342" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="K342" t="s">
         <v>23</v>
       </c>
       <c r="L342" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
-        <v>744</v>
+        <v>545</v>
       </c>
       <c r="B343" t="s">
         <v>474</v>
       </c>
       <c r="C343" t="s">
         <v>21</v>
       </c>
-      <c r="D343">
-[...1 lines deleted...]
-      </c>
       <c r="E343">
         <v>1</v>
       </c>
       <c r="G343">
-        <v>96205.61</v>
+        <v>31317.76</v>
       </c>
       <c r="H343">
-        <v>3771.13</v>
+        <v>45733.55</v>
       </c>
       <c r="I343">
-        <v>92434.48</v>
+        <v>-14415.79</v>
       </c>
       <c r="J343" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K343" t="s">
         <v>23</v>
       </c>
       <c r="L343" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
-        <v>811</v>
+        <v>616</v>
       </c>
       <c r="B344" t="s">
         <v>475</v>
       </c>
       <c r="C344" t="s">
         <v>21</v>
       </c>
       <c r="D344">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E344">
         <v>0</v>
       </c>
       <c r="G344">
-        <v>408841.85</v>
+        <v>428100.0</v>
       </c>
       <c r="H344">
-        <v>272021.0</v>
+        <v>155758.0</v>
       </c>
       <c r="I344">
-        <v>136820.85</v>
+        <v>272342.0</v>
       </c>
       <c r="J344" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K344" t="s">
         <v>23</v>
       </c>
       <c r="L344" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
-        <v>884</v>
+        <v>680</v>
       </c>
       <c r="B345" t="s">
         <v>476</v>
       </c>
       <c r="C345" t="s">
         <v>21</v>
       </c>
       <c r="D345">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E345">
         <v>1</v>
       </c>
       <c r="G345">
-        <v>97119.6</v>
+        <v>193803.0</v>
       </c>
       <c r="H345">
-        <v>56786.48</v>
+        <v>69192.18</v>
       </c>
       <c r="I345">
-        <v>40333.12</v>
+        <v>124610.82</v>
       </c>
       <c r="J345" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="K345" t="s">
         <v>23</v>
       </c>
       <c r="L345" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
-        <v>948</v>
+        <v>744</v>
       </c>
       <c r="B346" t="s">
         <v>477</v>
       </c>
       <c r="C346" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D346">
         <v>2</v>
       </c>
       <c r="E346">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G346">
-        <v>251503.0</v>
+        <v>96205.61</v>
       </c>
       <c r="H346">
-        <v>43000.0</v>
+        <v>3771.13</v>
       </c>
       <c r="I346">
-        <v>208503.0</v>
+        <v>92434.48</v>
       </c>
       <c r="J346" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K346" t="s">
         <v>23</v>
       </c>
       <c r="L346" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
-        <v>105</v>
+        <v>811</v>
       </c>
       <c r="B347" t="s">
         <v>478</v>
       </c>
       <c r="C347" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D347">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E347">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G347">
-        <v>445715.08</v>
+        <v>408841.85</v>
       </c>
       <c r="H347">
-        <v>0.0</v>
+        <v>272021.0</v>
       </c>
       <c r="I347">
-        <v>445715.08</v>
+        <v>136820.85</v>
       </c>
       <c r="J347" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="K347" t="s">
         <v>23</v>
       </c>
       <c r="L347" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
-        <v>172</v>
+        <v>884</v>
       </c>
       <c r="B348" t="s">
         <v>479</v>
       </c>
       <c r="C348" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D348">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="E348">
+        <v>1</v>
       </c>
       <c r="G348">
-        <v>231895.0</v>
+        <v>97119.6</v>
       </c>
       <c r="H348">
-        <v>0.0</v>
+        <v>56786.48</v>
       </c>
       <c r="I348">
-        <v>231895.0</v>
+        <v>40333.12</v>
       </c>
       <c r="J348" t="s">
-        <v>310</v>
+        <v>54</v>
       </c>
       <c r="K348" t="s">
         <v>23</v>
       </c>
       <c r="L348" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
-        <v>236</v>
+        <v>948</v>
       </c>
       <c r="B349" t="s">
         <v>480</v>
       </c>
       <c r="C349" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D349">
         <v>2</v>
       </c>
       <c r="E349">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G349">
-        <v>303550.0</v>
+        <v>251503.0</v>
       </c>
       <c r="H349">
-        <v>165353.34</v>
+        <v>43000.0</v>
       </c>
       <c r="I349">
-        <v>138196.66</v>
+        <v>208503.0</v>
       </c>
       <c r="J349" t="s">
-        <v>312</v>
+        <v>56</v>
       </c>
       <c r="K349" t="s">
         <v>23</v>
       </c>
       <c r="L349" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
-        <v>301</v>
+        <v>105</v>
       </c>
       <c r="B350" t="s">
         <v>481</v>
       </c>
       <c r="C350" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D350">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E350">
         <v>2</v>
       </c>
       <c r="G350">
-        <v>427485.82</v>
+        <v>445715.08</v>
       </c>
       <c r="H350">
-        <v>75600.0</v>
+        <v>0.0</v>
       </c>
       <c r="I350">
-        <v>351885.82</v>
+        <v>445715.08</v>
       </c>
       <c r="J350" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="K350" t="s">
         <v>23</v>
       </c>
       <c r="L350" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
-        <v>368</v>
+        <v>172</v>
       </c>
       <c r="B351" t="s">
         <v>482</v>
       </c>
       <c r="C351" t="s">
-        <v>483</v>
+        <v>36</v>
+      </c>
+      <c r="D351">
+        <v>2</v>
       </c>
       <c r="G351">
-        <v>224.0</v>
+        <v>231895.0</v>
       </c>
       <c r="H351">
-        <v>2000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I351">
-        <v>-1776.0</v>
+        <v>231895.0</v>
       </c>
       <c r="J351" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="K351" t="s">
         <v>23</v>
       </c>
       <c r="L351" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
-        <v>434</v>
+        <v>236</v>
       </c>
       <c r="B352" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="C352" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D352">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E352">
         <v>1</v>
       </c>
       <c r="G352">
-        <v>436085.03</v>
+        <v>303550.0</v>
       </c>
       <c r="H352">
-        <v>767.28</v>
+        <v>165353.34</v>
       </c>
       <c r="I352">
-        <v>435317.75</v>
+        <v>138196.66</v>
       </c>
       <c r="J352" t="s">
-        <v>485</v>
+        <v>316</v>
       </c>
       <c r="K352" t="s">
         <v>23</v>
       </c>
       <c r="L352" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
-        <v>513</v>
+        <v>301</v>
       </c>
       <c r="B353" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C353" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D353">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E353">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G353">
-        <v>457325.61</v>
+        <v>427485.82</v>
       </c>
       <c r="H353">
-        <v>125462.68</v>
+        <v>75600.0</v>
       </c>
       <c r="I353">
-        <v>331862.93</v>
+        <v>351885.82</v>
       </c>
       <c r="J353" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K353" t="s">
         <v>23</v>
       </c>
       <c r="L353" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
-        <v>577</v>
+        <v>368</v>
       </c>
       <c r="B354" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C354" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>486</v>
       </c>
       <c r="G354">
-        <v>149359.77</v>
+        <v>224.0</v>
       </c>
       <c r="H354">
-        <v>50704.01</v>
+        <v>2000.0</v>
       </c>
       <c r="I354">
-        <v>98655.76</v>
+        <v>-1776.0</v>
       </c>
       <c r="J354" t="s">
-        <v>43</v>
+        <v>319</v>
       </c>
       <c r="K354" t="s">
         <v>23</v>
       </c>
       <c r="L354" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
-        <v>648</v>
+        <v>434</v>
       </c>
       <c r="B355" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="C355" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D355">
         <v>4</v>
       </c>
       <c r="E355">
         <v>1</v>
       </c>
       <c r="G355">
-        <v>274107.59</v>
+        <v>436085.03</v>
       </c>
       <c r="H355">
-        <v>106855.86</v>
+        <v>767.28</v>
       </c>
       <c r="I355">
-        <v>167251.73</v>
+        <v>435317.75</v>
       </c>
       <c r="J355" t="s">
-        <v>43</v>
+        <v>488</v>
       </c>
       <c r="K355" t="s">
         <v>23</v>
       </c>
       <c r="L355" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
-        <v>712</v>
+        <v>513</v>
       </c>
       <c r="B356" t="s">
         <v>489</v>
       </c>
       <c r="C356" t="s">
         <v>21</v>
       </c>
       <c r="D356">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E356">
         <v>1</v>
       </c>
       <c r="G356">
-        <v>314978.82</v>
+        <v>457325.61</v>
       </c>
       <c r="H356">
-        <v>125689.64</v>
+        <v>125462.68</v>
       </c>
       <c r="I356">
-        <v>189289.18</v>
+        <v>331862.93</v>
       </c>
       <c r="J356" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K356" t="s">
         <v>23</v>
       </c>
       <c r="L356" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
-        <v>779</v>
+        <v>577</v>
       </c>
       <c r="B357" t="s">
         <v>490</v>
       </c>
       <c r="C357" t="s">
         <v>21</v>
       </c>
       <c r="D357">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E357">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G357">
-        <v>161424.94</v>
+        <v>149359.77</v>
       </c>
       <c r="H357">
-        <v>47234.0</v>
+        <v>50704.01</v>
       </c>
       <c r="I357">
-        <v>114190.94</v>
+        <v>98655.76</v>
       </c>
       <c r="J357" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K357" t="s">
         <v>23</v>
       </c>
       <c r="L357" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
-        <v>845</v>
+        <v>648</v>
       </c>
       <c r="B358" t="s">
         <v>491</v>
       </c>
       <c r="C358" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D358">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E358">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G358">
-        <v>141100.0</v>
+        <v>274107.59</v>
       </c>
       <c r="H358">
-        <v>140094.0</v>
+        <v>106855.86</v>
       </c>
       <c r="I358">
-        <v>1006.0</v>
+        <v>167251.73</v>
       </c>
       <c r="J358" t="s">
         <v>22</v>
       </c>
       <c r="K358" t="s">
         <v>23</v>
       </c>
       <c r="L358" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
-        <v>916</v>
+        <v>712</v>
       </c>
       <c r="B359" t="s">
         <v>492</v>
       </c>
       <c r="C359" t="s">
         <v>21</v>
       </c>
       <c r="D359">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E359">
         <v>1</v>
       </c>
       <c r="G359">
-        <v>460294.52</v>
+        <v>314978.82</v>
       </c>
       <c r="H359">
-        <v>68175.0</v>
+        <v>125689.64</v>
       </c>
       <c r="I359">
-        <v>392119.52</v>
+        <v>189289.18</v>
       </c>
       <c r="J359" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K359" t="s">
         <v>23</v>
       </c>
       <c r="L359" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
-        <v>52</v>
+        <v>779</v>
       </c>
       <c r="B360" t="s">
         <v>493</v>
       </c>
       <c r="C360" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D360">
         <v>1</v>
       </c>
       <c r="E360">
         <v>1</v>
       </c>
       <c r="G360">
-        <v>166046.39</v>
+        <v>161424.94</v>
       </c>
       <c r="H360">
-        <v>106000.0</v>
+        <v>47234.0</v>
       </c>
       <c r="I360">
-        <v>60046.39</v>
+        <v>114190.94</v>
       </c>
       <c r="J360" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="K360" t="s">
         <v>23</v>
       </c>
       <c r="L360" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
-        <v>139</v>
+        <v>845</v>
       </c>
       <c r="B361" t="s">
         <v>494</v>
       </c>
       <c r="C361" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D361">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E361">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G361">
-        <v>360640.88</v>
+        <v>141100.0</v>
       </c>
       <c r="H361">
-        <v>49615.44</v>
+        <v>140094.0</v>
       </c>
       <c r="I361">
-        <v>311025.44</v>
+        <v>1006.0</v>
       </c>
       <c r="J361" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
       <c r="K361" t="s">
         <v>23</v>
       </c>
       <c r="L361" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
-        <v>204</v>
+        <v>916</v>
       </c>
       <c r="B362" t="s">
         <v>495</v>
       </c>
       <c r="C362" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D362">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E362">
         <v>1</v>
       </c>
       <c r="G362">
-        <v>150880.43</v>
+        <v>460294.52</v>
       </c>
       <c r="H362">
-        <v>12123.2</v>
+        <v>68175.0</v>
       </c>
       <c r="I362">
-        <v>138757.23</v>
+        <v>392119.52</v>
       </c>
       <c r="J362" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="K362" t="s">
         <v>23</v>
       </c>
       <c r="L362" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
-        <v>269</v>
+        <v>52</v>
       </c>
       <c r="B363" t="s">
         <v>496</v>
       </c>
       <c r="C363" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D363">
         <v>1</v>
       </c>
+      <c r="E363">
+        <v>1</v>
+      </c>
       <c r="G363">
-        <v>146907.87</v>
+        <v>166046.39</v>
       </c>
       <c r="H363">
-        <v>19316.27</v>
+        <v>106000.0</v>
       </c>
       <c r="I363">
-        <v>127591.6</v>
+        <v>60046.39</v>
       </c>
       <c r="J363" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="K363" t="s">
         <v>23</v>
       </c>
       <c r="L363" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
-        <v>119</v>
+        <v>757</v>
       </c>
       <c r="B364" t="s">
         <v>497</v>
       </c>
       <c r="C364" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D364">
         <v>3</v>
       </c>
       <c r="E364">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G364">
-        <v>433517.45</v>
+        <v>300874.96</v>
       </c>
       <c r="H364">
-        <v>345150.74</v>
+        <v>40062.84</v>
       </c>
       <c r="I364">
-        <v>88366.71</v>
+        <v>260812.12</v>
       </c>
       <c r="J364" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="K364" t="s">
         <v>23</v>
       </c>
       <c r="L364" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
-        <v>185</v>
+        <v>824</v>
       </c>
       <c r="B365" t="s">
         <v>498</v>
       </c>
       <c r="C365" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D365">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E365">
         <v>1</v>
       </c>
       <c r="G365">
-        <v>218577.66</v>
+        <v>80115.0</v>
       </c>
       <c r="H365">
-        <v>113634.64</v>
+        <v>97146.13</v>
       </c>
       <c r="I365">
-        <v>104943.02</v>
+        <v>-17031.13</v>
       </c>
       <c r="J365" t="s">
-        <v>119</v>
+        <v>81</v>
       </c>
       <c r="K365" t="s">
         <v>23</v>
       </c>
       <c r="L365" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
-        <v>249</v>
+        <v>897</v>
       </c>
       <c r="B366" t="s">
         <v>499</v>
       </c>
       <c r="C366" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D366">
         <v>2</v>
       </c>
       <c r="E366">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G366">
-        <v>216507.2</v>
+        <v>158856.45</v>
       </c>
       <c r="H366">
-        <v>148181.37</v>
+        <v>61678.35</v>
       </c>
       <c r="I366">
-        <v>68325.83</v>
+        <v>97178.1</v>
       </c>
       <c r="J366" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="K366" t="s">
         <v>23</v>
       </c>
       <c r="L366" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
-        <v>317</v>
+        <v>18</v>
       </c>
       <c r="B367" t="s">
         <v>500</v>
       </c>
       <c r="C367" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D367">
+        <v>5</v>
+      </c>
+      <c r="E367">
         <v>3</v>
       </c>
       <c r="G367">
-        <v>39780.02</v>
+        <v>389639.09</v>
       </c>
       <c r="H367">
-        <v>3037.8</v>
+        <v>20500.0</v>
       </c>
       <c r="I367">
-        <v>36742.22</v>
+        <v>369139.09</v>
       </c>
       <c r="J367" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
       <c r="K367" t="s">
         <v>23</v>
       </c>
       <c r="L367" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
-        <v>382</v>
+        <v>961</v>
       </c>
       <c r="B368" t="s">
         <v>501</v>
       </c>
       <c r="C368" t="s">
-        <v>502</v>
+        <v>21</v>
       </c>
       <c r="D368">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E368">
         <v>1</v>
       </c>
       <c r="G368">
-        <v>367785.46</v>
+        <v>121017.44</v>
       </c>
       <c r="H368">
-        <v>77390.01</v>
+        <v>43923.85</v>
       </c>
       <c r="I368">
-        <v>290395.45</v>
+        <v>77093.59</v>
       </c>
       <c r="J368" t="s">
-        <v>165</v>
+        <v>56</v>
       </c>
       <c r="K368" t="s">
         <v>23</v>
       </c>
       <c r="L368" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
-        <v>456</v>
+        <v>119</v>
       </c>
       <c r="B369" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="C369" t="s">
-        <v>504</v>
+        <v>36</v>
       </c>
       <c r="D369">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E369">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G369">
-        <v>442533.78</v>
+        <v>433517.45</v>
       </c>
       <c r="H369">
-        <v>0.0</v>
+        <v>345150.74</v>
       </c>
       <c r="I369">
-        <v>442533.78</v>
+        <v>88366.71</v>
       </c>
       <c r="J369" t="s">
-        <v>340</v>
+        <v>89</v>
       </c>
       <c r="K369" t="s">
         <v>23</v>
       </c>
       <c r="L369" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
-        <v>526</v>
+        <v>185</v>
       </c>
       <c r="B370" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="C370" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D370">
         <v>4</v>
       </c>
       <c r="E370">
         <v>1</v>
       </c>
       <c r="G370">
-        <v>693443.9</v>
+        <v>218577.66</v>
       </c>
       <c r="H370">
-        <v>12530.16</v>
+        <v>113634.64</v>
       </c>
       <c r="I370">
-        <v>680913.74</v>
+        <v>104943.02</v>
       </c>
       <c r="J370" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
       <c r="K370" t="s">
         <v>23</v>
       </c>
       <c r="L370" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
-        <v>596</v>
+        <v>249</v>
       </c>
       <c r="B371" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C371" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D371">
         <v>2</v>
       </c>
       <c r="E371">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G371">
-        <v>329250.0</v>
+        <v>216507.2</v>
       </c>
       <c r="H371">
-        <v>0.0</v>
+        <v>148181.37</v>
       </c>
       <c r="I371">
-        <v>329250.0</v>
+        <v>68325.83</v>
       </c>
       <c r="J371" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K371" t="s">
         <v>23</v>
       </c>
       <c r="L371" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
-        <v>661</v>
+        <v>317</v>
       </c>
       <c r="B372" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="C372" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D372">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G372">
-        <v>365100.0</v>
+        <v>39780.02</v>
       </c>
       <c r="H372">
-        <v>78800.0</v>
+        <v>3037.8</v>
       </c>
       <c r="I372">
-        <v>286300.0</v>
+        <v>36742.22</v>
       </c>
       <c r="J372" t="s">
-        <v>99</v>
+        <v>66</v>
       </c>
       <c r="K372" t="s">
         <v>23</v>
       </c>
       <c r="L372" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
-        <v>725</v>
+        <v>382</v>
       </c>
       <c r="B373" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="C373" t="s">
-        <v>21</v>
+        <v>507</v>
       </c>
       <c r="D373">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E373">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G373">
-        <v>361547.86</v>
+        <v>367785.46</v>
       </c>
       <c r="H373">
-        <v>65238.6</v>
+        <v>77390.01</v>
       </c>
       <c r="I373">
-        <v>296309.26</v>
+        <v>290395.45</v>
       </c>
       <c r="J373" t="s">
-        <v>47</v>
+        <v>171</v>
       </c>
       <c r="K373" t="s">
         <v>23</v>
       </c>
       <c r="L373" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
-        <v>792</v>
+        <v>456</v>
       </c>
       <c r="B374" t="s">
+        <v>508</v>
+      </c>
+      <c r="C374" t="s">
         <v>509</v>
       </c>
-      <c r="C374" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D374">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E374">
         <v>1</v>
       </c>
       <c r="G374">
-        <v>369305.77</v>
+        <v>442533.78</v>
       </c>
       <c r="H374">
-        <v>130220.69</v>
+        <v>0.0</v>
       </c>
       <c r="I374">
-        <v>239085.08</v>
+        <v>442533.78</v>
       </c>
       <c r="J374" t="s">
-        <v>47</v>
+        <v>344</v>
       </c>
       <c r="K374" t="s">
         <v>23</v>
       </c>
       <c r="L374" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
-        <v>865</v>
+        <v>526</v>
       </c>
       <c r="B375" t="s">
         <v>510</v>
       </c>
       <c r="C375" t="s">
         <v>21</v>
       </c>
       <c r="D375">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E375">
         <v>1</v>
       </c>
       <c r="G375">
-        <v>257817.91</v>
+        <v>693443.9</v>
       </c>
       <c r="H375">
-        <v>171929.29</v>
+        <v>12530.16</v>
       </c>
       <c r="I375">
-        <v>85888.62</v>
+        <v>680913.74</v>
       </c>
       <c r="J375" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K375" t="s">
         <v>23</v>
       </c>
       <c r="L375" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
-        <v>929</v>
+        <v>596</v>
       </c>
       <c r="B376" t="s">
         <v>511</v>
       </c>
       <c r="C376" t="s">
         <v>21</v>
       </c>
       <c r="D376">
         <v>2</v>
       </c>
       <c r="E376">
         <v>3</v>
       </c>
       <c r="G376">
-        <v>120600.0</v>
+        <v>329250.0</v>
       </c>
       <c r="H376">
-        <v>33900.0</v>
+        <v>0.0</v>
       </c>
       <c r="I376">
-        <v>86700.0</v>
+        <v>329250.0</v>
       </c>
       <c r="J376" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="K376" t="s">
         <v>23</v>
       </c>
       <c r="L376" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
-        <v>86</v>
+        <v>661</v>
       </c>
       <c r="B377" t="s">
         <v>512</v>
       </c>
       <c r="C377" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D377">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E377">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G377">
-        <v>65329.0</v>
+        <v>365100.0</v>
       </c>
       <c r="H377">
-        <v>620.0</v>
+        <v>78800.0</v>
       </c>
       <c r="I377">
-        <v>64709.0</v>
+        <v>286300.0</v>
       </c>
       <c r="J377" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="K377" t="s">
         <v>23</v>
       </c>
       <c r="L377" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
-        <v>152</v>
+        <v>725</v>
       </c>
       <c r="B378" t="s">
         <v>513</v>
       </c>
       <c r="C378" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D378">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E378">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G378">
-        <v>107302.0</v>
+        <v>361547.86</v>
       </c>
       <c r="H378">
-        <v>0.0</v>
+        <v>65238.6</v>
       </c>
       <c r="I378">
-        <v>107302.0</v>
+        <v>296309.26</v>
       </c>
       <c r="J378" t="s">
-        <v>179</v>
+        <v>26</v>
       </c>
       <c r="K378" t="s">
         <v>23</v>
       </c>
       <c r="L378" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
-        <v>217</v>
+        <v>792</v>
       </c>
       <c r="B379" t="s">
         <v>514</v>
       </c>
       <c r="C379" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D379">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E379">
         <v>1</v>
       </c>
       <c r="G379">
-        <v>152315.0</v>
+        <v>369305.77</v>
       </c>
       <c r="H379">
-        <v>1500.0</v>
+        <v>130220.69</v>
       </c>
       <c r="I379">
-        <v>150815.0</v>
+        <v>239085.08</v>
       </c>
       <c r="J379" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="K379" t="s">
         <v>23</v>
       </c>
       <c r="L379" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
-        <v>282</v>
+        <v>865</v>
       </c>
       <c r="B380" t="s">
         <v>515</v>
       </c>
       <c r="C380" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D380">
         <v>2</v>
       </c>
       <c r="E380">
         <v>1</v>
       </c>
       <c r="G380">
-        <v>364974.2</v>
+        <v>257817.91</v>
       </c>
       <c r="H380">
-        <v>0.0</v>
+        <v>171929.29</v>
       </c>
       <c r="I380">
-        <v>364974.2</v>
+        <v>85888.62</v>
       </c>
       <c r="J380" t="s">
-        <v>353</v>
+        <v>54</v>
       </c>
       <c r="K380" t="s">
         <v>23</v>
       </c>
       <c r="L380" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
-        <v>349</v>
+        <v>929</v>
       </c>
       <c r="B381" t="s">
         <v>516</v>
       </c>
       <c r="C381" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D381">
+        <v>2</v>
       </c>
       <c r="E381">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G381">
-        <v>33500.0</v>
+        <v>120600.0</v>
       </c>
       <c r="H381">
-        <v>0.0</v>
+        <v>33900.0</v>
       </c>
       <c r="I381">
-        <v>33500.0</v>
+        <v>86700.0</v>
       </c>
       <c r="J381" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="K381" t="s">
         <v>23</v>
       </c>
       <c r="L381" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
-        <v>415</v>
+        <v>86</v>
       </c>
       <c r="B382" t="s">
         <v>517</v>
       </c>
       <c r="C382" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D382">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E382">
         <v>2</v>
       </c>
       <c r="G382">
-        <v>502450.98</v>
+        <v>65329.0</v>
       </c>
       <c r="H382">
-        <v>62126.53</v>
+        <v>620.0</v>
       </c>
       <c r="I382">
-        <v>440324.45</v>
+        <v>64709.0</v>
       </c>
       <c r="J382" t="s">
-        <v>186</v>
+        <v>113</v>
       </c>
       <c r="K382" t="s">
         <v>23</v>
       </c>
       <c r="L382" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
-        <v>494</v>
+        <v>152</v>
       </c>
       <c r="B383" t="s">
         <v>518</v>
       </c>
       <c r="C383" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D383">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E383">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G383">
-        <v>705737.36</v>
+        <v>107302.0</v>
       </c>
       <c r="H383">
-        <v>130296.0</v>
+        <v>0.0</v>
       </c>
       <c r="I383">
-        <v>575441.36</v>
+        <v>107302.0</v>
       </c>
       <c r="J383" t="s">
-        <v>43</v>
+        <v>185</v>
       </c>
       <c r="K383" t="s">
         <v>23</v>
       </c>
       <c r="L383" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
-        <v>558</v>
+        <v>217</v>
       </c>
       <c r="B384" t="s">
         <v>519</v>
       </c>
       <c r="C384" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D384">
         <v>2</v>
       </c>
       <c r="E384">
         <v>1</v>
       </c>
       <c r="G384">
-        <v>293460.21</v>
+        <v>152315.0</v>
       </c>
       <c r="H384">
-        <v>94122.27</v>
+        <v>1500.0</v>
       </c>
       <c r="I384">
-        <v>199337.94</v>
+        <v>150815.0</v>
       </c>
       <c r="J384" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="K384" t="s">
         <v>23</v>
       </c>
       <c r="L384" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
-        <v>629</v>
+        <v>282</v>
       </c>
       <c r="B385" t="s">
         <v>520</v>
       </c>
       <c r="C385" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D385">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E385">
         <v>1</v>
       </c>
       <c r="G385">
-        <v>507135.38</v>
+        <v>364974.2</v>
       </c>
       <c r="H385">
-        <v>134735.83</v>
+        <v>0.0</v>
       </c>
       <c r="I385">
-        <v>372399.55</v>
+        <v>364974.2</v>
       </c>
       <c r="J385" t="s">
-        <v>43</v>
+        <v>357</v>
       </c>
       <c r="K385" t="s">
         <v>23</v>
       </c>
       <c r="L385" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
-        <v>693</v>
+        <v>349</v>
       </c>
       <c r="B386" t="s">
         <v>521</v>
       </c>
       <c r="C386" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="E386">
         <v>1</v>
       </c>
       <c r="G386">
-        <v>259191.43</v>
+        <v>33500.0</v>
       </c>
       <c r="H386">
-        <v>477791.84</v>
+        <v>0.0</v>
       </c>
       <c r="I386">
-        <v>-218600.41</v>
+        <v>33500.0</v>
       </c>
       <c r="J386" t="s">
-        <v>47</v>
+        <v>122</v>
       </c>
       <c r="K386" t="s">
         <v>23</v>
       </c>
       <c r="L386" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
-        <v>757</v>
+        <v>415</v>
       </c>
       <c r="B387" t="s">
         <v>522</v>
       </c>
       <c r="C387" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D387">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E387">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G387">
-        <v>300874.96</v>
+        <v>502450.98</v>
       </c>
       <c r="H387">
-        <v>40062.84</v>
+        <v>62126.53</v>
       </c>
       <c r="I387">
-        <v>260812.12</v>
+        <v>440324.45</v>
       </c>
       <c r="J387" t="s">
-        <v>47</v>
+        <v>192</v>
       </c>
       <c r="K387" t="s">
         <v>23</v>
       </c>
       <c r="L387" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
-        <v>824</v>
+        <v>494</v>
       </c>
       <c r="B388" t="s">
         <v>523</v>
       </c>
       <c r="C388" t="s">
         <v>21</v>
       </c>
       <c r="D388">
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="E388">
+        <v>4</v>
       </c>
       <c r="G388">
-        <v>80115.0</v>
+        <v>705737.36</v>
       </c>
       <c r="H388">
-        <v>97146.13</v>
+        <v>130296.0</v>
       </c>
       <c r="I388">
-        <v>-17031.13</v>
+        <v>575441.36</v>
       </c>
       <c r="J388" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K388" t="s">
         <v>23</v>
       </c>
       <c r="L388" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
-        <v>897</v>
+        <v>558</v>
       </c>
       <c r="B389" t="s">
         <v>524</v>
       </c>
       <c r="C389" t="s">
         <v>21</v>
       </c>
       <c r="D389">
         <v>2</v>
       </c>
       <c r="E389">
         <v>1</v>
       </c>
       <c r="G389">
-        <v>158856.45</v>
+        <v>293460.21</v>
       </c>
       <c r="H389">
-        <v>61678.35</v>
+        <v>94122.27</v>
       </c>
       <c r="I389">
-        <v>97178.1</v>
+        <v>199337.94</v>
       </c>
       <c r="J389" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K389" t="s">
         <v>23</v>
       </c>
       <c r="L389" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
-        <v>18</v>
+        <v>629</v>
       </c>
       <c r="B390" t="s">
         <v>525</v>
       </c>
       <c r="C390" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D390">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E390">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G390">
-        <v>389639.09</v>
+        <v>507135.38</v>
       </c>
       <c r="H390">
-        <v>20500.0</v>
+        <v>134735.83</v>
       </c>
       <c r="I390">
-        <v>369139.09</v>
+        <v>372399.55</v>
       </c>
       <c r="J390" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="K390" t="s">
         <v>23</v>
       </c>
       <c r="L390" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
-        <v>961</v>
+        <v>693</v>
       </c>
       <c r="B391" t="s">
         <v>526</v>
       </c>
       <c r="C391" t="s">
         <v>21</v>
       </c>
       <c r="D391">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E391">
         <v>1</v>
       </c>
       <c r="G391">
-        <v>121017.44</v>
+        <v>259191.43</v>
       </c>
       <c r="H391">
-        <v>43923.85</v>
+        <v>477791.84</v>
       </c>
       <c r="I391">
-        <v>77093.59</v>
+        <v>-218600.41</v>
       </c>
       <c r="J391" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K391" t="s">
         <v>23</v>
       </c>
       <c r="L391" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
-        <v>805</v>
+        <v>610</v>
       </c>
       <c r="B392" t="s">
         <v>527</v>
       </c>
       <c r="C392" t="s">
         <v>21</v>
       </c>
       <c r="D392">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E392">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G392">
-        <v>508606.37</v>
+        <v>162958.51</v>
       </c>
       <c r="H392">
-        <v>91865.14</v>
+        <v>158393.76</v>
       </c>
       <c r="I392">
-        <v>416741.23</v>
+        <v>4564.75</v>
       </c>
       <c r="J392" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K392" t="s">
         <v>23</v>
       </c>
       <c r="L392" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
-        <v>878</v>
+        <v>674</v>
       </c>
       <c r="B393" t="s">
         <v>528</v>
       </c>
       <c r="C393" t="s">
         <v>21</v>
       </c>
       <c r="D393">
         <v>2</v>
       </c>
       <c r="E393">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G393">
-        <v>228053.85</v>
+        <v>439251.62</v>
       </c>
       <c r="H393">
-        <v>28181.51</v>
+        <v>62493.58</v>
       </c>
       <c r="I393">
-        <v>199872.34</v>
+        <v>376758.04</v>
       </c>
       <c r="J393" t="s">
-        <v>234</v>
+        <v>26</v>
       </c>
       <c r="K393" t="s">
         <v>23</v>
       </c>
       <c r="L393" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
-        <v>942</v>
+        <v>738</v>
       </c>
       <c r="B394" t="s">
         <v>529</v>
       </c>
       <c r="C394" t="s">
         <v>21</v>
       </c>
       <c r="D394">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E394">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G394">
-        <v>3830262.74</v>
+        <v>80368.92</v>
       </c>
       <c r="H394">
-        <v>27970.12</v>
+        <v>44847.16</v>
       </c>
       <c r="I394">
-        <v>3802292.62</v>
+        <v>35521.76</v>
       </c>
       <c r="J394" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K394" t="s">
         <v>23</v>
       </c>
       <c r="L394" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
-        <v>99</v>
+        <v>805</v>
       </c>
       <c r="B395" t="s">
         <v>530</v>
       </c>
       <c r="C395" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D395">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E395">
         <v>1</v>
       </c>
       <c r="G395">
-        <v>248152.0</v>
+        <v>508606.37</v>
       </c>
       <c r="H395">
-        <v>36102.0</v>
+        <v>91865.14</v>
       </c>
       <c r="I395">
-        <v>212050.0</v>
+        <v>416741.23</v>
       </c>
       <c r="J395" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K395" t="s">
         <v>23</v>
       </c>
       <c r="L395" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
-        <v>166</v>
+        <v>878</v>
       </c>
       <c r="B396" t="s">
         <v>531</v>
       </c>
       <c r="C396" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D396">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E396">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G396">
-        <v>183057.0</v>
+        <v>228053.85</v>
       </c>
       <c r="H396">
-        <v>103000.0</v>
+        <v>28181.51</v>
       </c>
       <c r="I396">
-        <v>80057.0</v>
+        <v>199872.34</v>
       </c>
       <c r="J396" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="K396" t="s">
         <v>23</v>
       </c>
       <c r="L396" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
-        <v>230</v>
+        <v>942</v>
       </c>
       <c r="B397" t="s">
         <v>532</v>
       </c>
       <c r="C397" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D397">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E397">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G397">
-        <v>503225.0</v>
+        <v>3830262.74</v>
       </c>
       <c r="H397">
-        <v>124512.48</v>
+        <v>27970.12</v>
       </c>
       <c r="I397">
-        <v>378712.52</v>
+        <v>3802292.62</v>
       </c>
       <c r="J397" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="K397" t="s">
         <v>23</v>
       </c>
       <c r="L397" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
-        <v>295</v>
+        <v>99</v>
       </c>
       <c r="B398" t="s">
         <v>533</v>
       </c>
       <c r="C398" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D398">
         <v>2</v>
       </c>
       <c r="E398">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G398">
-        <v>452910.78</v>
+        <v>248152.0</v>
       </c>
       <c r="H398">
-        <v>40808.98</v>
+        <v>36102.0</v>
       </c>
       <c r="I398">
-        <v>412101.8</v>
+        <v>212050.0</v>
       </c>
       <c r="J398" t="s">
-        <v>87</v>
+        <v>113</v>
       </c>
       <c r="K398" t="s">
         <v>23</v>
       </c>
       <c r="L398" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
-        <v>362</v>
+        <v>166</v>
       </c>
       <c r="B399" t="s">
         <v>534</v>
       </c>
       <c r="C399" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D399">
+        <v>3</v>
+      </c>
+      <c r="E399">
         <v>1</v>
       </c>
       <c r="G399">
-        <v>75004.0</v>
+        <v>183057.0</v>
       </c>
       <c r="H399">
-        <v>24600.0</v>
+        <v>103000.0</v>
       </c>
       <c r="I399">
-        <v>50404.0</v>
+        <v>80057.0</v>
       </c>
       <c r="J399" t="s">
-        <v>535</v>
+        <v>139</v>
       </c>
       <c r="K399" t="s">
         <v>23</v>
       </c>
       <c r="L399" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
-        <v>428</v>
+        <v>230</v>
       </c>
       <c r="B400" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="C400" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D400">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E400">
         <v>1</v>
       </c>
       <c r="G400">
-        <v>310850.0</v>
+        <v>503225.0</v>
       </c>
       <c r="H400">
-        <v>151000.0</v>
+        <v>124512.48</v>
       </c>
       <c r="I400">
-        <v>159850.0</v>
+        <v>378712.52</v>
       </c>
       <c r="J400" t="s">
-        <v>537</v>
+        <v>141</v>
       </c>
       <c r="K400" t="s">
         <v>23</v>
       </c>
       <c r="L400" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
-        <v>507</v>
+        <v>295</v>
       </c>
       <c r="B401" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="C401" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D401">
         <v>2</v>
       </c>
       <c r="E401">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G401">
-        <v>186197.44</v>
+        <v>452910.78</v>
       </c>
       <c r="H401">
-        <v>115600.0</v>
+        <v>40808.98</v>
       </c>
       <c r="I401">
-        <v>70597.44</v>
+        <v>412101.8</v>
       </c>
       <c r="J401" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K401" t="s">
         <v>23</v>
       </c>
       <c r="L401" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
-        <v>571</v>
+        <v>362</v>
       </c>
       <c r="B402" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C402" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D402">
         <v>1</v>
       </c>
-      <c r="E402">
-[...1 lines deleted...]
-      </c>
       <c r="G402">
-        <v>177785.0</v>
+        <v>75004.0</v>
       </c>
       <c r="H402">
-        <v>66037.32</v>
+        <v>24600.0</v>
       </c>
       <c r="I402">
-        <v>111747.68</v>
+        <v>50404.0</v>
       </c>
       <c r="J402" t="s">
-        <v>43</v>
+        <v>538</v>
       </c>
       <c r="K402" t="s">
         <v>23</v>
       </c>
       <c r="L402" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
-        <v>642</v>
+        <v>428</v>
       </c>
       <c r="B403" t="s">
+        <v>539</v>
+      </c>
+      <c r="C403" t="s">
+        <v>36</v>
+      </c>
+      <c r="D403">
+        <v>1</v>
+      </c>
+      <c r="E403">
+        <v>1</v>
+      </c>
+      <c r="G403">
+        <v>310850.0</v>
+      </c>
+      <c r="H403">
+        <v>151000.0</v>
+      </c>
+      <c r="I403">
+        <v>159850.0</v>
+      </c>
+      <c r="J403" t="s">
         <v>540</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K403" t="s">
         <v>23</v>
       </c>
       <c r="L403" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
-        <v>706</v>
+        <v>507</v>
       </c>
       <c r="B404" t="s">
         <v>541</v>
       </c>
       <c r="C404" t="s">
         <v>21</v>
       </c>
       <c r="D404">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E404">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G404">
-        <v>168870.24</v>
+        <v>186197.44</v>
       </c>
       <c r="H404">
-        <v>33214.86</v>
+        <v>115600.0</v>
       </c>
       <c r="I404">
-        <v>135655.38</v>
+        <v>70597.44</v>
       </c>
       <c r="J404" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K404" t="s">
         <v>23</v>
       </c>
       <c r="L404" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
-        <v>774</v>
+        <v>571</v>
       </c>
       <c r="B405" t="s">
         <v>542</v>
       </c>
       <c r="C405" t="s">
         <v>21</v>
       </c>
       <c r="D405">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E405">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G405">
-        <v>131656.23</v>
+        <v>177785.0</v>
       </c>
       <c r="H405">
-        <v>38164.81</v>
+        <v>66037.32</v>
       </c>
       <c r="I405">
-        <v>93491.42</v>
+        <v>111747.68</v>
       </c>
       <c r="J405" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K405" t="s">
         <v>23</v>
       </c>
       <c r="L405" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
-        <v>839</v>
+        <v>642</v>
       </c>
       <c r="B406" t="s">
         <v>543</v>
       </c>
       <c r="C406" t="s">
         <v>21</v>
       </c>
       <c r="D406">
         <v>1</v>
       </c>
       <c r="E406">
         <v>1</v>
       </c>
       <c r="G406">
-        <v>139681.27</v>
+        <v>155281.54</v>
       </c>
       <c r="H406">
-        <v>12692.32</v>
+        <v>41782.54</v>
       </c>
       <c r="I406">
-        <v>126988.95</v>
+        <v>113499.0</v>
       </c>
       <c r="J406" t="s">
-        <v>215</v>
+        <v>22</v>
       </c>
       <c r="K406" t="s">
         <v>23</v>
       </c>
       <c r="L406" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
-        <v>910</v>
+        <v>706</v>
       </c>
       <c r="B407" t="s">
         <v>544</v>
       </c>
       <c r="C407" t="s">
         <v>21</v>
       </c>
       <c r="D407">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E407">
         <v>1</v>
       </c>
       <c r="G407">
-        <v>233000.0</v>
+        <v>168870.24</v>
       </c>
       <c r="H407">
-        <v>20000.0</v>
+        <v>33214.86</v>
       </c>
       <c r="I407">
-        <v>213000.0</v>
+        <v>135655.38</v>
       </c>
       <c r="J407" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K407" t="s">
         <v>23</v>
       </c>
       <c r="L407" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
-        <v>36</v>
+        <v>774</v>
       </c>
       <c r="B408" t="s">
         <v>545</v>
       </c>
       <c r="C408" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D408">
         <v>2</v>
       </c>
       <c r="E408">
         <v>1</v>
       </c>
       <c r="G408">
-        <v>549428.0</v>
+        <v>131656.23</v>
       </c>
       <c r="H408">
-        <v>14230.83</v>
+        <v>38164.81</v>
       </c>
       <c r="I408">
-        <v>535197.17</v>
+        <v>93491.42</v>
       </c>
       <c r="J408" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="K408" t="s">
         <v>23</v>
       </c>
       <c r="L408" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
-        <v>133</v>
+        <v>839</v>
       </c>
       <c r="B409" t="s">
         <v>546</v>
       </c>
       <c r="C409" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D409">
         <v>1</v>
       </c>
       <c r="E409">
         <v>1</v>
       </c>
       <c r="G409">
-        <v>93969.0</v>
+        <v>139681.27</v>
       </c>
       <c r="H409">
-        <v>111149.0</v>
+        <v>12692.32</v>
       </c>
       <c r="I409">
-        <v>-17180.0</v>
+        <v>126988.95</v>
       </c>
       <c r="J409" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="K409" t="s">
         <v>23</v>
       </c>
       <c r="L409" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
-        <v>198</v>
+        <v>910</v>
       </c>
       <c r="B410" t="s">
         <v>547</v>
       </c>
       <c r="C410" t="s">
-        <v>548</v>
+        <v>21</v>
       </c>
       <c r="D410">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E410">
         <v>1</v>
       </c>
       <c r="G410">
-        <v>180538.73</v>
+        <v>233000.0</v>
       </c>
       <c r="H410">
-        <v>80766.68</v>
+        <v>20000.0</v>
       </c>
       <c r="I410">
-        <v>99772.05</v>
+        <v>213000.0</v>
       </c>
       <c r="J410" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="K410" t="s">
         <v>23</v>
       </c>
       <c r="L410" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
-        <v>263</v>
+        <v>36</v>
       </c>
       <c r="B411" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="C411" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D411">
         <v>2</v>
       </c>
       <c r="E411">
         <v>1</v>
       </c>
       <c r="G411">
-        <v>127255.69</v>
+        <v>549428.0</v>
       </c>
       <c r="H411">
-        <v>27411.04</v>
+        <v>14230.83</v>
       </c>
       <c r="I411">
-        <v>99844.65</v>
+        <v>535197.17</v>
       </c>
       <c r="J411" t="s">
-        <v>550</v>
+        <v>85</v>
       </c>
       <c r="K411" t="s">
         <v>23</v>
       </c>
       <c r="L411" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
-        <v>330</v>
+        <v>133</v>
       </c>
       <c r="B412" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C412" t="s">
-        <v>154</v>
+        <v>36</v>
       </c>
       <c r="D412">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E412">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G412">
-        <v>364900.0</v>
+        <v>93969.0</v>
       </c>
       <c r="H412">
-        <v>173000.0</v>
+        <v>111149.0</v>
       </c>
       <c r="I412">
-        <v>191900.0</v>
+        <v>-17180.0</v>
       </c>
       <c r="J412" t="s">
-        <v>159</v>
+        <v>185</v>
       </c>
       <c r="K412" t="s">
         <v>23</v>
       </c>
       <c r="L412" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
-        <v>396</v>
+        <v>198</v>
       </c>
       <c r="B413" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="C413" t="s">
-        <v>31</v>
+        <v>551</v>
       </c>
       <c r="D413">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E413">
         <v>1</v>
       </c>
       <c r="G413">
-        <v>324500.0</v>
+        <v>180538.73</v>
       </c>
       <c r="H413">
-        <v>240400.0</v>
+        <v>80766.68</v>
       </c>
       <c r="I413">
-        <v>84100.0</v>
+        <v>99772.05</v>
       </c>
       <c r="J413" t="s">
-        <v>299</v>
+        <v>60</v>
       </c>
       <c r="K413" t="s">
         <v>23</v>
       </c>
       <c r="L413" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
-        <v>475</v>
+        <v>263</v>
       </c>
       <c r="B414" t="s">
+        <v>552</v>
+      </c>
+      <c r="C414" t="s">
+        <v>36</v>
+      </c>
+      <c r="D414">
+        <v>2</v>
+      </c>
+      <c r="E414">
+        <v>1</v>
+      </c>
+      <c r="G414">
+        <v>127255.69</v>
+      </c>
+      <c r="H414">
+        <v>27411.04</v>
+      </c>
+      <c r="I414">
+        <v>99844.65</v>
+      </c>
+      <c r="J414" t="s">
         <v>553</v>
-      </c>
-[...13 lines deleted...]
-        <v>391</v>
       </c>
       <c r="K414" t="s">
         <v>23</v>
       </c>
       <c r="L414" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
-        <v>539</v>
+        <v>330</v>
       </c>
       <c r="B415" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="C415" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="D415">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E415">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G415">
-        <v>217938.69</v>
+        <v>364900.0</v>
       </c>
       <c r="H415">
-        <v>74757.63</v>
+        <v>173000.0</v>
       </c>
       <c r="I415">
-        <v>143181.06</v>
+        <v>191900.0</v>
       </c>
       <c r="J415" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="K415" t="s">
         <v>23</v>
       </c>
       <c r="L415" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
-        <v>610</v>
+        <v>396</v>
       </c>
       <c r="B416" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="C416" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D416">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E416">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G416">
-        <v>162958.51</v>
+        <v>324500.0</v>
       </c>
       <c r="H416">
-        <v>158393.76</v>
+        <v>240400.0</v>
       </c>
       <c r="I416">
-        <v>4564.75</v>
+        <v>84100.0</v>
       </c>
       <c r="J416" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="K416" t="s">
         <v>23</v>
       </c>
       <c r="L416" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
-        <v>674</v>
+        <v>475</v>
       </c>
       <c r="B417" t="s">
+        <v>556</v>
+      </c>
+      <c r="C417" t="s">
         <v>557</v>
       </c>
-      <c r="C417" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G417">
-        <v>439251.62</v>
+        <v>7526.0</v>
       </c>
       <c r="H417">
-        <v>62493.58</v>
+        <v>28742.0</v>
       </c>
       <c r="I417">
-        <v>376758.04</v>
+        <v>-21216.0</v>
       </c>
       <c r="J417" t="s">
-        <v>47</v>
+        <v>394</v>
       </c>
       <c r="K417" t="s">
         <v>23</v>
       </c>
       <c r="L417" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
-        <v>738</v>
+        <v>539</v>
       </c>
       <c r="B418" t="s">
         <v>558</v>
       </c>
       <c r="C418" t="s">
         <v>21</v>
       </c>
       <c r="D418">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E418">
         <v>1</v>
       </c>
       <c r="G418">
-        <v>80368.92</v>
+        <v>217938.69</v>
       </c>
       <c r="H418">
-        <v>44847.16</v>
+        <v>74757.63</v>
       </c>
       <c r="I418">
-        <v>35521.76</v>
+        <v>143181.06</v>
       </c>
       <c r="J418" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K418" t="s">
         <v>23</v>
       </c>
       <c r="L418" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
-        <v>655</v>
+        <v>376</v>
       </c>
       <c r="B419" t="s">
         <v>559</v>
       </c>
       <c r="C419" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D419">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E419">
         <v>2</v>
       </c>
       <c r="G419">
-        <v>356672.16</v>
+        <v>167500.0</v>
       </c>
       <c r="H419">
-        <v>48555.0</v>
+        <v>121900.0</v>
       </c>
       <c r="I419">
-        <v>308117.16</v>
+        <v>45600.0</v>
       </c>
       <c r="J419" t="s">
-        <v>43</v>
+        <v>171</v>
       </c>
       <c r="K419" t="s">
         <v>23</v>
       </c>
       <c r="L419" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
-        <v>719</v>
+        <v>441</v>
       </c>
       <c r="B420" t="s">
         <v>560</v>
       </c>
       <c r="C420" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D420">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E420">
         <v>1</v>
       </c>
       <c r="G420">
-        <v>336919.91</v>
+        <v>769848.19</v>
       </c>
       <c r="H420">
-        <v>143330.52</v>
+        <v>65684.63</v>
       </c>
       <c r="I420">
-        <v>193589.39</v>
+        <v>704163.56</v>
       </c>
       <c r="J420" t="s">
-        <v>47</v>
+        <v>561</v>
       </c>
       <c r="K420" t="s">
         <v>23</v>
       </c>
       <c r="L420" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
-        <v>786</v>
+        <v>520</v>
       </c>
       <c r="B421" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C421" t="s">
         <v>21</v>
       </c>
       <c r="D421">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E421">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G421">
-        <v>330348.0</v>
+        <v>229040.42</v>
       </c>
       <c r="H421">
-        <v>90540.0</v>
+        <v>48614.76</v>
       </c>
       <c r="I421">
-        <v>239808.0</v>
+        <v>180425.66</v>
       </c>
       <c r="J421" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K421" t="s">
         <v>23</v>
       </c>
       <c r="L421" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
-        <v>855</v>
+        <v>584</v>
       </c>
       <c r="B422" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C422" t="s">
         <v>21</v>
       </c>
       <c r="D422">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E422">
         <v>1</v>
       </c>
       <c r="G422">
-        <v>234547.14</v>
+        <v>157025.81</v>
       </c>
       <c r="H422">
-        <v>48690.7</v>
+        <v>43920.14</v>
       </c>
       <c r="I422">
-        <v>185856.44</v>
+        <v>113105.67</v>
       </c>
       <c r="J422" t="s">
         <v>22</v>
       </c>
       <c r="K422" t="s">
         <v>23</v>
       </c>
       <c r="L422" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
-        <v>923</v>
+        <v>655</v>
       </c>
       <c r="B423" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C423" t="s">
         <v>21</v>
       </c>
       <c r="D423">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="E423">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G423">
-        <v>1421749.91</v>
+        <v>356672.16</v>
       </c>
       <c r="H423">
-        <v>110361.51</v>
+        <v>48555.0</v>
       </c>
       <c r="I423">
-        <v>1311388.4</v>
+        <v>308117.16</v>
       </c>
       <c r="J423" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="K423" t="s">
         <v>23</v>
       </c>
       <c r="L423" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
-        <v>80</v>
+        <v>719</v>
       </c>
       <c r="B424" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C424" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D424">
+        <v>4</v>
+      </c>
+      <c r="E424">
+        <v>1</v>
       </c>
       <c r="G424">
-        <v>30211.41</v>
+        <v>336919.91</v>
       </c>
       <c r="H424">
-        <v>117557.0</v>
+        <v>143330.52</v>
       </c>
       <c r="I424">
-        <v>-87345.59</v>
+        <v>193589.39</v>
       </c>
       <c r="J424" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K424" t="s">
         <v>23</v>
       </c>
       <c r="L424" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
-        <v>146</v>
+        <v>786</v>
       </c>
       <c r="B425" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C425" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D425">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E425">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G425">
-        <v>126187.0</v>
+        <v>330348.0</v>
       </c>
       <c r="H425">
-        <v>4500.0</v>
+        <v>90540.0</v>
       </c>
       <c r="I425">
-        <v>121687.0</v>
+        <v>239808.0</v>
       </c>
       <c r="J425" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="K425" t="s">
         <v>23</v>
       </c>
       <c r="L425" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
-        <v>211</v>
+        <v>855</v>
       </c>
       <c r="B426" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C426" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D426">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E426">
         <v>1</v>
       </c>
       <c r="G426">
-        <v>856229.7</v>
+        <v>234547.14</v>
       </c>
       <c r="H426">
-        <v>304884.16</v>
+        <v>48690.7</v>
       </c>
       <c r="I426">
-        <v>551345.54</v>
+        <v>185856.44</v>
       </c>
       <c r="J426" t="s">
-        <v>242</v>
+        <v>29</v>
       </c>
       <c r="K426" t="s">
         <v>23</v>
       </c>
       <c r="L426" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
-        <v>276</v>
+        <v>923</v>
       </c>
       <c r="B427" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C427" t="s">
+        <v>21</v>
+      </c>
+      <c r="D427">
+        <v>2</v>
+      </c>
+      <c r="E427">
+        <v>1</v>
+      </c>
+      <c r="G427">
+        <v>1421749.91</v>
+      </c>
+      <c r="H427">
+        <v>110361.51</v>
+      </c>
+      <c r="I427">
+        <v>1311388.4</v>
+      </c>
+      <c r="J427" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
       <c r="K427" t="s">
         <v>23</v>
       </c>
       <c r="L427" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
-        <v>343</v>
+        <v>80</v>
       </c>
       <c r="B428" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C428" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="G428">
-        <v>199514.33</v>
+        <v>30211.41</v>
       </c>
       <c r="H428">
-        <v>16073.11</v>
+        <v>117557.0</v>
       </c>
       <c r="I428">
-        <v>183441.22</v>
+        <v>-87345.59</v>
       </c>
       <c r="J428" t="s">
-        <v>299</v>
+        <v>113</v>
       </c>
       <c r="K428" t="s">
         <v>23</v>
       </c>
       <c r="L428" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
-        <v>409</v>
+        <v>146</v>
       </c>
       <c r="B429" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C429" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D429">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E429">
         <v>2</v>
       </c>
       <c r="G429">
-        <v>1326219.53</v>
+        <v>126187.0</v>
       </c>
       <c r="H429">
-        <v>72584.77</v>
+        <v>4500.0</v>
       </c>
       <c r="I429">
-        <v>1253634.76</v>
+        <v>121687.0</v>
       </c>
       <c r="J429" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="K429" t="s">
         <v>23</v>
       </c>
       <c r="L429" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
-        <v>487</v>
+        <v>211</v>
       </c>
       <c r="B430" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C430" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D430">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E430">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G430">
-        <v>116121.53</v>
+        <v>856229.7</v>
       </c>
       <c r="H430">
-        <v>1916.5</v>
+        <v>304884.16</v>
       </c>
       <c r="I430">
-        <v>114205.03</v>
+        <v>551345.54</v>
       </c>
       <c r="J430" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="K430" t="s">
         <v>23</v>
       </c>
       <c r="L430" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
-        <v>552</v>
+        <v>276</v>
       </c>
       <c r="B431" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C431" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D431">
         <v>1</v>
       </c>
       <c r="E431">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G431">
-        <v>332952.53</v>
+        <v>87599.67</v>
       </c>
       <c r="H431">
-        <v>582.57</v>
+        <v>56533.25</v>
       </c>
       <c r="I431">
-        <v>332369.96</v>
+        <v>31066.42</v>
       </c>
       <c r="J431" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K431" t="s">
         <v>23</v>
       </c>
       <c r="L431" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
-        <v>623</v>
+        <v>343</v>
       </c>
       <c r="B432" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C432" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D432">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E432">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G432">
-        <v>338146.28</v>
+        <v>199514.33</v>
       </c>
       <c r="H432">
-        <v>93224.2</v>
+        <v>16073.11</v>
       </c>
       <c r="I432">
-        <v>244922.08</v>
+        <v>183441.22</v>
       </c>
       <c r="J432" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="K432" t="s">
         <v>23</v>
       </c>
       <c r="L432" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
-        <v>687</v>
+        <v>409</v>
       </c>
       <c r="B433" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C433" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D433">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E433">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G433">
-        <v>305189.0</v>
+        <v>1326219.53</v>
       </c>
       <c r="H433">
-        <v>31794.77</v>
+        <v>72584.77</v>
       </c>
       <c r="I433">
-        <v>273394.23</v>
+        <v>1253634.76</v>
       </c>
       <c r="J433" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K433" t="s">
         <v>23</v>
       </c>
       <c r="L433" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
-        <v>751</v>
+        <v>487</v>
       </c>
       <c r="B434" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C434" t="s">
         <v>21</v>
       </c>
+      <c r="D434">
+        <v>1</v>
+      </c>
       <c r="E434">
         <v>2</v>
       </c>
       <c r="G434">
-        <v>67802.18</v>
+        <v>116121.53</v>
       </c>
       <c r="H434">
-        <v>1300.0</v>
+        <v>1916.5</v>
       </c>
       <c r="I434">
-        <v>66502.18</v>
+        <v>114205.03</v>
       </c>
       <c r="J434" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K434" t="s">
         <v>23</v>
       </c>
       <c r="L434" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
-        <v>818</v>
+        <v>552</v>
       </c>
       <c r="B435" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C435" t="s">
         <v>21</v>
       </c>
+      <c r="D435">
+        <v>1</v>
+      </c>
       <c r="E435">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G435">
-        <v>37902.36</v>
+        <v>332952.53</v>
       </c>
       <c r="H435">
-        <v>53003.43</v>
+        <v>582.57</v>
       </c>
       <c r="I435">
-        <v>-15101.07</v>
+        <v>332369.96</v>
       </c>
       <c r="J435" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K435" t="s">
         <v>23</v>
       </c>
       <c r="L435" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
-        <v>891</v>
+        <v>623</v>
       </c>
       <c r="B436" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C436" t="s">
         <v>21</v>
       </c>
       <c r="D436">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E436">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G436">
-        <v>298792.98</v>
+        <v>338146.28</v>
       </c>
       <c r="H436">
-        <v>37175.19</v>
+        <v>93224.2</v>
       </c>
       <c r="I436">
-        <v>261617.79</v>
+        <v>244922.08</v>
       </c>
       <c r="J436" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K436" t="s">
         <v>23</v>
       </c>
       <c r="L436" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
-        <v>955</v>
+        <v>687</v>
       </c>
       <c r="B437" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C437" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D437">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E437">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G437">
-        <v>12000.0</v>
+        <v>305189.0</v>
       </c>
       <c r="H437">
-        <v>56992.64</v>
+        <v>31794.77</v>
       </c>
       <c r="I437">
-        <v>-44992.64</v>
+        <v>273394.23</v>
       </c>
       <c r="J437" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K437" t="s">
         <v>23</v>
       </c>
       <c r="L437" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
-        <v>113</v>
+        <v>751</v>
       </c>
       <c r="B438" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C438" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="E438">
         <v>2</v>
       </c>
       <c r="G438">
-        <v>747207.54</v>
+        <v>67802.18</v>
       </c>
       <c r="H438">
-        <v>304543.37</v>
+        <v>1300.0</v>
       </c>
       <c r="I438">
-        <v>442664.17</v>
+        <v>66502.18</v>
       </c>
       <c r="J438" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="K438" t="s">
         <v>23</v>
       </c>
       <c r="L438" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
-        <v>179</v>
+        <v>818</v>
       </c>
       <c r="B439" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C439" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="E439">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G439">
-        <v>250790.35</v>
+        <v>37902.36</v>
       </c>
       <c r="H439">
-        <v>130406.0</v>
+        <v>53003.43</v>
       </c>
       <c r="I439">
-        <v>120384.35</v>
+        <v>-15101.07</v>
       </c>
       <c r="J439" t="s">
-        <v>119</v>
+        <v>81</v>
       </c>
       <c r="K439" t="s">
         <v>23</v>
       </c>
       <c r="L439" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
-        <v>243</v>
+        <v>891</v>
       </c>
       <c r="B440" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C440" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D440">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E440">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G440">
-        <v>228894.07</v>
+        <v>298792.98</v>
       </c>
       <c r="H440">
-        <v>48562.63</v>
+        <v>37175.19</v>
       </c>
       <c r="I440">
-        <v>180331.44</v>
+        <v>261617.79</v>
       </c>
       <c r="J440" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="K440" t="s">
         <v>23</v>
       </c>
       <c r="L440" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
-        <v>311</v>
+        <v>955</v>
       </c>
       <c r="B441" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C441" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D441">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E441">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G441">
-        <v>373030.15</v>
+        <v>12000.0</v>
       </c>
       <c r="H441">
-        <v>99489.98</v>
+        <v>56992.64</v>
       </c>
       <c r="I441">
-        <v>273540.17</v>
+        <v>-44992.64</v>
       </c>
       <c r="J441" t="s">
-        <v>422</v>
+        <v>56</v>
       </c>
       <c r="K441" t="s">
         <v>23</v>
       </c>
       <c r="L441" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
-        <v>376</v>
+        <v>113</v>
       </c>
       <c r="B442" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C442" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D442">
+        <v>5</v>
+      </c>
+      <c r="E442">
         <v>2</v>
       </c>
       <c r="G442">
-        <v>167500.0</v>
+        <v>747207.54</v>
       </c>
       <c r="H442">
-        <v>121900.0</v>
+        <v>304543.37</v>
       </c>
       <c r="I442">
-        <v>45600.0</v>
+        <v>442664.17</v>
       </c>
       <c r="J442" t="s">
-        <v>165</v>
+        <v>58</v>
       </c>
       <c r="K442" t="s">
         <v>23</v>
       </c>
       <c r="L442" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
-        <v>441</v>
+        <v>179</v>
       </c>
       <c r="B443" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C443" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D443">
         <v>1</v>
       </c>
       <c r="E443">
         <v>1</v>
       </c>
       <c r="G443">
-        <v>769848.19</v>
+        <v>250790.35</v>
       </c>
       <c r="H443">
-        <v>65684.63</v>
+        <v>130406.0</v>
       </c>
       <c r="I443">
-        <v>704163.56</v>
+        <v>120384.35</v>
       </c>
       <c r="J443" t="s">
-        <v>584</v>
+        <v>74</v>
       </c>
       <c r="K443" t="s">
         <v>23</v>
       </c>
       <c r="L443" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
-        <v>520</v>
+        <v>243</v>
       </c>
       <c r="B444" t="s">
         <v>585</v>
       </c>
       <c r="C444" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D444">
         <v>2</v>
       </c>
       <c r="E444">
         <v>2</v>
       </c>
       <c r="G444">
-        <v>229040.42</v>
+        <v>228894.07</v>
       </c>
       <c r="H444">
-        <v>48614.76</v>
+        <v>48562.63</v>
       </c>
       <c r="I444">
-        <v>180425.66</v>
+        <v>180331.44</v>
       </c>
       <c r="J444" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K444" t="s">
         <v>23</v>
       </c>
       <c r="L444" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
-        <v>584</v>
+        <v>311</v>
       </c>
       <c r="B445" t="s">
         <v>586</v>
       </c>
       <c r="C445" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D445">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E445">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G445">
-        <v>157025.81</v>
+        <v>373030.15</v>
       </c>
       <c r="H445">
-        <v>43920.14</v>
+        <v>99489.98</v>
       </c>
       <c r="I445">
-        <v>113105.67</v>
+        <v>273540.17</v>
       </c>
       <c r="J445" t="s">
-        <v>43</v>
+        <v>425</v>
       </c>
       <c r="K445" t="s">
         <v>23</v>
       </c>
       <c r="L445" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
-        <v>422</v>
+        <v>224</v>
       </c>
       <c r="B446" t="s">
         <v>587</v>
       </c>
       <c r="C446" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="G446">
-        <v>64000.0</v>
+        <v>4600.0</v>
       </c>
       <c r="H446">
-        <v>13903.22</v>
+        <v>9360.0</v>
       </c>
       <c r="I446">
-        <v>50096.78</v>
+        <v>-4760.0</v>
       </c>
       <c r="J446" t="s">
-        <v>588</v>
+        <v>296</v>
       </c>
       <c r="K446" t="s">
         <v>23</v>
       </c>
       <c r="L446" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
-        <v>501</v>
+        <v>289</v>
       </c>
       <c r="B447" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="C447" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D447">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E447">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G447">
-        <v>175478.85</v>
+        <v>323100.0</v>
       </c>
       <c r="H447">
-        <v>8431.23</v>
+        <v>63500.0</v>
       </c>
       <c r="I447">
-        <v>167047.62</v>
+        <v>259600.0</v>
       </c>
       <c r="J447" t="s">
-        <v>43</v>
+        <v>120</v>
       </c>
       <c r="K447" t="s">
         <v>23</v>
       </c>
       <c r="L447" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
-        <v>565</v>
+        <v>356</v>
       </c>
       <c r="B448" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="C448" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="E448">
         <v>1</v>
       </c>
       <c r="G448">
-        <v>210301.81</v>
+        <v>51473.37</v>
       </c>
       <c r="H448">
-        <v>590.79</v>
+        <v>5836.93</v>
       </c>
       <c r="I448">
-        <v>209711.02</v>
+        <v>45636.44</v>
       </c>
       <c r="J448" t="s">
-        <v>43</v>
+        <v>433</v>
       </c>
       <c r="K448" t="s">
         <v>23</v>
       </c>
       <c r="L448" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
-        <v>636</v>
+        <v>422</v>
       </c>
       <c r="B449" t="s">
+        <v>590</v>
+      </c>
+      <c r="C449" t="s">
+        <v>36</v>
+      </c>
+      <c r="E449">
+        <v>1</v>
+      </c>
+      <c r="G449">
+        <v>64000.0</v>
+      </c>
+      <c r="H449">
+        <v>13903.22</v>
+      </c>
+      <c r="I449">
+        <v>50096.78</v>
+      </c>
+      <c r="J449" t="s">
         <v>591</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K449" t="s">
         <v>23</v>
       </c>
       <c r="L449" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
-        <v>700</v>
+        <v>501</v>
       </c>
       <c r="B450" t="s">
         <v>592</v>
       </c>
       <c r="C450" t="s">
         <v>21</v>
       </c>
       <c r="D450">
         <v>1</v>
       </c>
       <c r="E450">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G450">
-        <v>80420.4</v>
+        <v>175478.85</v>
       </c>
       <c r="H450">
-        <v>29813.24</v>
+        <v>8431.23</v>
       </c>
       <c r="I450">
-        <v>50607.16</v>
+        <v>167047.62</v>
       </c>
       <c r="J450" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K450" t="s">
         <v>23</v>
       </c>
       <c r="L450" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
-        <v>764</v>
+        <v>565</v>
       </c>
       <c r="B451" t="s">
         <v>593</v>
       </c>
       <c r="C451" t="s">
         <v>21</v>
       </c>
       <c r="D451">
         <v>3</v>
       </c>
       <c r="E451">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G451">
-        <v>81933.43</v>
+        <v>210301.81</v>
       </c>
       <c r="H451">
-        <v>32040.03</v>
+        <v>590.79</v>
       </c>
       <c r="I451">
-        <v>49893.4</v>
+        <v>209711.02</v>
       </c>
       <c r="J451" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K451" t="s">
         <v>23</v>
       </c>
       <c r="L451" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
-        <v>833</v>
+        <v>636</v>
       </c>
       <c r="B452" t="s">
         <v>594</v>
       </c>
       <c r="C452" t="s">
         <v>21</v>
       </c>
       <c r="D452">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E452">
         <v>1</v>
       </c>
       <c r="G452">
-        <v>167729.23</v>
+        <v>195282.0</v>
       </c>
       <c r="H452">
-        <v>128363.89</v>
+        <v>164925.14</v>
       </c>
       <c r="I452">
-        <v>39365.34</v>
+        <v>30356.86</v>
       </c>
       <c r="J452" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="K452" t="s">
         <v>23</v>
       </c>
       <c r="L452" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
-        <v>904</v>
+        <v>700</v>
       </c>
       <c r="B453" t="s">
         <v>595</v>
       </c>
       <c r="C453" t="s">
         <v>21</v>
       </c>
       <c r="D453">
         <v>1</v>
       </c>
+      <c r="E453">
+        <v>1</v>
+      </c>
       <c r="G453">
-        <v>70897.22</v>
+        <v>80420.4</v>
       </c>
       <c r="H453">
-        <v>67652.68</v>
+        <v>29813.24</v>
       </c>
       <c r="I453">
-        <v>3244.54</v>
+        <v>50607.16</v>
       </c>
       <c r="J453" t="s">
         <v>26</v>
       </c>
       <c r="K453" t="s">
         <v>23</v>
       </c>
       <c r="L453" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
-        <v>27</v>
+        <v>764</v>
       </c>
       <c r="B454" t="s">
         <v>596</v>
       </c>
       <c r="C454" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D454">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E454">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G454">
-        <v>260170.52</v>
+        <v>81933.43</v>
       </c>
       <c r="H454">
-        <v>206390.25</v>
+        <v>32040.03</v>
       </c>
       <c r="I454">
-        <v>53780.27</v>
+        <v>49893.4</v>
       </c>
       <c r="J454" t="s">
-        <v>597</v>
+        <v>26</v>
       </c>
       <c r="K454" t="s">
         <v>23</v>
       </c>
       <c r="L454" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
-        <v>126</v>
+        <v>833</v>
       </c>
       <c r="B455" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="C455" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D455">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E455">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G455">
-        <v>185817.69</v>
+        <v>167729.23</v>
       </c>
       <c r="H455">
-        <v>48693.11</v>
+        <v>128363.89</v>
       </c>
       <c r="I455">
-        <v>137124.58</v>
+        <v>39365.34</v>
       </c>
       <c r="J455" t="s">
-        <v>83</v>
+        <v>22</v>
       </c>
       <c r="K455" t="s">
         <v>23</v>
       </c>
       <c r="L455" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
-        <v>192</v>
+        <v>904</v>
       </c>
       <c r="B456" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="C456" t="s">
+        <v>21</v>
+      </c>
+      <c r="D456">
+        <v>1</v>
+      </c>
+      <c r="G456">
+        <v>70897.22</v>
+      </c>
+      <c r="H456">
+        <v>67652.68</v>
+      </c>
+      <c r="I456">
+        <v>3244.54</v>
+      </c>
+      <c r="J456" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>444</v>
       </c>
       <c r="K456" t="s">
         <v>23</v>
       </c>
       <c r="L456" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
-        <v>257</v>
+        <v>27</v>
       </c>
       <c r="B457" t="s">
+        <v>599</v>
+      </c>
+      <c r="C457" t="s">
+        <v>36</v>
+      </c>
+      <c r="D457">
+        <v>2</v>
+      </c>
+      <c r="E457">
+        <v>1</v>
+      </c>
+      <c r="G457">
+        <v>260170.52</v>
+      </c>
+      <c r="H457">
+        <v>206390.25</v>
+      </c>
+      <c r="I457">
+        <v>53780.27</v>
+      </c>
+      <c r="J457" t="s">
         <v>600</v>
-      </c>
-[...19 lines deleted...]
-        <v>87</v>
       </c>
       <c r="K457" t="s">
         <v>23</v>
       </c>
       <c r="L457" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
-        <v>324</v>
+        <v>126</v>
       </c>
       <c r="B458" t="s">
         <v>601</v>
       </c>
       <c r="C458" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D458">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E458">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G458">
-        <v>187985.42</v>
+        <v>185817.69</v>
       </c>
       <c r="H458">
-        <v>77173.47</v>
+        <v>48693.11</v>
       </c>
       <c r="I458">
-        <v>110811.95</v>
+        <v>137124.58</v>
       </c>
       <c r="J458" t="s">
-        <v>279</v>
+        <v>89</v>
       </c>
       <c r="K458" t="s">
         <v>23</v>
       </c>
       <c r="L458" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
-        <v>390</v>
+        <v>192</v>
       </c>
       <c r="B459" t="s">
         <v>602</v>
       </c>
       <c r="C459" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D459">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E459">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G459">
-        <v>123774.8</v>
+        <v>302290.0</v>
       </c>
       <c r="H459">
-        <v>71800.0</v>
+        <v>500.0</v>
       </c>
       <c r="I459">
-        <v>51974.8</v>
+        <v>301790.0</v>
       </c>
       <c r="J459" t="s">
-        <v>299</v>
+        <v>451</v>
       </c>
       <c r="K459" t="s">
         <v>23</v>
       </c>
       <c r="L459" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
-        <v>465</v>
+        <v>257</v>
       </c>
       <c r="B460" t="s">
         <v>603</v>
       </c>
       <c r="C460" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="D460">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E460">
         <v>1</v>
       </c>
       <c r="G460">
-        <v>279801.0</v>
+        <v>533390.0</v>
       </c>
       <c r="H460">
-        <v>19269.52</v>
+        <v>150600.0</v>
       </c>
       <c r="I460">
-        <v>260531.48</v>
+        <v>382790.0</v>
       </c>
       <c r="J460" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K460" t="s">
         <v>23</v>
       </c>
       <c r="L460" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
-        <v>533</v>
+        <v>324</v>
       </c>
       <c r="B461" t="s">
         <v>604</v>
       </c>
       <c r="C461" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D461">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E461">
         <v>1</v>
       </c>
       <c r="G461">
-        <v>187003.66</v>
+        <v>187985.42</v>
       </c>
       <c r="H461">
-        <v>0.0</v>
+        <v>77173.47</v>
       </c>
       <c r="I461">
-        <v>187003.66</v>
+        <v>110811.95</v>
       </c>
       <c r="J461" t="s">
-        <v>43</v>
+        <v>283</v>
       </c>
       <c r="K461" t="s">
         <v>23</v>
       </c>
       <c r="L461" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
-        <v>603</v>
+        <v>390</v>
       </c>
       <c r="B462" t="s">
         <v>605</v>
       </c>
       <c r="C462" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D462">
+        <v>1</v>
+      </c>
+      <c r="E462">
         <v>2</v>
       </c>
       <c r="G462">
-        <v>172115.0</v>
+        <v>123774.8</v>
       </c>
       <c r="H462">
-        <v>70436.0</v>
+        <v>71800.0</v>
       </c>
       <c r="I462">
-        <v>101679.0</v>
+        <v>51974.8</v>
       </c>
       <c r="J462" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="K462" t="s">
         <v>23</v>
       </c>
       <c r="L462" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
-        <v>668</v>
+        <v>465</v>
       </c>
       <c r="B463" t="s">
         <v>606</v>
       </c>
       <c r="C463" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="D463">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E463">
         <v>1</v>
       </c>
       <c r="G463">
-        <v>294641.12</v>
+        <v>279801.0</v>
       </c>
       <c r="H463">
-        <v>1850.28</v>
+        <v>19269.52</v>
       </c>
       <c r="I463">
-        <v>292790.84</v>
+        <v>260531.48</v>
       </c>
       <c r="J463" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="K463" t="s">
         <v>23</v>
       </c>
       <c r="L463" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
-        <v>732</v>
+        <v>533</v>
       </c>
       <c r="B464" t="s">
         <v>607</v>
       </c>
       <c r="C464" t="s">
         <v>21</v>
       </c>
       <c r="D464">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E464">
         <v>1</v>
       </c>
       <c r="G464">
-        <v>195298.5</v>
+        <v>187003.66</v>
       </c>
       <c r="H464">
-        <v>57203.25</v>
+        <v>0.0</v>
       </c>
       <c r="I464">
-        <v>138095.25</v>
+        <v>187003.66</v>
       </c>
       <c r="J464" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K464" t="s">
         <v>23</v>
       </c>
       <c r="L464" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
-        <v>799</v>
+        <v>603</v>
       </c>
       <c r="B465" t="s">
         <v>608</v>
       </c>
       <c r="C465" t="s">
         <v>21</v>
       </c>
       <c r="D465">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G465">
-        <v>461562.19</v>
+        <v>172115.0</v>
       </c>
       <c r="H465">
-        <v>34176.26</v>
+        <v>70436.0</v>
       </c>
       <c r="I465">
-        <v>427385.93</v>
+        <v>101679.0</v>
       </c>
       <c r="J465" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K465" t="s">
         <v>23</v>
       </c>
       <c r="L465" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
-        <v>872</v>
+        <v>668</v>
       </c>
       <c r="B466" t="s">
         <v>609</v>
       </c>
       <c r="C466" t="s">
         <v>21</v>
       </c>
       <c r="D466">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E466">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G466">
-        <v>555339.89</v>
+        <v>294641.12</v>
       </c>
       <c r="H466">
-        <v>1557.6</v>
+        <v>1850.28</v>
       </c>
       <c r="I466">
-        <v>553782.29</v>
+        <v>292790.84</v>
       </c>
       <c r="J466" t="s">
-        <v>234</v>
+        <v>105</v>
       </c>
       <c r="K466" t="s">
         <v>23</v>
       </c>
       <c r="L466" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
-        <v>936</v>
+        <v>732</v>
       </c>
       <c r="B467" t="s">
         <v>610</v>
       </c>
       <c r="C467" t="s">
         <v>21</v>
       </c>
       <c r="D467">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E467">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G467">
-        <v>291022.86</v>
+        <v>195298.5</v>
       </c>
       <c r="H467">
-        <v>152652.7</v>
+        <v>57203.25</v>
       </c>
       <c r="I467">
-        <v>138370.16</v>
+        <v>138095.25</v>
       </c>
       <c r="J467" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K467" t="s">
         <v>23</v>
       </c>
       <c r="L467" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
-        <v>93</v>
+        <v>799</v>
       </c>
       <c r="B468" t="s">
         <v>611</v>
       </c>
       <c r="C468" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="D468">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E468">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G468">
-        <v>172828.48</v>
+        <v>461562.19</v>
       </c>
       <c r="H468">
-        <v>114574.92</v>
+        <v>34176.26</v>
       </c>
       <c r="I468">
-        <v>58253.56</v>
+        <v>427385.93</v>
       </c>
       <c r="J468" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K468" t="s">
         <v>23</v>
       </c>
       <c r="L468" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
-        <v>159</v>
+        <v>872</v>
       </c>
       <c r="B469" t="s">
         <v>612</v>
       </c>
       <c r="C469" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D469">
+        <v>4</v>
+      </c>
+      <c r="E469">
+        <v>6</v>
       </c>
       <c r="G469">
-        <v>0.0</v>
+        <v>555339.89</v>
       </c>
       <c r="H469">
-        <v>0.0</v>
+        <v>1557.6</v>
       </c>
       <c r="I469">
-        <v>0.0</v>
+        <v>553782.29</v>
       </c>
       <c r="J469" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="K469" t="s">
         <v>23</v>
       </c>
       <c r="L469" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
-        <v>224</v>
+        <v>936</v>
       </c>
       <c r="B470" t="s">
         <v>613</v>
       </c>
       <c r="C470" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D470">
+        <v>1</v>
+      </c>
+      <c r="E470">
+        <v>2</v>
       </c>
       <c r="G470">
-        <v>4600.0</v>
+        <v>291022.86</v>
       </c>
       <c r="H470">
-        <v>9360.0</v>
+        <v>152652.7</v>
       </c>
       <c r="I470">
-        <v>-4760.0</v>
+        <v>138370.16</v>
       </c>
       <c r="J470" t="s">
-        <v>292</v>
+        <v>111</v>
       </c>
       <c r="K470" t="s">
         <v>23</v>
       </c>
       <c r="L470" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
-        <v>289</v>
+        <v>93</v>
       </c>
       <c r="B471" t="s">
         <v>614</v>
       </c>
       <c r="C471" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="D471">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E471">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G471">
-        <v>323100.0</v>
+        <v>172828.48</v>
       </c>
       <c r="H471">
-        <v>63500.0</v>
+        <v>114574.92</v>
       </c>
       <c r="I471">
-        <v>259600.0</v>
+        <v>58253.56</v>
       </c>
       <c r="J471" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="K471" t="s">
         <v>23</v>
       </c>
       <c r="L471" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
-        <v>356</v>
+        <v>159</v>
       </c>
       <c r="B472" t="s">
         <v>615</v>
       </c>
       <c r="C472" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="G472">
-        <v>51473.37</v>
+        <v>0.0</v>
       </c>
       <c r="H472">
-        <v>5836.93</v>
+        <v>0.0</v>
       </c>
       <c r="I472">
-        <v>45636.44</v>
+        <v>0.0</v>
       </c>
       <c r="J472" t="s">
-        <v>463</v>
+        <v>139</v>
       </c>
       <c r="K472" t="s">
         <v>23</v>
       </c>
       <c r="L472" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
-        <v>270</v>
+        <v>917</v>
       </c>
       <c r="B473" t="s">
         <v>616</v>
       </c>
       <c r="C473" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D473">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E473">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G473">
-        <v>55000.0</v>
+        <v>308303.1</v>
       </c>
       <c r="H473">
-        <v>9500.0</v>
+        <v>240638.43</v>
       </c>
       <c r="I473">
-        <v>45500.0</v>
+        <v>67664.67</v>
       </c>
       <c r="J473" t="s">
         <v>111</v>
       </c>
       <c r="K473" t="s">
         <v>23</v>
       </c>
       <c r="L473" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
-        <v>337</v>
+        <v>54</v>
       </c>
       <c r="B474" t="s">
         <v>617</v>
       </c>
       <c r="C474" t="s">
-        <v>618</v>
+        <v>159</v>
       </c>
       <c r="D474">
+        <v>4</v>
+      </c>
+      <c r="E474">
         <v>2</v>
       </c>
       <c r="G474">
-        <v>87577.96</v>
+        <v>1262456.66</v>
       </c>
       <c r="H474">
-        <v>67281.0</v>
+        <v>163000.0</v>
       </c>
       <c r="I474">
-        <v>20296.96</v>
+        <v>1099456.66</v>
       </c>
       <c r="J474" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="K474" t="s">
         <v>23</v>
       </c>
       <c r="L474" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
-        <v>403</v>
+        <v>140</v>
       </c>
       <c r="B475" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="C475" t="s">
-        <v>31</v>
+        <v>36</v>
+      </c>
+      <c r="D475">
+        <v>2</v>
       </c>
       <c r="E475">
         <v>1</v>
       </c>
       <c r="G475">
-        <v>92193.88</v>
+        <v>161509.78</v>
       </c>
       <c r="H475">
-        <v>38107.6</v>
+        <v>56620.91</v>
       </c>
       <c r="I475">
-        <v>54086.28</v>
+        <v>104888.87</v>
       </c>
       <c r="J475" t="s">
-        <v>299</v>
+        <v>160</v>
       </c>
       <c r="K475" t="s">
         <v>23</v>
       </c>
       <c r="L475" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
-        <v>481</v>
+        <v>205</v>
       </c>
       <c r="B476" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="C476" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D476">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E476">
         <v>1</v>
       </c>
       <c r="G476">
-        <v>252705.0</v>
+        <v>242395.0</v>
       </c>
       <c r="H476">
-        <v>207100.07</v>
+        <v>231165.0</v>
       </c>
       <c r="I476">
-        <v>45604.93</v>
+        <v>11230.0</v>
       </c>
       <c r="J476" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="K476" t="s">
         <v>23</v>
       </c>
       <c r="L476" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
-        <v>546</v>
+        <v>270</v>
       </c>
       <c r="B477" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="C477" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D477">
         <v>1</v>
       </c>
       <c r="E477">
         <v>1</v>
       </c>
       <c r="G477">
-        <v>62961.71</v>
+        <v>55000.0</v>
       </c>
       <c r="H477">
-        <v>71004.0</v>
+        <v>9500.0</v>
       </c>
       <c r="I477">
-        <v>-8042.29</v>
+        <v>45500.0</v>
       </c>
       <c r="J477" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="K477" t="s">
         <v>23</v>
       </c>
       <c r="L477" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
-        <v>617</v>
+        <v>337</v>
       </c>
       <c r="B478" t="s">
+        <v>621</v>
+      </c>
+      <c r="C478" t="s">
         <v>622</v>
       </c>
-      <c r="C478" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D478">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G478">
-        <v>305849.72</v>
+        <v>87577.96</v>
       </c>
       <c r="H478">
-        <v>1323.92</v>
+        <v>67281.0</v>
       </c>
       <c r="I478">
-        <v>304525.8</v>
+        <v>20296.96</v>
       </c>
       <c r="J478" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="K478" t="s">
         <v>23</v>
       </c>
       <c r="L478" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479">
-        <v>681</v>
+        <v>403</v>
       </c>
       <c r="B479" t="s">
         <v>623</v>
       </c>
       <c r="C479" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>36</v>
+      </c>
+      <c r="E479">
+        <v>1</v>
       </c>
       <c r="G479">
-        <v>100370.06</v>
+        <v>92193.88</v>
       </c>
       <c r="H479">
-        <v>106250.91</v>
+        <v>38107.6</v>
       </c>
       <c r="I479">
-        <v>-5880.85</v>
+        <v>54086.28</v>
       </c>
       <c r="J479" t="s">
-        <v>99</v>
+        <v>303</v>
       </c>
       <c r="K479" t="s">
         <v>23</v>
       </c>
       <c r="L479" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
-        <v>745</v>
+        <v>481</v>
       </c>
       <c r="B480" t="s">
         <v>624</v>
       </c>
       <c r="C480" t="s">
         <v>21</v>
       </c>
       <c r="D480">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E480">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G480">
-        <v>413537.41</v>
+        <v>252705.0</v>
       </c>
       <c r="H480">
-        <v>48656.3</v>
+        <v>207100.07</v>
       </c>
       <c r="I480">
-        <v>364881.11</v>
+        <v>45604.93</v>
       </c>
       <c r="J480" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K480" t="s">
         <v>23</v>
       </c>
       <c r="L480" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
-        <v>812</v>
+        <v>546</v>
       </c>
       <c r="B481" t="s">
         <v>625</v>
       </c>
       <c r="C481" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D481">
         <v>1</v>
       </c>
       <c r="E481">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G481">
-        <v>317492.53</v>
+        <v>62961.71</v>
       </c>
       <c r="H481">
-        <v>4000.0</v>
+        <v>71004.0</v>
       </c>
       <c r="I481">
-        <v>313492.53</v>
+        <v>-8042.29</v>
       </c>
       <c r="J481" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K481" t="s">
         <v>23</v>
       </c>
       <c r="L481" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482">
-        <v>885</v>
+        <v>617</v>
       </c>
       <c r="B482" t="s">
         <v>626</v>
       </c>
       <c r="C482" t="s">
         <v>21</v>
       </c>
       <c r="D482">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E482">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G482">
-        <v>352706.46</v>
+        <v>305849.72</v>
       </c>
       <c r="H482">
-        <v>203081.94</v>
+        <v>1323.92</v>
       </c>
       <c r="I482">
-        <v>149624.52</v>
+        <v>304525.8</v>
       </c>
       <c r="J482" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K482" t="s">
         <v>23</v>
       </c>
       <c r="L482" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483">
-        <v>949</v>
+        <v>681</v>
       </c>
       <c r="B483" t="s">
         <v>627</v>
       </c>
       <c r="C483" t="s">
         <v>21</v>
       </c>
       <c r="D483">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="E483">
         <v>2</v>
       </c>
       <c r="G483">
-        <v>108119.0</v>
+        <v>100370.06</v>
       </c>
       <c r="H483">
-        <v>38414.99</v>
+        <v>106250.91</v>
       </c>
       <c r="I483">
-        <v>69704.01</v>
+        <v>-5880.85</v>
       </c>
       <c r="J483" t="s">
-        <v>53</v>
+        <v>105</v>
       </c>
       <c r="K483" t="s">
         <v>23</v>
       </c>
       <c r="L483" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484">
-        <v>106</v>
+        <v>745</v>
       </c>
       <c r="B484" t="s">
         <v>628</v>
       </c>
       <c r="C484" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D484">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E484">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G484">
-        <v>45200.0</v>
+        <v>413537.41</v>
       </c>
       <c r="H484">
-        <v>0.0</v>
+        <v>48656.3</v>
       </c>
       <c r="I484">
-        <v>45200.0</v>
+        <v>364881.11</v>
       </c>
       <c r="J484" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="K484" t="s">
         <v>23</v>
       </c>
       <c r="L484" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485">
-        <v>173</v>
+        <v>812</v>
       </c>
       <c r="B485" t="s">
         <v>629</v>
       </c>
       <c r="C485" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D485">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E485">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G485">
-        <v>214000.0</v>
+        <v>317492.53</v>
       </c>
       <c r="H485">
-        <v>16423.0</v>
+        <v>4000.0</v>
       </c>
       <c r="I485">
-        <v>197577.0</v>
+        <v>313492.53</v>
       </c>
       <c r="J485" t="s">
-        <v>310</v>
+        <v>26</v>
       </c>
       <c r="K485" t="s">
         <v>23</v>
       </c>
       <c r="L485" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="486" spans="1:12">
       <c r="A486">
-        <v>237</v>
+        <v>885</v>
       </c>
       <c r="B486" t="s">
         <v>630</v>
       </c>
       <c r="C486" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D486">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E486">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G486">
-        <v>275707.0</v>
+        <v>352706.46</v>
       </c>
       <c r="H486">
-        <v>9200.0</v>
+        <v>203081.94</v>
       </c>
       <c r="I486">
-        <v>266507.0</v>
+        <v>149624.52</v>
       </c>
       <c r="J486" t="s">
-        <v>312</v>
+        <v>54</v>
       </c>
       <c r="K486" t="s">
         <v>23</v>
       </c>
       <c r="L486" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="487" spans="1:12">
       <c r="A487">
-        <v>302</v>
+        <v>949</v>
       </c>
       <c r="B487" t="s">
         <v>631</v>
       </c>
       <c r="C487" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D487">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E487">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G487">
-        <v>355724.74</v>
+        <v>108119.0</v>
       </c>
       <c r="H487">
-        <v>8136.66</v>
+        <v>38414.99</v>
       </c>
       <c r="I487">
-        <v>347588.08</v>
+        <v>69704.01</v>
       </c>
       <c r="J487" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K487" t="s">
         <v>23</v>
       </c>
       <c r="L487" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488">
-        <v>369</v>
+        <v>106</v>
       </c>
       <c r="B488" t="s">
         <v>632</v>
       </c>
       <c r="C488" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D488">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E488">
         <v>1</v>
       </c>
       <c r="G488">
-        <v>128421.31</v>
+        <v>45200.0</v>
       </c>
       <c r="H488">
         <v>0.0</v>
       </c>
       <c r="I488">
-        <v>128421.31</v>
+        <v>45200.0</v>
       </c>
       <c r="J488" t="s">
-        <v>633</v>
+        <v>58</v>
       </c>
       <c r="K488" t="s">
         <v>23</v>
       </c>
       <c r="L488" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
-        <v>435</v>
+        <v>173</v>
       </c>
       <c r="B489" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="C489" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D489">
         <v>2</v>
       </c>
       <c r="E489">
         <v>1</v>
       </c>
       <c r="G489">
-        <v>217657.18</v>
+        <v>214000.0</v>
       </c>
       <c r="H489">
-        <v>187377.17</v>
+        <v>16423.0</v>
       </c>
       <c r="I489">
-        <v>30280.01</v>
+        <v>197577.0</v>
       </c>
       <c r="J489" t="s">
-        <v>635</v>
+        <v>314</v>
       </c>
       <c r="K489" t="s">
         <v>23</v>
       </c>
       <c r="L489" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
-        <v>514</v>
+        <v>237</v>
       </c>
       <c r="B490" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="C490" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D490">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E490">
         <v>1</v>
       </c>
       <c r="G490">
-        <v>118798.47</v>
+        <v>275707.0</v>
       </c>
       <c r="H490">
-        <v>36007.0</v>
+        <v>9200.0</v>
       </c>
       <c r="I490">
-        <v>82791.47</v>
+        <v>266507.0</v>
       </c>
       <c r="J490" t="s">
-        <v>43</v>
+        <v>316</v>
       </c>
       <c r="K490" t="s">
         <v>23</v>
       </c>
       <c r="L490" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491">
-        <v>578</v>
+        <v>302</v>
       </c>
       <c r="B491" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C491" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D491">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E491">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G491">
-        <v>350743.9</v>
+        <v>355724.74</v>
       </c>
       <c r="H491">
-        <v>36000.0</v>
+        <v>8136.66</v>
       </c>
       <c r="I491">
-        <v>314743.9</v>
+        <v>347588.08</v>
       </c>
       <c r="J491" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K491" t="s">
         <v>23</v>
       </c>
       <c r="L491" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
-        <v>649</v>
+        <v>369</v>
       </c>
       <c r="B492" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="C492" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D492">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E492">
         <v>1</v>
       </c>
       <c r="G492">
-        <v>188135.93</v>
+        <v>128421.31</v>
       </c>
       <c r="H492">
-        <v>112493.2</v>
+        <v>0.0</v>
       </c>
       <c r="I492">
-        <v>75642.73</v>
+        <v>128421.31</v>
       </c>
       <c r="J492" t="s">
-        <v>43</v>
+        <v>637</v>
       </c>
       <c r="K492" t="s">
         <v>23</v>
       </c>
       <c r="L492" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
-        <v>713</v>
+        <v>435</v>
       </c>
       <c r="B493" t="s">
+        <v>638</v>
+      </c>
+      <c r="C493" t="s">
+        <v>36</v>
+      </c>
+      <c r="D493">
+        <v>2</v>
+      </c>
+      <c r="E493">
+        <v>1</v>
+      </c>
+      <c r="G493">
+        <v>217657.18</v>
+      </c>
+      <c r="H493">
+        <v>187377.17</v>
+      </c>
+      <c r="I493">
+        <v>30280.01</v>
+      </c>
+      <c r="J493" t="s">
         <v>639</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K493" t="s">
         <v>23</v>
       </c>
       <c r="L493" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
-        <v>780</v>
+        <v>514</v>
       </c>
       <c r="B494" t="s">
         <v>640</v>
       </c>
       <c r="C494" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D494">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E494">
         <v>1</v>
       </c>
       <c r="G494">
-        <v>167669.0</v>
+        <v>118798.47</v>
       </c>
       <c r="H494">
-        <v>0.0</v>
+        <v>36007.0</v>
       </c>
       <c r="I494">
-        <v>167669.0</v>
+        <v>82791.47</v>
       </c>
       <c r="J494" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K494" t="s">
         <v>23</v>
       </c>
       <c r="L494" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
-        <v>846</v>
+        <v>578</v>
       </c>
       <c r="B495" t="s">
         <v>641</v>
       </c>
       <c r="C495" t="s">
         <v>21</v>
       </c>
       <c r="D495">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E495">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G495">
-        <v>229750.0</v>
+        <v>350743.9</v>
       </c>
       <c r="H495">
-        <v>112171.81</v>
+        <v>36000.0</v>
       </c>
       <c r="I495">
-        <v>117578.19</v>
+        <v>314743.9</v>
       </c>
       <c r="J495" t="s">
         <v>22</v>
       </c>
       <c r="K495" t="s">
         <v>23</v>
       </c>
       <c r="L495" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
-        <v>917</v>
+        <v>649</v>
       </c>
       <c r="B496" t="s">
         <v>642</v>
       </c>
       <c r="C496" t="s">
         <v>21</v>
       </c>
       <c r="D496">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E496">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G496">
-        <v>308303.1</v>
+        <v>188135.93</v>
       </c>
       <c r="H496">
-        <v>240638.43</v>
+        <v>112493.2</v>
       </c>
       <c r="I496">
-        <v>67664.67</v>
+        <v>75642.73</v>
       </c>
       <c r="J496" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="K496" t="s">
         <v>23</v>
       </c>
       <c r="L496" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
-        <v>54</v>
+        <v>713</v>
       </c>
       <c r="B497" t="s">
         <v>643</v>
       </c>
       <c r="C497" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="D497">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E497">
         <v>2</v>
       </c>
       <c r="G497">
-        <v>1262456.66</v>
+        <v>166101.2</v>
       </c>
       <c r="H497">
-        <v>163000.0</v>
+        <v>112611.29</v>
       </c>
       <c r="I497">
-        <v>1099456.66</v>
+        <v>53489.91</v>
       </c>
       <c r="J497" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="K497" t="s">
         <v>23</v>
       </c>
       <c r="L497" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
-        <v>140</v>
+        <v>780</v>
       </c>
       <c r="B498" t="s">
         <v>644</v>
       </c>
       <c r="C498" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D498">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E498">
         <v>1</v>
       </c>
       <c r="G498">
-        <v>161509.78</v>
+        <v>167669.0</v>
       </c>
       <c r="H498">
-        <v>56620.91</v>
+        <v>0.0</v>
       </c>
       <c r="I498">
-        <v>104888.87</v>
+        <v>167669.0</v>
       </c>
       <c r="J498" t="s">
-        <v>155</v>
+        <v>26</v>
       </c>
       <c r="K498" t="s">
         <v>23</v>
       </c>
       <c r="L498" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
-        <v>205</v>
+        <v>846</v>
       </c>
       <c r="B499" t="s">
         <v>645</v>
       </c>
       <c r="C499" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D499">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E499">
         <v>1</v>
       </c>
       <c r="G499">
-        <v>242395.0</v>
+        <v>229750.0</v>
       </c>
       <c r="H499">
-        <v>231165.0</v>
+        <v>112171.81</v>
       </c>
       <c r="I499">
-        <v>11230.0</v>
+        <v>117578.19</v>
       </c>
       <c r="J499" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="K499" t="s">
         <v>23</v>
       </c>
       <c r="L499" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
-        <v>898</v>
+        <v>694</v>
       </c>
       <c r="B500" t="s">
         <v>646</v>
       </c>
       <c r="C500" t="s">
         <v>21</v>
       </c>
       <c r="D500">
         <v>3</v>
       </c>
       <c r="E500">
         <v>1</v>
       </c>
       <c r="G500">
-        <v>224297.96</v>
+        <v>152872.26</v>
       </c>
       <c r="H500">
-        <v>162397.62</v>
+        <v>37859.53</v>
       </c>
       <c r="I500">
-        <v>61900.34</v>
+        <v>115012.73</v>
       </c>
       <c r="J500" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K500" t="s">
         <v>23</v>
       </c>
       <c r="L500" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
-        <v>19</v>
+        <v>758</v>
       </c>
       <c r="B501" t="s">
         <v>647</v>
       </c>
       <c r="C501" t="s">
-        <v>326</v>
+        <v>21</v>
       </c>
       <c r="D501">
         <v>3</v>
       </c>
+      <c r="E501">
+        <v>2</v>
+      </c>
       <c r="G501">
-        <v>387460.0</v>
+        <v>126275.5</v>
       </c>
       <c r="H501">
-        <v>138200.41</v>
+        <v>26622.0</v>
       </c>
       <c r="I501">
-        <v>249259.59</v>
+        <v>99653.5</v>
       </c>
       <c r="J501" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="K501" t="s">
         <v>23</v>
       </c>
       <c r="L501" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
-        <v>962</v>
+        <v>825</v>
       </c>
       <c r="B502" t="s">
         <v>648</v>
       </c>
       <c r="C502" t="s">
         <v>21</v>
       </c>
       <c r="D502">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E502">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G502">
-        <v>229887.68</v>
+        <v>197610.55</v>
       </c>
       <c r="H502">
-        <v>90000.0</v>
+        <v>93179.61</v>
       </c>
       <c r="I502">
-        <v>139887.68</v>
+        <v>104430.94</v>
       </c>
       <c r="J502" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="K502" t="s">
         <v>23</v>
       </c>
       <c r="L502" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
-        <v>120</v>
+        <v>898</v>
       </c>
       <c r="B503" t="s">
         <v>649</v>
       </c>
       <c r="C503" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D503">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E503">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G503">
-        <v>233113.93</v>
+        <v>224297.96</v>
       </c>
       <c r="H503">
-        <v>11429.9</v>
+        <v>162397.62</v>
       </c>
       <c r="I503">
-        <v>221684.03</v>
+        <v>61900.34</v>
       </c>
       <c r="J503" t="s">
-        <v>83</v>
+        <v>54</v>
       </c>
       <c r="K503" t="s">
         <v>23</v>
       </c>
       <c r="L503" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
-        <v>186</v>
+        <v>19</v>
       </c>
       <c r="B504" t="s">
         <v>650</v>
       </c>
       <c r="C504" t="s">
-        <v>31</v>
+        <v>330</v>
       </c>
       <c r="D504">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G504">
-        <v>162425.0</v>
+        <v>387460.0</v>
       </c>
       <c r="H504">
-        <v>80000.0</v>
+        <v>138200.41</v>
       </c>
       <c r="I504">
-        <v>82425.0</v>
+        <v>249259.59</v>
       </c>
       <c r="J504" t="s">
-        <v>119</v>
+        <v>85</v>
       </c>
       <c r="K504" t="s">
         <v>23</v>
       </c>
       <c r="L504" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
-        <v>250</v>
+        <v>962</v>
       </c>
       <c r="B505" t="s">
         <v>651</v>
       </c>
       <c r="C505" t="s">
-        <v>652</v>
+        <v>21</v>
       </c>
       <c r="D505">
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="E505">
+        <v>2</v>
       </c>
       <c r="G505">
-        <v>12314.77</v>
+        <v>229887.68</v>
       </c>
       <c r="H505">
-        <v>31369.0</v>
+        <v>90000.0</v>
       </c>
       <c r="I505">
-        <v>-19054.23</v>
+        <v>139887.68</v>
       </c>
       <c r="J505" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K505" t="s">
         <v>23</v>
       </c>
       <c r="L505" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
-        <v>318</v>
+        <v>120</v>
       </c>
       <c r="B506" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="C506" t="s">
-        <v>654</v>
+        <v>36</v>
       </c>
       <c r="D506">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E506">
         <v>2</v>
       </c>
       <c r="G506">
-        <v>538012.27</v>
+        <v>233113.93</v>
       </c>
       <c r="H506">
-        <v>154516.98</v>
+        <v>11429.9</v>
       </c>
       <c r="I506">
-        <v>383495.29</v>
+        <v>221684.03</v>
       </c>
       <c r="J506" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="K506" t="s">
         <v>23</v>
       </c>
       <c r="L506" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
-        <v>384</v>
+        <v>186</v>
       </c>
       <c r="B507" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="C507" t="s">
-        <v>656</v>
+        <v>36</v>
       </c>
       <c r="D507">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E507">
         <v>1</v>
       </c>
       <c r="G507">
-        <v>120853.0</v>
+        <v>162425.0</v>
       </c>
       <c r="H507">
-        <v>48800.0</v>
+        <v>80000.0</v>
       </c>
       <c r="I507">
-        <v>72053.0</v>
+        <v>82425.0</v>
       </c>
       <c r="J507" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="K507" t="s">
         <v>23</v>
       </c>
       <c r="L507" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="508" spans="1:12">
       <c r="A508">
-        <v>457</v>
+        <v>250</v>
       </c>
       <c r="B508" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="C508" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="D508">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E508">
         <v>1</v>
       </c>
       <c r="G508">
-        <v>331325.0</v>
+        <v>12314.77</v>
       </c>
       <c r="H508">
-        <v>75570.0</v>
+        <v>31369.0</v>
       </c>
       <c r="I508">
-        <v>255755.0</v>
+        <v>-19054.23</v>
       </c>
       <c r="J508" t="s">
-        <v>659</v>
+        <v>93</v>
       </c>
       <c r="K508" t="s">
         <v>23</v>
       </c>
       <c r="L508" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="509" spans="1:12">
       <c r="A509">
-        <v>527</v>
+        <v>318</v>
       </c>
       <c r="B509" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="C509" t="s">
-        <v>21</v>
+        <v>657</v>
       </c>
       <c r="D509">
         <v>3</v>
       </c>
       <c r="E509">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G509">
-        <v>382477.9</v>
+        <v>538012.27</v>
       </c>
       <c r="H509">
-        <v>137499.32</v>
+        <v>154516.98</v>
       </c>
       <c r="I509">
-        <v>244978.58</v>
+        <v>383495.29</v>
       </c>
       <c r="J509" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="K509" t="s">
         <v>23</v>
       </c>
       <c r="L509" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="510" spans="1:12">
       <c r="A510">
-        <v>597</v>
+        <v>384</v>
       </c>
       <c r="B510" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="C510" t="s">
-        <v>21</v>
+        <v>659</v>
       </c>
       <c r="D510">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E510">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G510">
-        <v>268080.48</v>
+        <v>120853.0</v>
       </c>
       <c r="H510">
-        <v>13416.68</v>
+        <v>48800.0</v>
       </c>
       <c r="I510">
-        <v>254663.8</v>
+        <v>72053.0</v>
       </c>
       <c r="J510" t="s">
-        <v>43</v>
+        <v>171</v>
       </c>
       <c r="K510" t="s">
         <v>23</v>
       </c>
       <c r="L510" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="511" spans="1:12">
       <c r="A511">
+        <v>457</v>
+      </c>
+      <c r="B511" t="s">
+        <v>660</v>
+      </c>
+      <c r="C511" t="s">
+        <v>661</v>
+      </c>
+      <c r="D511">
+        <v>2</v>
+      </c>
+      <c r="E511">
+        <v>1</v>
+      </c>
+      <c r="G511">
+        <v>331325.0</v>
+      </c>
+      <c r="H511">
+        <v>75570.0</v>
+      </c>
+      <c r="I511">
+        <v>255755.0</v>
+      </c>
+      <c r="J511" t="s">
         <v>662</v>
-      </c>
-[...22 lines deleted...]
-        <v>99</v>
       </c>
       <c r="K511" t="s">
         <v>23</v>
       </c>
       <c r="L511" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
-        <v>726</v>
+        <v>527</v>
       </c>
       <c r="B512" t="s">
         <v>663</v>
       </c>
       <c r="C512" t="s">
         <v>21</v>
       </c>
       <c r="D512">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E512">
         <v>1</v>
       </c>
       <c r="G512">
-        <v>260500.0</v>
+        <v>382477.9</v>
       </c>
       <c r="H512">
-        <v>174747.0</v>
+        <v>137499.32</v>
       </c>
       <c r="I512">
-        <v>85753.0</v>
+        <v>244978.58</v>
       </c>
       <c r="J512" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K512" t="s">
         <v>23</v>
       </c>
       <c r="L512" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
-        <v>793</v>
+        <v>597</v>
       </c>
       <c r="B513" t="s">
         <v>664</v>
       </c>
       <c r="C513" t="s">
         <v>21</v>
       </c>
       <c r="D513">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E513">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G513">
-        <v>164774.76</v>
+        <v>268080.48</v>
       </c>
       <c r="H513">
-        <v>7000.0</v>
+        <v>13416.68</v>
       </c>
       <c r="I513">
-        <v>157774.76</v>
+        <v>254663.8</v>
       </c>
       <c r="J513" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K513" t="s">
         <v>23</v>
       </c>
       <c r="L513" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514">
-        <v>866</v>
+        <v>662</v>
       </c>
       <c r="B514" t="s">
         <v>665</v>
       </c>
       <c r="C514" t="s">
         <v>21</v>
       </c>
       <c r="D514">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E514">
         <v>2</v>
       </c>
       <c r="G514">
-        <v>202954.89</v>
+        <v>364499.2</v>
       </c>
       <c r="H514">
-        <v>96283.2</v>
+        <v>0.0</v>
       </c>
       <c r="I514">
-        <v>106671.69</v>
+        <v>364499.2</v>
       </c>
       <c r="J514" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="K514" t="s">
         <v>23</v>
       </c>
       <c r="L514" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515">
-        <v>930</v>
+        <v>726</v>
       </c>
       <c r="B515" t="s">
         <v>666</v>
       </c>
       <c r="C515" t="s">
         <v>21</v>
       </c>
       <c r="D515">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E515">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G515">
-        <v>176084.52</v>
+        <v>260500.0</v>
       </c>
       <c r="H515">
-        <v>3040.82</v>
+        <v>174747.0</v>
       </c>
       <c r="I515">
-        <v>173043.7</v>
+        <v>85753.0</v>
       </c>
       <c r="J515" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K515" t="s">
         <v>23</v>
       </c>
       <c r="L515" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="516" spans="1:12">
       <c r="A516">
-        <v>87</v>
+        <v>793</v>
       </c>
       <c r="B516" t="s">
         <v>667</v>
       </c>
       <c r="C516" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D516">
         <v>2</v>
       </c>
       <c r="E516">
         <v>1</v>
       </c>
       <c r="G516">
-        <v>540899.0</v>
+        <v>164774.76</v>
       </c>
       <c r="H516">
-        <v>40000.0</v>
+        <v>7000.0</v>
       </c>
       <c r="I516">
-        <v>500899.0</v>
+        <v>157774.76</v>
       </c>
       <c r="J516" t="s">
-        <v>165</v>
+        <v>26</v>
       </c>
       <c r="K516" t="s">
         <v>23</v>
       </c>
       <c r="L516" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="517" spans="1:12">
       <c r="A517">
-        <v>153</v>
+        <v>866</v>
       </c>
       <c r="B517" t="s">
         <v>668</v>
       </c>
       <c r="C517" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D517">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E517">
         <v>2</v>
       </c>
       <c r="G517">
-        <v>133517.26</v>
+        <v>202954.89</v>
       </c>
       <c r="H517">
-        <v>31407.13</v>
+        <v>96283.2</v>
       </c>
       <c r="I517">
-        <v>102110.13</v>
+        <v>106671.69</v>
       </c>
       <c r="J517" t="s">
-        <v>179</v>
+        <v>54</v>
       </c>
       <c r="K517" t="s">
         <v>23</v>
       </c>
       <c r="L517" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="518" spans="1:12">
       <c r="A518">
-        <v>218</v>
+        <v>930</v>
       </c>
       <c r="B518" t="s">
         <v>669</v>
       </c>
       <c r="C518" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D518">
+        <v>4</v>
       </c>
       <c r="E518">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G518">
-        <v>3010.0</v>
+        <v>176084.52</v>
       </c>
       <c r="H518">
-        <v>0.0</v>
+        <v>3040.82</v>
       </c>
       <c r="I518">
-        <v>3010.0</v>
+        <v>173043.7</v>
       </c>
       <c r="J518" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="K518" t="s">
         <v>23</v>
       </c>
       <c r="L518" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="519" spans="1:12">
       <c r="A519">
-        <v>283</v>
+        <v>87</v>
       </c>
       <c r="B519" t="s">
         <v>670</v>
       </c>
       <c r="C519" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D519">
         <v>2</v>
       </c>
       <c r="E519">
         <v>1</v>
       </c>
       <c r="G519">
-        <v>365019.63</v>
+        <v>540899.0</v>
       </c>
       <c r="H519">
-        <v>98777.68</v>
+        <v>40000.0</v>
       </c>
       <c r="I519">
-        <v>266241.95</v>
+        <v>500899.0</v>
       </c>
       <c r="J519" t="s">
-        <v>353</v>
+        <v>171</v>
       </c>
       <c r="K519" t="s">
         <v>23</v>
       </c>
       <c r="L519" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
-        <v>350</v>
+        <v>153</v>
       </c>
       <c r="B520" t="s">
         <v>671</v>
       </c>
       <c r="C520" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D520">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E520">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G520">
-        <v>157335.47</v>
+        <v>133517.26</v>
       </c>
       <c r="H520">
-        <v>28494.72</v>
+        <v>31407.13</v>
       </c>
       <c r="I520">
-        <v>128840.75</v>
+        <v>102110.13</v>
       </c>
       <c r="J520" t="s">
-        <v>116</v>
+        <v>185</v>
       </c>
       <c r="K520" t="s">
         <v>23</v>
       </c>
       <c r="L520" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
-        <v>416</v>
+        <v>218</v>
       </c>
       <c r="B521" t="s">
         <v>672</v>
       </c>
       <c r="C521" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="E521">
         <v>1</v>
       </c>
       <c r="G521">
-        <v>272452.0</v>
+        <v>3010.0</v>
       </c>
       <c r="H521">
-        <v>10000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I521">
-        <v>262452.0</v>
+        <v>3010.0</v>
       </c>
       <c r="J521" t="s">
-        <v>186</v>
+        <v>115</v>
       </c>
       <c r="K521" t="s">
         <v>23</v>
       </c>
       <c r="L521" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
-        <v>495</v>
+        <v>283</v>
       </c>
       <c r="B522" t="s">
         <v>673</v>
       </c>
       <c r="C522" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D522">
         <v>2</v>
       </c>
       <c r="E522">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G522">
-        <v>188851.73</v>
+        <v>365019.63</v>
       </c>
       <c r="H522">
-        <v>73905.11</v>
+        <v>98777.68</v>
       </c>
       <c r="I522">
-        <v>114946.62</v>
+        <v>266241.95</v>
       </c>
       <c r="J522" t="s">
-        <v>43</v>
+        <v>357</v>
       </c>
       <c r="K522" t="s">
         <v>23</v>
       </c>
       <c r="L522" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
-        <v>559</v>
+        <v>350</v>
       </c>
       <c r="B523" t="s">
         <v>674</v>
       </c>
       <c r="C523" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D523">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E523">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G523">
-        <v>487055.46</v>
+        <v>157335.47</v>
       </c>
       <c r="H523">
-        <v>507150.09</v>
+        <v>28494.72</v>
       </c>
       <c r="I523">
-        <v>-20094.63</v>
+        <v>128840.75</v>
       </c>
       <c r="J523" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="K523" t="s">
         <v>23</v>
       </c>
       <c r="L523" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
-        <v>630</v>
+        <v>416</v>
       </c>
       <c r="B524" t="s">
         <v>675</v>
       </c>
       <c r="C524" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D524">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E524">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G524">
-        <v>430110.72</v>
+        <v>272452.0</v>
       </c>
       <c r="H524">
-        <v>98204.16</v>
+        <v>10000.0</v>
       </c>
       <c r="I524">
-        <v>331906.56</v>
+        <v>262452.0</v>
       </c>
       <c r="J524" t="s">
-        <v>43</v>
+        <v>192</v>
       </c>
       <c r="K524" t="s">
         <v>23</v>
       </c>
       <c r="L524" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
-        <v>694</v>
+        <v>495</v>
       </c>
       <c r="B525" t="s">
         <v>676</v>
       </c>
       <c r="C525" t="s">
         <v>21</v>
       </c>
       <c r="D525">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E525">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G525">
-        <v>152872.26</v>
+        <v>188851.73</v>
       </c>
       <c r="H525">
-        <v>37859.53</v>
+        <v>73905.11</v>
       </c>
       <c r="I525">
-        <v>115012.73</v>
+        <v>114946.62</v>
       </c>
       <c r="J525" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K525" t="s">
         <v>23</v>
       </c>
       <c r="L525" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526">
-        <v>758</v>
+        <v>559</v>
       </c>
       <c r="B526" t="s">
         <v>677</v>
       </c>
       <c r="C526" t="s">
         <v>21</v>
       </c>
       <c r="D526">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E526">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G526">
-        <v>126275.5</v>
+        <v>487055.46</v>
       </c>
       <c r="H526">
-        <v>26622.0</v>
+        <v>507150.09</v>
       </c>
       <c r="I526">
-        <v>99653.5</v>
+        <v>-20094.63</v>
       </c>
       <c r="J526" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K526" t="s">
         <v>23</v>
       </c>
       <c r="L526" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
-        <v>825</v>
+        <v>630</v>
       </c>
       <c r="B527" t="s">
         <v>678</v>
       </c>
       <c r="C527" t="s">
         <v>21</v>
       </c>
       <c r="D527">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E527">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G527">
-        <v>197610.55</v>
+        <v>430110.72</v>
       </c>
       <c r="H527">
-        <v>93179.61</v>
+        <v>98204.16</v>
       </c>
       <c r="I527">
-        <v>104430.94</v>
+        <v>331906.56</v>
       </c>
       <c r="J527" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K527" t="s">
         <v>23</v>
       </c>
       <c r="L527" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
-        <v>739</v>
+        <v>540</v>
       </c>
       <c r="B528" t="s">
         <v>679</v>
       </c>
       <c r="C528" t="s">
         <v>21</v>
       </c>
       <c r="D528">
         <v>1</v>
       </c>
-      <c r="E528">
-[...1 lines deleted...]
-      </c>
       <c r="G528">
-        <v>76024.08</v>
+        <v>158885.29</v>
       </c>
       <c r="H528">
-        <v>20255.29</v>
+        <v>67449.36</v>
       </c>
       <c r="I528">
-        <v>55768.79</v>
+        <v>91435.93</v>
       </c>
       <c r="J528" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K528" t="s">
         <v>23</v>
       </c>
       <c r="L528" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
-        <v>806</v>
+        <v>611</v>
       </c>
       <c r="B529" t="s">
         <v>680</v>
       </c>
       <c r="C529" t="s">
         <v>21</v>
       </c>
       <c r="D529">
         <v>1</v>
       </c>
       <c r="E529">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G529">
-        <v>282142.0</v>
+        <v>274104.97</v>
       </c>
       <c r="H529">
-        <v>32500.0</v>
+        <v>113366.27</v>
       </c>
       <c r="I529">
-        <v>249642.0</v>
+        <v>160738.7</v>
       </c>
       <c r="J529" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K529" t="s">
         <v>23</v>
       </c>
       <c r="L529" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
-        <v>879</v>
+        <v>675</v>
       </c>
       <c r="B530" t="s">
         <v>681</v>
       </c>
       <c r="C530" t="s">
         <v>21</v>
       </c>
       <c r="D530">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E530">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G530">
-        <v>594171.39</v>
+        <v>159397.38</v>
       </c>
       <c r="H530">
-        <v>98256.0</v>
+        <v>136371.72</v>
       </c>
       <c r="I530">
-        <v>495915.39</v>
+        <v>23025.66</v>
       </c>
       <c r="J530" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K530" t="s">
         <v>23</v>
       </c>
       <c r="L530" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
-        <v>943</v>
+        <v>739</v>
       </c>
       <c r="B531" t="s">
         <v>682</v>
       </c>
       <c r="C531" t="s">
         <v>21</v>
       </c>
+      <c r="D531">
+        <v>1</v>
+      </c>
       <c r="E531">
         <v>1</v>
       </c>
       <c r="G531">
-        <v>39467.5</v>
+        <v>76024.08</v>
       </c>
       <c r="H531">
-        <v>57258.42</v>
+        <v>20255.29</v>
       </c>
       <c r="I531">
-        <v>-17790.92</v>
+        <v>55768.79</v>
       </c>
       <c r="J531" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K531" t="s">
         <v>23</v>
       </c>
       <c r="L531" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
-        <v>100</v>
+        <v>806</v>
       </c>
       <c r="B532" t="s">
         <v>683</v>
       </c>
       <c r="C532" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D532">
         <v>1</v>
       </c>
+      <c r="E532">
+        <v>1</v>
+      </c>
       <c r="G532">
-        <v>170373.34</v>
+        <v>282142.0</v>
       </c>
       <c r="H532">
-        <v>56875.66</v>
+        <v>32500.0</v>
       </c>
       <c r="I532">
-        <v>113497.68</v>
+        <v>249642.0</v>
       </c>
       <c r="J532" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="K532" t="s">
         <v>23</v>
       </c>
       <c r="L532" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
-        <v>167</v>
+        <v>879</v>
       </c>
       <c r="B533" t="s">
         <v>684</v>
       </c>
       <c r="C533" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D533">
+        <v>5</v>
+      </c>
+      <c r="E533">
         <v>1</v>
       </c>
       <c r="G533">
-        <v>149000.0</v>
+        <v>594171.39</v>
       </c>
       <c r="H533">
-        <v>0.0</v>
+        <v>98256.0</v>
       </c>
       <c r="I533">
-        <v>149000.0</v>
+        <v>495915.39</v>
       </c>
       <c r="J533" t="s">
-        <v>134</v>
+        <v>54</v>
       </c>
       <c r="K533" t="s">
         <v>23</v>
       </c>
       <c r="L533" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
-        <v>231</v>
+        <v>943</v>
       </c>
       <c r="B534" t="s">
         <v>685</v>
       </c>
       <c r="C534" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="E534">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G534">
-        <v>445041.97</v>
+        <v>39467.5</v>
       </c>
       <c r="H534">
-        <v>31884.72</v>
+        <v>57258.42</v>
       </c>
       <c r="I534">
-        <v>413157.25</v>
+        <v>-17790.92</v>
       </c>
       <c r="J534" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="K534" t="s">
         <v>23</v>
       </c>
       <c r="L534" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
-        <v>296</v>
+        <v>100</v>
       </c>
       <c r="B535" t="s">
         <v>686</v>
       </c>
       <c r="C535" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D535">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G535">
-        <v>680972.1</v>
+        <v>170373.34</v>
       </c>
       <c r="H535">
-        <v>197724.3</v>
+        <v>56875.66</v>
       </c>
       <c r="I535">
-        <v>483247.8</v>
+        <v>113497.68</v>
       </c>
       <c r="J535" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="K535" t="s">
         <v>23</v>
       </c>
       <c r="L535" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
-        <v>363</v>
+        <v>167</v>
       </c>
       <c r="B536" t="s">
         <v>687</v>
       </c>
       <c r="C536" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D536">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G536">
-        <v>171946.53</v>
+        <v>149000.0</v>
       </c>
       <c r="H536">
-        <v>117800.0</v>
+        <v>0.0</v>
       </c>
       <c r="I536">
-        <v>54146.53</v>
+        <v>149000.0</v>
       </c>
       <c r="J536" t="s">
-        <v>688</v>
+        <v>139</v>
       </c>
       <c r="K536" t="s">
         <v>23</v>
       </c>
       <c r="L536" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537">
-        <v>429</v>
+        <v>231</v>
       </c>
       <c r="B537" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="C537" t="s">
-        <v>690</v>
+        <v>36</v>
       </c>
       <c r="D537">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E537">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G537">
-        <v>177066.73</v>
+        <v>445041.97</v>
       </c>
       <c r="H537">
-        <v>66029.2</v>
+        <v>31884.72</v>
       </c>
       <c r="I537">
-        <v>111037.53</v>
+        <v>413157.25</v>
       </c>
       <c r="J537" t="s">
-        <v>691</v>
+        <v>141</v>
       </c>
       <c r="K537" t="s">
         <v>23</v>
       </c>
       <c r="L537" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538">
-        <v>508</v>
+        <v>296</v>
       </c>
       <c r="B538" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="C538" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D538">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E538">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G538">
-        <v>358460.0</v>
+        <v>680972.1</v>
       </c>
       <c r="H538">
-        <v>63130.0</v>
+        <v>197724.3</v>
       </c>
       <c r="I538">
-        <v>295330.0</v>
+        <v>483247.8</v>
       </c>
       <c r="J538" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K538" t="s">
         <v>23</v>
       </c>
       <c r="L538" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="539" spans="1:12">
       <c r="A539">
-        <v>572</v>
+        <v>363</v>
       </c>
       <c r="B539" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="C539" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D539">
+        <v>2</v>
+      </c>
+      <c r="E539">
         <v>3</v>
       </c>
-      <c r="E539">
-[...1 lines deleted...]
-      </c>
       <c r="G539">
-        <v>325167.32</v>
+        <v>171946.53</v>
       </c>
       <c r="H539">
-        <v>0.0</v>
+        <v>117800.0</v>
       </c>
       <c r="I539">
-        <v>325167.32</v>
+        <v>54146.53</v>
       </c>
       <c r="J539" t="s">
-        <v>43</v>
+        <v>691</v>
       </c>
       <c r="K539" t="s">
         <v>23</v>
       </c>
       <c r="L539" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="540" spans="1:12">
       <c r="A540">
-        <v>643</v>
+        <v>429</v>
       </c>
       <c r="B540" t="s">
+        <v>692</v>
+      </c>
+      <c r="C540" t="s">
+        <v>693</v>
+      </c>
+      <c r="D540">
+        <v>3</v>
+      </c>
+      <c r="E540">
+        <v>1</v>
+      </c>
+      <c r="G540">
+        <v>177066.73</v>
+      </c>
+      <c r="H540">
+        <v>66029.2</v>
+      </c>
+      <c r="I540">
+        <v>111037.53</v>
+      </c>
+      <c r="J540" t="s">
         <v>694</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K540" t="s">
         <v>23</v>
       </c>
       <c r="L540" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="541" spans="1:12">
       <c r="A541">
-        <v>707</v>
+        <v>508</v>
       </c>
       <c r="B541" t="s">
         <v>695</v>
       </c>
       <c r="C541" t="s">
         <v>21</v>
       </c>
       <c r="D541">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E541">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G541">
-        <v>177401.54</v>
+        <v>358460.0</v>
       </c>
       <c r="H541">
-        <v>28750.0</v>
+        <v>63130.0</v>
       </c>
       <c r="I541">
-        <v>148651.54</v>
+        <v>295330.0</v>
       </c>
       <c r="J541" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K541" t="s">
         <v>23</v>
       </c>
       <c r="L541" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="542" spans="1:12">
       <c r="A542">
-        <v>775</v>
+        <v>572</v>
       </c>
       <c r="B542" t="s">
         <v>696</v>
       </c>
       <c r="C542" t="s">
         <v>21</v>
       </c>
       <c r="D542">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E542">
         <v>1</v>
       </c>
       <c r="G542">
-        <v>93560.0</v>
+        <v>325167.32</v>
       </c>
       <c r="H542">
-        <v>92213.0</v>
+        <v>0.0</v>
       </c>
       <c r="I542">
-        <v>1347.0</v>
+        <v>325167.32</v>
       </c>
       <c r="J542" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K542" t="s">
         <v>23</v>
       </c>
       <c r="L542" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="543" spans="1:12">
       <c r="A543">
-        <v>840</v>
+        <v>643</v>
       </c>
       <c r="B543" t="s">
         <v>697</v>
       </c>
       <c r="C543" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D543">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E543">
         <v>1</v>
       </c>
       <c r="G543">
-        <v>440219.65</v>
+        <v>268911.28</v>
       </c>
       <c r="H543">
-        <v>172617.9</v>
+        <v>83813.28</v>
       </c>
       <c r="I543">
-        <v>267601.75</v>
+        <v>185098.0</v>
       </c>
       <c r="J543" t="s">
-        <v>698</v>
+        <v>22</v>
       </c>
       <c r="K543" t="s">
         <v>23</v>
       </c>
       <c r="L543" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="544" spans="1:12">
       <c r="A544">
-        <v>911</v>
+        <v>707</v>
       </c>
       <c r="B544" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="C544" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D544">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E544">
         <v>2</v>
       </c>
       <c r="G544">
-        <v>27771.0</v>
+        <v>177401.54</v>
       </c>
       <c r="H544">
-        <v>29220.73</v>
+        <v>28750.0</v>
       </c>
       <c r="I544">
-        <v>-1449.73</v>
+        <v>148651.54</v>
       </c>
       <c r="J544" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K544" t="s">
         <v>23</v>
       </c>
       <c r="L544" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="545" spans="1:12">
       <c r="A545">
-        <v>37</v>
+        <v>775</v>
       </c>
       <c r="B545" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="C545" t="s">
-        <v>701</v>
+        <v>21</v>
       </c>
       <c r="D545">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E545">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G545">
-        <v>892651.82</v>
+        <v>93560.0</v>
       </c>
       <c r="H545">
-        <v>27300.0</v>
+        <v>92213.0</v>
       </c>
       <c r="I545">
-        <v>865351.82</v>
+        <v>1347.0</v>
       </c>
       <c r="J545" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="K545" t="s">
         <v>23</v>
       </c>
       <c r="L545" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="546" spans="1:12">
       <c r="A546">
-        <v>134</v>
+        <v>840</v>
       </c>
       <c r="B546" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="C546" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D546">
         <v>3</v>
       </c>
+      <c r="E546">
+        <v>1</v>
+      </c>
       <c r="G546">
-        <v>117226.5</v>
+        <v>440219.65</v>
       </c>
       <c r="H546">
-        <v>27965.61</v>
+        <v>172617.9</v>
       </c>
       <c r="I546">
-        <v>89260.89</v>
+        <v>267601.75</v>
       </c>
       <c r="J546" t="s">
-        <v>155</v>
+        <v>701</v>
       </c>
       <c r="K546" t="s">
         <v>23</v>
       </c>
       <c r="L546" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="547" spans="1:12">
       <c r="A547">
-        <v>199</v>
+        <v>911</v>
       </c>
       <c r="B547" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="C547" t="s">
-        <v>548</v>
+        <v>109</v>
       </c>
       <c r="D547">
         <v>1</v>
       </c>
       <c r="E547">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G547">
-        <v>324738.32</v>
+        <v>27771.0</v>
       </c>
       <c r="H547">
-        <v>0.0</v>
+        <v>29220.73</v>
       </c>
       <c r="I547">
-        <v>324738.32</v>
+        <v>-1449.73</v>
       </c>
       <c r="J547" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="K547" t="s">
         <v>23</v>
       </c>
       <c r="L547" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="548" spans="1:12">
       <c r="A548">
-        <v>264</v>
+        <v>37</v>
       </c>
       <c r="B548" t="s">
+        <v>703</v>
+      </c>
+      <c r="C548" t="s">
         <v>704</v>
       </c>
-      <c r="C548" t="s">
-        <v>31</v>
+      <c r="D548">
+        <v>4</v>
       </c>
       <c r="E548">
         <v>2</v>
       </c>
       <c r="G548">
-        <v>170464.96</v>
+        <v>892651.82</v>
       </c>
       <c r="H548">
-        <v>0.0</v>
+        <v>27300.0</v>
       </c>
       <c r="I548">
-        <v>170464.96</v>
+        <v>865351.82</v>
       </c>
       <c r="J548" t="s">
-        <v>550</v>
+        <v>157</v>
       </c>
       <c r="K548" t="s">
         <v>23</v>
       </c>
       <c r="L548" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="549" spans="1:12">
       <c r="A549">
-        <v>331</v>
+        <v>134</v>
       </c>
       <c r="B549" t="s">
         <v>705</v>
       </c>
       <c r="C549" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D549">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G549">
-        <v>157043.05</v>
+        <v>117226.5</v>
       </c>
       <c r="H549">
-        <v>46200.55</v>
+        <v>27965.61</v>
       </c>
       <c r="I549">
-        <v>110842.5</v>
+        <v>89260.89</v>
       </c>
       <c r="J549" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K549" t="s">
         <v>23</v>
       </c>
       <c r="L549" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="550" spans="1:12">
       <c r="A550">
-        <v>397</v>
+        <v>199</v>
       </c>
       <c r="B550" t="s">
         <v>706</v>
       </c>
       <c r="C550" t="s">
-        <v>31</v>
+        <v>551</v>
       </c>
       <c r="D550">
         <v>1</v>
       </c>
       <c r="E550">
         <v>1</v>
       </c>
       <c r="G550">
-        <v>210887.3</v>
+        <v>324738.32</v>
       </c>
       <c r="H550">
-        <v>82147.55</v>
+        <v>0.0</v>
       </c>
       <c r="I550">
-        <v>128739.75</v>
+        <v>324738.32</v>
       </c>
       <c r="J550" t="s">
-        <v>299</v>
+        <v>60</v>
       </c>
       <c r="K550" t="s">
         <v>23</v>
       </c>
       <c r="L550" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="551" spans="1:12">
       <c r="A551">
-        <v>476</v>
+        <v>264</v>
       </c>
       <c r="B551" t="s">
         <v>707</v>
       </c>
       <c r="C551" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="E551">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G551">
-        <v>211601.0</v>
+        <v>170464.96</v>
       </c>
       <c r="H551">
-        <v>49060.92</v>
+        <v>0.0</v>
       </c>
       <c r="I551">
-        <v>162540.08</v>
+        <v>170464.96</v>
       </c>
       <c r="J551" t="s">
-        <v>43</v>
+        <v>553</v>
       </c>
       <c r="K551" t="s">
         <v>23</v>
       </c>
       <c r="L551" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="552" spans="1:12">
       <c r="A552">
-        <v>540</v>
+        <v>331</v>
       </c>
       <c r="B552" t="s">
         <v>708</v>
       </c>
       <c r="C552" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D552">
+        <v>2</v>
+      </c>
+      <c r="E552">
         <v>1</v>
       </c>
       <c r="G552">
-        <v>158885.29</v>
+        <v>157043.05</v>
       </c>
       <c r="H552">
-        <v>67449.36</v>
+        <v>46200.55</v>
       </c>
       <c r="I552">
-        <v>91435.93</v>
+        <v>110842.5</v>
       </c>
       <c r="J552" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="K552" t="s">
         <v>23</v>
       </c>
       <c r="L552" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="553" spans="1:12">
       <c r="A553">
-        <v>611</v>
+        <v>397</v>
       </c>
       <c r="B553" t="s">
         <v>709</v>
       </c>
       <c r="C553" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D553">
         <v>1</v>
       </c>
       <c r="E553">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G553">
-        <v>274104.97</v>
+        <v>210887.3</v>
       </c>
       <c r="H553">
-        <v>113366.27</v>
+        <v>82147.55</v>
       </c>
       <c r="I553">
-        <v>160738.7</v>
+        <v>128739.75</v>
       </c>
       <c r="J553" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="K553" t="s">
         <v>23</v>
       </c>
       <c r="L553" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="554" spans="1:12">
       <c r="A554">
-        <v>675</v>
+        <v>476</v>
       </c>
       <c r="B554" t="s">
         <v>710</v>
       </c>
       <c r="C554" t="s">
         <v>21</v>
       </c>
       <c r="D554">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E554">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G554">
-        <v>159397.38</v>
+        <v>211601.0</v>
       </c>
       <c r="H554">
-        <v>136371.72</v>
+        <v>49060.92</v>
       </c>
       <c r="I554">
-        <v>23025.66</v>
+        <v>162540.08</v>
       </c>
       <c r="J554" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K554" t="s">
         <v>23</v>
       </c>
       <c r="L554" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="555" spans="1:12">
       <c r="A555">
-        <v>521</v>
+        <v>312</v>
       </c>
       <c r="B555" t="s">
         <v>711</v>
       </c>
       <c r="C555" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="E555">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G555">
-        <v>205899.85</v>
+        <v>34096.07</v>
       </c>
       <c r="H555">
-        <v>3400.0</v>
+        <v>53037.9</v>
       </c>
       <c r="I555">
-        <v>202499.85</v>
+        <v>-18941.83</v>
       </c>
       <c r="J555" t="s">
-        <v>43</v>
+        <v>712</v>
       </c>
       <c r="K555" t="s">
         <v>23</v>
       </c>
       <c r="L555" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="556" spans="1:12">
       <c r="A556">
-        <v>585</v>
+        <v>377</v>
       </c>
       <c r="B556" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C556" t="s">
-        <v>21</v>
+        <v>714</v>
       </c>
       <c r="D556">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G556">
-        <v>148793.82</v>
+        <v>154672.39</v>
       </c>
       <c r="H556">
-        <v>62376.43</v>
+        <v>115969.81</v>
       </c>
       <c r="I556">
-        <v>86417.39</v>
+        <v>38702.58</v>
       </c>
       <c r="J556" t="s">
-        <v>43</v>
+        <v>171</v>
       </c>
       <c r="K556" t="s">
         <v>23</v>
       </c>
       <c r="L556" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="557" spans="1:12">
       <c r="A557">
-        <v>656</v>
+        <v>446</v>
       </c>
       <c r="B557" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C557" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D557">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E557">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G557">
-        <v>220424.5</v>
+        <v>325514.0</v>
       </c>
       <c r="H557">
-        <v>209736.44</v>
+        <v>142071.34</v>
       </c>
       <c r="I557">
-        <v>10688.06</v>
+        <v>183442.66</v>
       </c>
       <c r="J557" t="s">
-        <v>43</v>
+        <v>716</v>
       </c>
       <c r="K557" t="s">
         <v>23</v>
       </c>
       <c r="L557" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="558" spans="1:12">
       <c r="A558">
-        <v>720</v>
+        <v>521</v>
       </c>
       <c r="B558" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C558" t="s">
         <v>21</v>
       </c>
       <c r="D558">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E558">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G558">
-        <v>86325.05</v>
+        <v>205899.85</v>
       </c>
       <c r="H558">
-        <v>20361.72</v>
+        <v>3400.0</v>
       </c>
       <c r="I558">
-        <v>65963.33</v>
+        <v>202499.85</v>
       </c>
       <c r="J558" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K558" t="s">
         <v>23</v>
       </c>
       <c r="L558" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="559" spans="1:12">
       <c r="A559">
-        <v>787</v>
+        <v>585</v>
       </c>
       <c r="B559" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C559" t="s">
         <v>21</v>
       </c>
       <c r="D559">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E559">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G559">
-        <v>186649.22</v>
+        <v>148793.82</v>
       </c>
       <c r="H559">
-        <v>29653.52</v>
+        <v>62376.43</v>
       </c>
       <c r="I559">
-        <v>156995.7</v>
+        <v>86417.39</v>
       </c>
       <c r="J559" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K559" t="s">
         <v>23</v>
       </c>
       <c r="L559" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="560" spans="1:12">
       <c r="A560">
-        <v>856</v>
+        <v>656</v>
       </c>
       <c r="B560" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="C560" t="s">
         <v>21</v>
       </c>
       <c r="D560">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E560">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G560">
-        <v>361023.71</v>
+        <v>220424.5</v>
       </c>
       <c r="H560">
-        <v>0.0</v>
+        <v>209736.44</v>
       </c>
       <c r="I560">
-        <v>361023.71</v>
+        <v>10688.06</v>
       </c>
       <c r="J560" t="s">
         <v>22</v>
       </c>
       <c r="K560" t="s">
         <v>23</v>
       </c>
       <c r="L560" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="561" spans="1:12">
       <c r="A561">
-        <v>924</v>
+        <v>720</v>
       </c>
       <c r="B561" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="C561" t="s">
         <v>21</v>
       </c>
       <c r="D561">
         <v>1</v>
       </c>
       <c r="E561">
         <v>1</v>
       </c>
       <c r="G561">
-        <v>134822.08</v>
+        <v>86325.05</v>
       </c>
       <c r="H561">
-        <v>65947.13</v>
+        <v>20361.72</v>
       </c>
       <c r="I561">
-        <v>68874.95</v>
+        <v>65963.33</v>
       </c>
       <c r="J561" t="s">
         <v>26</v>
       </c>
       <c r="K561" t="s">
         <v>23</v>
       </c>
       <c r="L561" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="562" spans="1:12">
       <c r="A562">
-        <v>81</v>
+        <v>787</v>
       </c>
       <c r="B562" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="C562" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D562">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E562">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G562">
-        <v>680972.1</v>
+        <v>186649.22</v>
       </c>
       <c r="H562">
-        <v>197724.3</v>
+        <v>29653.52</v>
       </c>
       <c r="I562">
-        <v>483247.8</v>
+        <v>156995.7</v>
       </c>
       <c r="J562" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K562" t="s">
         <v>23</v>
       </c>
       <c r="L562" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="563" spans="1:12">
       <c r="A563">
-        <v>147</v>
+        <v>856</v>
       </c>
       <c r="B563" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C563" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D563">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E563">
+        <v>2</v>
       </c>
       <c r="G563">
-        <v>358400.0</v>
+        <v>361023.71</v>
       </c>
       <c r="H563">
-        <v>40572.0</v>
+        <v>0.0</v>
       </c>
       <c r="I563">
-        <v>317828.0</v>
+        <v>361023.71</v>
       </c>
       <c r="J563" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="K563" t="s">
         <v>23</v>
       </c>
       <c r="L563" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="564" spans="1:12">
       <c r="A564">
-        <v>212</v>
+        <v>924</v>
       </c>
       <c r="B564" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="C564" t="s">
+        <v>21</v>
+      </c>
+      <c r="D564">
+        <v>1</v>
+      </c>
+      <c r="E564">
+        <v>1</v>
+      </c>
+      <c r="G564">
+        <v>134822.08</v>
+      </c>
+      <c r="H564">
+        <v>65947.13</v>
+      </c>
+      <c r="I564">
+        <v>68874.95</v>
+      </c>
+      <c r="J564" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>242</v>
       </c>
       <c r="K564" t="s">
         <v>23</v>
       </c>
       <c r="L564" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="565" spans="1:12">
       <c r="A565">
-        <v>277</v>
+        <v>81</v>
       </c>
       <c r="B565" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="C565" t="s">
-        <v>407</v>
+        <v>36</v>
       </c>
       <c r="D565">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E565">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G565">
-        <v>83010.0</v>
+        <v>680972.1</v>
       </c>
       <c r="H565">
-        <v>0.0</v>
+        <v>197724.3</v>
       </c>
       <c r="I565">
-        <v>83010.0</v>
+        <v>483247.8</v>
       </c>
       <c r="J565" t="s">
-        <v>37</v>
+        <v>113</v>
       </c>
       <c r="K565" t="s">
         <v>23</v>
       </c>
       <c r="L565" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="566" spans="1:12">
       <c r="A566">
-        <v>344</v>
+        <v>147</v>
       </c>
       <c r="B566" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="C566" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D566">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G566">
-        <v>280603.88</v>
+        <v>358400.0</v>
       </c>
       <c r="H566">
-        <v>69067.32</v>
+        <v>40572.0</v>
       </c>
       <c r="I566">
-        <v>211536.56</v>
+        <v>317828.0</v>
       </c>
       <c r="J566" t="s">
-        <v>299</v>
+        <v>37</v>
       </c>
       <c r="K566" t="s">
         <v>23</v>
       </c>
       <c r="L566" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="567" spans="1:12">
       <c r="A567">
-        <v>410</v>
+        <v>212</v>
       </c>
       <c r="B567" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C567" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D567">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E567">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G567">
-        <v>460263.17</v>
+        <v>191601.24</v>
       </c>
       <c r="H567">
-        <v>85644.88</v>
+        <v>35579.67</v>
       </c>
       <c r="I567">
-        <v>374618.29</v>
+        <v>156021.57</v>
       </c>
       <c r="J567" t="s">
-        <v>41</v>
+        <v>245</v>
       </c>
       <c r="K567" t="s">
         <v>23</v>
       </c>
       <c r="L567" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="568" spans="1:12">
       <c r="A568">
-        <v>488</v>
+        <v>277</v>
       </c>
       <c r="B568" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C568" t="s">
-        <v>21</v>
+        <v>410</v>
       </c>
       <c r="D568">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E568">
         <v>1</v>
       </c>
       <c r="G568">
-        <v>234819.61</v>
+        <v>83010.0</v>
       </c>
       <c r="H568">
-        <v>26331.0</v>
+        <v>0.0</v>
       </c>
       <c r="I568">
-        <v>208488.61</v>
+        <v>83010.0</v>
       </c>
       <c r="J568" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K568" t="s">
         <v>23</v>
       </c>
       <c r="L568" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="569" spans="1:12">
       <c r="A569">
-        <v>553</v>
+        <v>344</v>
       </c>
       <c r="B569" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="C569" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D569">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E569">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G569">
-        <v>472571.65</v>
+        <v>280603.88</v>
       </c>
       <c r="H569">
-        <v>358277.53</v>
+        <v>69067.32</v>
       </c>
       <c r="I569">
-        <v>114294.12</v>
+        <v>211536.56</v>
       </c>
       <c r="J569" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="K569" t="s">
         <v>23</v>
       </c>
       <c r="L569" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="570" spans="1:12">
       <c r="A570">
-        <v>624</v>
+        <v>410</v>
       </c>
       <c r="B570" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C570" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D570">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E570">
         <v>2</v>
       </c>
       <c r="G570">
-        <v>261539.81</v>
+        <v>460263.17</v>
       </c>
       <c r="H570">
-        <v>106677.11</v>
+        <v>85644.88</v>
       </c>
       <c r="I570">
-        <v>154862.7</v>
+        <v>374618.29</v>
       </c>
       <c r="J570" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K570" t="s">
         <v>23</v>
       </c>
       <c r="L570" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="571" spans="1:12">
       <c r="A571">
-        <v>688</v>
+        <v>488</v>
       </c>
       <c r="B571" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="C571" t="s">
         <v>21</v>
       </c>
       <c r="D571">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E571">
         <v>1</v>
       </c>
       <c r="G571">
-        <v>355912.0</v>
+        <v>234819.61</v>
       </c>
       <c r="H571">
-        <v>53149.55</v>
+        <v>26331.0</v>
       </c>
       <c r="I571">
-        <v>302762.45</v>
+        <v>208488.61</v>
       </c>
       <c r="J571" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K571" t="s">
         <v>23</v>
       </c>
       <c r="L571" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="572" spans="1:12">
       <c r="A572">
-        <v>752</v>
+        <v>553</v>
       </c>
       <c r="B572" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C572" t="s">
         <v>21</v>
       </c>
       <c r="D572">
         <v>2</v>
       </c>
       <c r="E572">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G572">
-        <v>127940.0</v>
+        <v>472571.65</v>
       </c>
       <c r="H572">
-        <v>54896.16</v>
+        <v>358277.53</v>
       </c>
       <c r="I572">
-        <v>73043.84</v>
+        <v>114294.12</v>
       </c>
       <c r="J572" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K572" t="s">
         <v>23</v>
       </c>
       <c r="L572" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="573" spans="1:12">
       <c r="A573">
-        <v>819</v>
+        <v>624</v>
       </c>
       <c r="B573" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C573" t="s">
         <v>21</v>
       </c>
       <c r="D573">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="E573">
+        <v>2</v>
       </c>
       <c r="G573">
-        <v>324788.07</v>
+        <v>261539.81</v>
       </c>
       <c r="H573">
-        <v>108810.47</v>
+        <v>106677.11</v>
       </c>
       <c r="I573">
-        <v>215977.6</v>
+        <v>154862.7</v>
       </c>
       <c r="J573" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K573" t="s">
         <v>23</v>
       </c>
       <c r="L573" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="574" spans="1:12">
       <c r="A574">
-        <v>892</v>
+        <v>688</v>
       </c>
       <c r="B574" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="C574" t="s">
         <v>21</v>
       </c>
       <c r="D574">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="E574">
+        <v>1</v>
       </c>
       <c r="G574">
-        <v>61078.85</v>
+        <v>355912.0</v>
       </c>
       <c r="H574">
-        <v>48654.49</v>
+        <v>53149.55</v>
       </c>
       <c r="I574">
-        <v>12424.36</v>
+        <v>302762.45</v>
       </c>
       <c r="J574" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K574" t="s">
         <v>23</v>
       </c>
       <c r="L574" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="575" spans="1:12">
       <c r="A575">
-        <v>956</v>
+        <v>752</v>
       </c>
       <c r="B575" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C575" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D575">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E575">
         <v>1</v>
       </c>
       <c r="G575">
-        <v>91857.0</v>
+        <v>127940.0</v>
       </c>
       <c r="H575">
-        <v>43800.0</v>
+        <v>54896.16</v>
       </c>
       <c r="I575">
-        <v>48057.0</v>
+        <v>73043.84</v>
       </c>
       <c r="J575" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K575" t="s">
         <v>23</v>
       </c>
       <c r="L575" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="576" spans="1:12">
       <c r="A576">
-        <v>114</v>
+        <v>819</v>
       </c>
       <c r="B576" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="C576" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D576">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G576">
-        <v>210186.16</v>
+        <v>324788.07</v>
       </c>
       <c r="H576">
-        <v>13166.0</v>
+        <v>108810.47</v>
       </c>
       <c r="I576">
-        <v>197020.16</v>
+        <v>215977.6</v>
       </c>
       <c r="J576" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="K576" t="s">
         <v>23</v>
       </c>
       <c r="L576" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="577" spans="1:12">
       <c r="A577">
-        <v>180</v>
+        <v>892</v>
       </c>
       <c r="B577" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C577" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D577">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G577">
-        <v>70300.0</v>
+        <v>61078.85</v>
       </c>
       <c r="H577">
-        <v>0.0</v>
+        <v>48654.49</v>
       </c>
       <c r="I577">
-        <v>70300.0</v>
+        <v>12424.36</v>
       </c>
       <c r="J577" t="s">
-        <v>119</v>
+        <v>54</v>
       </c>
       <c r="K577" t="s">
         <v>23</v>
       </c>
       <c r="L577" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="578" spans="1:12">
       <c r="A578">
-        <v>244</v>
+        <v>956</v>
       </c>
       <c r="B578" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="C578" t="s">
-        <v>31</v>
+        <v>109</v>
+      </c>
+      <c r="D578">
+        <v>3</v>
       </c>
       <c r="E578">
         <v>1</v>
       </c>
       <c r="G578">
-        <v>87600.0</v>
+        <v>91857.0</v>
       </c>
       <c r="H578">
-        <v>0.0</v>
+        <v>43800.0</v>
       </c>
       <c r="I578">
-        <v>87600.0</v>
+        <v>48057.0</v>
       </c>
       <c r="J578" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K578" t="s">
         <v>23</v>
       </c>
       <c r="L578" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="579" spans="1:12">
       <c r="A579">
-        <v>312</v>
+        <v>114</v>
       </c>
       <c r="B579" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C579" t="s">
-        <v>31</v>
+        <v>36</v>
+      </c>
+      <c r="D579">
+        <v>3</v>
       </c>
       <c r="E579">
         <v>1</v>
       </c>
       <c r="G579">
-        <v>34096.07</v>
+        <v>210186.16</v>
       </c>
       <c r="H579">
-        <v>53037.9</v>
+        <v>13166.0</v>
       </c>
       <c r="I579">
-        <v>-18941.83</v>
+        <v>197020.16</v>
       </c>
       <c r="J579" t="s">
-        <v>736</v>
+        <v>58</v>
       </c>
       <c r="K579" t="s">
         <v>23</v>
       </c>
       <c r="L579" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="580" spans="1:12">
       <c r="A580">
-        <v>377</v>
+        <v>180</v>
       </c>
       <c r="B580" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="C580" t="s">
-        <v>738</v>
+        <v>36</v>
       </c>
       <c r="D580">
         <v>1</v>
       </c>
+      <c r="E580">
+        <v>1</v>
+      </c>
       <c r="G580">
-        <v>154672.39</v>
+        <v>70300.0</v>
       </c>
       <c r="H580">
-        <v>115969.81</v>
+        <v>0.0</v>
       </c>
       <c r="I580">
-        <v>38702.58</v>
+        <v>70300.0</v>
       </c>
       <c r="J580" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="K580" t="s">
         <v>23</v>
       </c>
       <c r="L580" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="581" spans="1:12">
       <c r="A581">
-        <v>446</v>
+        <v>244</v>
       </c>
       <c r="B581" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C581" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="E581">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G581">
-        <v>325514.0</v>
+        <v>87600.0</v>
       </c>
       <c r="H581">
-        <v>142071.34</v>
+        <v>0.0</v>
       </c>
       <c r="I581">
-        <v>183442.66</v>
+        <v>87600.0</v>
       </c>
       <c r="J581" t="s">
-        <v>740</v>
+        <v>93</v>
       </c>
       <c r="K581" t="s">
         <v>23</v>
       </c>
       <c r="L581" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="582" spans="1:12">
       <c r="A582">
-        <v>357</v>
+        <v>161</v>
       </c>
       <c r="B582" t="s">
         <v>741</v>
       </c>
       <c r="C582" t="s">
-        <v>31</v>
+        <v>742</v>
       </c>
       <c r="D582">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E582">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G582">
-        <v>1232055.0</v>
+        <v>126057.25</v>
       </c>
       <c r="H582">
-        <v>35620.13</v>
+        <v>80363.25</v>
       </c>
       <c r="I582">
-        <v>1196434.87</v>
+        <v>45694.0</v>
       </c>
       <c r="J582" t="s">
-        <v>463</v>
+        <v>139</v>
       </c>
       <c r="K582" t="s">
         <v>23</v>
       </c>
       <c r="L582" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="583" spans="1:12">
       <c r="A583">
-        <v>423</v>
+        <v>225</v>
       </c>
       <c r="B583" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C583" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D583">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="E583">
+        <v>5</v>
       </c>
       <c r="G583">
-        <v>390454.74</v>
+        <v>153270.0</v>
       </c>
       <c r="H583">
-        <v>144189.68</v>
+        <v>41550.06</v>
       </c>
       <c r="I583">
-        <v>246265.06</v>
+        <v>111719.94</v>
       </c>
       <c r="J583" t="s">
-        <v>743</v>
+        <v>296</v>
       </c>
       <c r="K583" t="s">
         <v>23</v>
       </c>
       <c r="L583" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="584" spans="1:12">
       <c r="A584">
-        <v>502</v>
+        <v>290</v>
       </c>
       <c r="B584" t="s">
         <v>744</v>
       </c>
       <c r="C584" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D584">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E584">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G584">
-        <v>198500.0</v>
+        <v>371621.32</v>
       </c>
       <c r="H584">
-        <v>145000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I584">
-        <v>53500.0</v>
+        <v>371621.32</v>
       </c>
       <c r="J584" t="s">
-        <v>43</v>
+        <v>745</v>
       </c>
       <c r="K584" t="s">
         <v>23</v>
       </c>
       <c r="L584" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="585" spans="1:12">
       <c r="A585">
-        <v>566</v>
+        <v>357</v>
       </c>
       <c r="B585" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C585" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D585">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E585">
         <v>3</v>
       </c>
       <c r="G585">
-        <v>141756.81</v>
+        <v>1232055.0</v>
       </c>
       <c r="H585">
-        <v>21500.0</v>
+        <v>35620.13</v>
       </c>
       <c r="I585">
-        <v>120256.81</v>
+        <v>1196434.87</v>
       </c>
       <c r="J585" t="s">
-        <v>43</v>
+        <v>433</v>
       </c>
       <c r="K585" t="s">
         <v>23</v>
       </c>
       <c r="L585" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="586" spans="1:12">
       <c r="A586">
-        <v>637</v>
+        <v>423</v>
       </c>
       <c r="B586" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C586" t="s">
-        <v>103</v>
+        <v>36</v>
       </c>
       <c r="D586">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G586">
-        <v>218707.65</v>
+        <v>390454.74</v>
       </c>
       <c r="H586">
-        <v>18970.0</v>
+        <v>144189.68</v>
       </c>
       <c r="I586">
-        <v>199737.65</v>
+        <v>246265.06</v>
       </c>
       <c r="J586" t="s">
-        <v>43</v>
+        <v>748</v>
       </c>
       <c r="K586" t="s">
         <v>23</v>
       </c>
       <c r="L586" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="587" spans="1:12">
       <c r="A587">
-        <v>701</v>
+        <v>502</v>
       </c>
       <c r="B587" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="C587" t="s">
         <v>21</v>
       </c>
       <c r="D587">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E587">
         <v>1</v>
       </c>
       <c r="G587">
-        <v>151287.43</v>
+        <v>198500.0</v>
       </c>
       <c r="H587">
-        <v>73378.57</v>
+        <v>145000.0</v>
       </c>
       <c r="I587">
-        <v>77908.86</v>
+        <v>53500.0</v>
       </c>
       <c r="J587" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K587" t="s">
         <v>23</v>
       </c>
       <c r="L587" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="588" spans="1:12">
       <c r="A588">
-        <v>765</v>
+        <v>566</v>
       </c>
       <c r="B588" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C588" t="s">
         <v>21</v>
       </c>
       <c r="D588">
         <v>1</v>
       </c>
       <c r="E588">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G588">
-        <v>77889.73</v>
+        <v>141756.81</v>
       </c>
       <c r="H588">
-        <v>51923.06</v>
+        <v>21500.0</v>
       </c>
       <c r="I588">
-        <v>25966.67</v>
+        <v>120256.81</v>
       </c>
       <c r="J588" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K588" t="s">
         <v>23</v>
       </c>
       <c r="L588" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="589" spans="1:12">
       <c r="A589">
-        <v>834</v>
+        <v>637</v>
       </c>
       <c r="B589" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C589" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D589">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E589">
         <v>1</v>
       </c>
       <c r="G589">
-        <v>190974.95</v>
+        <v>218707.65</v>
       </c>
       <c r="H589">
-        <v>0.0</v>
+        <v>18970.0</v>
       </c>
       <c r="I589">
-        <v>190974.95</v>
+        <v>199737.65</v>
       </c>
       <c r="J589" t="s">
-        <v>750</v>
+        <v>22</v>
       </c>
       <c r="K589" t="s">
         <v>23</v>
       </c>
       <c r="L589" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="590" spans="1:12">
       <c r="A590">
-        <v>905</v>
+        <v>701</v>
       </c>
       <c r="B590" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C590" t="s">
         <v>21</v>
       </c>
+      <c r="D590">
+        <v>2</v>
+      </c>
       <c r="E590">
         <v>1</v>
       </c>
       <c r="G590">
-        <v>90910.0</v>
+        <v>151287.43</v>
       </c>
       <c r="H590">
-        <v>0.0</v>
+        <v>73378.57</v>
       </c>
       <c r="I590">
-        <v>90910.0</v>
+        <v>77908.86</v>
       </c>
       <c r="J590" t="s">
         <v>26</v>
       </c>
       <c r="K590" t="s">
         <v>23</v>
       </c>
       <c r="L590" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="591" spans="1:12">
       <c r="A591">
-        <v>28</v>
+        <v>765</v>
       </c>
       <c r="B591" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C591" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D591">
         <v>1</v>
       </c>
       <c r="E591">
         <v>1</v>
       </c>
       <c r="G591">
-        <v>351688.81</v>
+        <v>77889.73</v>
       </c>
       <c r="H591">
-        <v>371.18</v>
+        <v>51923.06</v>
       </c>
       <c r="I591">
-        <v>351317.63</v>
+        <v>25966.67</v>
       </c>
       <c r="J591" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="K591" t="s">
         <v>23</v>
       </c>
       <c r="L591" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="592" spans="1:12">
       <c r="A592">
-        <v>127</v>
+        <v>834</v>
       </c>
       <c r="B592" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C592" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D592">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E592">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G592">
-        <v>200551.0</v>
+        <v>190974.95</v>
       </c>
       <c r="H592">
-        <v>39178.03</v>
+        <v>0.0</v>
       </c>
       <c r="I592">
-        <v>161372.97</v>
+        <v>190974.95</v>
       </c>
       <c r="J592" t="s">
-        <v>83</v>
+        <v>755</v>
       </c>
       <c r="K592" t="s">
         <v>23</v>
       </c>
       <c r="L592" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="593" spans="1:12">
       <c r="A593">
-        <v>193</v>
+        <v>905</v>
       </c>
       <c r="B593" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C593" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="E593">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G593">
-        <v>838500.0</v>
+        <v>90910.0</v>
       </c>
       <c r="H593">
         <v>0.0</v>
       </c>
       <c r="I593">
-        <v>838500.0</v>
+        <v>90910.0</v>
       </c>
       <c r="J593" t="s">
-        <v>444</v>
+        <v>31</v>
       </c>
       <c r="K593" t="s">
         <v>23</v>
       </c>
       <c r="L593" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="594" spans="1:12">
       <c r="A594">
-        <v>258</v>
+        <v>28</v>
       </c>
       <c r="B594" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C594" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D594">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E594">
         <v>1</v>
       </c>
       <c r="G594">
-        <v>363287.0</v>
+        <v>351688.81</v>
       </c>
       <c r="H594">
-        <v>20000.0</v>
+        <v>371.18</v>
       </c>
       <c r="I594">
-        <v>343287.0</v>
+        <v>351317.63</v>
       </c>
       <c r="J594" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="K594" t="s">
         <v>23</v>
       </c>
       <c r="L594" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="595" spans="1:12">
       <c r="A595">
-        <v>325</v>
+        <v>127</v>
       </c>
       <c r="B595" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C595" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D595">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="E595">
+        <v>5</v>
       </c>
       <c r="G595">
-        <v>120015.77</v>
+        <v>200551.0</v>
       </c>
       <c r="H595">
-        <v>24731.66</v>
+        <v>39178.03</v>
       </c>
       <c r="I595">
-        <v>95284.11</v>
+        <v>161372.97</v>
       </c>
       <c r="J595" t="s">
-        <v>224</v>
+        <v>89</v>
       </c>
       <c r="K595" t="s">
         <v>23</v>
       </c>
       <c r="L595" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="596" spans="1:12">
       <c r="A596">
-        <v>391</v>
+        <v>193</v>
       </c>
       <c r="B596" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C596" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D596">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E596">
         <v>2</v>
       </c>
       <c r="G596">
-        <v>282912.77</v>
+        <v>838500.0</v>
       </c>
       <c r="H596">
-        <v>9058.56</v>
+        <v>0.0</v>
       </c>
       <c r="I596">
-        <v>273854.21</v>
+        <v>838500.0</v>
       </c>
       <c r="J596" t="s">
-        <v>299</v>
+        <v>451</v>
       </c>
       <c r="K596" t="s">
         <v>23</v>
       </c>
       <c r="L596" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="597" spans="1:12">
       <c r="A597">
-        <v>466</v>
+        <v>258</v>
       </c>
       <c r="B597" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C597" t="s">
-        <v>449</v>
+        <v>36</v>
       </c>
       <c r="D597">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E597">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G597">
-        <v>378059.63</v>
+        <v>363287.0</v>
       </c>
       <c r="H597">
-        <v>45876.0</v>
+        <v>20000.0</v>
       </c>
       <c r="I597">
-        <v>332183.63</v>
+        <v>343287.0</v>
       </c>
       <c r="J597" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K597" t="s">
         <v>23</v>
       </c>
       <c r="L597" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="598" spans="1:12">
       <c r="A598">
-        <v>534</v>
+        <v>325</v>
       </c>
       <c r="B598" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C598" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D598">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E598">
         <v>1</v>
       </c>
       <c r="G598">
-        <v>247323.56</v>
+        <v>120015.77</v>
       </c>
       <c r="H598">
-        <v>199163.17</v>
+        <v>24731.66</v>
       </c>
       <c r="I598">
-        <v>48160.39</v>
+        <v>95284.11</v>
       </c>
       <c r="J598" t="s">
-        <v>43</v>
+        <v>228</v>
       </c>
       <c r="K598" t="s">
         <v>23</v>
       </c>
       <c r="L598" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="599" spans="1:12">
       <c r="A599">
-        <v>604</v>
+        <v>391</v>
       </c>
       <c r="B599" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C599" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D599">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E599">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G599">
-        <v>51572.12</v>
+        <v>282912.77</v>
       </c>
       <c r="H599">
-        <v>199024.9</v>
+        <v>9058.56</v>
       </c>
       <c r="I599">
-        <v>-147452.78</v>
+        <v>273854.21</v>
       </c>
       <c r="J599" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="K599" t="s">
         <v>23</v>
       </c>
       <c r="L599" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="600" spans="1:12">
       <c r="A600">
-        <v>669</v>
+        <v>466</v>
       </c>
       <c r="B600" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="C600" t="s">
-        <v>21</v>
+        <v>456</v>
       </c>
       <c r="D600">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E600">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G600">
-        <v>53413.61</v>
+        <v>378059.63</v>
       </c>
       <c r="H600">
-        <v>25993.98</v>
+        <v>45876.0</v>
       </c>
       <c r="I600">
-        <v>27419.63</v>
+        <v>332183.63</v>
       </c>
       <c r="J600" t="s">
-        <v>47</v>
+        <v>101</v>
       </c>
       <c r="K600" t="s">
         <v>23</v>
       </c>
       <c r="L600" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="601" spans="1:12">
       <c r="A601">
-        <v>733</v>
+        <v>534</v>
       </c>
       <c r="B601" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C601" t="s">
         <v>21</v>
       </c>
       <c r="D601">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E601">
         <v>1</v>
       </c>
       <c r="G601">
-        <v>183623.03</v>
+        <v>247323.56</v>
       </c>
       <c r="H601">
-        <v>48160.0</v>
+        <v>199163.17</v>
       </c>
       <c r="I601">
-        <v>135463.03</v>
+        <v>48160.39</v>
       </c>
       <c r="J601" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K601" t="s">
         <v>23</v>
       </c>
       <c r="L601" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="602" spans="1:12">
       <c r="A602">
-        <v>800</v>
+        <v>604</v>
       </c>
       <c r="B602" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C602" t="s">
         <v>21</v>
       </c>
       <c r="D602">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E602">
         <v>1</v>
       </c>
       <c r="G602">
-        <v>121571.4</v>
+        <v>51572.12</v>
       </c>
       <c r="H602">
-        <v>47792.78</v>
+        <v>199024.9</v>
       </c>
       <c r="I602">
-        <v>73778.62</v>
+        <v>-147452.78</v>
       </c>
       <c r="J602" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K602" t="s">
         <v>23</v>
       </c>
       <c r="L602" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="603" spans="1:12">
       <c r="A603">
-        <v>873</v>
+        <v>669</v>
       </c>
       <c r="B603" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C603" t="s">
         <v>21</v>
       </c>
       <c r="D603">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E603">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G603">
-        <v>280473.18</v>
+        <v>53413.61</v>
       </c>
       <c r="H603">
-        <v>38197.16</v>
+        <v>25993.98</v>
       </c>
       <c r="I603">
-        <v>242276.02</v>
+        <v>27419.63</v>
       </c>
       <c r="J603" t="s">
-        <v>234</v>
+        <v>26</v>
       </c>
       <c r="K603" t="s">
         <v>23</v>
       </c>
       <c r="L603" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="604" spans="1:12">
       <c r="A604">
-        <v>937</v>
+        <v>733</v>
       </c>
       <c r="B604" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C604" t="s">
         <v>21</v>
       </c>
       <c r="D604">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E604">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G604">
-        <v>429941.77</v>
+        <v>183623.03</v>
       </c>
       <c r="H604">
-        <v>30689.39</v>
+        <v>48160.0</v>
       </c>
       <c r="I604">
-        <v>399252.38</v>
+        <v>135463.03</v>
       </c>
       <c r="J604" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K604" t="s">
         <v>23</v>
       </c>
       <c r="L604" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="605" spans="1:12">
       <c r="A605">
-        <v>94</v>
+        <v>800</v>
       </c>
       <c r="B605" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C605" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D605">
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="E605">
+        <v>1</v>
       </c>
       <c r="G605">
-        <v>286400.0</v>
+        <v>121571.4</v>
       </c>
       <c r="H605">
-        <v>18000.0</v>
+        <v>47792.78</v>
       </c>
       <c r="I605">
-        <v>268400.0</v>
+        <v>73778.62</v>
       </c>
       <c r="J605" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="K605" t="s">
         <v>23</v>
       </c>
       <c r="L605" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="606" spans="1:12">
       <c r="A606">
-        <v>161</v>
+        <v>873</v>
       </c>
       <c r="B606" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C606" t="s">
-        <v>768</v>
+        <v>21</v>
       </c>
       <c r="D606">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E606">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G606">
-        <v>126057.25</v>
+        <v>280473.18</v>
       </c>
       <c r="H606">
-        <v>80363.25</v>
+        <v>38197.16</v>
       </c>
       <c r="I606">
-        <v>45694.0</v>
+        <v>242276.02</v>
       </c>
       <c r="J606" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="K606" t="s">
         <v>23</v>
       </c>
       <c r="L606" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="607" spans="1:12">
       <c r="A607">
-        <v>225</v>
+        <v>937</v>
       </c>
       <c r="B607" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C607" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D607">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E607">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G607">
-        <v>153270.0</v>
+        <v>429941.77</v>
       </c>
       <c r="H607">
-        <v>41550.06</v>
+        <v>30689.39</v>
       </c>
       <c r="I607">
-        <v>111719.94</v>
+        <v>399252.38</v>
       </c>
       <c r="J607" t="s">
-        <v>292</v>
+        <v>111</v>
       </c>
       <c r="K607" t="s">
         <v>23</v>
       </c>
       <c r="L607" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="608" spans="1:12">
       <c r="A608">
-        <v>290</v>
+        <v>94</v>
       </c>
       <c r="B608" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C608" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D608">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G608">
-        <v>371621.32</v>
+        <v>286400.0</v>
       </c>
       <c r="H608">
-        <v>0.0</v>
+        <v>18000.0</v>
       </c>
       <c r="I608">
-        <v>371621.32</v>
+        <v>268400.0</v>
       </c>
       <c r="J608" t="s">
-        <v>771</v>
+        <v>137</v>
       </c>
       <c r="K608" t="s">
         <v>23</v>
       </c>
       <c r="L608" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="609" spans="1:12">
       <c r="A609">
-        <v>141</v>
+        <v>781</v>
       </c>
       <c r="B609" t="s">
         <v>772</v>
       </c>
       <c r="C609" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D609">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E609">
         <v>1</v>
       </c>
       <c r="G609">
-        <v>224008.51</v>
+        <v>106092.93</v>
       </c>
       <c r="H609">
-        <v>102808.1</v>
+        <v>69074.09</v>
       </c>
       <c r="I609">
-        <v>121200.41</v>
+        <v>37018.84</v>
       </c>
       <c r="J609" t="s">
-        <v>155</v>
+        <v>26</v>
       </c>
       <c r="K609" t="s">
         <v>23</v>
       </c>
       <c r="L609" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="610" spans="1:12">
       <c r="A610">
-        <v>206</v>
+        <v>847</v>
       </c>
       <c r="B610" t="s">
         <v>773</v>
       </c>
       <c r="C610" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D610">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E610">
         <v>2</v>
       </c>
       <c r="G610">
-        <v>175001.65</v>
+        <v>110095.8</v>
       </c>
       <c r="H610">
-        <v>21850.0</v>
+        <v>109381.35</v>
       </c>
       <c r="I610">
-        <v>153151.65</v>
+        <v>714.45</v>
       </c>
       <c r="J610" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="K610" t="s">
         <v>23</v>
       </c>
       <c r="L610" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="611" spans="1:12">
       <c r="A611">
-        <v>271</v>
+        <v>918</v>
       </c>
       <c r="B611" t="s">
         <v>774</v>
       </c>
       <c r="C611" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D611">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E611">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G611">
-        <v>230788.4</v>
+        <v>312469.42</v>
       </c>
       <c r="H611">
-        <v>92000.0</v>
+        <v>78164.8</v>
       </c>
       <c r="I611">
-        <v>138788.4</v>
+        <v>234304.62</v>
       </c>
       <c r="J611" t="s">
         <v>111</v>
       </c>
       <c r="K611" t="s">
         <v>23</v>
       </c>
       <c r="L611" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="612" spans="1:12">
       <c r="A612">
-        <v>338</v>
+        <v>55</v>
       </c>
       <c r="B612" t="s">
         <v>775</v>
       </c>
       <c r="C612" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D612">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E612">
         <v>2</v>
       </c>
       <c r="G612">
-        <v>216000.0</v>
+        <v>586662.02</v>
       </c>
       <c r="H612">
-        <v>163904.0</v>
+        <v>110829.14</v>
       </c>
       <c r="I612">
-        <v>52096.0</v>
+        <v>475832.88</v>
       </c>
       <c r="J612" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="K612" t="s">
         <v>23</v>
       </c>
       <c r="L612" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="613" spans="1:12">
       <c r="A613">
-        <v>404</v>
+        <v>141</v>
       </c>
       <c r="B613" t="s">
         <v>776</v>
       </c>
       <c r="C613" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D613">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E613">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G613">
-        <v>272731.46</v>
+        <v>224008.51</v>
       </c>
       <c r="H613">
-        <v>63113.8</v>
+        <v>102808.1</v>
       </c>
       <c r="I613">
-        <v>209617.66</v>
+        <v>121200.41</v>
       </c>
       <c r="J613" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="K613" t="s">
         <v>23</v>
       </c>
       <c r="L613" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="614" spans="1:12">
       <c r="A614">
-        <v>482</v>
+        <v>206</v>
       </c>
       <c r="B614" t="s">
         <v>777</v>
       </c>
       <c r="C614" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D614">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E614">
+        <v>2</v>
       </c>
       <c r="G614">
-        <v>176304.78</v>
+        <v>175001.65</v>
       </c>
       <c r="H614">
-        <v>57372.0</v>
+        <v>21850.0</v>
       </c>
       <c r="I614">
-        <v>118932.78</v>
+        <v>153151.65</v>
       </c>
       <c r="J614" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="K614" t="s">
         <v>23</v>
       </c>
       <c r="L614" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="615" spans="1:12">
       <c r="A615">
-        <v>547</v>
+        <v>271</v>
       </c>
       <c r="B615" t="s">
         <v>778</v>
       </c>
       <c r="C615" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D615">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E615">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G615">
-        <v>126411.14</v>
+        <v>230788.4</v>
       </c>
       <c r="H615">
-        <v>103841.83</v>
+        <v>92000.0</v>
       </c>
       <c r="I615">
-        <v>22569.31</v>
+        <v>138788.4</v>
       </c>
       <c r="J615" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="K615" t="s">
         <v>23</v>
       </c>
       <c r="L615" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="616" spans="1:12">
       <c r="A616">
-        <v>618</v>
+        <v>338</v>
       </c>
       <c r="B616" t="s">
         <v>779</v>
       </c>
       <c r="C616" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D616">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E616">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G616">
-        <v>166300.0</v>
+        <v>216000.0</v>
       </c>
       <c r="H616">
-        <v>26000.0</v>
+        <v>163904.0</v>
       </c>
       <c r="I616">
-        <v>140300.0</v>
+        <v>52096.0</v>
       </c>
       <c r="J616" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K616" t="s">
         <v>23</v>
       </c>
       <c r="L616" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="617" spans="1:12">
       <c r="A617">
-        <v>682</v>
+        <v>404</v>
       </c>
       <c r="B617" t="s">
         <v>780</v>
       </c>
       <c r="C617" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D617">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E617">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G617">
-        <v>217045.27</v>
+        <v>272731.46</v>
       </c>
       <c r="H617">
-        <v>39544.05</v>
+        <v>63113.8</v>
       </c>
       <c r="I617">
-        <v>177501.22</v>
+        <v>209617.66</v>
       </c>
       <c r="J617" t="s">
-        <v>99</v>
+        <v>127</v>
       </c>
       <c r="K617" t="s">
         <v>23</v>
       </c>
       <c r="L617" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="618" spans="1:12">
       <c r="A618">
-        <v>746</v>
+        <v>482</v>
       </c>
       <c r="B618" t="s">
         <v>781</v>
       </c>
       <c r="C618" t="s">
         <v>21</v>
       </c>
       <c r="D618">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="E618">
         <v>3</v>
       </c>
       <c r="G618">
-        <v>215631.03</v>
+        <v>176304.78</v>
       </c>
       <c r="H618">
-        <v>88449.15</v>
+        <v>57372.0</v>
       </c>
       <c r="I618">
-        <v>127181.88</v>
+        <v>118932.78</v>
       </c>
       <c r="J618" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K618" t="s">
         <v>23</v>
       </c>
       <c r="L618" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="619" spans="1:12">
       <c r="A619">
-        <v>813</v>
+        <v>547</v>
       </c>
       <c r="B619" t="s">
         <v>782</v>
       </c>
       <c r="C619" t="s">
         <v>21</v>
       </c>
       <c r="D619">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E619">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G619">
-        <v>121815.38</v>
+        <v>126411.14</v>
       </c>
       <c r="H619">
-        <v>85236.95</v>
+        <v>103841.83</v>
       </c>
       <c r="I619">
-        <v>36578.43</v>
+        <v>22569.31</v>
       </c>
       <c r="J619" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K619" t="s">
         <v>23</v>
       </c>
       <c r="L619" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="620" spans="1:12">
       <c r="A620">
-        <v>886</v>
+        <v>618</v>
       </c>
       <c r="B620" t="s">
         <v>783</v>
       </c>
       <c r="C620" t="s">
         <v>21</v>
       </c>
       <c r="D620">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E620">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G620">
-        <v>204051.85</v>
+        <v>166300.0</v>
       </c>
       <c r="H620">
-        <v>106215.73</v>
+        <v>26000.0</v>
       </c>
       <c r="I620">
-        <v>97836.12</v>
+        <v>140300.0</v>
       </c>
       <c r="J620" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K620" t="s">
         <v>23</v>
       </c>
       <c r="L620" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="621" spans="1:12">
       <c r="A621">
-        <v>950</v>
+        <v>682</v>
       </c>
       <c r="B621" t="s">
         <v>784</v>
       </c>
       <c r="C621" t="s">
         <v>21</v>
       </c>
       <c r="D621">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E621">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G621">
-        <v>430100.0</v>
+        <v>217045.27</v>
       </c>
       <c r="H621">
-        <v>1300.0</v>
+        <v>39544.05</v>
       </c>
       <c r="I621">
-        <v>428800.0</v>
+        <v>177501.22</v>
       </c>
       <c r="J621" t="s">
-        <v>53</v>
+        <v>105</v>
       </c>
       <c r="K621" t="s">
         <v>23</v>
       </c>
       <c r="L621" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="622" spans="1:12">
       <c r="A622">
-        <v>108</v>
+        <v>746</v>
       </c>
       <c r="B622" t="s">
         <v>785</v>
       </c>
       <c r="C622" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D622">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E622">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G622">
-        <v>177560.0</v>
+        <v>215631.03</v>
       </c>
       <c r="H622">
-        <v>85339.03</v>
+        <v>88449.15</v>
       </c>
       <c r="I622">
-        <v>92220.97</v>
+        <v>127181.88</v>
       </c>
       <c r="J622" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="K622" t="s">
         <v>23</v>
       </c>
       <c r="L622" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="623" spans="1:12">
       <c r="A623">
-        <v>174</v>
+        <v>813</v>
       </c>
       <c r="B623" t="s">
         <v>786</v>
       </c>
       <c r="C623" t="s">
-        <v>787</v>
+        <v>21</v>
       </c>
       <c r="D623">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E623">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G623">
-        <v>236990.71</v>
+        <v>121815.38</v>
       </c>
       <c r="H623">
-        <v>15599.03</v>
+        <v>85236.95</v>
       </c>
       <c r="I623">
-        <v>221391.68</v>
+        <v>36578.43</v>
       </c>
       <c r="J623" t="s">
-        <v>310</v>
+        <v>26</v>
       </c>
       <c r="K623" t="s">
         <v>23</v>
       </c>
       <c r="L623" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="624" spans="1:12">
       <c r="A624">
-        <v>238</v>
+        <v>886</v>
       </c>
       <c r="B624" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="C624" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D624">
         <v>3</v>
       </c>
       <c r="E624">
         <v>1</v>
       </c>
       <c r="G624">
-        <v>84613.54</v>
+        <v>204051.85</v>
       </c>
       <c r="H624">
-        <v>6178.03</v>
+        <v>106215.73</v>
       </c>
       <c r="I624">
-        <v>78435.51</v>
+        <v>97836.12</v>
       </c>
       <c r="J624" t="s">
-        <v>312</v>
+        <v>54</v>
       </c>
       <c r="K624" t="s">
         <v>23</v>
       </c>
       <c r="L624" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="625" spans="1:12">
       <c r="A625">
-        <v>306</v>
+        <v>950</v>
       </c>
       <c r="B625" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="C625" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D625">
         <v>2</v>
       </c>
       <c r="E625">
         <v>2</v>
       </c>
       <c r="G625">
-        <v>217100.0</v>
+        <v>430100.0</v>
       </c>
       <c r="H625">
-        <v>0.0</v>
+        <v>1300.0</v>
       </c>
       <c r="I625">
-        <v>217100.0</v>
+        <v>428800.0</v>
       </c>
       <c r="J625" t="s">
-        <v>790</v>
+        <v>56</v>
       </c>
       <c r="K625" t="s">
         <v>23</v>
       </c>
       <c r="L625" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="626" spans="1:12">
       <c r="A626">
-        <v>370</v>
+        <v>108</v>
       </c>
       <c r="B626" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="C626" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D626">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E626">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G626">
-        <v>61987.0</v>
+        <v>177560.0</v>
       </c>
       <c r="H626">
-        <v>0.0</v>
+        <v>85339.03</v>
       </c>
       <c r="I626">
-        <v>61987.0</v>
+        <v>92220.97</v>
       </c>
       <c r="J626" t="s">
-        <v>633</v>
+        <v>58</v>
       </c>
       <c r="K626" t="s">
         <v>23</v>
       </c>
       <c r="L626" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="627" spans="1:12">
       <c r="A627">
-        <v>436</v>
+        <v>174</v>
       </c>
       <c r="B627" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C627" t="s">
-        <v>31</v>
+        <v>791</v>
       </c>
       <c r="D627">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E627">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G627">
-        <v>225328.46</v>
+        <v>236990.71</v>
       </c>
       <c r="H627">
-        <v>13873.59</v>
+        <v>15599.03</v>
       </c>
       <c r="I627">
-        <v>211454.87</v>
+        <v>221391.68</v>
       </c>
       <c r="J627" t="s">
-        <v>793</v>
+        <v>314</v>
       </c>
       <c r="K627" t="s">
         <v>23</v>
       </c>
       <c r="L627" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="628" spans="1:12">
       <c r="A628">
-        <v>515</v>
+        <v>238</v>
       </c>
       <c r="B628" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C628" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D628">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E628">
         <v>1</v>
       </c>
       <c r="G628">
-        <v>69613.53</v>
+        <v>84613.54</v>
       </c>
       <c r="H628">
-        <v>12234.34</v>
+        <v>6178.03</v>
       </c>
       <c r="I628">
-        <v>57379.19</v>
+        <v>78435.51</v>
       </c>
       <c r="J628" t="s">
-        <v>43</v>
+        <v>316</v>
       </c>
       <c r="K628" t="s">
         <v>23</v>
       </c>
       <c r="L628" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="629" spans="1:12">
       <c r="A629">
-        <v>579</v>
+        <v>306</v>
       </c>
       <c r="B629" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="C629" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D629">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E629">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G629">
-        <v>192075.32</v>
+        <v>217100.0</v>
       </c>
       <c r="H629">
-        <v>91274.6</v>
+        <v>0.0</v>
       </c>
       <c r="I629">
-        <v>100800.72</v>
+        <v>217100.0</v>
       </c>
       <c r="J629" t="s">
-        <v>43</v>
+        <v>794</v>
       </c>
       <c r="K629" t="s">
         <v>23</v>
       </c>
       <c r="L629" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="630" spans="1:12">
       <c r="A630">
-        <v>650</v>
+        <v>370</v>
       </c>
       <c r="B630" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="C630" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D630">
         <v>1</v>
       </c>
       <c r="E630">
         <v>2</v>
       </c>
       <c r="G630">
-        <v>202556.9</v>
+        <v>61987.0</v>
       </c>
       <c r="H630">
-        <v>49410.17</v>
+        <v>0.0</v>
       </c>
       <c r="I630">
-        <v>153146.73</v>
+        <v>61987.0</v>
       </c>
       <c r="J630" t="s">
-        <v>43</v>
+        <v>637</v>
       </c>
       <c r="K630" t="s">
         <v>23</v>
       </c>
       <c r="L630" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="631" spans="1:12">
       <c r="A631">
-        <v>714</v>
+        <v>436</v>
       </c>
       <c r="B631" t="s">
+        <v>796</v>
+      </c>
+      <c r="C631" t="s">
+        <v>36</v>
+      </c>
+      <c r="D631">
+        <v>6</v>
+      </c>
+      <c r="E631">
+        <v>1</v>
+      </c>
+      <c r="G631">
+        <v>225328.46</v>
+      </c>
+      <c r="H631">
+        <v>13873.59</v>
+      </c>
+      <c r="I631">
+        <v>211454.87</v>
+      </c>
+      <c r="J631" t="s">
         <v>797</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K631" t="s">
         <v>23</v>
       </c>
       <c r="L631" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="632" spans="1:12">
       <c r="A632">
-        <v>781</v>
+        <v>515</v>
       </c>
       <c r="B632" t="s">
         <v>798</v>
       </c>
       <c r="C632" t="s">
         <v>21</v>
       </c>
       <c r="D632">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E632">
         <v>1</v>
       </c>
       <c r="G632">
-        <v>106092.93</v>
+        <v>69613.53</v>
       </c>
       <c r="H632">
-        <v>69074.09</v>
+        <v>12234.34</v>
       </c>
       <c r="I632">
-        <v>37018.84</v>
+        <v>57379.19</v>
       </c>
       <c r="J632" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K632" t="s">
         <v>23</v>
       </c>
       <c r="L632" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="633" spans="1:12">
       <c r="A633">
-        <v>847</v>
+        <v>579</v>
       </c>
       <c r="B633" t="s">
         <v>799</v>
       </c>
       <c r="C633" t="s">
         <v>21</v>
       </c>
       <c r="D633">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E633">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G633">
-        <v>110095.8</v>
+        <v>192075.32</v>
       </c>
       <c r="H633">
-        <v>109381.35</v>
+        <v>91274.6</v>
       </c>
       <c r="I633">
-        <v>714.45</v>
+        <v>100800.72</v>
       </c>
       <c r="J633" t="s">
         <v>22</v>
       </c>
       <c r="K633" t="s">
         <v>23</v>
       </c>
       <c r="L633" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="634" spans="1:12">
       <c r="A634">
-        <v>918</v>
+        <v>650</v>
       </c>
       <c r="B634" t="s">
         <v>800</v>
       </c>
       <c r="C634" t="s">
         <v>21</v>
       </c>
       <c r="D634">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E634">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G634">
-        <v>312469.42</v>
+        <v>202556.9</v>
       </c>
       <c r="H634">
-        <v>78164.8</v>
+        <v>49410.17</v>
       </c>
       <c r="I634">
-        <v>234304.62</v>
+        <v>153146.73</v>
       </c>
       <c r="J634" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="K634" t="s">
         <v>23</v>
       </c>
       <c r="L634" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="635" spans="1:12">
       <c r="A635">
-        <v>55</v>
+        <v>714</v>
       </c>
       <c r="B635" t="s">
         <v>801</v>
       </c>
       <c r="C635" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D635">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E635">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G635">
-        <v>586662.02</v>
+        <v>238193.82</v>
       </c>
       <c r="H635">
-        <v>110829.14</v>
+        <v>1463.95</v>
       </c>
       <c r="I635">
-        <v>475832.88</v>
+        <v>236729.87</v>
       </c>
       <c r="J635" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="K635" t="s">
         <v>23</v>
       </c>
       <c r="L635" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="636" spans="1:12">
       <c r="A636">
-        <v>826</v>
+        <v>631</v>
       </c>
       <c r="B636" t="s">
         <v>802</v>
       </c>
       <c r="C636" t="s">
         <v>21</v>
       </c>
       <c r="D636">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E636">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G636">
-        <v>296748.77</v>
+        <v>113830.0</v>
       </c>
       <c r="H636">
-        <v>164555.43</v>
+        <v>150591.0</v>
       </c>
       <c r="I636">
-        <v>132193.34</v>
+        <v>-36761.0</v>
       </c>
       <c r="J636" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K636" t="s">
         <v>23</v>
       </c>
       <c r="L636" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="637" spans="1:12">
       <c r="A637">
-        <v>899</v>
+        <v>695</v>
       </c>
       <c r="B637" t="s">
         <v>803</v>
       </c>
       <c r="C637" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D637">
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="E637">
+        <v>0</v>
       </c>
       <c r="G637">
-        <v>212043.35</v>
+        <v>24742.74</v>
       </c>
       <c r="H637">
-        <v>71522.91</v>
+        <v>43903.3</v>
       </c>
       <c r="I637">
-        <v>140520.44</v>
+        <v>-19160.56</v>
       </c>
       <c r="J637" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K637" t="s">
         <v>23</v>
       </c>
       <c r="L637" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="638" spans="1:12">
       <c r="A638">
-        <v>20</v>
+        <v>759</v>
       </c>
       <c r="B638" t="s">
         <v>804</v>
       </c>
       <c r="C638" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D638">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E638">
         <v>1</v>
       </c>
       <c r="G638">
-        <v>579066.4</v>
+        <v>161965.61</v>
       </c>
       <c r="H638">
-        <v>56880.9</v>
+        <v>145387.0</v>
       </c>
       <c r="I638">
-        <v>522185.5</v>
+        <v>16578.61</v>
       </c>
       <c r="J638" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="K638" t="s">
         <v>23</v>
       </c>
       <c r="L638" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="639" spans="1:12">
       <c r="A639">
-        <v>963</v>
+        <v>826</v>
       </c>
       <c r="B639" t="s">
         <v>805</v>
       </c>
       <c r="C639" t="s">
         <v>21</v>
       </c>
       <c r="D639">
         <v>4</v>
       </c>
       <c r="E639">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G639">
-        <v>412443.09</v>
+        <v>296748.77</v>
       </c>
       <c r="H639">
-        <v>131346.58</v>
+        <v>164555.43</v>
       </c>
       <c r="I639">
-        <v>281096.51</v>
+        <v>132193.34</v>
       </c>
       <c r="J639" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="K639" t="s">
         <v>23</v>
       </c>
       <c r="L639" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="640" spans="1:12">
       <c r="A640">
-        <v>121</v>
+        <v>899</v>
       </c>
       <c r="B640" t="s">
         <v>806</v>
       </c>
       <c r="C640" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>109</v>
+      </c>
+      <c r="D640">
+        <v>4</v>
       </c>
       <c r="G640">
-        <v>125000.0</v>
+        <v>212043.35</v>
       </c>
       <c r="H640">
-        <v>68000.0</v>
+        <v>71522.91</v>
       </c>
       <c r="I640">
-        <v>57000.0</v>
+        <v>140520.44</v>
       </c>
       <c r="J640" t="s">
-        <v>83</v>
+        <v>54</v>
       </c>
       <c r="K640" t="s">
         <v>23</v>
       </c>
       <c r="L640" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="641" spans="1:12">
       <c r="A641">
-        <v>187</v>
+        <v>20</v>
       </c>
       <c r="B641" t="s">
         <v>807</v>
       </c>
       <c r="C641" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D641">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E641">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G641">
-        <v>155758.72</v>
+        <v>579066.4</v>
       </c>
       <c r="H641">
-        <v>35760.6</v>
+        <v>56880.9</v>
       </c>
       <c r="I641">
-        <v>119998.12</v>
+        <v>522185.5</v>
       </c>
       <c r="J641" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="K641" t="s">
         <v>23</v>
       </c>
       <c r="L641" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="642" spans="1:12">
       <c r="A642">
-        <v>251</v>
+        <v>963</v>
       </c>
       <c r="B642" t="s">
         <v>808</v>
       </c>
       <c r="C642" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D642">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E642">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G642">
-        <v>94515.06</v>
+        <v>412443.09</v>
       </c>
       <c r="H642">
-        <v>13542.21</v>
+        <v>131346.58</v>
       </c>
       <c r="I642">
-        <v>80972.85</v>
+        <v>281096.51</v>
       </c>
       <c r="J642" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K642" t="s">
         <v>23</v>
       </c>
       <c r="L642" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="643" spans="1:12">
       <c r="A643">
-        <v>319</v>
+        <v>121</v>
       </c>
       <c r="B643" t="s">
         <v>809</v>
       </c>
       <c r="C643" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="E643">
         <v>1</v>
       </c>
       <c r="G643">
-        <v>41632.37</v>
+        <v>125000.0</v>
       </c>
       <c r="H643">
-        <v>40000.0</v>
+        <v>68000.0</v>
       </c>
       <c r="I643">
-        <v>1632.37</v>
+        <v>57000.0</v>
       </c>
       <c r="J643" t="s">
         <v>89</v>
       </c>
       <c r="K643" t="s">
         <v>23</v>
       </c>
       <c r="L643" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="644" spans="1:12">
       <c r="A644">
-        <v>385</v>
+        <v>187</v>
       </c>
       <c r="B644" t="s">
         <v>810</v>
       </c>
       <c r="C644" t="s">
+        <v>36</v>
+      </c>
+      <c r="D644">
+        <v>3</v>
+      </c>
+      <c r="E644">
+        <v>2</v>
+      </c>
+      <c r="G644">
+        <v>155758.72</v>
+      </c>
+      <c r="H644">
+        <v>35760.6</v>
+      </c>
+      <c r="I644">
+        <v>119998.12</v>
+      </c>
+      <c r="J644" t="s">
         <v>91</v>
-      </c>
-[...16 lines deleted...]
-        <v>811</v>
       </c>
       <c r="K644" t="s">
         <v>23</v>
       </c>
       <c r="L644" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="645" spans="1:12">
       <c r="A645">
-        <v>459</v>
+        <v>251</v>
       </c>
       <c r="B645" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="C645" t="s">
-        <v>813</v>
+        <v>36</v>
       </c>
       <c r="D645">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E645">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G645">
-        <v>95201.07</v>
+        <v>94515.06</v>
       </c>
       <c r="H645">
-        <v>0.0</v>
+        <v>13542.21</v>
       </c>
       <c r="I645">
-        <v>95201.07</v>
+        <v>80972.85</v>
       </c>
       <c r="J645" t="s">
-        <v>343</v>
+        <v>93</v>
       </c>
       <c r="K645" t="s">
         <v>23</v>
       </c>
       <c r="L645" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="646" spans="1:12">
       <c r="A646">
-        <v>528</v>
+        <v>319</v>
       </c>
       <c r="B646" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="C646" t="s">
-        <v>21</v>
+        <v>657</v>
       </c>
       <c r="D646">
         <v>1</v>
       </c>
       <c r="E646">
         <v>1</v>
       </c>
       <c r="G646">
-        <v>104190.49</v>
+        <v>41632.37</v>
       </c>
       <c r="H646">
-        <v>3671.0</v>
+        <v>40000.0</v>
       </c>
       <c r="I646">
-        <v>100519.49</v>
+        <v>1632.37</v>
       </c>
       <c r="J646" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="K646" t="s">
         <v>23</v>
       </c>
       <c r="L646" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="647" spans="1:12">
       <c r="A647">
-        <v>598</v>
+        <v>385</v>
       </c>
       <c r="B647" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="C647" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="D647">
         <v>6</v>
       </c>
       <c r="E647">
         <v>2</v>
       </c>
       <c r="G647">
-        <v>370940.25</v>
+        <v>171695.0</v>
       </c>
       <c r="H647">
-        <v>147379.41</v>
+        <v>49892.84</v>
       </c>
       <c r="I647">
-        <v>223560.84</v>
+        <v>121802.16</v>
       </c>
       <c r="J647" t="s">
-        <v>43</v>
+        <v>814</v>
       </c>
       <c r="K647" t="s">
         <v>23</v>
       </c>
       <c r="L647" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="648" spans="1:12">
       <c r="A648">
-        <v>663</v>
+        <v>459</v>
       </c>
       <c r="B648" t="s">
+        <v>815</v>
+      </c>
+      <c r="C648" t="s">
         <v>816</v>
       </c>
-      <c r="C648" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D648">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E648">
         <v>1</v>
       </c>
       <c r="G648">
-        <v>350010.0</v>
+        <v>95201.07</v>
       </c>
       <c r="H648">
-        <v>95818.04</v>
+        <v>0.0</v>
       </c>
       <c r="I648">
-        <v>254191.96</v>
+        <v>95201.07</v>
       </c>
       <c r="J648" t="s">
-        <v>99</v>
+        <v>347</v>
       </c>
       <c r="K648" t="s">
         <v>23</v>
       </c>
       <c r="L648" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="649" spans="1:12">
       <c r="A649">
-        <v>727</v>
+        <v>528</v>
       </c>
       <c r="B649" t="s">
         <v>817</v>
       </c>
       <c r="C649" t="s">
         <v>21</v>
       </c>
+      <c r="D649">
+        <v>1</v>
+      </c>
       <c r="E649">
         <v>1</v>
       </c>
       <c r="G649">
-        <v>44800.0</v>
+        <v>104190.49</v>
       </c>
       <c r="H649">
-        <v>51.85</v>
+        <v>3671.0</v>
       </c>
       <c r="I649">
-        <v>44748.15</v>
+        <v>100519.49</v>
       </c>
       <c r="J649" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K649" t="s">
         <v>23</v>
       </c>
       <c r="L649" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="650" spans="1:12">
       <c r="A650">
-        <v>794</v>
+        <v>598</v>
       </c>
       <c r="B650" t="s">
         <v>818</v>
       </c>
       <c r="C650" t="s">
         <v>21</v>
       </c>
+      <c r="D650">
+        <v>6</v>
+      </c>
       <c r="E650">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G650">
-        <v>53057.05</v>
+        <v>370940.25</v>
       </c>
       <c r="H650">
-        <v>48734.57</v>
+        <v>147379.41</v>
       </c>
       <c r="I650">
-        <v>4322.48</v>
+        <v>223560.84</v>
       </c>
       <c r="J650" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K650" t="s">
         <v>23</v>
       </c>
       <c r="L650" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="651" spans="1:12">
       <c r="A651">
-        <v>867</v>
+        <v>663</v>
       </c>
       <c r="B651" t="s">
         <v>819</v>
       </c>
       <c r="C651" t="s">
         <v>21</v>
       </c>
       <c r="D651">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E651">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G651">
-        <v>130544.53</v>
+        <v>350010.0</v>
       </c>
       <c r="H651">
-        <v>29472.19</v>
+        <v>95818.04</v>
       </c>
       <c r="I651">
-        <v>101072.34</v>
+        <v>254191.96</v>
       </c>
       <c r="J651" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="K651" t="s">
         <v>23</v>
       </c>
       <c r="L651" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="652" spans="1:12">
       <c r="A652">
-        <v>931</v>
+        <v>727</v>
       </c>
       <c r="B652" t="s">
         <v>820</v>
       </c>
       <c r="C652" t="s">
         <v>21</v>
       </c>
       <c r="E652">
         <v>1</v>
       </c>
       <c r="G652">
-        <v>55196.56</v>
+        <v>44800.0</v>
       </c>
       <c r="H652">
-        <v>39282.83</v>
+        <v>51.85</v>
       </c>
       <c r="I652">
-        <v>15913.73</v>
+        <v>44748.15</v>
       </c>
       <c r="J652" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K652" t="s">
         <v>23</v>
       </c>
       <c r="L652" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="653" spans="1:12">
       <c r="A653">
-        <v>88</v>
+        <v>794</v>
       </c>
       <c r="B653" t="s">
         <v>821</v>
       </c>
       <c r="C653" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="E653">
         <v>1</v>
       </c>
       <c r="G653">
-        <v>148244.8</v>
+        <v>53057.05</v>
       </c>
       <c r="H653">
-        <v>25000.0</v>
+        <v>48734.57</v>
       </c>
       <c r="I653">
-        <v>123244.8</v>
+        <v>4322.48</v>
       </c>
       <c r="J653" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K653" t="s">
         <v>23</v>
       </c>
       <c r="L653" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="654" spans="1:12">
       <c r="A654">
-        <v>154</v>
+        <v>867</v>
       </c>
       <c r="B654" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="C654" t="s">
-        <v>335</v>
+        <v>21</v>
       </c>
       <c r="D654">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E654">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G654">
-        <v>103363.0</v>
+        <v>130544.53</v>
       </c>
       <c r="H654">
-        <v>106190.89</v>
+        <v>29472.19</v>
       </c>
       <c r="I654">
-        <v>-2827.89</v>
+        <v>101072.34</v>
       </c>
       <c r="J654" t="s">
-        <v>179</v>
+        <v>54</v>
       </c>
       <c r="K654" t="s">
         <v>23</v>
       </c>
       <c r="L654" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="655" spans="1:12">
       <c r="A655">
-        <v>219</v>
+        <v>931</v>
       </c>
       <c r="B655" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="C655" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="E655">
         <v>1</v>
       </c>
       <c r="G655">
-        <v>265680.44</v>
+        <v>55196.56</v>
       </c>
       <c r="H655">
-        <v>84476.38</v>
+        <v>39282.83</v>
       </c>
       <c r="I655">
-        <v>181204.06</v>
+        <v>15913.73</v>
       </c>
       <c r="J655" t="s">
         <v>111</v>
       </c>
       <c r="K655" t="s">
         <v>23</v>
       </c>
       <c r="L655" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="656" spans="1:12">
       <c r="A656">
-        <v>284</v>
+        <v>88</v>
       </c>
       <c r="B656" t="s">
+        <v>824</v>
+      </c>
+      <c r="C656" t="s">
         <v>825</v>
       </c>
-      <c r="C656" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D656">
         <v>1</v>
       </c>
       <c r="E656">
         <v>1</v>
       </c>
       <c r="G656">
-        <v>73206.0</v>
+        <v>148244.8</v>
       </c>
       <c r="H656">
-        <v>9350.0</v>
+        <v>25000.0</v>
       </c>
       <c r="I656">
-        <v>63856.0</v>
+        <v>123244.8</v>
       </c>
       <c r="J656" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="K656" t="s">
         <v>23</v>
       </c>
       <c r="L656" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="657" spans="1:12">
       <c r="A657">
-        <v>351</v>
+        <v>154</v>
       </c>
       <c r="B657" t="s">
         <v>826</v>
       </c>
       <c r="C657" t="s">
-        <v>31</v>
+        <v>339</v>
       </c>
       <c r="D657">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E657">
         <v>1</v>
       </c>
       <c r="G657">
-        <v>41100.0</v>
+        <v>103363.0</v>
       </c>
       <c r="H657">
-        <v>84100.0</v>
+        <v>106190.89</v>
       </c>
       <c r="I657">
-        <v>-43000.0</v>
+        <v>-2827.89</v>
       </c>
       <c r="J657" t="s">
-        <v>116</v>
+        <v>185</v>
       </c>
       <c r="K657" t="s">
         <v>23</v>
       </c>
       <c r="L657" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="658" spans="1:12">
       <c r="A658">
-        <v>417</v>
+        <v>219</v>
       </c>
       <c r="B658" t="s">
         <v>827</v>
       </c>
       <c r="C658" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D658">
         <v>4</v>
       </c>
+      <c r="E658">
+        <v>1</v>
+      </c>
       <c r="G658">
-        <v>270416.16</v>
+        <v>265680.44</v>
       </c>
       <c r="H658">
-        <v>16743.34</v>
+        <v>84476.38</v>
       </c>
       <c r="I658">
-        <v>253672.82</v>
+        <v>181204.06</v>
       </c>
       <c r="J658" t="s">
-        <v>186</v>
+        <v>117</v>
       </c>
       <c r="K658" t="s">
         <v>23</v>
       </c>
       <c r="L658" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="659" spans="1:12">
       <c r="A659">
-        <v>496</v>
+        <v>284</v>
       </c>
       <c r="B659" t="s">
         <v>828</v>
       </c>
       <c r="C659" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D659">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E659">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G659">
-        <v>208190.79</v>
+        <v>73206.0</v>
       </c>
       <c r="H659">
-        <v>10000.0</v>
+        <v>9350.0</v>
       </c>
       <c r="I659">
-        <v>198190.79</v>
+        <v>63856.0</v>
       </c>
       <c r="J659" t="s">
-        <v>43</v>
+        <v>120</v>
       </c>
       <c r="K659" t="s">
         <v>23</v>
       </c>
       <c r="L659" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="660" spans="1:12">
       <c r="A660">
-        <v>560</v>
+        <v>351</v>
       </c>
       <c r="B660" t="s">
         <v>829</v>
       </c>
       <c r="C660" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D660">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E660">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G660">
-        <v>342528.01</v>
+        <v>41100.0</v>
       </c>
       <c r="H660">
-        <v>129146.1</v>
+        <v>84100.0</v>
       </c>
       <c r="I660">
-        <v>213381.91</v>
+        <v>-43000.0</v>
       </c>
       <c r="J660" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="K660" t="s">
         <v>23</v>
       </c>
       <c r="L660" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="661" spans="1:12">
       <c r="A661">
-        <v>631</v>
+        <v>417</v>
       </c>
       <c r="B661" t="s">
         <v>830</v>
       </c>
       <c r="C661" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D661">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G661">
-        <v>113830.0</v>
+        <v>270416.16</v>
       </c>
       <c r="H661">
-        <v>150591.0</v>
+        <v>16743.34</v>
       </c>
       <c r="I661">
-        <v>-36761.0</v>
+        <v>253672.82</v>
       </c>
       <c r="J661" t="s">
-        <v>43</v>
+        <v>192</v>
       </c>
       <c r="K661" t="s">
         <v>23</v>
       </c>
       <c r="L661" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="662" spans="1:12">
       <c r="A662">
-        <v>695</v>
+        <v>496</v>
       </c>
       <c r="B662" t="s">
         <v>831</v>
       </c>
       <c r="C662" t="s">
         <v>21</v>
       </c>
       <c r="D662">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E662">
         <v>0</v>
       </c>
       <c r="G662">
-        <v>24742.74</v>
+        <v>208190.79</v>
       </c>
       <c r="H662">
-        <v>43903.3</v>
+        <v>10000.0</v>
       </c>
       <c r="I662">
-        <v>-19160.56</v>
+        <v>198190.79</v>
       </c>
       <c r="J662" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K662" t="s">
         <v>23</v>
       </c>
       <c r="L662" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="663" spans="1:12">
       <c r="A663">
-        <v>759</v>
+        <v>560</v>
       </c>
       <c r="B663" t="s">
         <v>832</v>
       </c>
       <c r="C663" t="s">
         <v>21</v>
       </c>
       <c r="D663">
         <v>1</v>
       </c>
+      <c r="E663">
+        <v>3</v>
+      </c>
       <c r="G663">
-        <v>161965.61</v>
+        <v>342528.01</v>
       </c>
       <c r="H663">
-        <v>145387.0</v>
+        <v>129146.1</v>
       </c>
       <c r="I663">
-        <v>16578.61</v>
+        <v>213381.91</v>
       </c>
       <c r="J663" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K663" t="s">
         <v>23</v>
       </c>
       <c r="L663" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="664" spans="1:12">
       <c r="A664">
-        <v>676</v>
+        <v>398</v>
       </c>
       <c r="B664" t="s">
         <v>833</v>
       </c>
       <c r="C664" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D664">
         <v>1</v>
       </c>
-      <c r="E664">
-[...1 lines deleted...]
-      </c>
       <c r="G664">
-        <v>88092.85</v>
+        <v>63314.77</v>
       </c>
       <c r="H664">
-        <v>83309.63</v>
+        <v>0.0</v>
       </c>
       <c r="I664">
-        <v>4783.22</v>
+        <v>63314.77</v>
       </c>
       <c r="J664" t="s">
-        <v>47</v>
+        <v>303</v>
       </c>
       <c r="K664" t="s">
         <v>23</v>
       </c>
       <c r="L664" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="665" spans="1:12">
       <c r="A665">
-        <v>740</v>
+        <v>477</v>
       </c>
       <c r="B665" t="s">
         <v>834</v>
       </c>
       <c r="C665" t="s">
         <v>21</v>
       </c>
       <c r="D665">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E665">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G665">
-        <v>69350.45</v>
+        <v>120897.46</v>
       </c>
       <c r="H665">
-        <v>73103.99</v>
+        <v>17000.0</v>
       </c>
       <c r="I665">
-        <v>-3753.54</v>
+        <v>103897.46</v>
       </c>
       <c r="J665" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K665" t="s">
         <v>23</v>
       </c>
       <c r="L665" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="666" spans="1:12">
       <c r="A666">
-        <v>807</v>
+        <v>541</v>
       </c>
       <c r="B666" t="s">
         <v>835</v>
       </c>
       <c r="C666" t="s">
         <v>21</v>
       </c>
       <c r="D666">
         <v>2</v>
       </c>
       <c r="E666">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G666">
-        <v>97662.06</v>
+        <v>425469.8</v>
       </c>
       <c r="H666">
-        <v>33263.39</v>
+        <v>155509.69</v>
       </c>
       <c r="I666">
-        <v>64398.67</v>
+        <v>269960.11</v>
       </c>
       <c r="J666" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K666" t="s">
         <v>23</v>
       </c>
       <c r="L666" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="667" spans="1:12">
       <c r="A667">
-        <v>880</v>
+        <v>612</v>
       </c>
       <c r="B667" t="s">
         <v>836</v>
       </c>
       <c r="C667" t="s">
         <v>21</v>
       </c>
-      <c r="D667">
-[...4 lines deleted...]
-      </c>
       <c r="G667">
-        <v>109245.65</v>
+        <v>5006.5</v>
       </c>
       <c r="H667">
-        <v>56366.49</v>
+        <v>10500.0</v>
       </c>
       <c r="I667">
-        <v>52879.16</v>
+        <v>-5493.5</v>
       </c>
       <c r="J667" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="K667" t="s">
         <v>23</v>
       </c>
       <c r="L667" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="668" spans="1:12">
       <c r="A668">
-        <v>944</v>
+        <v>676</v>
       </c>
       <c r="B668" t="s">
         <v>837</v>
       </c>
       <c r="C668" t="s">
         <v>21</v>
       </c>
       <c r="D668">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E668">
         <v>1</v>
       </c>
       <c r="G668">
-        <v>252328.96</v>
+        <v>88092.85</v>
       </c>
       <c r="H668">
-        <v>73642.0</v>
+        <v>83309.63</v>
       </c>
       <c r="I668">
-        <v>178686.96</v>
+        <v>4783.22</v>
       </c>
       <c r="J668" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K668" t="s">
         <v>23</v>
       </c>
       <c r="L668" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="669" spans="1:12">
       <c r="A669">
-        <v>101</v>
+        <v>740</v>
       </c>
       <c r="B669" t="s">
         <v>838</v>
       </c>
       <c r="C669" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D669">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="E669">
+        <v>0</v>
       </c>
       <c r="G669">
-        <v>52748.0</v>
+        <v>69350.45</v>
       </c>
       <c r="H669">
-        <v>0.0</v>
+        <v>73103.99</v>
       </c>
       <c r="I669">
-        <v>52748.0</v>
+        <v>-3753.54</v>
       </c>
       <c r="J669" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="K669" t="s">
         <v>23</v>
       </c>
       <c r="L669" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="670" spans="1:12">
       <c r="A670">
-        <v>168</v>
+        <v>807</v>
       </c>
       <c r="B670" t="s">
         <v>839</v>
       </c>
       <c r="C670" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D670">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E670">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G670">
-        <v>492210.52</v>
+        <v>97662.06</v>
       </c>
       <c r="H670">
-        <v>0.0</v>
+        <v>33263.39</v>
       </c>
       <c r="I670">
-        <v>492210.52</v>
+        <v>64398.67</v>
       </c>
       <c r="J670" t="s">
-        <v>134</v>
+        <v>26</v>
       </c>
       <c r="K670" t="s">
         <v>23</v>
       </c>
       <c r="L670" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="671" spans="1:12">
       <c r="A671">
-        <v>232</v>
+        <v>880</v>
       </c>
       <c r="B671" t="s">
         <v>840</v>
       </c>
       <c r="C671" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D671">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E671">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G671">
-        <v>257110.0</v>
+        <v>109245.65</v>
       </c>
       <c r="H671">
-        <v>167000.0</v>
+        <v>56366.49</v>
       </c>
       <c r="I671">
-        <v>90110.0</v>
+        <v>52879.16</v>
       </c>
       <c r="J671" t="s">
-        <v>136</v>
+        <v>54</v>
       </c>
       <c r="K671" t="s">
         <v>23</v>
       </c>
       <c r="L671" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="672" spans="1:12">
       <c r="A672">
-        <v>297</v>
+        <v>944</v>
       </c>
       <c r="B672" t="s">
         <v>841</v>
       </c>
       <c r="C672" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D672">
         <v>2</v>
       </c>
       <c r="E672">
         <v>1</v>
       </c>
       <c r="G672">
-        <v>64203.51</v>
+        <v>252328.96</v>
       </c>
       <c r="H672">
-        <v>62332.51</v>
+        <v>73642.0</v>
       </c>
       <c r="I672">
-        <v>1871.0</v>
+        <v>178686.96</v>
       </c>
       <c r="J672" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K672" t="s">
         <v>23</v>
       </c>
       <c r="L672" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="673" spans="1:12">
       <c r="A673">
-        <v>364</v>
+        <v>101</v>
       </c>
       <c r="B673" t="s">
         <v>842</v>
       </c>
       <c r="C673" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D673">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="E673">
         <v>1</v>
       </c>
       <c r="G673">
-        <v>426353.3</v>
+        <v>52748.0</v>
       </c>
       <c r="H673">
-        <v>43624.0</v>
+        <v>0.0</v>
       </c>
       <c r="I673">
-        <v>382729.3</v>
+        <v>52748.0</v>
       </c>
       <c r="J673" t="s">
-        <v>688</v>
+        <v>137</v>
       </c>
       <c r="K673" t="s">
         <v>23</v>
       </c>
       <c r="L673" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="674" spans="1:12">
       <c r="A674">
-        <v>430</v>
+        <v>168</v>
       </c>
       <c r="B674" t="s">
         <v>843</v>
       </c>
       <c r="C674" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D674">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E674">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G674">
-        <v>550257.13</v>
+        <v>492210.52</v>
       </c>
       <c r="H674">
-        <v>100448.73</v>
+        <v>0.0</v>
       </c>
       <c r="I674">
-        <v>449808.4</v>
+        <v>492210.52</v>
       </c>
       <c r="J674" t="s">
-        <v>844</v>
+        <v>139</v>
       </c>
       <c r="K674" t="s">
         <v>23</v>
       </c>
       <c r="L674" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="675" spans="1:12">
       <c r="A675">
-        <v>509</v>
+        <v>232</v>
       </c>
       <c r="B675" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C675" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D675">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E675">
         <v>1</v>
       </c>
       <c r="G675">
-        <v>255482.45</v>
+        <v>257110.0</v>
       </c>
       <c r="H675">
-        <v>98216.65</v>
+        <v>167000.0</v>
       </c>
       <c r="I675">
-        <v>157265.8</v>
+        <v>90110.0</v>
       </c>
       <c r="J675" t="s">
-        <v>43</v>
+        <v>141</v>
       </c>
       <c r="K675" t="s">
         <v>23</v>
       </c>
       <c r="L675" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="676" spans="1:12">
       <c r="A676">
-        <v>573</v>
+        <v>297</v>
       </c>
       <c r="B676" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="C676" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D676">
         <v>2</v>
       </c>
       <c r="E676">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G676">
-        <v>354926.95</v>
+        <v>64203.51</v>
       </c>
       <c r="H676">
-        <v>82426.37</v>
+        <v>62332.51</v>
       </c>
       <c r="I676">
-        <v>272500.58</v>
+        <v>1871.0</v>
       </c>
       <c r="J676" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K676" t="s">
         <v>23</v>
       </c>
       <c r="L676" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="677" spans="1:12">
       <c r="A677">
-        <v>644</v>
+        <v>364</v>
       </c>
       <c r="B677" t="s">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="C677" t="s">
-        <v>21</v>
+        <v>36</v>
+      </c>
+      <c r="D677">
+        <v>3</v>
       </c>
       <c r="E677">
         <v>1</v>
       </c>
       <c r="G677">
-        <v>24203.02</v>
+        <v>426353.3</v>
       </c>
       <c r="H677">
-        <v>8568.4</v>
+        <v>43624.0</v>
       </c>
       <c r="I677">
-        <v>15634.62</v>
+        <v>382729.3</v>
       </c>
       <c r="J677" t="s">
-        <v>43</v>
+        <v>691</v>
       </c>
       <c r="K677" t="s">
         <v>23</v>
       </c>
       <c r="L677" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="678" spans="1:12">
       <c r="A678">
-        <v>708</v>
+        <v>430</v>
       </c>
       <c r="B678" t="s">
+        <v>847</v>
+      </c>
+      <c r="C678" t="s">
+        <v>36</v>
+      </c>
+      <c r="D678">
+        <v>9</v>
+      </c>
+      <c r="E678">
+        <v>3</v>
+      </c>
+      <c r="G678">
+        <v>550257.13</v>
+      </c>
+      <c r="H678">
+        <v>100448.73</v>
+      </c>
+      <c r="I678">
+        <v>449808.4</v>
+      </c>
+      <c r="J678" t="s">
         <v>848</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K678" t="s">
         <v>23</v>
       </c>
       <c r="L678" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="679" spans="1:12">
       <c r="A679">
-        <v>776</v>
+        <v>509</v>
       </c>
       <c r="B679" t="s">
         <v>849</v>
       </c>
       <c r="C679" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D679">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E679">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G679">
-        <v>17343.66</v>
+        <v>255482.45</v>
       </c>
       <c r="H679">
-        <v>37573.11</v>
+        <v>98216.65</v>
       </c>
       <c r="I679">
-        <v>-20229.45</v>
+        <v>157265.8</v>
       </c>
       <c r="J679" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K679" t="s">
         <v>23</v>
       </c>
       <c r="L679" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="680" spans="1:12">
       <c r="A680">
-        <v>841</v>
+        <v>573</v>
       </c>
       <c r="B680" t="s">
         <v>850</v>
       </c>
       <c r="C680" t="s">
         <v>21</v>
       </c>
       <c r="D680">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E680">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G680">
-        <v>337601.69</v>
+        <v>354926.95</v>
       </c>
       <c r="H680">
-        <v>152013.74</v>
+        <v>82426.37</v>
       </c>
       <c r="I680">
-        <v>185587.95</v>
+        <v>272500.58</v>
       </c>
       <c r="J680" t="s">
         <v>22</v>
       </c>
       <c r="K680" t="s">
         <v>23</v>
       </c>
       <c r="L680" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="681" spans="1:12">
       <c r="A681">
-        <v>912</v>
+        <v>644</v>
       </c>
       <c r="B681" t="s">
         <v>851</v>
       </c>
       <c r="C681" t="s">
         <v>21</v>
       </c>
-      <c r="D681">
-[...1 lines deleted...]
-      </c>
       <c r="E681">
         <v>1</v>
       </c>
       <c r="G681">
-        <v>131640.07</v>
+        <v>24203.02</v>
       </c>
       <c r="H681">
-        <v>50269.67</v>
+        <v>8568.4</v>
       </c>
       <c r="I681">
-        <v>81370.4</v>
+        <v>15634.62</v>
       </c>
       <c r="J681" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="K681" t="s">
         <v>23</v>
       </c>
       <c r="L681" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="682" spans="1:12">
       <c r="A682">
-        <v>38</v>
+        <v>708</v>
       </c>
       <c r="B682" t="s">
         <v>852</v>
       </c>
       <c r="C682" t="s">
-        <v>853</v>
+        <v>21</v>
       </c>
       <c r="D682">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E682">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G682">
-        <v>119180.0</v>
+        <v>9700.0</v>
       </c>
       <c r="H682">
-        <v>71442.27</v>
+        <v>39544.65</v>
       </c>
       <c r="I682">
-        <v>47737.73</v>
+        <v>-29844.65</v>
       </c>
       <c r="J682" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="K682" t="s">
         <v>23</v>
       </c>
       <c r="L682" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="683" spans="1:12">
       <c r="A683">
-        <v>135</v>
+        <v>776</v>
       </c>
       <c r="B683" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="C683" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D683">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E683">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G683">
-        <v>139397.48</v>
+        <v>17343.66</v>
       </c>
       <c r="H683">
-        <v>4424.49</v>
+        <v>37573.11</v>
       </c>
       <c r="I683">
-        <v>134972.99</v>
+        <v>-20229.45</v>
       </c>
       <c r="J683" t="s">
-        <v>155</v>
+        <v>26</v>
       </c>
       <c r="K683" t="s">
         <v>23</v>
       </c>
       <c r="L683" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="684" spans="1:12">
       <c r="A684">
-        <v>200</v>
+        <v>841</v>
       </c>
       <c r="B684" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="C684" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D684">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E684">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G684">
-        <v>200278.65</v>
+        <v>337601.69</v>
       </c>
       <c r="H684">
-        <v>35682.92</v>
+        <v>152013.74</v>
       </c>
       <c r="I684">
-        <v>164595.73</v>
+        <v>185587.95</v>
       </c>
       <c r="J684" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="K684" t="s">
         <v>23</v>
       </c>
       <c r="L684" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="685" spans="1:12">
       <c r="A685">
-        <v>265</v>
+        <v>912</v>
       </c>
       <c r="B685" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="C685" t="s">
-        <v>618</v>
+        <v>21</v>
       </c>
       <c r="D685">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E685">
         <v>1</v>
       </c>
       <c r="G685">
-        <v>256598.0</v>
+        <v>131640.07</v>
       </c>
       <c r="H685">
-        <v>23000.0</v>
+        <v>50269.67</v>
       </c>
       <c r="I685">
-        <v>233598.0</v>
+        <v>81370.4</v>
       </c>
       <c r="J685" t="s">
-        <v>857</v>
+        <v>111</v>
       </c>
       <c r="K685" t="s">
         <v>23</v>
       </c>
       <c r="L685" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="686" spans="1:12">
       <c r="A686">
-        <v>332</v>
+        <v>38</v>
       </c>
       <c r="B686" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="C686" t="s">
-        <v>31</v>
+        <v>857</v>
       </c>
       <c r="D686">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E686">
         <v>1</v>
       </c>
       <c r="G686">
-        <v>481315.43</v>
+        <v>119180.0</v>
       </c>
       <c r="H686">
-        <v>28301.11</v>
+        <v>71442.27</v>
       </c>
       <c r="I686">
-        <v>453014.32</v>
+        <v>47737.73</v>
       </c>
       <c r="J686" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="K686" t="s">
         <v>23</v>
       </c>
       <c r="L686" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="687" spans="1:12">
       <c r="A687">
-        <v>398</v>
+        <v>135</v>
       </c>
       <c r="B687" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="C687" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D687">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="E687">
+        <v>2</v>
       </c>
       <c r="G687">
-        <v>63314.77</v>
+        <v>139397.48</v>
       </c>
       <c r="H687">
-        <v>0.0</v>
+        <v>4424.49</v>
       </c>
       <c r="I687">
-        <v>63314.77</v>
+        <v>134972.99</v>
       </c>
       <c r="J687" t="s">
-        <v>299</v>
+        <v>160</v>
       </c>
       <c r="K687" t="s">
         <v>23</v>
       </c>
       <c r="L687" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="688" spans="1:12">
       <c r="A688">
-        <v>477</v>
+        <v>200</v>
       </c>
       <c r="B688" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="C688" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D688">
         <v>2</v>
       </c>
       <c r="E688">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G688">
-        <v>120897.46</v>
+        <v>200278.65</v>
       </c>
       <c r="H688">
-        <v>17000.0</v>
+        <v>35682.92</v>
       </c>
       <c r="I688">
-        <v>103897.46</v>
+        <v>164595.73</v>
       </c>
       <c r="J688" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="K688" t="s">
         <v>23</v>
       </c>
       <c r="L688" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="689" spans="1:12">
       <c r="A689">
-        <v>541</v>
+        <v>265</v>
       </c>
       <c r="B689" t="s">
+        <v>860</v>
+      </c>
+      <c r="C689" t="s">
+        <v>622</v>
+      </c>
+      <c r="D689">
+        <v>7</v>
+      </c>
+      <c r="E689">
+        <v>1</v>
+      </c>
+      <c r="G689">
+        <v>256598.0</v>
+      </c>
+      <c r="H689">
+        <v>23000.0</v>
+      </c>
+      <c r="I689">
+        <v>233598.0</v>
+      </c>
+      <c r="J689" t="s">
         <v>861</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K689" t="s">
         <v>23</v>
       </c>
       <c r="L689" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="690" spans="1:12">
       <c r="A690">
-        <v>612</v>
+        <v>332</v>
       </c>
       <c r="B690" t="s">
         <v>862</v>
       </c>
       <c r="C690" t="s">
-        <v>21</v>
+        <v>36</v>
+      </c>
+      <c r="D690">
+        <v>5</v>
+      </c>
+      <c r="E690">
+        <v>1</v>
       </c>
       <c r="G690">
-        <v>5006.5</v>
+        <v>481315.43</v>
       </c>
       <c r="H690">
-        <v>10500.0</v>
+        <v>28301.11</v>
       </c>
       <c r="I690">
-        <v>-5493.5</v>
+        <v>453014.32</v>
       </c>
       <c r="J690" t="s">
-        <v>43</v>
+        <v>125</v>
       </c>
       <c r="K690" t="s">
         <v>23</v>
       </c>
       <c r="L690" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="691" spans="1:12">
       <c r="A691">
-        <v>447</v>
+        <v>245</v>
       </c>
       <c r="B691" t="s">
         <v>863</v>
       </c>
       <c r="C691" t="s">
-        <v>864</v>
+        <v>36</v>
+      </c>
+      <c r="D691">
+        <v>2</v>
       </c>
       <c r="E691">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G691">
-        <v>60832.77</v>
+        <v>234612.23</v>
       </c>
       <c r="H691">
-        <v>9896.2</v>
+        <v>0.0</v>
       </c>
       <c r="I691">
-        <v>50936.57</v>
+        <v>234612.23</v>
       </c>
       <c r="J691" t="s">
-        <v>340</v>
+        <v>93</v>
       </c>
       <c r="K691" t="s">
         <v>23</v>
       </c>
       <c r="L691" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="692" spans="1:12">
       <c r="A692">
-        <v>522</v>
+        <v>313</v>
       </c>
       <c r="B692" t="s">
+        <v>864</v>
+      </c>
+      <c r="C692" t="s">
+        <v>36</v>
+      </c>
+      <c r="D692">
+        <v>4</v>
+      </c>
+      <c r="E692">
+        <v>2</v>
+      </c>
+      <c r="G692">
+        <v>262845.78</v>
+      </c>
+      <c r="H692">
+        <v>111886.37</v>
+      </c>
+      <c r="I692">
+        <v>150959.41</v>
+      </c>
+      <c r="J692" t="s">
         <v>865</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K692" t="s">
         <v>23</v>
       </c>
       <c r="L692" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="693" spans="1:12">
       <c r="A693">
-        <v>586</v>
+        <v>378</v>
       </c>
       <c r="B693" t="s">
         <v>866</v>
       </c>
       <c r="C693" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D693">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E693">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G693">
-        <v>307060.78</v>
+        <v>270968.5</v>
       </c>
       <c r="H693">
-        <v>157990.94</v>
+        <v>54357.56</v>
       </c>
       <c r="I693">
-        <v>149069.84</v>
+        <v>216610.94</v>
       </c>
       <c r="J693" t="s">
-        <v>43</v>
+        <v>171</v>
       </c>
       <c r="K693" t="s">
         <v>23</v>
       </c>
       <c r="L693" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="694" spans="1:12">
       <c r="A694">
-        <v>657</v>
+        <v>447</v>
       </c>
       <c r="B694" t="s">
         <v>867</v>
       </c>
       <c r="C694" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>868</v>
       </c>
       <c r="E694">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G694">
-        <v>148700.0</v>
+        <v>60832.77</v>
       </c>
       <c r="H694">
-        <v>33535.47</v>
+        <v>9896.2</v>
       </c>
       <c r="I694">
-        <v>115164.53</v>
+        <v>50936.57</v>
       </c>
       <c r="J694" t="s">
-        <v>43</v>
+        <v>344</v>
       </c>
       <c r="K694" t="s">
         <v>23</v>
       </c>
       <c r="L694" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="695" spans="1:12">
       <c r="A695">
-        <v>721</v>
+        <v>522</v>
       </c>
       <c r="B695" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C695" t="s">
         <v>21</v>
       </c>
       <c r="D695">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E695">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G695">
-        <v>205524.32</v>
+        <v>166383.0</v>
       </c>
       <c r="H695">
         <v>0.0</v>
       </c>
       <c r="I695">
-        <v>205524.32</v>
+        <v>166383.0</v>
       </c>
       <c r="J695" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K695" t="s">
         <v>23</v>
       </c>
       <c r="L695" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="696" spans="1:12">
       <c r="A696">
-        <v>788</v>
+        <v>586</v>
       </c>
       <c r="B696" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C696" t="s">
         <v>21</v>
       </c>
       <c r="D696">
         <v>1</v>
       </c>
       <c r="E696">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G696">
-        <v>179054.0</v>
+        <v>307060.78</v>
       </c>
       <c r="H696">
-        <v>132704.78</v>
+        <v>157990.94</v>
       </c>
       <c r="I696">
-        <v>46349.22</v>
+        <v>149069.84</v>
       </c>
       <c r="J696" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K696" t="s">
         <v>23</v>
       </c>
       <c r="L696" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="697" spans="1:12">
       <c r="A697">
-        <v>857</v>
+        <v>657</v>
       </c>
       <c r="B697" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C697" t="s">
         <v>21</v>
       </c>
       <c r="D697">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E697">
         <v>2</v>
       </c>
       <c r="G697">
-        <v>191675.11</v>
+        <v>148700.0</v>
       </c>
       <c r="H697">
-        <v>166093.48</v>
+        <v>33535.47</v>
       </c>
       <c r="I697">
-        <v>25581.63</v>
+        <v>115164.53</v>
       </c>
       <c r="J697" t="s">
         <v>22</v>
       </c>
       <c r="K697" t="s">
         <v>23</v>
       </c>
       <c r="L697" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="698" spans="1:12">
       <c r="A698">
-        <v>925</v>
+        <v>721</v>
       </c>
       <c r="B698" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C698" t="s">
         <v>21</v>
       </c>
       <c r="D698">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E698">
         <v>2</v>
       </c>
       <c r="G698">
-        <v>792768.34</v>
+        <v>205524.32</v>
       </c>
       <c r="H698">
-        <v>101010.41</v>
+        <v>0.0</v>
       </c>
       <c r="I698">
-        <v>691757.93</v>
+        <v>205524.32</v>
       </c>
       <c r="J698" t="s">
         <v>26</v>
       </c>
       <c r="K698" t="s">
         <v>23</v>
       </c>
       <c r="L698" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="699" spans="1:12">
       <c r="A699">
-        <v>82</v>
+        <v>788</v>
       </c>
       <c r="B699" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C699" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D699">
         <v>1</v>
       </c>
       <c r="E699">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G699">
-        <v>118359.39</v>
+        <v>179054.0</v>
       </c>
       <c r="H699">
-        <v>79713.09</v>
+        <v>132704.78</v>
       </c>
       <c r="I699">
-        <v>38646.3</v>
+        <v>46349.22</v>
       </c>
       <c r="J699" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K699" t="s">
         <v>23</v>
       </c>
       <c r="L699" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="700" spans="1:12">
       <c r="A700">
-        <v>148</v>
+        <v>857</v>
       </c>
       <c r="B700" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C700" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="D700">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E700">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G700">
-        <v>246000.0</v>
+        <v>191675.11</v>
       </c>
       <c r="H700">
-        <v>11889.49</v>
+        <v>166093.48</v>
       </c>
       <c r="I700">
-        <v>234110.51</v>
+        <v>25581.63</v>
       </c>
       <c r="J700" t="s">
-        <v>874</v>
+        <v>29</v>
       </c>
       <c r="K700" t="s">
         <v>23</v>
       </c>
       <c r="L700" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="701" spans="1:12">
       <c r="A701">
-        <v>213</v>
+        <v>925</v>
       </c>
       <c r="B701" t="s">
         <v>875</v>
       </c>
       <c r="C701" t="s">
+        <v>21</v>
+      </c>
+      <c r="D701">
+        <v>2</v>
+      </c>
+      <c r="E701">
+        <v>2</v>
+      </c>
+      <c r="G701">
+        <v>792768.34</v>
+      </c>
+      <c r="H701">
+        <v>101010.41</v>
+      </c>
+      <c r="I701">
+        <v>691757.93</v>
+      </c>
+      <c r="J701" t="s">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>242</v>
       </c>
       <c r="K701" t="s">
         <v>23</v>
       </c>
       <c r="L701" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="702" spans="1:12">
       <c r="A702">
-        <v>278</v>
+        <v>82</v>
       </c>
       <c r="B702" t="s">
         <v>876</v>
       </c>
       <c r="C702" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D702">
         <v>1</v>
       </c>
       <c r="E702">
         <v>1</v>
       </c>
       <c r="G702">
-        <v>130570.15</v>
+        <v>118359.39</v>
       </c>
       <c r="H702">
-        <v>120574.68</v>
+        <v>79713.09</v>
       </c>
       <c r="I702">
-        <v>9995.47</v>
+        <v>38646.3</v>
       </c>
       <c r="J702" t="s">
-        <v>182</v>
+        <v>113</v>
       </c>
       <c r="K702" t="s">
         <v>23</v>
       </c>
       <c r="L702" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="703" spans="1:12">
       <c r="A703">
-        <v>345</v>
+        <v>148</v>
       </c>
       <c r="B703" t="s">
         <v>877</v>
       </c>
       <c r="C703" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="D703">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E703">
         <v>1</v>
       </c>
       <c r="G703">
-        <v>409154.43</v>
+        <v>246000.0</v>
       </c>
       <c r="H703">
-        <v>227300.5</v>
+        <v>11889.49</v>
       </c>
       <c r="I703">
-        <v>181853.93</v>
+        <v>234110.51</v>
       </c>
       <c r="J703" t="s">
-        <v>184</v>
+        <v>878</v>
       </c>
       <c r="K703" t="s">
         <v>23</v>
       </c>
       <c r="L703" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="704" spans="1:12">
       <c r="A704">
-        <v>411</v>
+        <v>213</v>
       </c>
       <c r="B704" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C704" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="E704">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G704">
-        <v>327200.0</v>
+        <v>60369.0</v>
       </c>
       <c r="H704">
-        <v>10000.0</v>
+        <v>8500.0</v>
       </c>
       <c r="I704">
-        <v>317200.0</v>
+        <v>51869.0</v>
       </c>
       <c r="J704" t="s">
-        <v>41</v>
+        <v>245</v>
       </c>
       <c r="K704" t="s">
         <v>23</v>
       </c>
       <c r="L704" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="705" spans="1:12">
       <c r="A705">
-        <v>489</v>
+        <v>278</v>
       </c>
       <c r="B705" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C705" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D705">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E705">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G705">
-        <v>260591.12</v>
+        <v>130570.15</v>
       </c>
       <c r="H705">
-        <v>6343.51</v>
+        <v>120574.68</v>
       </c>
       <c r="I705">
-        <v>254247.61</v>
+        <v>9995.47</v>
       </c>
       <c r="J705" t="s">
-        <v>43</v>
+        <v>188</v>
       </c>
       <c r="K705" t="s">
         <v>23</v>
       </c>
       <c r="L705" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="706" spans="1:12">
       <c r="A706">
-        <v>554</v>
+        <v>345</v>
       </c>
       <c r="B706" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C706" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D706">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E706">
         <v>1</v>
       </c>
       <c r="G706">
-        <v>164254.49</v>
+        <v>409154.43</v>
       </c>
       <c r="H706">
-        <v>19900.0</v>
+        <v>227300.5</v>
       </c>
       <c r="I706">
-        <v>144354.49</v>
+        <v>181853.93</v>
       </c>
       <c r="J706" t="s">
-        <v>43</v>
+        <v>190</v>
       </c>
       <c r="K706" t="s">
         <v>23</v>
       </c>
       <c r="L706" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="707" spans="1:12">
       <c r="A707">
-        <v>625</v>
+        <v>411</v>
       </c>
       <c r="B707" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C707" t="s">
-        <v>103</v>
+        <v>36</v>
       </c>
       <c r="D707">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E707">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G707">
-        <v>236084.92</v>
+        <v>327200.0</v>
       </c>
       <c r="H707">
-        <v>100095.7</v>
+        <v>10000.0</v>
       </c>
       <c r="I707">
-        <v>135989.22</v>
+        <v>317200.0</v>
       </c>
       <c r="J707" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K707" t="s">
         <v>23</v>
       </c>
       <c r="L707" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="708" spans="1:12">
       <c r="A708">
-        <v>689</v>
+        <v>489</v>
       </c>
       <c r="B708" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C708" t="s">
         <v>21</v>
       </c>
       <c r="D708">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E708">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G708">
-        <v>258759.64</v>
+        <v>260591.12</v>
       </c>
       <c r="H708">
-        <v>26750.54</v>
+        <v>6343.51</v>
       </c>
       <c r="I708">
-        <v>232009.1</v>
+        <v>254247.61</v>
       </c>
       <c r="J708" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K708" t="s">
         <v>23</v>
       </c>
       <c r="L708" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="709" spans="1:12">
       <c r="A709">
-        <v>753</v>
+        <v>554</v>
       </c>
       <c r="B709" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C709" t="s">
         <v>21</v>
       </c>
       <c r="D709">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E709">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G709">
-        <v>173098.6</v>
+        <v>164254.49</v>
       </c>
       <c r="H709">
-        <v>53066.24</v>
+        <v>19900.0</v>
       </c>
       <c r="I709">
-        <v>120032.36</v>
+        <v>144354.49</v>
       </c>
       <c r="J709" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K709" t="s">
         <v>23</v>
       </c>
       <c r="L709" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="710" spans="1:12">
       <c r="A710">
-        <v>820</v>
+        <v>625</v>
       </c>
       <c r="B710" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C710" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D710">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E710">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G710">
-        <v>304843.4</v>
+        <v>236084.92</v>
       </c>
       <c r="H710">
-        <v>66115.27</v>
+        <v>100095.7</v>
       </c>
       <c r="I710">
-        <v>238728.13</v>
+        <v>135989.22</v>
       </c>
       <c r="J710" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K710" t="s">
         <v>23</v>
       </c>
       <c r="L710" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="711" spans="1:12">
       <c r="A711">
-        <v>893</v>
+        <v>689</v>
       </c>
       <c r="B711" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C711" t="s">
         <v>21</v>
       </c>
       <c r="D711">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="E711">
+        <v>1</v>
       </c>
       <c r="G711">
-        <v>520728.75</v>
+        <v>258759.64</v>
       </c>
       <c r="H711">
-        <v>0.0</v>
+        <v>26750.54</v>
       </c>
       <c r="I711">
-        <v>520728.75</v>
+        <v>232009.1</v>
       </c>
       <c r="J711" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K711" t="s">
         <v>23</v>
       </c>
       <c r="L711" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="712" spans="1:12">
       <c r="A712">
-        <v>957</v>
+        <v>753</v>
       </c>
       <c r="B712" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C712" t="s">
         <v>21</v>
       </c>
       <c r="D712">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E712">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G712">
-        <v>252400.0</v>
+        <v>173098.6</v>
       </c>
       <c r="H712">
-        <v>163852.0</v>
+        <v>53066.24</v>
       </c>
       <c r="I712">
-        <v>88548.0</v>
+        <v>120032.36</v>
       </c>
       <c r="J712" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K712" t="s">
         <v>23</v>
       </c>
       <c r="L712" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="713" spans="1:12">
       <c r="A713">
-        <v>115</v>
+        <v>820</v>
       </c>
       <c r="B713" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C713" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D713">
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="E713">
+        <v>2</v>
       </c>
       <c r="G713">
-        <v>140020.0</v>
+        <v>304843.4</v>
       </c>
       <c r="H713">
-        <v>49500.0</v>
+        <v>66115.27</v>
       </c>
       <c r="I713">
-        <v>90520.0</v>
+        <v>238728.13</v>
       </c>
       <c r="J713" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="K713" t="s">
         <v>23</v>
       </c>
       <c r="L713" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="714" spans="1:12">
       <c r="A714">
-        <v>181</v>
+        <v>893</v>
       </c>
       <c r="B714" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C714" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D714">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G714">
-        <v>175437.54</v>
+        <v>520728.75</v>
       </c>
       <c r="H714">
-        <v>68315.37</v>
+        <v>0.0</v>
       </c>
       <c r="I714">
-        <v>107122.17</v>
+        <v>520728.75</v>
       </c>
       <c r="J714" t="s">
-        <v>119</v>
+        <v>54</v>
       </c>
       <c r="K714" t="s">
         <v>23</v>
       </c>
       <c r="L714" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="715" spans="1:12">
       <c r="A715">
-        <v>245</v>
+        <v>957</v>
       </c>
       <c r="B715" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C715" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D715">
         <v>2</v>
       </c>
       <c r="E715">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G715">
-        <v>234612.23</v>
+        <v>252400.0</v>
       </c>
       <c r="H715">
-        <v>0.0</v>
+        <v>163852.0</v>
       </c>
       <c r="I715">
-        <v>234612.23</v>
+        <v>88548.0</v>
       </c>
       <c r="J715" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K715" t="s">
         <v>23</v>
       </c>
       <c r="L715" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="716" spans="1:12">
       <c r="A716">
-        <v>313</v>
+        <v>115</v>
       </c>
       <c r="B716" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C716" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D716">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G716">
-        <v>262845.78</v>
+        <v>140020.0</v>
       </c>
       <c r="H716">
-        <v>111886.37</v>
+        <v>49500.0</v>
       </c>
       <c r="I716">
-        <v>150959.41</v>
+        <v>90520.0</v>
       </c>
       <c r="J716" t="s">
-        <v>891</v>
+        <v>58</v>
       </c>
       <c r="K716" t="s">
         <v>23</v>
       </c>
       <c r="L716" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="717" spans="1:12">
       <c r="A717">
-        <v>378</v>
+        <v>181</v>
       </c>
       <c r="B717" t="s">
         <v>892</v>
       </c>
       <c r="C717" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D717">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E717">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G717">
-        <v>270968.5</v>
+        <v>175437.54</v>
       </c>
       <c r="H717">
-        <v>54357.56</v>
+        <v>68315.37</v>
       </c>
       <c r="I717">
-        <v>216610.94</v>
+        <v>107122.17</v>
       </c>
       <c r="J717" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="K717" t="s">
         <v>23</v>
       </c>
       <c r="L717" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="718" spans="1:12">
       <c r="A718">
-        <v>291</v>
+        <v>938</v>
       </c>
       <c r="B718" t="s">
         <v>893</v>
       </c>
       <c r="C718" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D718">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E718">
+        <v>2</v>
       </c>
       <c r="G718">
-        <v>188261.62</v>
+        <v>342270.41</v>
       </c>
       <c r="H718">
-        <v>91134.55</v>
+        <v>37452.84</v>
       </c>
       <c r="I718">
-        <v>97127.07</v>
+        <v>304817.57</v>
       </c>
       <c r="J718" t="s">
-        <v>771</v>
+        <v>111</v>
       </c>
       <c r="K718" t="s">
         <v>23</v>
       </c>
       <c r="L718" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="719" spans="1:12">
       <c r="A719">
-        <v>358</v>
+        <v>95</v>
       </c>
       <c r="B719" t="s">
         <v>894</v>
       </c>
       <c r="C719" t="s">
-        <v>31</v>
+        <v>507</v>
       </c>
       <c r="D719">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E719">
         <v>2</v>
       </c>
       <c r="G719">
-        <v>361766.5</v>
+        <v>140896.0</v>
       </c>
       <c r="H719">
-        <v>0.0</v>
+        <v>30000.0</v>
       </c>
       <c r="I719">
-        <v>361766.5</v>
+        <v>110896.0</v>
       </c>
       <c r="J719" t="s">
-        <v>463</v>
+        <v>137</v>
       </c>
       <c r="K719" t="s">
         <v>23</v>
       </c>
       <c r="L719" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="720" spans="1:12">
       <c r="A720">
-        <v>424</v>
+        <v>162</v>
       </c>
       <c r="B720" t="s">
         <v>895</v>
       </c>
       <c r="C720" t="s">
-        <v>896</v>
+        <v>36</v>
       </c>
       <c r="D720">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E720">
         <v>1</v>
       </c>
       <c r="G720">
-        <v>147999.0</v>
+        <v>303547.0</v>
       </c>
       <c r="H720">
-        <v>30000.0</v>
+        <v>130732.07</v>
       </c>
       <c r="I720">
-        <v>117999.0</v>
+        <v>172814.93</v>
       </c>
       <c r="J720" t="s">
-        <v>897</v>
+        <v>139</v>
       </c>
       <c r="K720" t="s">
         <v>23</v>
       </c>
       <c r="L720" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="721" spans="1:12">
       <c r="A721">
-        <v>503</v>
+        <v>226</v>
       </c>
       <c r="B721" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="C721" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D721">
         <v>1</v>
       </c>
       <c r="E721">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G721">
-        <v>177121.49</v>
+        <v>109767.11</v>
       </c>
       <c r="H721">
-        <v>1900.0</v>
+        <v>38800.0</v>
       </c>
       <c r="I721">
-        <v>175221.49</v>
+        <v>70967.11</v>
       </c>
       <c r="J721" t="s">
-        <v>43</v>
+        <v>296</v>
       </c>
       <c r="K721" t="s">
         <v>23</v>
       </c>
       <c r="L721" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="722" spans="1:12">
       <c r="A722">
-        <v>567</v>
+        <v>291</v>
       </c>
       <c r="B722" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C722" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D722">
         <v>3</v>
       </c>
-      <c r="E722">
-[...1 lines deleted...]
-      </c>
       <c r="G722">
-        <v>454249.01</v>
+        <v>188261.62</v>
       </c>
       <c r="H722">
-        <v>36000.0</v>
+        <v>91134.55</v>
       </c>
       <c r="I722">
-        <v>418249.01</v>
+        <v>97127.07</v>
       </c>
       <c r="J722" t="s">
-        <v>43</v>
+        <v>745</v>
       </c>
       <c r="K722" t="s">
         <v>23</v>
       </c>
       <c r="L722" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="723" spans="1:12">
       <c r="A723">
-        <v>638</v>
+        <v>358</v>
       </c>
       <c r="B723" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="C723" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D723">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E723">
         <v>2</v>
       </c>
       <c r="G723">
-        <v>474966.23</v>
+        <v>361766.5</v>
       </c>
       <c r="H723">
-        <v>88379.6</v>
+        <v>0.0</v>
       </c>
       <c r="I723">
-        <v>386586.63</v>
+        <v>361766.5</v>
       </c>
       <c r="J723" t="s">
-        <v>43</v>
+        <v>433</v>
       </c>
       <c r="K723" t="s">
         <v>23</v>
       </c>
       <c r="L723" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="724" spans="1:12">
       <c r="A724">
-        <v>702</v>
+        <v>424</v>
       </c>
       <c r="B724" t="s">
+        <v>899</v>
+      </c>
+      <c r="C724" t="s">
+        <v>900</v>
+      </c>
+      <c r="D724">
+        <v>3</v>
+      </c>
+      <c r="E724">
+        <v>1</v>
+      </c>
+      <c r="G724">
+        <v>147999.0</v>
+      </c>
+      <c r="H724">
+        <v>30000.0</v>
+      </c>
+      <c r="I724">
+        <v>117999.0</v>
+      </c>
+      <c r="J724" t="s">
         <v>901</v>
-      </c>
-[...19 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K724" t="s">
         <v>23</v>
       </c>
       <c r="L724" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="725" spans="1:12">
       <c r="A725">
-        <v>766</v>
+        <v>503</v>
       </c>
       <c r="B725" t="s">
         <v>902</v>
       </c>
       <c r="C725" t="s">
         <v>21</v>
       </c>
       <c r="D725">
         <v>1</v>
       </c>
       <c r="E725">
         <v>1</v>
       </c>
       <c r="G725">
-        <v>101490.0</v>
+        <v>177121.49</v>
       </c>
       <c r="H725">
-        <v>46600.0</v>
+        <v>1900.0</v>
       </c>
       <c r="I725">
-        <v>54890.0</v>
+        <v>175221.49</v>
       </c>
       <c r="J725" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K725" t="s">
         <v>23</v>
       </c>
       <c r="L725" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="726" spans="1:12">
       <c r="A726">
-        <v>835</v>
+        <v>567</v>
       </c>
       <c r="B726" t="s">
         <v>903</v>
       </c>
       <c r="C726" t="s">
         <v>21</v>
       </c>
       <c r="D726">
         <v>3</v>
       </c>
       <c r="E726">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G726">
-        <v>224564.45</v>
+        <v>454249.01</v>
       </c>
       <c r="H726">
-        <v>102795.7</v>
+        <v>36000.0</v>
       </c>
       <c r="I726">
-        <v>121768.75</v>
+        <v>418249.01</v>
       </c>
       <c r="J726" t="s">
-        <v>750</v>
+        <v>22</v>
       </c>
       <c r="K726" t="s">
         <v>23</v>
       </c>
       <c r="L726" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="727" spans="1:12">
       <c r="A727">
-        <v>906</v>
+        <v>638</v>
       </c>
       <c r="B727" t="s">
         <v>904</v>
       </c>
       <c r="C727" t="s">
         <v>21</v>
       </c>
       <c r="D727">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E727">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G727">
-        <v>135150.0</v>
+        <v>474966.23</v>
       </c>
       <c r="H727">
-        <v>46960.0</v>
+        <v>88379.6</v>
       </c>
       <c r="I727">
-        <v>88190.0</v>
+        <v>386586.63</v>
       </c>
       <c r="J727" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="K727" t="s">
         <v>23</v>
       </c>
       <c r="L727" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="728" spans="1:12">
       <c r="A728">
-        <v>29</v>
+        <v>702</v>
       </c>
       <c r="B728" t="s">
         <v>905</v>
       </c>
       <c r="C728" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D728">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E728">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G728">
-        <v>786840.0</v>
+        <v>194849.2</v>
       </c>
       <c r="H728">
-        <v>51000.0</v>
+        <v>47999.01</v>
       </c>
       <c r="I728">
-        <v>735840.0</v>
+        <v>146850.19</v>
       </c>
       <c r="J728" t="s">
-        <v>597</v>
+        <v>26</v>
       </c>
       <c r="K728" t="s">
         <v>23</v>
       </c>
       <c r="L728" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="729" spans="1:12">
       <c r="A729">
-        <v>128</v>
+        <v>766</v>
       </c>
       <c r="B729" t="s">
         <v>906</v>
       </c>
       <c r="C729" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D729">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E729">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G729">
-        <v>336932.82</v>
+        <v>101490.0</v>
       </c>
       <c r="H729">
-        <v>52653.08</v>
+        <v>46600.0</v>
       </c>
       <c r="I729">
-        <v>284279.74</v>
+        <v>54890.0</v>
       </c>
       <c r="J729" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="K729" t="s">
         <v>23</v>
       </c>
       <c r="L729" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="730" spans="1:12">
       <c r="A730">
-        <v>194</v>
+        <v>835</v>
       </c>
       <c r="B730" t="s">
         <v>907</v>
       </c>
       <c r="C730" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D730">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E730">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G730">
-        <v>194590.0</v>
+        <v>224564.45</v>
       </c>
       <c r="H730">
-        <v>16000.0</v>
+        <v>102795.7</v>
       </c>
       <c r="I730">
-        <v>178590.0</v>
+        <v>121768.75</v>
       </c>
       <c r="J730" t="s">
-        <v>444</v>
+        <v>755</v>
       </c>
       <c r="K730" t="s">
         <v>23</v>
       </c>
       <c r="L730" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="731" spans="1:12">
       <c r="A731">
-        <v>259</v>
+        <v>906</v>
       </c>
       <c r="B731" t="s">
         <v>908</v>
       </c>
       <c r="C731" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D731">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E731">
         <v>1</v>
       </c>
       <c r="G731">
-        <v>493576.71</v>
+        <v>135150.0</v>
       </c>
       <c r="H731">
-        <v>0.0</v>
+        <v>46960.0</v>
       </c>
       <c r="I731">
-        <v>493576.71</v>
+        <v>88190.0</v>
       </c>
       <c r="J731" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="K731" t="s">
         <v>23</v>
       </c>
       <c r="L731" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="732" spans="1:12">
       <c r="A732">
-        <v>326</v>
+        <v>29</v>
       </c>
       <c r="B732" t="s">
         <v>909</v>
       </c>
       <c r="C732" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D732">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E732">
         <v>2</v>
       </c>
       <c r="G732">
-        <v>270939.0</v>
+        <v>786840.0</v>
       </c>
       <c r="H732">
-        <v>0.0</v>
+        <v>51000.0</v>
       </c>
       <c r="I732">
-        <v>270939.0</v>
+        <v>735840.0</v>
       </c>
       <c r="J732" t="s">
-        <v>224</v>
+        <v>600</v>
       </c>
       <c r="K732" t="s">
         <v>23</v>
       </c>
       <c r="L732" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="733" spans="1:12">
       <c r="A733">
-        <v>392</v>
+        <v>128</v>
       </c>
       <c r="B733" t="s">
         <v>910</v>
       </c>
       <c r="C733" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D733">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E733">
+        <v>2</v>
       </c>
       <c r="G733">
-        <v>218932.52</v>
+        <v>336932.82</v>
       </c>
       <c r="H733">
-        <v>144015.13</v>
+        <v>52653.08</v>
       </c>
       <c r="I733">
-        <v>74917.39</v>
+        <v>284279.74</v>
       </c>
       <c r="J733" t="s">
-        <v>299</v>
+        <v>89</v>
       </c>
       <c r="K733" t="s">
         <v>23</v>
       </c>
       <c r="L733" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="734" spans="1:12">
       <c r="A734">
-        <v>467</v>
+        <v>194</v>
       </c>
       <c r="B734" t="s">
         <v>911</v>
       </c>
       <c r="C734" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="D734">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E734">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G734">
-        <v>324931.18</v>
+        <v>194590.0</v>
       </c>
       <c r="H734">
-        <v>134403.7</v>
+        <v>16000.0</v>
       </c>
       <c r="I734">
-        <v>190527.48</v>
+        <v>178590.0</v>
       </c>
       <c r="J734" t="s">
-        <v>95</v>
+        <v>451</v>
       </c>
       <c r="K734" t="s">
         <v>23</v>
       </c>
       <c r="L734" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="735" spans="1:12">
       <c r="A735">
-        <v>535</v>
+        <v>259</v>
       </c>
       <c r="B735" t="s">
         <v>912</v>
       </c>
       <c r="C735" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D735">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E735">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G735">
-        <v>237393.85</v>
+        <v>493576.71</v>
       </c>
       <c r="H735">
-        <v>135517.99</v>
+        <v>0.0</v>
       </c>
       <c r="I735">
-        <v>101875.86</v>
+        <v>493576.71</v>
       </c>
       <c r="J735" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K735" t="s">
         <v>23</v>
       </c>
       <c r="L735" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="736" spans="1:12">
       <c r="A736">
-        <v>605</v>
+        <v>326</v>
       </c>
       <c r="B736" t="s">
         <v>913</v>
       </c>
       <c r="C736" t="s">
-        <v>21</v>
+        <v>36</v>
+      </c>
+      <c r="D736">
+        <v>2</v>
       </c>
       <c r="E736">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G736">
-        <v>73150.5</v>
+        <v>270939.0</v>
       </c>
       <c r="H736">
-        <v>38155.52</v>
+        <v>0.0</v>
       </c>
       <c r="I736">
-        <v>34994.98</v>
+        <v>270939.0</v>
       </c>
       <c r="J736" t="s">
-        <v>43</v>
+        <v>228</v>
       </c>
       <c r="K736" t="s">
         <v>23</v>
       </c>
       <c r="L736" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="737" spans="1:12">
       <c r="A737">
-        <v>670</v>
+        <v>392</v>
       </c>
       <c r="B737" t="s">
         <v>914</v>
       </c>
       <c r="C737" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D737">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G737">
-        <v>145624.64</v>
+        <v>218932.52</v>
       </c>
       <c r="H737">
-        <v>0.0</v>
+        <v>144015.13</v>
       </c>
       <c r="I737">
-        <v>145624.64</v>
+        <v>74917.39</v>
       </c>
       <c r="J737" t="s">
-        <v>47</v>
+        <v>303</v>
       </c>
       <c r="K737" t="s">
         <v>23</v>
       </c>
       <c r="L737" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="738" spans="1:12">
       <c r="A738">
-        <v>734</v>
+        <v>467</v>
       </c>
       <c r="B738" t="s">
         <v>915</v>
       </c>
       <c r="C738" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D738">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E738">
         <v>2</v>
       </c>
       <c r="G738">
-        <v>205837.98</v>
+        <v>324931.18</v>
       </c>
       <c r="H738">
-        <v>44290.38</v>
+        <v>134403.7</v>
       </c>
       <c r="I738">
-        <v>161547.6</v>
+        <v>190527.48</v>
       </c>
       <c r="J738" t="s">
-        <v>47</v>
+        <v>101</v>
       </c>
       <c r="K738" t="s">
         <v>23</v>
       </c>
       <c r="L738" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="739" spans="1:12">
       <c r="A739">
-        <v>801</v>
+        <v>535</v>
       </c>
       <c r="B739" t="s">
         <v>916</v>
       </c>
       <c r="C739" t="s">
         <v>21</v>
       </c>
       <c r="D739">
         <v>1</v>
       </c>
       <c r="E739">
         <v>2</v>
       </c>
       <c r="G739">
-        <v>103726.8</v>
+        <v>237393.85</v>
       </c>
       <c r="H739">
-        <v>28800.0</v>
+        <v>135517.99</v>
       </c>
       <c r="I739">
-        <v>74926.8</v>
+        <v>101875.86</v>
       </c>
       <c r="J739" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K739" t="s">
         <v>23</v>
       </c>
       <c r="L739" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="740" spans="1:12">
       <c r="A740">
-        <v>874</v>
+        <v>605</v>
       </c>
       <c r="B740" t="s">
         <v>917</v>
       </c>
       <c r="C740" t="s">
         <v>21</v>
       </c>
-      <c r="D740">
-[...1 lines deleted...]
-      </c>
       <c r="E740">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G740">
-        <v>135661.96</v>
+        <v>73150.5</v>
       </c>
       <c r="H740">
-        <v>70759.65</v>
+        <v>38155.52</v>
       </c>
       <c r="I740">
-        <v>64902.31</v>
+        <v>34994.98</v>
       </c>
       <c r="J740" t="s">
-        <v>234</v>
+        <v>22</v>
       </c>
       <c r="K740" t="s">
         <v>23</v>
       </c>
       <c r="L740" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="741" spans="1:12">
       <c r="A741">
-        <v>938</v>
+        <v>670</v>
       </c>
       <c r="B741" t="s">
         <v>918</v>
       </c>
       <c r="C741" t="s">
         <v>21</v>
       </c>
       <c r="D741">
         <v>2</v>
       </c>
       <c r="E741">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G741">
-        <v>342270.41</v>
+        <v>145624.64</v>
       </c>
       <c r="H741">
-        <v>37452.84</v>
+        <v>0.0</v>
       </c>
       <c r="I741">
-        <v>304817.57</v>
+        <v>145624.64</v>
       </c>
       <c r="J741" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K741" t="s">
         <v>23</v>
       </c>
       <c r="L741" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="742" spans="1:12">
       <c r="A742">
-        <v>95</v>
+        <v>734</v>
       </c>
       <c r="B742" t="s">
         <v>919</v>
       </c>
       <c r="C742" t="s">
-        <v>502</v>
+        <v>109</v>
       </c>
       <c r="D742">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E742">
         <v>2</v>
       </c>
       <c r="G742">
-        <v>140896.0</v>
+        <v>205837.98</v>
       </c>
       <c r="H742">
-        <v>30000.0</v>
+        <v>44290.38</v>
       </c>
       <c r="I742">
-        <v>110896.0</v>
+        <v>161547.6</v>
       </c>
       <c r="J742" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="K742" t="s">
         <v>23</v>
       </c>
       <c r="L742" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="743" spans="1:12">
       <c r="A743">
-        <v>162</v>
+        <v>801</v>
       </c>
       <c r="B743" t="s">
         <v>920</v>
       </c>
       <c r="C743" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D743">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E743">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G743">
-        <v>303547.0</v>
+        <v>103726.8</v>
       </c>
       <c r="H743">
-        <v>130732.07</v>
+        <v>28800.0</v>
       </c>
       <c r="I743">
-        <v>172814.93</v>
+        <v>74926.8</v>
       </c>
       <c r="J743" t="s">
-        <v>134</v>
+        <v>26</v>
       </c>
       <c r="K743" t="s">
         <v>23</v>
       </c>
       <c r="L743" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="744" spans="1:12">
       <c r="A744">
-        <v>226</v>
+        <v>874</v>
       </c>
       <c r="B744" t="s">
         <v>921</v>
       </c>
       <c r="C744" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D744">
         <v>1</v>
       </c>
       <c r="E744">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G744">
-        <v>109767.11</v>
+        <v>135661.96</v>
       </c>
       <c r="H744">
-        <v>38800.0</v>
+        <v>70759.65</v>
       </c>
       <c r="I744">
-        <v>70967.11</v>
+        <v>64902.31</v>
       </c>
       <c r="J744" t="s">
-        <v>292</v>
+        <v>203</v>
       </c>
       <c r="K744" t="s">
         <v>23</v>
       </c>
       <c r="L744" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="745" spans="1:12">
       <c r="A745">
-        <v>919</v>
+        <v>715</v>
       </c>
       <c r="B745" t="s">
         <v>922</v>
       </c>
       <c r="C745" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D745">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E745">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G745">
-        <v>195700.0</v>
+        <v>1069370.76</v>
       </c>
       <c r="H745">
-        <v>25503.97</v>
+        <v>89987.59</v>
       </c>
       <c r="I745">
-        <v>170196.03</v>
+        <v>979383.17</v>
       </c>
       <c r="J745" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K745" t="s">
         <v>23</v>
       </c>
       <c r="L745" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="746" spans="1:12">
       <c r="A746">
-        <v>58</v>
+        <v>782</v>
       </c>
       <c r="B746" t="s">
         <v>923</v>
       </c>
       <c r="C746" t="s">
         <v>21</v>
       </c>
       <c r="D746">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E746">
+        <v>1</v>
       </c>
       <c r="G746">
-        <v>375010.4</v>
+        <v>83920.52</v>
       </c>
       <c r="H746">
-        <v>67351.5</v>
+        <v>22665.19</v>
       </c>
       <c r="I746">
-        <v>307658.9</v>
+        <v>61255.33</v>
       </c>
       <c r="J746" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="K746" t="s">
         <v>23</v>
       </c>
       <c r="L746" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="747" spans="1:12">
       <c r="A747">
-        <v>142</v>
+        <v>851</v>
       </c>
       <c r="B747" t="s">
         <v>924</v>
       </c>
       <c r="C747" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D747">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E747">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G747">
-        <v>353000.0</v>
+        <v>361864.51</v>
       </c>
       <c r="H747">
-        <v>0.0</v>
+        <v>3432.96</v>
       </c>
       <c r="I747">
-        <v>353000.0</v>
+        <v>358431.55</v>
       </c>
       <c r="J747" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
       <c r="K747" t="s">
         <v>23</v>
       </c>
       <c r="L747" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="748" spans="1:12">
       <c r="A748">
-        <v>207</v>
+        <v>919</v>
       </c>
       <c r="B748" t="s">
         <v>925</v>
       </c>
       <c r="C748" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D748">
+        <v>4</v>
+      </c>
+      <c r="E748">
         <v>1</v>
       </c>
       <c r="G748">
-        <v>391334.92</v>
+        <v>195700.0</v>
       </c>
       <c r="H748">
-        <v>13692.67</v>
+        <v>25503.97</v>
       </c>
       <c r="I748">
-        <v>377642.25</v>
+        <v>170196.03</v>
       </c>
       <c r="J748" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="K748" t="s">
         <v>23</v>
       </c>
       <c r="L748" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="749" spans="1:12">
       <c r="A749">
-        <v>272</v>
+        <v>58</v>
       </c>
       <c r="B749" t="s">
         <v>926</v>
       </c>
       <c r="C749" t="s">
-        <v>927</v>
+        <v>21</v>
       </c>
       <c r="D749">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G749">
-        <v>920956.86</v>
+        <v>375010.4</v>
       </c>
       <c r="H749">
-        <v>727.0</v>
+        <v>67351.5</v>
       </c>
       <c r="I749">
-        <v>920229.86</v>
+        <v>307658.9</v>
       </c>
       <c r="J749" t="s">
-        <v>66</v>
+        <v>157</v>
       </c>
       <c r="K749" t="s">
         <v>23</v>
       </c>
       <c r="L749" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="750" spans="1:12">
       <c r="A750">
-        <v>339</v>
+        <v>142</v>
       </c>
       <c r="B750" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="C750" t="s">
-        <v>929</v>
+        <v>36</v>
       </c>
       <c r="D750">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E750">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G750">
-        <v>394581.1</v>
+        <v>353000.0</v>
       </c>
       <c r="H750">
-        <v>3107.55</v>
+        <v>0.0</v>
       </c>
       <c r="I750">
-        <v>391473.55</v>
+        <v>353000.0</v>
       </c>
       <c r="J750" t="s">
-        <v>39</v>
+        <v>160</v>
       </c>
       <c r="K750" t="s">
         <v>23</v>
       </c>
       <c r="L750" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="751" spans="1:12">
       <c r="A751">
-        <v>405</v>
+        <v>207</v>
       </c>
       <c r="B751" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="C751" t="s">
-        <v>335</v>
+        <v>36</v>
       </c>
       <c r="D751">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="E751">
         <v>1</v>
       </c>
       <c r="G751">
-        <v>195846.0</v>
+        <v>391334.92</v>
       </c>
       <c r="H751">
-        <v>14388.0</v>
+        <v>13692.67</v>
       </c>
       <c r="I751">
-        <v>181458.0</v>
+        <v>377642.25</v>
       </c>
       <c r="J751" t="s">
-        <v>463</v>
+        <v>40</v>
       </c>
       <c r="K751" t="s">
         <v>23</v>
       </c>
       <c r="L751" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="752" spans="1:12">
       <c r="A752">
-        <v>483</v>
+        <v>272</v>
       </c>
       <c r="B752" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="C752" t="s">
-        <v>21</v>
+        <v>930</v>
       </c>
       <c r="D752">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E752">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G752">
-        <v>148905.21</v>
+        <v>920956.86</v>
       </c>
       <c r="H752">
-        <v>16170.0</v>
+        <v>727.0</v>
       </c>
       <c r="I752">
-        <v>132735.21</v>
+        <v>920229.86</v>
       </c>
       <c r="J752" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="K752" t="s">
         <v>23</v>
       </c>
       <c r="L752" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="753" spans="1:12">
       <c r="A753">
-        <v>548</v>
+        <v>339</v>
       </c>
       <c r="B753" t="s">
+        <v>931</v>
+      </c>
+      <c r="C753" t="s">
         <v>932</v>
       </c>
-      <c r="C753" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D753">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E753">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G753">
-        <v>157003.0</v>
+        <v>394581.1</v>
       </c>
       <c r="H753">
-        <v>79420.0</v>
+        <v>3107.55</v>
       </c>
       <c r="I753">
-        <v>77583.0</v>
+        <v>391473.55</v>
       </c>
       <c r="J753" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K753" t="s">
         <v>23</v>
       </c>
       <c r="L753" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="754" spans="1:12">
       <c r="A754">
-        <v>619</v>
+        <v>405</v>
       </c>
       <c r="B754" t="s">
         <v>933</v>
       </c>
       <c r="C754" t="s">
-        <v>21</v>
+        <v>339</v>
       </c>
       <c r="D754">
         <v>3</v>
       </c>
       <c r="E754">
         <v>1</v>
       </c>
       <c r="G754">
-        <v>272275.24</v>
+        <v>195846.0</v>
       </c>
       <c r="H754">
-        <v>143733.48</v>
+        <v>14388.0</v>
       </c>
       <c r="I754">
-        <v>128541.76</v>
+        <v>181458.0</v>
       </c>
       <c r="J754" t="s">
-        <v>43</v>
+        <v>433</v>
       </c>
       <c r="K754" t="s">
         <v>23</v>
       </c>
       <c r="L754" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="755" spans="1:12">
       <c r="A755">
-        <v>683</v>
+        <v>483</v>
       </c>
       <c r="B755" t="s">
         <v>934</v>
       </c>
       <c r="C755" t="s">
         <v>21</v>
       </c>
       <c r="D755">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E755">
         <v>1</v>
       </c>
       <c r="G755">
-        <v>161664.9</v>
+        <v>148905.21</v>
       </c>
       <c r="H755">
-        <v>114593.6</v>
+        <v>16170.0</v>
       </c>
       <c r="I755">
-        <v>47071.3</v>
+        <v>132735.21</v>
       </c>
       <c r="J755" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K755" t="s">
         <v>23</v>
       </c>
       <c r="L755" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="756" spans="1:12">
       <c r="A756">
-        <v>747</v>
+        <v>548</v>
       </c>
       <c r="B756" t="s">
         <v>935</v>
       </c>
       <c r="C756" t="s">
         <v>21</v>
       </c>
       <c r="D756">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E756">
         <v>1</v>
       </c>
       <c r="G756">
-        <v>117234.55</v>
+        <v>157003.0</v>
       </c>
       <c r="H756">
-        <v>4452.77</v>
+        <v>79420.0</v>
       </c>
       <c r="I756">
-        <v>112781.78</v>
+        <v>77583.0</v>
       </c>
       <c r="J756" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K756" t="s">
         <v>23</v>
       </c>
       <c r="L756" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="757" spans="1:12">
       <c r="A757">
-        <v>814</v>
+        <v>619</v>
       </c>
       <c r="B757" t="s">
         <v>936</v>
       </c>
       <c r="C757" t="s">
         <v>21</v>
       </c>
       <c r="D757">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E757">
         <v>1</v>
       </c>
       <c r="G757">
-        <v>110912.31</v>
+        <v>272275.24</v>
       </c>
       <c r="H757">
-        <v>106344.61</v>
+        <v>143733.48</v>
       </c>
       <c r="I757">
-        <v>4567.7</v>
+        <v>128541.76</v>
       </c>
       <c r="J757" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K757" t="s">
         <v>23</v>
       </c>
       <c r="L757" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="758" spans="1:12">
       <c r="A758">
-        <v>887</v>
+        <v>683</v>
       </c>
       <c r="B758" t="s">
         <v>937</v>
       </c>
       <c r="C758" t="s">
         <v>21</v>
       </c>
       <c r="D758">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E758">
         <v>1</v>
       </c>
       <c r="G758">
-        <v>437682.5</v>
+        <v>161664.9</v>
       </c>
       <c r="H758">
-        <v>96085.05</v>
+        <v>114593.6</v>
       </c>
       <c r="I758">
-        <v>341597.45</v>
+        <v>47071.3</v>
       </c>
       <c r="J758" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K758" t="s">
         <v>23</v>
       </c>
       <c r="L758" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="759" spans="1:12">
       <c r="A759">
-        <v>951</v>
+        <v>747</v>
       </c>
       <c r="B759" t="s">
         <v>938</v>
       </c>
       <c r="C759" t="s">
         <v>21</v>
       </c>
       <c r="D759">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E759">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G759">
-        <v>221600.0</v>
+        <v>117234.55</v>
       </c>
       <c r="H759">
-        <v>127807.12</v>
+        <v>4452.77</v>
       </c>
       <c r="I759">
-        <v>93792.88</v>
+        <v>112781.78</v>
       </c>
       <c r="J759" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K759" t="s">
         <v>23</v>
       </c>
       <c r="L759" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="760" spans="1:12">
       <c r="A760">
-        <v>109</v>
+        <v>814</v>
       </c>
       <c r="B760" t="s">
         <v>939</v>
       </c>
       <c r="C760" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D760">
         <v>1</v>
       </c>
       <c r="E760">
         <v>1</v>
       </c>
       <c r="G760">
-        <v>364340.0</v>
+        <v>110912.31</v>
       </c>
       <c r="H760">
-        <v>14000.0</v>
+        <v>106344.61</v>
       </c>
       <c r="I760">
-        <v>350340.0</v>
+        <v>4567.7</v>
       </c>
       <c r="J760" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="K760" t="s">
         <v>23</v>
       </c>
       <c r="L760" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="761" spans="1:12">
       <c r="A761">
-        <v>175</v>
+        <v>887</v>
       </c>
       <c r="B761" t="s">
         <v>940</v>
       </c>
       <c r="C761" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D761">
+        <v>2</v>
       </c>
       <c r="E761">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G761">
-        <v>272800.0</v>
+        <v>437682.5</v>
       </c>
       <c r="H761">
-        <v>42600.0</v>
+        <v>96085.05</v>
       </c>
       <c r="I761">
-        <v>230200.0</v>
+        <v>341597.45</v>
       </c>
       <c r="J761" t="s">
-        <v>134</v>
+        <v>54</v>
       </c>
       <c r="K761" t="s">
         <v>23</v>
       </c>
       <c r="L761" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="762" spans="1:12">
       <c r="A762">
-        <v>239</v>
+        <v>951</v>
       </c>
       <c r="B762" t="s">
         <v>941</v>
       </c>
       <c r="C762" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D762">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E762">
         <v>2</v>
       </c>
       <c r="G762">
-        <v>260013.0</v>
+        <v>221600.0</v>
       </c>
       <c r="H762">
-        <v>33259.96</v>
+        <v>127807.12</v>
       </c>
       <c r="I762">
-        <v>226753.04</v>
+        <v>93792.88</v>
       </c>
       <c r="J762" t="s">
-        <v>312</v>
+        <v>56</v>
       </c>
       <c r="K762" t="s">
         <v>23</v>
       </c>
       <c r="L762" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="763" spans="1:12">
       <c r="A763">
-        <v>307</v>
+        <v>109</v>
       </c>
       <c r="B763" t="s">
         <v>942</v>
       </c>
       <c r="C763" t="s">
-        <v>943</v>
+        <v>36</v>
       </c>
       <c r="D763">
         <v>1</v>
       </c>
+      <c r="E763">
+        <v>1</v>
+      </c>
       <c r="G763">
-        <v>122179.43</v>
+        <v>364340.0</v>
       </c>
       <c r="H763">
-        <v>98000.0</v>
+        <v>14000.0</v>
       </c>
       <c r="I763">
-        <v>24179.43</v>
+        <v>350340.0</v>
       </c>
       <c r="J763" t="s">
-        <v>790</v>
+        <v>58</v>
       </c>
       <c r="K763" t="s">
         <v>23</v>
       </c>
       <c r="L763" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="764" spans="1:12">
       <c r="A764">
-        <v>371</v>
+        <v>175</v>
       </c>
       <c r="B764" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="C764" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="E764">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G764">
-        <v>193302.54</v>
+        <v>272800.0</v>
       </c>
       <c r="H764">
-        <v>31017.39</v>
+        <v>42600.0</v>
       </c>
       <c r="I764">
-        <v>162285.15</v>
+        <v>230200.0</v>
       </c>
       <c r="J764" t="s">
-        <v>633</v>
+        <v>139</v>
       </c>
       <c r="K764" t="s">
         <v>23</v>
       </c>
       <c r="L764" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="765" spans="1:12">
       <c r="A765">
-        <v>437</v>
+        <v>239</v>
       </c>
       <c r="B765" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="C765" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D765">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="E765">
+        <v>2</v>
       </c>
       <c r="G765">
-        <v>162662.57</v>
+        <v>260013.0</v>
       </c>
       <c r="H765">
-        <v>75000.0</v>
+        <v>33259.96</v>
       </c>
       <c r="I765">
-        <v>87662.57</v>
+        <v>226753.04</v>
       </c>
       <c r="J765" t="s">
-        <v>946</v>
+        <v>316</v>
       </c>
       <c r="K765" t="s">
         <v>23</v>
       </c>
       <c r="L765" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="766" spans="1:12">
       <c r="A766">
-        <v>516</v>
+        <v>307</v>
       </c>
       <c r="B766" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="C766" t="s">
-        <v>21</v>
+        <v>946</v>
       </c>
       <c r="D766">
         <v>1</v>
       </c>
-      <c r="E766">
-[...1 lines deleted...]
-      </c>
       <c r="G766">
-        <v>260047.3</v>
+        <v>122179.43</v>
       </c>
       <c r="H766">
-        <v>153846.98</v>
+        <v>98000.0</v>
       </c>
       <c r="I766">
-        <v>106200.32</v>
+        <v>24179.43</v>
       </c>
       <c r="J766" t="s">
-        <v>43</v>
+        <v>794</v>
       </c>
       <c r="K766" t="s">
         <v>23</v>
       </c>
       <c r="L766" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="767" spans="1:12">
       <c r="A767">
-        <v>580</v>
+        <v>371</v>
       </c>
       <c r="B767" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="C767" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D767">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E767">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G767">
-        <v>121979.63</v>
+        <v>193302.54</v>
       </c>
       <c r="H767">
-        <v>20989.29</v>
+        <v>31017.39</v>
       </c>
       <c r="I767">
-        <v>100990.34</v>
+        <v>162285.15</v>
       </c>
       <c r="J767" t="s">
-        <v>43</v>
+        <v>637</v>
       </c>
       <c r="K767" t="s">
         <v>23</v>
       </c>
       <c r="L767" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="768" spans="1:12">
       <c r="A768">
-        <v>651</v>
+        <v>437</v>
       </c>
       <c r="B768" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="C768" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D768">
         <v>3</v>
       </c>
-      <c r="E768">
-[...1 lines deleted...]
-      </c>
       <c r="G768">
-        <v>686527.4</v>
+        <v>162662.57</v>
       </c>
       <c r="H768">
-        <v>0.0</v>
+        <v>75000.0</v>
       </c>
       <c r="I768">
-        <v>686527.4</v>
+        <v>87662.57</v>
       </c>
       <c r="J768" t="s">
-        <v>43</v>
+        <v>949</v>
       </c>
       <c r="K768" t="s">
         <v>23</v>
       </c>
       <c r="L768" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="769" spans="1:12">
       <c r="A769">
-        <v>715</v>
+        <v>516</v>
       </c>
       <c r="B769" t="s">
         <v>950</v>
       </c>
       <c r="C769" t="s">
         <v>21</v>
       </c>
       <c r="D769">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E769">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G769">
-        <v>1069370.76</v>
+        <v>260047.3</v>
       </c>
       <c r="H769">
-        <v>89987.59</v>
+        <v>153846.98</v>
       </c>
       <c r="I769">
-        <v>979383.17</v>
+        <v>106200.32</v>
       </c>
       <c r="J769" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K769" t="s">
         <v>23</v>
       </c>
       <c r="L769" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="770" spans="1:12">
       <c r="A770">
-        <v>782</v>
+        <v>580</v>
       </c>
       <c r="B770" t="s">
         <v>951</v>
       </c>
       <c r="C770" t="s">
         <v>21</v>
       </c>
       <c r="D770">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E770">
         <v>1</v>
       </c>
       <c r="G770">
-        <v>83920.52</v>
+        <v>121979.63</v>
       </c>
       <c r="H770">
-        <v>22665.19</v>
+        <v>20989.29</v>
       </c>
       <c r="I770">
-        <v>61255.33</v>
+        <v>100990.34</v>
       </c>
       <c r="J770" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K770" t="s">
         <v>23</v>
       </c>
       <c r="L770" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="771" spans="1:12">
       <c r="A771">
-        <v>851</v>
+        <v>651</v>
       </c>
       <c r="B771" t="s">
         <v>952</v>
       </c>
       <c r="C771" t="s">
         <v>21</v>
       </c>
       <c r="D771">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E771">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G771">
-        <v>361864.51</v>
+        <v>686527.4</v>
       </c>
       <c r="H771">
-        <v>3432.96</v>
+        <v>0.0</v>
       </c>
       <c r="I771">
-        <v>358431.55</v>
+        <v>686527.4</v>
       </c>
       <c r="J771" t="s">
         <v>22</v>
       </c>
       <c r="K771" t="s">
         <v>23</v>
       </c>
       <c r="L771" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="772" spans="1:12">
       <c r="A772">
-        <v>760</v>
+        <v>561</v>
       </c>
       <c r="B772" t="s">
         <v>953</v>
       </c>
       <c r="C772" t="s">
         <v>21</v>
       </c>
+      <c r="D772">
+        <v>1</v>
+      </c>
       <c r="E772">
         <v>1</v>
       </c>
       <c r="G772">
-        <v>90526.0</v>
+        <v>200417.29</v>
       </c>
       <c r="H772">
-        <v>53142.2</v>
+        <v>121732.15</v>
       </c>
       <c r="I772">
-        <v>37383.8</v>
+        <v>78685.14</v>
       </c>
       <c r="J772" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K772" t="s">
         <v>23</v>
       </c>
       <c r="L772" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="773" spans="1:12">
       <c r="A773">
-        <v>827</v>
+        <v>632</v>
       </c>
       <c r="B773" t="s">
         <v>954</v>
       </c>
       <c r="C773" t="s">
         <v>21</v>
       </c>
       <c r="D773">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E773">
         <v>2</v>
       </c>
       <c r="G773">
-        <v>230250.0</v>
+        <v>622348.6</v>
       </c>
       <c r="H773">
-        <v>41791.18</v>
+        <v>101000.0</v>
       </c>
       <c r="I773">
-        <v>188458.82</v>
+        <v>521348.6</v>
       </c>
       <c r="J773" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K773" t="s">
         <v>23</v>
       </c>
       <c r="L773" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="774" spans="1:12">
       <c r="A774">
-        <v>900</v>
+        <v>696</v>
       </c>
       <c r="B774" t="s">
         <v>955</v>
       </c>
       <c r="C774" t="s">
         <v>21</v>
       </c>
       <c r="D774">
         <v>2</v>
       </c>
       <c r="E774">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G774">
-        <v>338393.67</v>
+        <v>518655.47</v>
       </c>
       <c r="H774">
-        <v>223000.0</v>
+        <v>86154.72</v>
       </c>
       <c r="I774">
-        <v>115393.67</v>
+        <v>432500.75</v>
       </c>
       <c r="J774" t="s">
         <v>26</v>
       </c>
       <c r="K774" t="s">
         <v>23</v>
       </c>
       <c r="L774" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="775" spans="1:12">
       <c r="A775">
-        <v>21</v>
+        <v>760</v>
       </c>
       <c r="B775" t="s">
         <v>956</v>
       </c>
       <c r="C775" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="E775">
         <v>1</v>
       </c>
       <c r="G775">
-        <v>129910.25</v>
+        <v>90526.0</v>
       </c>
       <c r="H775">
-        <v>84680.66</v>
+        <v>53142.2</v>
       </c>
       <c r="I775">
-        <v>45229.59</v>
+        <v>37383.8</v>
       </c>
       <c r="J775" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="K775" t="s">
         <v>23</v>
       </c>
       <c r="L775" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="776" spans="1:12">
       <c r="A776">
-        <v>964</v>
+        <v>827</v>
       </c>
       <c r="B776" t="s">
         <v>957</v>
       </c>
       <c r="C776" t="s">
         <v>21</v>
       </c>
       <c r="D776">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E776">
         <v>2</v>
       </c>
       <c r="G776">
-        <v>302082.29</v>
+        <v>230250.0</v>
       </c>
       <c r="H776">
-        <v>116245.0</v>
+        <v>41791.18</v>
       </c>
       <c r="I776">
-        <v>185837.29</v>
+        <v>188458.82</v>
       </c>
       <c r="J776" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="K776" t="s">
         <v>23</v>
       </c>
       <c r="L776" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="777" spans="1:12">
       <c r="A777">
-        <v>122</v>
+        <v>900</v>
       </c>
       <c r="B777" t="s">
         <v>958</v>
       </c>
       <c r="C777" t="s">
+        <v>21</v>
+      </c>
+      <c r="D777">
+        <v>2</v>
+      </c>
+      <c r="E777">
+        <v>2</v>
+      </c>
+      <c r="G777">
+        <v>338393.67</v>
+      </c>
+      <c r="H777">
+        <v>223000.0</v>
+      </c>
+      <c r="I777">
+        <v>115393.67</v>
+      </c>
+      <c r="J777" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
       <c r="K777" t="s">
         <v>23</v>
       </c>
       <c r="L777" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="778" spans="1:12">
       <c r="A778">
-        <v>188</v>
+        <v>21</v>
       </c>
       <c r="B778" t="s">
         <v>959</v>
       </c>
       <c r="C778" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D778">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E778">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G778">
-        <v>177562.08</v>
+        <v>129910.25</v>
       </c>
       <c r="H778">
-        <v>1425.89</v>
+        <v>84680.66</v>
       </c>
       <c r="I778">
-        <v>176136.19</v>
+        <v>45229.59</v>
       </c>
       <c r="J778" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="K778" t="s">
         <v>23</v>
       </c>
       <c r="L778" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="779" spans="1:12">
       <c r="A779">
-        <v>252</v>
+        <v>964</v>
       </c>
       <c r="B779" t="s">
         <v>960</v>
       </c>
       <c r="C779" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D779">
         <v>2</v>
       </c>
       <c r="E779">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G779">
-        <v>304301.86</v>
+        <v>302082.29</v>
       </c>
       <c r="H779">
-        <v>68518.91</v>
+        <v>116245.0</v>
       </c>
       <c r="I779">
-        <v>235782.95</v>
+        <v>185837.29</v>
       </c>
       <c r="J779" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K779" t="s">
         <v>23</v>
       </c>
       <c r="L779" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="780" spans="1:12">
       <c r="A780">
-        <v>320</v>
+        <v>122</v>
       </c>
       <c r="B780" t="s">
         <v>961</v>
       </c>
       <c r="C780" t="s">
-        <v>335</v>
+        <v>36</v>
       </c>
       <c r="D780">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E780">
         <v>1</v>
       </c>
       <c r="G780">
-        <v>306000.0</v>
+        <v>89907.81</v>
       </c>
       <c r="H780">
-        <v>134158.0</v>
+        <v>23569.27</v>
       </c>
       <c r="I780">
-        <v>171842.0</v>
+        <v>66338.54</v>
       </c>
       <c r="J780" t="s">
         <v>89</v>
       </c>
       <c r="K780" t="s">
         <v>23</v>
       </c>
       <c r="L780" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="781" spans="1:12">
       <c r="A781">
-        <v>386</v>
+        <v>188</v>
       </c>
       <c r="B781" t="s">
         <v>962</v>
       </c>
       <c r="C781" t="s">
+        <v>36</v>
+      </c>
+      <c r="D781">
+        <v>2</v>
+      </c>
+      <c r="E781">
+        <v>2</v>
+      </c>
+      <c r="G781">
+        <v>177562.08</v>
+      </c>
+      <c r="H781">
+        <v>1425.89</v>
+      </c>
+      <c r="I781">
+        <v>176136.19</v>
+      </c>
+      <c r="J781" t="s">
         <v>91</v>
-      </c>
-[...16 lines deleted...]
-        <v>811</v>
       </c>
       <c r="K781" t="s">
         <v>23</v>
       </c>
       <c r="L781" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="782" spans="1:12">
       <c r="A782">
-        <v>460</v>
+        <v>252</v>
       </c>
       <c r="B782" t="s">
         <v>963</v>
       </c>
       <c r="C782" t="s">
-        <v>964</v>
+        <v>36</v>
       </c>
       <c r="D782">
         <v>2</v>
       </c>
       <c r="E782">
         <v>1</v>
       </c>
       <c r="G782">
-        <v>181757.98</v>
+        <v>304301.86</v>
       </c>
       <c r="H782">
-        <v>67187.66</v>
+        <v>68518.91</v>
       </c>
       <c r="I782">
-        <v>114570.32</v>
+        <v>235782.95</v>
       </c>
       <c r="J782" t="s">
-        <v>340</v>
+        <v>93</v>
       </c>
       <c r="K782" t="s">
         <v>23</v>
       </c>
       <c r="L782" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="783" spans="1:12">
       <c r="A783">
-        <v>529</v>
+        <v>320</v>
       </c>
       <c r="B783" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="C783" t="s">
-        <v>21</v>
+        <v>339</v>
       </c>
       <c r="D783">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E783">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G783">
-        <v>593587.63</v>
+        <v>306000.0</v>
       </c>
       <c r="H783">
-        <v>1000.0</v>
+        <v>134158.0</v>
       </c>
       <c r="I783">
-        <v>592587.63</v>
+        <v>171842.0</v>
       </c>
       <c r="J783" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="K783" t="s">
         <v>23</v>
       </c>
       <c r="L783" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="784" spans="1:12">
       <c r="A784">
-        <v>599</v>
+        <v>386</v>
       </c>
       <c r="B784" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="C784" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="D784">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E784">
         <v>1</v>
       </c>
       <c r="G784">
-        <v>96468.42</v>
+        <v>220338.23</v>
       </c>
       <c r="H784">
-        <v>687.52</v>
+        <v>56088.24</v>
       </c>
       <c r="I784">
-        <v>95780.9</v>
+        <v>164249.99</v>
       </c>
       <c r="J784" t="s">
-        <v>43</v>
+        <v>814</v>
       </c>
       <c r="K784" t="s">
         <v>23</v>
       </c>
       <c r="L784" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="785" spans="1:12">
       <c r="A785">
-        <v>664</v>
+        <v>460</v>
       </c>
       <c r="B785" t="s">
+        <v>966</v>
+      </c>
+      <c r="C785" t="s">
         <v>967</v>
       </c>
-      <c r="C785" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D785">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E785">
         <v>1</v>
       </c>
       <c r="G785">
-        <v>273598.3</v>
+        <v>181757.98</v>
       </c>
       <c r="H785">
-        <v>41976.57</v>
+        <v>67187.66</v>
       </c>
       <c r="I785">
-        <v>231621.73</v>
+        <v>114570.32</v>
       </c>
       <c r="J785" t="s">
-        <v>99</v>
+        <v>344</v>
       </c>
       <c r="K785" t="s">
         <v>23</v>
       </c>
       <c r="L785" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="786" spans="1:12">
       <c r="A786">
-        <v>728</v>
+        <v>529</v>
       </c>
       <c r="B786" t="s">
         <v>968</v>
       </c>
       <c r="C786" t="s">
         <v>21</v>
       </c>
       <c r="D786">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E786">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G786">
-        <v>188880.0</v>
+        <v>593587.63</v>
       </c>
       <c r="H786">
-        <v>102000.0</v>
+        <v>1000.0</v>
       </c>
       <c r="I786">
-        <v>86880.0</v>
+        <v>592587.63</v>
       </c>
       <c r="J786" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K786" t="s">
         <v>23</v>
       </c>
       <c r="L786" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="787" spans="1:12">
       <c r="A787">
-        <v>795</v>
+        <v>599</v>
       </c>
       <c r="B787" t="s">
         <v>969</v>
       </c>
       <c r="C787" t="s">
         <v>21</v>
       </c>
       <c r="D787">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E787">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G787">
-        <v>175091.13</v>
+        <v>96468.42</v>
       </c>
       <c r="H787">
-        <v>41516.34</v>
+        <v>687.52</v>
       </c>
       <c r="I787">
-        <v>133574.79</v>
+        <v>95780.9</v>
       </c>
       <c r="J787" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K787" t="s">
         <v>23</v>
       </c>
       <c r="L787" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="788" spans="1:12">
       <c r="A788">
-        <v>868</v>
+        <v>664</v>
       </c>
       <c r="B788" t="s">
         <v>970</v>
       </c>
       <c r="C788" t="s">
         <v>21</v>
       </c>
       <c r="D788">
+        <v>4</v>
+      </c>
+      <c r="E788">
         <v>1</v>
       </c>
       <c r="G788">
-        <v>1151779.69</v>
+        <v>273598.3</v>
       </c>
       <c r="H788">
-        <v>70.0</v>
+        <v>41976.57</v>
       </c>
       <c r="I788">
-        <v>1151709.69</v>
+        <v>231621.73</v>
       </c>
       <c r="J788" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="K788" t="s">
         <v>23</v>
       </c>
       <c r="L788" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="789" spans="1:12">
       <c r="A789">
-        <v>932</v>
+        <v>728</v>
       </c>
       <c r="B789" t="s">
         <v>971</v>
       </c>
       <c r="C789" t="s">
         <v>21</v>
       </c>
       <c r="D789">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E789">
         <v>3</v>
       </c>
       <c r="G789">
-        <v>245620.0</v>
+        <v>188880.0</v>
       </c>
       <c r="H789">
-        <v>37500.0</v>
+        <v>102000.0</v>
       </c>
       <c r="I789">
-        <v>208120.0</v>
+        <v>86880.0</v>
       </c>
       <c r="J789" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K789" t="s">
         <v>23</v>
       </c>
       <c r="L789" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="790" spans="1:12">
       <c r="A790">
-        <v>89</v>
+        <v>795</v>
       </c>
       <c r="B790" t="s">
         <v>972</v>
       </c>
       <c r="C790" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D790">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E790">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G790">
-        <v>151082.88</v>
+        <v>175091.13</v>
       </c>
       <c r="H790">
-        <v>67798.98</v>
+        <v>41516.34</v>
       </c>
       <c r="I790">
-        <v>83283.9</v>
+        <v>133574.79</v>
       </c>
       <c r="J790" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K790" t="s">
         <v>23</v>
       </c>
       <c r="L790" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="791" spans="1:12">
       <c r="A791">
-        <v>155</v>
+        <v>868</v>
       </c>
       <c r="B791" t="s">
         <v>973</v>
       </c>
       <c r="C791" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D791">
         <v>1</v>
       </c>
-      <c r="E791">
-[...1 lines deleted...]
-      </c>
       <c r="G791">
-        <v>199767.2</v>
+        <v>1151779.69</v>
       </c>
       <c r="H791">
-        <v>29046.16</v>
+        <v>70.0</v>
       </c>
       <c r="I791">
-        <v>170721.04</v>
+        <v>1151709.69</v>
       </c>
       <c r="J791" t="s">
-        <v>179</v>
+        <v>54</v>
       </c>
       <c r="K791" t="s">
         <v>23</v>
       </c>
       <c r="L791" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="792" spans="1:12">
       <c r="A792">
-        <v>220</v>
+        <v>932</v>
       </c>
       <c r="B792" t="s">
         <v>974</v>
       </c>
       <c r="C792" t="s">
-        <v>335</v>
+        <v>21</v>
       </c>
       <c r="D792">
+        <v>1</v>
+      </c>
+      <c r="E792">
         <v>3</v>
       </c>
-      <c r="E792">
-[...1 lines deleted...]
-      </c>
       <c r="G792">
-        <v>429017.63</v>
+        <v>245620.0</v>
       </c>
       <c r="H792">
-        <v>90651.91</v>
+        <v>37500.0</v>
       </c>
       <c r="I792">
-        <v>338365.72</v>
+        <v>208120.0</v>
       </c>
       <c r="J792" t="s">
         <v>111</v>
       </c>
       <c r="K792" t="s">
         <v>23</v>
       </c>
       <c r="L792" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="793" spans="1:12">
       <c r="A793">
-        <v>285</v>
+        <v>89</v>
       </c>
       <c r="B793" t="s">
         <v>975</v>
       </c>
       <c r="C793" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D793">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E793">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G793">
-        <v>332010.0</v>
+        <v>151082.88</v>
       </c>
       <c r="H793">
-        <v>160000.0</v>
+        <v>67798.98</v>
       </c>
       <c r="I793">
-        <v>172010.0</v>
+        <v>83283.9</v>
       </c>
       <c r="J793" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="K793" t="s">
         <v>23</v>
       </c>
       <c r="L793" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="794" spans="1:12">
       <c r="A794">
-        <v>352</v>
+        <v>155</v>
       </c>
       <c r="B794" t="s">
         <v>976</v>
       </c>
       <c r="C794" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D794">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E794">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G794">
-        <v>232998.0</v>
+        <v>199767.2</v>
       </c>
       <c r="H794">
-        <v>88893.19</v>
+        <v>29046.16</v>
       </c>
       <c r="I794">
-        <v>144104.81</v>
+        <v>170721.04</v>
       </c>
       <c r="J794" t="s">
-        <v>116</v>
+        <v>185</v>
       </c>
       <c r="K794" t="s">
         <v>23</v>
       </c>
       <c r="L794" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="795" spans="1:12">
       <c r="A795">
-        <v>418</v>
+        <v>220</v>
       </c>
       <c r="B795" t="s">
         <v>977</v>
       </c>
       <c r="C795" t="s">
-        <v>31</v>
+        <v>339</v>
       </c>
       <c r="D795">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E795">
         <v>1</v>
       </c>
       <c r="G795">
-        <v>209631.0</v>
+        <v>429017.63</v>
       </c>
       <c r="H795">
-        <v>102105.4</v>
+        <v>90651.91</v>
       </c>
       <c r="I795">
-        <v>107525.6</v>
+        <v>338365.72</v>
       </c>
       <c r="J795" t="s">
-        <v>296</v>
+        <v>117</v>
       </c>
       <c r="K795" t="s">
         <v>23</v>
       </c>
       <c r="L795" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="796" spans="1:12">
       <c r="A796">
-        <v>497</v>
+        <v>285</v>
       </c>
       <c r="B796" t="s">
         <v>978</v>
       </c>
       <c r="C796" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D796">
         <v>2</v>
       </c>
       <c r="E796">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G796">
-        <v>101581.5</v>
+        <v>332010.0</v>
       </c>
       <c r="H796">
-        <v>1024.92</v>
+        <v>160000.0</v>
       </c>
       <c r="I796">
-        <v>100556.58</v>
+        <v>172010.0</v>
       </c>
       <c r="J796" t="s">
-        <v>43</v>
+        <v>120</v>
       </c>
       <c r="K796" t="s">
         <v>23</v>
       </c>
       <c r="L796" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="797" spans="1:12">
       <c r="A797">
-        <v>561</v>
+        <v>352</v>
       </c>
       <c r="B797" t="s">
         <v>979</v>
       </c>
       <c r="C797" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D797">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E797">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G797">
-        <v>200417.29</v>
+        <v>232998.0</v>
       </c>
       <c r="H797">
-        <v>121732.15</v>
+        <v>88893.19</v>
       </c>
       <c r="I797">
-        <v>78685.14</v>
+        <v>144104.81</v>
       </c>
       <c r="J797" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="K797" t="s">
         <v>23</v>
       </c>
       <c r="L797" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="798" spans="1:12">
       <c r="A798">
-        <v>632</v>
+        <v>418</v>
       </c>
       <c r="B798" t="s">
         <v>980</v>
       </c>
       <c r="C798" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D798">
         <v>4</v>
       </c>
       <c r="E798">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G798">
-        <v>622348.6</v>
+        <v>209631.0</v>
       </c>
       <c r="H798">
-        <v>101000.0</v>
+        <v>102105.4</v>
       </c>
       <c r="I798">
-        <v>521348.6</v>
+        <v>107525.6</v>
       </c>
       <c r="J798" t="s">
-        <v>43</v>
+        <v>269</v>
       </c>
       <c r="K798" t="s">
         <v>23</v>
       </c>
       <c r="L798" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="799" spans="1:12">
       <c r="A799">
-        <v>696</v>
+        <v>497</v>
       </c>
       <c r="B799" t="s">
         <v>981</v>
       </c>
       <c r="C799" t="s">
         <v>21</v>
       </c>
       <c r="D799">
         <v>2</v>
       </c>
       <c r="E799">
         <v>1</v>
       </c>
       <c r="G799">
-        <v>518655.47</v>
+        <v>101581.5</v>
       </c>
       <c r="H799">
-        <v>86154.72</v>
+        <v>1024.92</v>
       </c>
       <c r="I799">
-        <v>432500.75</v>
+        <v>100556.58</v>
       </c>
       <c r="J799" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K799" t="s">
         <v>23</v>
       </c>
       <c r="L799" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="800" spans="1:12">
       <c r="A800">
-        <v>542</v>
+        <v>333</v>
       </c>
       <c r="B800" t="s">
         <v>982</v>
       </c>
       <c r="C800" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D800">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E800">
+        <v>1</v>
       </c>
       <c r="G800">
-        <v>43725.0</v>
+        <v>132217.45</v>
       </c>
       <c r="H800">
-        <v>8000.0</v>
+        <v>17469.6</v>
       </c>
       <c r="I800">
-        <v>35725.0</v>
+        <v>114747.85</v>
       </c>
       <c r="J800" t="s">
-        <v>43</v>
+        <v>169</v>
       </c>
       <c r="K800" t="s">
         <v>23</v>
       </c>
       <c r="L800" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="801" spans="1:12">
       <c r="A801">
-        <v>613</v>
+        <v>399</v>
       </c>
       <c r="B801" t="s">
         <v>983</v>
       </c>
       <c r="C801" t="s">
-        <v>21</v>
+        <v>36</v>
+      </c>
+      <c r="D801">
+        <v>1</v>
       </c>
       <c r="E801">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G801">
-        <v>288319.0</v>
+        <v>316520.0</v>
       </c>
       <c r="H801">
-        <v>66700.0</v>
+        <v>76481.0</v>
       </c>
       <c r="I801">
-        <v>221619.0</v>
+        <v>240039.0</v>
       </c>
       <c r="J801" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="K801" t="s">
         <v>23</v>
       </c>
       <c r="L801" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="802" spans="1:12">
       <c r="A802">
-        <v>677</v>
+        <v>478</v>
       </c>
       <c r="B802" t="s">
-        <v>984</v>
+        <v>128</v>
       </c>
       <c r="C802" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D802">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E802">
         <v>1</v>
       </c>
       <c r="G802">
-        <v>240833.13</v>
+        <v>79738.0</v>
       </c>
       <c r="H802">
-        <v>399.07</v>
+        <v>42188.86</v>
       </c>
       <c r="I802">
-        <v>240434.06</v>
+        <v>37549.14</v>
       </c>
       <c r="J802" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K802" t="s">
         <v>23</v>
       </c>
       <c r="L802" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="803" spans="1:12">
       <c r="A803">
-        <v>741</v>
+        <v>542</v>
       </c>
       <c r="B803" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="C803" t="s">
         <v>21</v>
       </c>
       <c r="D803">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G803">
-        <v>58945.77</v>
+        <v>43725.0</v>
       </c>
       <c r="H803">
-        <v>17443.31</v>
+        <v>8000.0</v>
       </c>
       <c r="I803">
-        <v>41502.46</v>
+        <v>35725.0</v>
       </c>
       <c r="J803" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K803" t="s">
         <v>23</v>
       </c>
       <c r="L803" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="804" spans="1:12">
       <c r="A804">
-        <v>808</v>
+        <v>613</v>
       </c>
       <c r="B804" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="C804" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="E804">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G804">
-        <v>301926.54</v>
+        <v>288319.0</v>
       </c>
       <c r="H804">
-        <v>101812.97</v>
+        <v>66700.0</v>
       </c>
       <c r="I804">
-        <v>200113.57</v>
+        <v>221619.0</v>
       </c>
       <c r="J804" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K804" t="s">
         <v>23</v>
       </c>
       <c r="L804" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="805" spans="1:12">
       <c r="A805">
-        <v>881</v>
+        <v>677</v>
       </c>
       <c r="B805" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="C805" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D805">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E805">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G805">
-        <v>266853.04</v>
+        <v>240833.13</v>
       </c>
       <c r="H805">
-        <v>500.0</v>
+        <v>399.07</v>
       </c>
       <c r="I805">
-        <v>266353.04</v>
+        <v>240434.06</v>
       </c>
       <c r="J805" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K805" t="s">
         <v>23</v>
       </c>
       <c r="L805" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="806" spans="1:12">
       <c r="A806">
-        <v>945</v>
+        <v>741</v>
       </c>
       <c r="B806" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="C806" t="s">
         <v>21</v>
       </c>
       <c r="D806">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E806">
         <v>1</v>
       </c>
       <c r="G806">
-        <v>865745.18</v>
+        <v>58945.77</v>
       </c>
       <c r="H806">
-        <v>49686.29</v>
+        <v>17443.31</v>
       </c>
       <c r="I806">
-        <v>816058.89</v>
+        <v>41502.46</v>
       </c>
       <c r="J806" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K806" t="s">
         <v>23</v>
       </c>
       <c r="L806" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="807" spans="1:12">
       <c r="A807">
-        <v>102</v>
+        <v>808</v>
       </c>
       <c r="B807" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C807" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D807">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="E807">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G807">
-        <v>225170.65</v>
+        <v>301926.54</v>
       </c>
       <c r="H807">
-        <v>86434.4</v>
+        <v>101812.97</v>
       </c>
       <c r="I807">
-        <v>138736.25</v>
+        <v>200113.57</v>
       </c>
       <c r="J807" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="K807" t="s">
         <v>23</v>
       </c>
       <c r="L807" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="808" spans="1:12">
       <c r="A808">
-        <v>169</v>
+        <v>881</v>
       </c>
       <c r="B808" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="C808" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D808">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E808">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G808">
-        <v>220331.94</v>
+        <v>266853.04</v>
       </c>
       <c r="H808">
-        <v>20230.0</v>
+        <v>500.0</v>
       </c>
       <c r="I808">
-        <v>200101.94</v>
+        <v>266353.04</v>
       </c>
       <c r="J808" t="s">
-        <v>134</v>
+        <v>54</v>
       </c>
       <c r="K808" t="s">
         <v>23</v>
       </c>
       <c r="L808" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="809" spans="1:12">
       <c r="A809">
-        <v>233</v>
+        <v>945</v>
       </c>
       <c r="B809" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="C809" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D809">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E809">
         <v>1</v>
       </c>
       <c r="G809">
-        <v>350509.48</v>
+        <v>865745.18</v>
       </c>
       <c r="H809">
-        <v>1659.33</v>
+        <v>49686.29</v>
       </c>
       <c r="I809">
-        <v>348850.15</v>
+        <v>816058.89</v>
       </c>
       <c r="J809" t="s">
-        <v>136</v>
+        <v>56</v>
       </c>
       <c r="K809" t="s">
         <v>23</v>
       </c>
       <c r="L809" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="810" spans="1:12">
       <c r="A810">
-        <v>298</v>
+        <v>102</v>
       </c>
       <c r="B810" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="C810" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D810">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E810">
         <v>3</v>
       </c>
       <c r="G810">
-        <v>284399.63</v>
+        <v>225170.65</v>
       </c>
       <c r="H810">
-        <v>51475.97</v>
+        <v>86434.4</v>
       </c>
       <c r="I810">
-        <v>232923.66</v>
+        <v>138736.25</v>
       </c>
       <c r="J810" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="K810" t="s">
         <v>23</v>
       </c>
       <c r="L810" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="811" spans="1:12">
       <c r="A811">
-        <v>365</v>
+        <v>169</v>
       </c>
       <c r="B811" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="C811" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D811">
         <v>2</v>
       </c>
       <c r="E811">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G811">
-        <v>243001.8</v>
+        <v>220331.94</v>
       </c>
       <c r="H811">
-        <v>234503.31</v>
+        <v>20230.0</v>
       </c>
       <c r="I811">
-        <v>8498.49</v>
+        <v>200101.94</v>
       </c>
       <c r="J811" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="K811" t="s">
         <v>23</v>
       </c>
       <c r="L811" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="812" spans="1:12">
       <c r="A812">
-        <v>431</v>
+        <v>233</v>
       </c>
       <c r="B812" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="C812" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D812">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E812">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G812">
-        <v>265361.87</v>
+        <v>350509.48</v>
       </c>
       <c r="H812">
-        <v>5833.34</v>
+        <v>1659.33</v>
       </c>
       <c r="I812">
-        <v>259528.53</v>
+        <v>348850.15</v>
       </c>
       <c r="J812" t="s">
-        <v>995</v>
+        <v>141</v>
       </c>
       <c r="K812" t="s">
         <v>23</v>
       </c>
       <c r="L812" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="813" spans="1:12">
       <c r="A813">
-        <v>510</v>
+        <v>298</v>
       </c>
       <c r="B813" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="C813" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D813">
+        <v>5</v>
+      </c>
+      <c r="E813">
         <v>3</v>
       </c>
-      <c r="E813">
-[...1 lines deleted...]
-      </c>
       <c r="G813">
-        <v>85884.0</v>
+        <v>284399.63</v>
       </c>
       <c r="H813">
-        <v>65000.0</v>
+        <v>51475.97</v>
       </c>
       <c r="I813">
-        <v>20884.0</v>
+        <v>232923.66</v>
       </c>
       <c r="J813" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="K813" t="s">
         <v>23</v>
       </c>
       <c r="L813" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="814" spans="1:12">
       <c r="A814">
-        <v>574</v>
+        <v>365</v>
       </c>
       <c r="B814" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="C814" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D814">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E814">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G814">
-        <v>250029.49</v>
+        <v>243001.8</v>
       </c>
       <c r="H814">
-        <v>50171.82</v>
+        <v>234503.31</v>
       </c>
       <c r="I814">
-        <v>199857.67</v>
+        <v>8498.49</v>
       </c>
       <c r="J814" t="s">
-        <v>43</v>
+        <v>145</v>
       </c>
       <c r="K814" t="s">
         <v>23</v>
       </c>
       <c r="L814" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="815" spans="1:12">
       <c r="A815">
-        <v>645</v>
+        <v>431</v>
       </c>
       <c r="B815" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="C815" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D815">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E815">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G815">
-        <v>193467.09</v>
+        <v>265361.87</v>
       </c>
       <c r="H815">
-        <v>2089.77</v>
+        <v>5833.34</v>
       </c>
       <c r="I815">
-        <v>191377.32</v>
+        <v>259528.53</v>
       </c>
       <c r="J815" t="s">
-        <v>43</v>
+        <v>997</v>
       </c>
       <c r="K815" t="s">
         <v>23</v>
       </c>
       <c r="L815" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="816" spans="1:12">
       <c r="A816">
-        <v>709</v>
+        <v>510</v>
       </c>
       <c r="B816" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="C816" t="s">
         <v>21</v>
       </c>
       <c r="D816">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E816">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G816">
-        <v>215350.0</v>
+        <v>85884.0</v>
       </c>
       <c r="H816">
-        <v>68074.0</v>
+        <v>65000.0</v>
       </c>
       <c r="I816">
-        <v>147276.0</v>
+        <v>20884.0</v>
       </c>
       <c r="J816" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K816" t="s">
         <v>23</v>
       </c>
       <c r="L816" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="817" spans="1:12">
       <c r="A817">
-        <v>777</v>
+        <v>574</v>
       </c>
       <c r="B817" t="s">
-        <v>148</v>
+        <v>999</v>
       </c>
       <c r="C817" t="s">
         <v>21</v>
       </c>
       <c r="D817">
         <v>3</v>
       </c>
       <c r="E817">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G817">
-        <v>1471216.23</v>
+        <v>250029.49</v>
       </c>
       <c r="H817">
-        <v>97925.38</v>
+        <v>50171.82</v>
       </c>
       <c r="I817">
-        <v>1373290.85</v>
+        <v>199857.67</v>
       </c>
       <c r="J817" t="s">
-        <v>401</v>
+        <v>22</v>
       </c>
       <c r="K817" t="s">
         <v>23</v>
       </c>
       <c r="L817" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="818" spans="1:12">
       <c r="A818">
-        <v>842</v>
+        <v>645</v>
       </c>
       <c r="B818" t="s">
         <v>1000</v>
       </c>
       <c r="C818" t="s">
         <v>21</v>
       </c>
       <c r="D818">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E818">
         <v>1</v>
       </c>
       <c r="G818">
-        <v>168920.19</v>
+        <v>193467.09</v>
       </c>
       <c r="H818">
-        <v>35253.34</v>
+        <v>2089.77</v>
       </c>
       <c r="I818">
-        <v>133666.85</v>
+        <v>191377.32</v>
       </c>
       <c r="J818" t="s">
         <v>22</v>
       </c>
       <c r="K818" t="s">
         <v>23</v>
       </c>
       <c r="L818" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="819" spans="1:12">
       <c r="A819">
-        <v>913</v>
+        <v>709</v>
       </c>
       <c r="B819" t="s">
         <v>1001</v>
       </c>
       <c r="C819" t="s">
         <v>21</v>
       </c>
       <c r="D819">
         <v>2</v>
       </c>
       <c r="E819">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G819">
-        <v>104033.34</v>
+        <v>215350.0</v>
       </c>
       <c r="H819">
-        <v>39279.98</v>
+        <v>68074.0</v>
       </c>
       <c r="I819">
-        <v>64753.36</v>
+        <v>147276.0</v>
       </c>
       <c r="J819" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K819" t="s">
         <v>23</v>
       </c>
       <c r="L819" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="820" spans="1:12">
       <c r="A820">
-        <v>49</v>
+        <v>777</v>
       </c>
       <c r="B820" t="s">
-        <v>1002</v>
+        <v>153</v>
       </c>
       <c r="C820" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D820">
         <v>3</v>
       </c>
       <c r="E820">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G820">
-        <v>234300.45</v>
+        <v>1471216.23</v>
       </c>
       <c r="H820">
-        <v>57342.76</v>
+        <v>97925.38</v>
       </c>
       <c r="I820">
-        <v>176957.69</v>
+        <v>1373290.85</v>
       </c>
       <c r="J820" t="s">
-        <v>1003</v>
+        <v>404</v>
       </c>
       <c r="K820" t="s">
         <v>23</v>
       </c>
       <c r="L820" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="821" spans="1:12">
       <c r="A821">
-        <v>136</v>
+        <v>842</v>
       </c>
       <c r="B821" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="C821" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="D821">
         <v>3</v>
       </c>
       <c r="E821">
         <v>1</v>
       </c>
       <c r="G821">
-        <v>153751.85</v>
+        <v>168920.19</v>
       </c>
       <c r="H821">
-        <v>30657.75</v>
+        <v>35253.34</v>
       </c>
       <c r="I821">
-        <v>123094.1</v>
+        <v>133666.85</v>
       </c>
       <c r="J821" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
       <c r="K821" t="s">
         <v>23</v>
       </c>
       <c r="L821" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="822" spans="1:12">
       <c r="A822">
-        <v>201</v>
+        <v>913</v>
       </c>
       <c r="B822" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="C822" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D822">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E822">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G822">
-        <v>188605.82</v>
+        <v>104033.34</v>
       </c>
       <c r="H822">
-        <v>36293.19</v>
+        <v>39279.98</v>
       </c>
       <c r="I822">
-        <v>152312.63</v>
+        <v>64753.36</v>
       </c>
       <c r="J822" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="K822" t="s">
         <v>23</v>
       </c>
       <c r="L822" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="823" spans="1:12">
       <c r="A823">
-        <v>266</v>
+        <v>49</v>
       </c>
       <c r="B823" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
       <c r="C823" t="s">
-        <v>1007</v>
+        <v>36</v>
       </c>
       <c r="D823">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="E823">
+        <v>1</v>
       </c>
       <c r="G823">
-        <v>220021.0</v>
+        <v>234300.45</v>
       </c>
       <c r="H823">
-        <v>1830.67</v>
+        <v>57342.76</v>
       </c>
       <c r="I823">
-        <v>218190.33</v>
+        <v>176957.69</v>
       </c>
       <c r="J823" t="s">
-        <v>857</v>
+        <v>1005</v>
       </c>
       <c r="K823" t="s">
         <v>23</v>
       </c>
       <c r="L823" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="824" spans="1:12">
       <c r="A824">
-        <v>333</v>
+        <v>136</v>
       </c>
       <c r="B824" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="C824" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="D824">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E824">
         <v>1</v>
       </c>
       <c r="G824">
-        <v>132217.45</v>
+        <v>153751.85</v>
       </c>
       <c r="H824">
-        <v>17469.6</v>
+        <v>30657.75</v>
       </c>
       <c r="I824">
-        <v>114747.85</v>
+        <v>123094.1</v>
       </c>
       <c r="J824" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="K824" t="s">
         <v>23</v>
       </c>
       <c r="L824" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="825" spans="1:12">
       <c r="A825">
-        <v>399</v>
+        <v>201</v>
       </c>
       <c r="B825" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C825" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D825">
         <v>1</v>
       </c>
       <c r="E825">
         <v>1</v>
       </c>
       <c r="G825">
-        <v>316520.0</v>
+        <v>188605.82</v>
       </c>
       <c r="H825">
-        <v>76481.0</v>
+        <v>36293.19</v>
       </c>
       <c r="I825">
-        <v>240039.0</v>
+        <v>152312.63</v>
       </c>
       <c r="J825" t="s">
-        <v>161</v>
+        <v>40</v>
       </c>
       <c r="K825" t="s">
         <v>23</v>
       </c>
       <c r="L825" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="826" spans="1:12">
       <c r="A826">
-        <v>478</v>
+        <v>266</v>
       </c>
       <c r="B826" t="s">
-        <v>123</v>
+        <v>1008</v>
       </c>
       <c r="C826" t="s">
-        <v>103</v>
+        <v>1009</v>
       </c>
       <c r="D826">
         <v>2</v>
       </c>
-      <c r="E826">
-[...1 lines deleted...]
-      </c>
       <c r="G826">
-        <v>79738.0</v>
+        <v>220021.0</v>
       </c>
       <c r="H826">
-        <v>42188.86</v>
+        <v>1830.67</v>
       </c>
       <c r="I826">
-        <v>37549.14</v>
+        <v>218190.33</v>
       </c>
       <c r="J826" t="s">
-        <v>43</v>
+        <v>861</v>
       </c>
       <c r="K826" t="s">
         <v>23</v>
       </c>
       <c r="L826" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="827" spans="1:12">
       <c r="A827">
-        <v>379</v>
+        <v>182</v>
       </c>
       <c r="B827" t="s">
         <v>1010</v>
       </c>
       <c r="C827" t="s">
-        <v>738</v>
+        <v>36</v>
+      </c>
+      <c r="D827">
+        <v>3</v>
       </c>
       <c r="E827">
         <v>2</v>
       </c>
       <c r="G827">
-        <v>57046.0</v>
+        <v>277504.78</v>
       </c>
       <c r="H827">
-        <v>11307.0</v>
+        <v>126209.83</v>
       </c>
       <c r="I827">
-        <v>45739.0</v>
+        <v>151294.95</v>
       </c>
       <c r="J827" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="K827" t="s">
         <v>23</v>
       </c>
       <c r="L827" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="828" spans="1:12">
       <c r="A828">
-        <v>451</v>
+        <v>246</v>
       </c>
       <c r="B828" t="s">
         <v>1011</v>
       </c>
       <c r="C828" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D828">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G828">
-        <v>142578.56</v>
+        <v>392714.73</v>
       </c>
       <c r="H828">
-        <v>93866.01</v>
+        <v>71078.0</v>
       </c>
       <c r="I828">
-        <v>48712.55</v>
+        <v>321636.73</v>
       </c>
       <c r="J828" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="K828" t="s">
         <v>23</v>
       </c>
       <c r="L828" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="829" spans="1:12">
       <c r="A829">
-        <v>523</v>
+        <v>314</v>
       </c>
       <c r="B829" t="s">
         <v>1012</v>
       </c>
       <c r="C829" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D829">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E829">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G829">
-        <v>204889.19</v>
+        <v>396541.26</v>
       </c>
       <c r="H829">
-        <v>72906.03</v>
+        <v>178619.17</v>
       </c>
       <c r="I829">
-        <v>131983.16</v>
+        <v>217922.09</v>
       </c>
       <c r="J829" t="s">
-        <v>43</v>
+        <v>865</v>
       </c>
       <c r="K829" t="s">
         <v>23</v>
       </c>
       <c r="L829" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="830" spans="1:12">
       <c r="A830">
-        <v>590</v>
+        <v>379</v>
       </c>
       <c r="B830" t="s">
         <v>1013</v>
       </c>
       <c r="C830" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>714</v>
       </c>
       <c r="E830">
         <v>2</v>
       </c>
       <c r="G830">
-        <v>562070.22</v>
+        <v>57046.0</v>
       </c>
       <c r="H830">
-        <v>0.0</v>
+        <v>11307.0</v>
       </c>
       <c r="I830">
-        <v>562070.22</v>
+        <v>45739.0</v>
       </c>
       <c r="J830" t="s">
-        <v>343</v>
+        <v>171</v>
       </c>
       <c r="K830" t="s">
         <v>23</v>
       </c>
       <c r="L830" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="831" spans="1:12">
       <c r="A831">
-        <v>658</v>
+        <v>451</v>
       </c>
       <c r="B831" t="s">
         <v>1014</v>
       </c>
       <c r="C831" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D831">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E831">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G831">
-        <v>342707.18</v>
+        <v>142578.56</v>
       </c>
       <c r="H831">
-        <v>44000.0</v>
+        <v>93866.01</v>
       </c>
       <c r="I831">
-        <v>298707.18</v>
+        <v>48712.55</v>
       </c>
       <c r="J831" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K831" t="s">
         <v>23</v>
       </c>
       <c r="L831" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="832" spans="1:12">
       <c r="A832">
-        <v>722</v>
+        <v>523</v>
       </c>
       <c r="B832" t="s">
         <v>1015</v>
       </c>
       <c r="C832" t="s">
         <v>21</v>
       </c>
       <c r="D832">
         <v>2</v>
       </c>
       <c r="E832">
         <v>1</v>
       </c>
       <c r="G832">
-        <v>233509.94</v>
+        <v>204889.19</v>
       </c>
       <c r="H832">
-        <v>46921.5</v>
+        <v>72906.03</v>
       </c>
       <c r="I832">
-        <v>186588.44</v>
+        <v>131983.16</v>
       </c>
       <c r="J832" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K832" t="s">
         <v>23</v>
       </c>
       <c r="L832" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="833" spans="1:12">
       <c r="A833">
-        <v>789</v>
+        <v>590</v>
       </c>
       <c r="B833" t="s">
         <v>1016</v>
       </c>
       <c r="C833" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D833">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E833">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G833">
-        <v>334715.39</v>
+        <v>562070.22</v>
       </c>
       <c r="H833">
-        <v>52423.86</v>
+        <v>0.0</v>
       </c>
       <c r="I833">
-        <v>282291.53</v>
+        <v>562070.22</v>
       </c>
       <c r="J833" t="s">
-        <v>47</v>
+        <v>347</v>
       </c>
       <c r="K833" t="s">
         <v>23</v>
       </c>
       <c r="L833" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="834" spans="1:12">
       <c r="A834">
-        <v>862</v>
+        <v>658</v>
       </c>
       <c r="B834" t="s">
         <v>1017</v>
       </c>
       <c r="C834" t="s">
-        <v>1018</v>
+        <v>21</v>
       </c>
       <c r="D834">
         <v>2</v>
       </c>
+      <c r="E834">
+        <v>2</v>
+      </c>
       <c r="G834">
-        <v>180104.3</v>
+        <v>342707.18</v>
       </c>
       <c r="H834">
-        <v>50087.74</v>
+        <v>44000.0</v>
       </c>
       <c r="I834">
-        <v>130016.56</v>
+        <v>298707.18</v>
       </c>
       <c r="J834" t="s">
-        <v>343</v>
+        <v>22</v>
       </c>
       <c r="K834" t="s">
         <v>23</v>
       </c>
       <c r="L834" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="835" spans="1:12">
       <c r="A835">
-        <v>926</v>
+        <v>722</v>
       </c>
       <c r="B835" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
       <c r="C835" t="s">
         <v>21</v>
       </c>
       <c r="D835">
         <v>2</v>
       </c>
       <c r="E835">
         <v>1</v>
       </c>
       <c r="G835">
-        <v>68312.59</v>
+        <v>233509.94</v>
       </c>
       <c r="H835">
-        <v>9166.68</v>
+        <v>46921.5</v>
       </c>
       <c r="I835">
-        <v>59145.91</v>
+        <v>186588.44</v>
       </c>
       <c r="J835" t="s">
         <v>26</v>
       </c>
       <c r="K835" t="s">
         <v>23</v>
       </c>
       <c r="L835" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="836" spans="1:12">
       <c r="A836">
-        <v>83</v>
+        <v>789</v>
       </c>
       <c r="B836" t="s">
-        <v>1020</v>
+        <v>1019</v>
       </c>
       <c r="C836" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D836">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E836">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G836">
-        <v>254134.01</v>
+        <v>334715.39</v>
       </c>
       <c r="H836">
-        <v>121140.54</v>
+        <v>52423.86</v>
       </c>
       <c r="I836">
-        <v>132993.47</v>
+        <v>282291.53</v>
       </c>
       <c r="J836" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="K836" t="s">
         <v>23</v>
       </c>
       <c r="L836" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="837" spans="1:12">
       <c r="A837">
-        <v>149</v>
+        <v>862</v>
       </c>
       <c r="B837" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C837" t="s">
         <v>1021</v>
       </c>
-      <c r="C837" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D837">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G837">
-        <v>225361.57</v>
+        <v>180104.3</v>
       </c>
       <c r="H837">
-        <v>62789.59</v>
+        <v>50087.74</v>
       </c>
       <c r="I837">
-        <v>162571.98</v>
+        <v>130016.56</v>
       </c>
       <c r="J837" t="s">
-        <v>874</v>
+        <v>347</v>
       </c>
       <c r="K837" t="s">
         <v>23</v>
       </c>
       <c r="L837" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="838" spans="1:12">
       <c r="A838">
-        <v>214</v>
+        <v>926</v>
       </c>
       <c r="B838" t="s">
         <v>1022</v>
       </c>
       <c r="C838" t="s">
+        <v>21</v>
+      </c>
+      <c r="D838">
+        <v>2</v>
+      </c>
+      <c r="E838">
+        <v>1</v>
+      </c>
+      <c r="G838">
+        <v>68312.59</v>
+      </c>
+      <c r="H838">
+        <v>9166.68</v>
+      </c>
+      <c r="I838">
+        <v>59145.91</v>
+      </c>
+      <c r="J838" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>242</v>
       </c>
       <c r="K838" t="s">
         <v>23</v>
       </c>
       <c r="L838" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="839" spans="1:12">
       <c r="A839">
-        <v>279</v>
+        <v>83</v>
       </c>
       <c r="B839" t="s">
         <v>1023</v>
       </c>
       <c r="C839" t="s">
-        <v>31</v>
+        <v>36</v>
+      </c>
+      <c r="D839">
+        <v>2</v>
+      </c>
+      <c r="E839">
+        <v>7</v>
       </c>
       <c r="G839">
-        <v>22414.0</v>
+        <v>254134.01</v>
       </c>
       <c r="H839">
-        <v>37250.0</v>
+        <v>121140.54</v>
       </c>
       <c r="I839">
-        <v>-14836.0</v>
+        <v>132993.47</v>
       </c>
       <c r="J839" t="s">
-        <v>182</v>
+        <v>113</v>
       </c>
       <c r="K839" t="s">
         <v>23</v>
       </c>
       <c r="L839" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="840" spans="1:12">
       <c r="A840">
-        <v>346</v>
+        <v>149</v>
       </c>
       <c r="B840" t="s">
         <v>1024</v>
       </c>
       <c r="C840" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D840">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E840">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G840">
-        <v>320259.7</v>
+        <v>225361.57</v>
       </c>
       <c r="H840">
-        <v>53501.1</v>
+        <v>62789.59</v>
       </c>
       <c r="I840">
-        <v>266758.6</v>
+        <v>162571.98</v>
       </c>
       <c r="J840" t="s">
-        <v>184</v>
+        <v>878</v>
       </c>
       <c r="K840" t="s">
         <v>23</v>
       </c>
       <c r="L840" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="841" spans="1:12">
       <c r="A841">
-        <v>412</v>
+        <v>214</v>
       </c>
       <c r="B841" t="s">
         <v>1025</v>
       </c>
       <c r="C841" t="s">
-        <v>1026</v>
+        <v>36</v>
       </c>
       <c r="D841">
-        <v>9</v>
+        <v>3</v>
+      </c>
+      <c r="E841">
+        <v>1</v>
       </c>
       <c r="G841">
-        <v>803965.8</v>
+        <v>216669.01</v>
       </c>
       <c r="H841">
-        <v>57072.91</v>
+        <v>69721.56</v>
       </c>
       <c r="I841">
-        <v>746892.89</v>
+        <v>146947.45</v>
       </c>
       <c r="J841" t="s">
-        <v>179</v>
+        <v>245</v>
       </c>
       <c r="K841" t="s">
         <v>23</v>
       </c>
       <c r="L841" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="842" spans="1:12">
       <c r="A842">
-        <v>490</v>
+        <v>279</v>
       </c>
       <c r="B842" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="C842" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="G842">
-        <v>213403.2</v>
+        <v>22414.0</v>
       </c>
       <c r="H842">
-        <v>30544.84</v>
+        <v>37250.0</v>
       </c>
       <c r="I842">
-        <v>182858.36</v>
+        <v>-14836.0</v>
       </c>
       <c r="J842" t="s">
-        <v>43</v>
+        <v>188</v>
       </c>
       <c r="K842" t="s">
         <v>23</v>
       </c>
       <c r="L842" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="843" spans="1:12">
       <c r="A843">
-        <v>555</v>
+        <v>346</v>
       </c>
       <c r="B843" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="C843" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D843">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="E843">
+        <v>1</v>
       </c>
       <c r="G843">
-        <v>849864.74</v>
+        <v>320259.7</v>
       </c>
       <c r="H843">
-        <v>266813.42</v>
+        <v>53501.1</v>
       </c>
       <c r="I843">
-        <v>583051.32</v>
+        <v>266758.6</v>
       </c>
       <c r="J843" t="s">
-        <v>43</v>
+        <v>190</v>
       </c>
       <c r="K843" t="s">
         <v>23</v>
       </c>
       <c r="L843" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="844" spans="1:12">
       <c r="A844">
-        <v>626</v>
+        <v>412</v>
       </c>
       <c r="B844" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C844" t="s">
         <v>1029</v>
       </c>
-      <c r="C844" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D844">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G844">
-        <v>73015.99</v>
+        <v>803965.8</v>
       </c>
       <c r="H844">
-        <v>0.0</v>
+        <v>57072.91</v>
       </c>
       <c r="I844">
-        <v>73015.99</v>
+        <v>746892.89</v>
       </c>
       <c r="J844" t="s">
-        <v>43</v>
+        <v>185</v>
       </c>
       <c r="K844" t="s">
         <v>23</v>
       </c>
       <c r="L844" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="845" spans="1:12">
       <c r="A845">
-        <v>690</v>
+        <v>490</v>
       </c>
       <c r="B845" t="s">
         <v>1030</v>
       </c>
       <c r="C845" t="s">
         <v>21</v>
       </c>
       <c r="D845">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E845">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G845">
-        <v>104600.0</v>
+        <v>213403.2</v>
       </c>
       <c r="H845">
-        <v>40357.34</v>
+        <v>30544.84</v>
       </c>
       <c r="I845">
-        <v>64242.66</v>
+        <v>182858.36</v>
       </c>
       <c r="J845" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K845" t="s">
         <v>23</v>
       </c>
       <c r="L845" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="846" spans="1:12">
       <c r="A846">
-        <v>754</v>
+        <v>555</v>
       </c>
       <c r="B846" t="s">
         <v>1031</v>
       </c>
       <c r="C846" t="s">
         <v>21</v>
       </c>
       <c r="D846">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G846">
-        <v>130104.55</v>
+        <v>849864.74</v>
       </c>
       <c r="H846">
-        <v>12300.0</v>
+        <v>266813.42</v>
       </c>
       <c r="I846">
-        <v>117804.55</v>
+        <v>583051.32</v>
       </c>
       <c r="J846" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K846" t="s">
         <v>23</v>
       </c>
       <c r="L846" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="847" spans="1:12">
       <c r="A847">
-        <v>821</v>
+        <v>626</v>
       </c>
       <c r="B847" t="s">
         <v>1032</v>
       </c>
       <c r="C847" t="s">
         <v>21</v>
       </c>
       <c r="D847">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E847">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G847">
-        <v>143292.07</v>
+        <v>73015.99</v>
       </c>
       <c r="H847">
         <v>0.0</v>
       </c>
       <c r="I847">
-        <v>143292.07</v>
+        <v>73015.99</v>
       </c>
       <c r="J847" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="K847" t="s">
         <v>23</v>
       </c>
       <c r="L847" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="848" spans="1:12">
       <c r="A848">
-        <v>894</v>
+        <v>690</v>
       </c>
       <c r="B848" t="s">
         <v>1033</v>
       </c>
       <c r="C848" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D848">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E848">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G848">
-        <v>111363.32</v>
+        <v>104600.0</v>
       </c>
       <c r="H848">
-        <v>162099.7</v>
+        <v>40357.34</v>
       </c>
       <c r="I848">
-        <v>-50736.38</v>
+        <v>64242.66</v>
       </c>
       <c r="J848" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="K848" t="s">
         <v>23</v>
       </c>
       <c r="L848" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="849" spans="1:12">
       <c r="A849">
-        <v>958</v>
+        <v>754</v>
       </c>
       <c r="B849" t="s">
         <v>1034</v>
       </c>
       <c r="C849" t="s">
         <v>21</v>
       </c>
       <c r="D849">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E849">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G849">
-        <v>241552.74</v>
+        <v>130104.55</v>
       </c>
       <c r="H849">
-        <v>74425.54</v>
+        <v>12300.0</v>
       </c>
       <c r="I849">
-        <v>167127.2</v>
+        <v>117804.55</v>
       </c>
       <c r="J849" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="K849" t="s">
         <v>23</v>
       </c>
       <c r="L849" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="850" spans="1:12">
       <c r="A850">
-        <v>116</v>
+        <v>821</v>
       </c>
       <c r="B850" t="s">
         <v>1035</v>
       </c>
       <c r="C850" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D850">
+        <v>3</v>
+      </c>
+      <c r="E850">
         <v>2</v>
       </c>
       <c r="G850">
-        <v>71617.68</v>
+        <v>143292.07</v>
       </c>
       <c r="H850">
         <v>0.0</v>
       </c>
       <c r="I850">
-        <v>71617.68</v>
+        <v>143292.07</v>
       </c>
       <c r="J850" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="K850" t="s">
         <v>23</v>
       </c>
       <c r="L850" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="851" spans="1:12">
       <c r="A851">
-        <v>182</v>
+        <v>894</v>
       </c>
       <c r="B851" t="s">
         <v>1036</v>
       </c>
       <c r="C851" t="s">
-        <v>31</v>
+        <v>109</v>
       </c>
       <c r="D851">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E851">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G851">
-        <v>277504.78</v>
+        <v>111363.32</v>
       </c>
       <c r="H851">
-        <v>126209.83</v>
+        <v>162099.7</v>
       </c>
       <c r="I851">
-        <v>151294.95</v>
+        <v>-50736.38</v>
       </c>
       <c r="J851" t="s">
-        <v>119</v>
+        <v>54</v>
       </c>
       <c r="K851" t="s">
         <v>23</v>
       </c>
       <c r="L851" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="852" spans="1:12">
       <c r="A852">
-        <v>246</v>
+        <v>958</v>
       </c>
       <c r="B852" t="s">
         <v>1037</v>
       </c>
       <c r="C852" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D852">
         <v>3</v>
       </c>
+      <c r="E852">
+        <v>4</v>
+      </c>
       <c r="G852">
-        <v>392714.73</v>
+        <v>241552.74</v>
       </c>
       <c r="H852">
-        <v>71078.0</v>
+        <v>74425.54</v>
       </c>
       <c r="I852">
-        <v>321636.73</v>
+        <v>167127.2</v>
       </c>
       <c r="J852" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="K852" t="s">
         <v>23</v>
       </c>
       <c r="L852" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="853" spans="1:12">
       <c r="A853">
-        <v>314</v>
+        <v>116</v>
       </c>
       <c r="B853" t="s">
         <v>1038</v>
       </c>
       <c r="C853" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D853">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G853">
-        <v>396541.26</v>
+        <v>71617.68</v>
       </c>
       <c r="H853">
-        <v>178619.17</v>
+        <v>0.0</v>
       </c>
       <c r="I853">
-        <v>217922.09</v>
+        <v>71617.68</v>
       </c>
       <c r="J853" t="s">
-        <v>891</v>
+        <v>89</v>
       </c>
       <c r="K853" t="s">
         <v>23</v>
       </c>
       <c r="L853" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="854" spans="1:12">
       <c r="A854">
-        <v>163</v>
+        <v>875</v>
       </c>
       <c r="B854" t="s">
         <v>1039</v>
       </c>
       <c r="C854" t="s">
-        <v>1040</v>
+        <v>21</v>
       </c>
       <c r="D854">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E854">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G854">
-        <v>185630.04</v>
+        <v>66420.9</v>
       </c>
       <c r="H854">
-        <v>28861.8</v>
+        <v>2329.94</v>
       </c>
       <c r="I854">
-        <v>156768.24</v>
+        <v>64090.96</v>
       </c>
       <c r="J854" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="K854" t="s">
         <v>23</v>
       </c>
       <c r="L854" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="855" spans="1:12">
       <c r="A855">
-        <v>227</v>
+        <v>939</v>
       </c>
       <c r="B855" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="C855" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D855">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E855">
         <v>1</v>
       </c>
       <c r="G855">
-        <v>157679.68</v>
+        <v>164352.34</v>
       </c>
       <c r="H855">
-        <v>92826.44</v>
+        <v>90990.51</v>
       </c>
       <c r="I855">
-        <v>64853.24</v>
+        <v>73361.83</v>
       </c>
       <c r="J855" t="s">
-        <v>292</v>
+        <v>111</v>
       </c>
       <c r="K855" t="s">
         <v>23</v>
       </c>
       <c r="L855" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="856" spans="1:12">
       <c r="A856">
-        <v>292</v>
+        <v>96</v>
       </c>
       <c r="B856" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="C856" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="G856">
-        <v>282485.0</v>
+        <v>0.0</v>
       </c>
       <c r="H856">
-        <v>66272.45</v>
+        <v>3152.0</v>
       </c>
       <c r="I856">
-        <v>216212.55</v>
+        <v>-3152.0</v>
       </c>
       <c r="J856" t="s">
-        <v>771</v>
+        <v>137</v>
       </c>
       <c r="K856" t="s">
         <v>23</v>
       </c>
       <c r="L856" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="857" spans="1:12">
       <c r="A857">
-        <v>359</v>
+        <v>163</v>
       </c>
       <c r="B857" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C857" t="s">
         <v>1043</v>
       </c>
-      <c r="C857" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D857">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E857">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G857">
-        <v>145092.25</v>
+        <v>185630.04</v>
       </c>
       <c r="H857">
-        <v>21169.41</v>
+        <v>28861.8</v>
       </c>
       <c r="I857">
-        <v>123922.84</v>
+        <v>156768.24</v>
       </c>
       <c r="J857" t="s">
-        <v>463</v>
+        <v>139</v>
       </c>
       <c r="K857" t="s">
         <v>23</v>
       </c>
       <c r="L857" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="858" spans="1:12">
       <c r="A858">
-        <v>425</v>
+        <v>227</v>
       </c>
       <c r="B858" t="s">
         <v>1044</v>
       </c>
       <c r="C858" t="s">
-        <v>1045</v>
+        <v>36</v>
       </c>
       <c r="D858">
         <v>1</v>
       </c>
       <c r="E858">
         <v>1</v>
       </c>
       <c r="G858">
-        <v>136596.18</v>
+        <v>157679.68</v>
       </c>
       <c r="H858">
-        <v>0.0</v>
+        <v>92826.44</v>
       </c>
       <c r="I858">
-        <v>136596.18</v>
+        <v>64853.24</v>
       </c>
       <c r="J858" t="s">
-        <v>1046</v>
+        <v>296</v>
       </c>
       <c r="K858" t="s">
         <v>23</v>
       </c>
       <c r="L858" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="859" spans="1:12">
       <c r="A859">
-        <v>504</v>
+        <v>292</v>
       </c>
       <c r="B859" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="C859" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D859">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E859">
         <v>1</v>
       </c>
       <c r="G859">
-        <v>84458.1</v>
+        <v>282485.0</v>
       </c>
       <c r="H859">
-        <v>22000.0</v>
+        <v>66272.45</v>
       </c>
       <c r="I859">
-        <v>62458.1</v>
+        <v>216212.55</v>
       </c>
       <c r="J859" t="s">
-        <v>43</v>
+        <v>745</v>
       </c>
       <c r="K859" t="s">
         <v>23</v>
       </c>
       <c r="L859" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="860" spans="1:12">
       <c r="A860">
-        <v>568</v>
+        <v>359</v>
       </c>
       <c r="B860" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="C860" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D860">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E860">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G860">
-        <v>267438.64</v>
+        <v>145092.25</v>
       </c>
       <c r="H860">
-        <v>127176.24</v>
+        <v>21169.41</v>
       </c>
       <c r="I860">
-        <v>140262.4</v>
+        <v>123922.84</v>
       </c>
       <c r="J860" t="s">
-        <v>43</v>
+        <v>433</v>
       </c>
       <c r="K860" t="s">
         <v>23</v>
       </c>
       <c r="L860" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="861" spans="1:12">
       <c r="A861">
-        <v>639</v>
+        <v>425</v>
       </c>
       <c r="B861" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D861">
+        <v>1</v>
+      </c>
+      <c r="E861">
+        <v>1</v>
+      </c>
+      <c r="G861">
+        <v>136596.18</v>
+      </c>
+      <c r="H861">
+        <v>0.0</v>
+      </c>
+      <c r="I861">
+        <v>136596.18</v>
+      </c>
+      <c r="J861" t="s">
         <v>1049</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K861" t="s">
         <v>23</v>
       </c>
       <c r="L861" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="862" spans="1:12">
       <c r="A862">
-        <v>703</v>
+        <v>504</v>
       </c>
       <c r="B862" t="s">
         <v>1050</v>
       </c>
       <c r="C862" t="s">
         <v>21</v>
       </c>
       <c r="D862">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E862">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G862">
-        <v>293713.77</v>
+        <v>84458.1</v>
       </c>
       <c r="H862">
-        <v>38000.0</v>
+        <v>22000.0</v>
       </c>
       <c r="I862">
-        <v>255713.77</v>
+        <v>62458.1</v>
       </c>
       <c r="J862" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K862" t="s">
         <v>23</v>
       </c>
       <c r="L862" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="863" spans="1:12">
       <c r="A863">
-        <v>767</v>
+        <v>568</v>
       </c>
       <c r="B863" t="s">
         <v>1051</v>
       </c>
       <c r="C863" t="s">
         <v>21</v>
       </c>
       <c r="D863">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E863">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G863">
-        <v>462019.34</v>
+        <v>267438.64</v>
       </c>
       <c r="H863">
-        <v>54487.22</v>
+        <v>127176.24</v>
       </c>
       <c r="I863">
-        <v>407532.12</v>
+        <v>140262.4</v>
       </c>
       <c r="J863" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K863" t="s">
         <v>23</v>
       </c>
       <c r="L863" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="864" spans="1:12">
       <c r="A864">
-        <v>836</v>
+        <v>639</v>
       </c>
       <c r="B864" t="s">
         <v>1052</v>
       </c>
       <c r="C864" t="s">
         <v>21</v>
       </c>
       <c r="D864">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E864">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G864">
-        <v>274271.62</v>
+        <v>104188.21</v>
       </c>
       <c r="H864">
-        <v>120270.53</v>
+        <v>61655.28</v>
       </c>
       <c r="I864">
-        <v>154001.09</v>
+        <v>42532.93</v>
       </c>
       <c r="J864" t="s">
-        <v>215</v>
+        <v>22</v>
       </c>
       <c r="K864" t="s">
         <v>23</v>
       </c>
       <c r="L864" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="865" spans="1:12">
       <c r="A865">
-        <v>907</v>
+        <v>703</v>
       </c>
       <c r="B865" t="s">
         <v>1053</v>
       </c>
       <c r="C865" t="s">
         <v>21</v>
       </c>
       <c r="D865">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E865">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G865">
-        <v>64391.83</v>
+        <v>293713.77</v>
       </c>
       <c r="H865">
-        <v>492.44</v>
+        <v>38000.0</v>
       </c>
       <c r="I865">
-        <v>63899.39</v>
+        <v>255713.77</v>
       </c>
       <c r="J865" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K865" t="s">
         <v>23</v>
       </c>
       <c r="L865" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="866" spans="1:12">
       <c r="A866">
-        <v>30</v>
+        <v>767</v>
       </c>
       <c r="B866" t="s">
         <v>1054</v>
       </c>
       <c r="C866" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D866">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E866">
         <v>1</v>
       </c>
       <c r="G866">
-        <v>443859.18</v>
+        <v>462019.34</v>
       </c>
       <c r="H866">
-        <v>0.0</v>
+        <v>54487.22</v>
       </c>
       <c r="I866">
-        <v>443859.18</v>
+        <v>407532.12</v>
       </c>
       <c r="J866" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="K866" t="s">
         <v>23</v>
       </c>
       <c r="L866" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="867" spans="1:12">
       <c r="A867">
-        <v>129</v>
+        <v>836</v>
       </c>
       <c r="B867" t="s">
         <v>1055</v>
       </c>
       <c r="C867" t="s">
-        <v>787</v>
+        <v>21</v>
+      </c>
+      <c r="D867">
+        <v>2</v>
       </c>
       <c r="E867">
         <v>2</v>
       </c>
       <c r="G867">
-        <v>79105.0</v>
+        <v>274271.62</v>
       </c>
       <c r="H867">
-        <v>40430.0</v>
+        <v>120270.53</v>
       </c>
       <c r="I867">
-        <v>38675.0</v>
+        <v>154001.09</v>
       </c>
       <c r="J867" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="K867" t="s">
         <v>23</v>
       </c>
       <c r="L867" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="868" spans="1:12">
       <c r="A868">
-        <v>195</v>
+        <v>907</v>
       </c>
       <c r="B868" t="s">
         <v>1056</v>
       </c>
       <c r="C868" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D868">
+        <v>1</v>
       </c>
       <c r="E868">
         <v>1</v>
       </c>
       <c r="G868">
-        <v>10040.0</v>
+        <v>64391.83</v>
       </c>
       <c r="H868">
-        <v>4300.0</v>
+        <v>492.44</v>
       </c>
       <c r="I868">
-        <v>5740.0</v>
+        <v>63899.39</v>
       </c>
       <c r="J868" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="K868" t="s">
         <v>23</v>
       </c>
       <c r="L868" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="869" spans="1:12">
       <c r="A869">
-        <v>260</v>
+        <v>30</v>
       </c>
       <c r="B869" t="s">
         <v>1057</v>
       </c>
       <c r="C869" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D869">
         <v>2</v>
       </c>
       <c r="E869">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G869">
-        <v>165412.76</v>
+        <v>443859.18</v>
       </c>
       <c r="H869">
-        <v>101314.54</v>
+        <v>0.0</v>
       </c>
       <c r="I869">
-        <v>64098.22</v>
+        <v>443859.18</v>
       </c>
       <c r="J869" t="s">
-        <v>222</v>
+        <v>101</v>
       </c>
       <c r="K869" t="s">
         <v>23</v>
       </c>
       <c r="L869" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="870" spans="1:12">
       <c r="A870">
-        <v>327</v>
+        <v>129</v>
       </c>
       <c r="B870" t="s">
         <v>1058</v>
       </c>
       <c r="C870" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>791</v>
       </c>
       <c r="E870">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G870">
-        <v>47665.44</v>
+        <v>79105.0</v>
       </c>
       <c r="H870">
-        <v>21644.53</v>
+        <v>40430.0</v>
       </c>
       <c r="I870">
-        <v>26020.91</v>
+        <v>38675.0</v>
       </c>
       <c r="J870" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="K870" t="s">
         <v>23</v>
       </c>
       <c r="L870" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="871" spans="1:12">
       <c r="A871">
-        <v>393</v>
+        <v>195</v>
       </c>
       <c r="B871" t="s">
         <v>1059</v>
       </c>
       <c r="C871" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="E871">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G871">
-        <v>5382944.35</v>
+        <v>10040.0</v>
       </c>
       <c r="H871">
-        <v>4183369.41</v>
+        <v>4300.0</v>
       </c>
       <c r="I871">
-        <v>1199574.94</v>
+        <v>5740.0</v>
       </c>
       <c r="J871" t="s">
-        <v>161</v>
+        <v>60</v>
       </c>
       <c r="K871" t="s">
         <v>23</v>
       </c>
       <c r="L871" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="872" spans="1:12">
       <c r="A872">
-        <v>468</v>
+        <v>260</v>
       </c>
       <c r="B872" t="s">
         <v>1060</v>
       </c>
       <c r="C872" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="D872">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E872">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G872">
-        <v>224772.21</v>
+        <v>165412.76</v>
       </c>
       <c r="H872">
-        <v>223796.96</v>
+        <v>101314.54</v>
       </c>
       <c r="I872">
-        <v>975.25</v>
+        <v>64098.22</v>
       </c>
       <c r="J872" t="s">
-        <v>95</v>
+        <v>226</v>
       </c>
       <c r="K872" t="s">
         <v>23</v>
       </c>
       <c r="L872" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="873" spans="1:12">
       <c r="A873">
-        <v>536</v>
+        <v>327</v>
       </c>
       <c r="B873" t="s">
         <v>1061</v>
       </c>
       <c r="C873" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D873">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E873">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G873">
-        <v>532329.9</v>
+        <v>47665.44</v>
       </c>
       <c r="H873">
-        <v>52565.07</v>
+        <v>21644.53</v>
       </c>
       <c r="I873">
-        <v>479764.83</v>
+        <v>26020.91</v>
       </c>
       <c r="J873" t="s">
-        <v>43</v>
+        <v>228</v>
       </c>
       <c r="K873" t="s">
         <v>23</v>
       </c>
       <c r="L873" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="874" spans="1:12">
       <c r="A874">
-        <v>607</v>
+        <v>393</v>
       </c>
       <c r="B874" t="s">
         <v>1062</v>
       </c>
       <c r="C874" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D874">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E874">
         <v>2</v>
       </c>
       <c r="G874">
-        <v>253119.6</v>
+        <v>5382944.35</v>
       </c>
       <c r="H874">
-        <v>11204.4</v>
+        <v>4183369.41</v>
       </c>
       <c r="I874">
-        <v>241915.2</v>
+        <v>1199574.94</v>
       </c>
       <c r="J874" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
       <c r="K874" t="s">
         <v>23</v>
       </c>
       <c r="L874" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="875" spans="1:12">
       <c r="A875">
-        <v>671</v>
+        <v>468</v>
       </c>
       <c r="B875" t="s">
         <v>1063</v>
       </c>
       <c r="C875" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="D875">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="E875">
+        <v>2</v>
       </c>
       <c r="G875">
-        <v>564950.53</v>
+        <v>224772.21</v>
       </c>
       <c r="H875">
-        <v>104756.09</v>
+        <v>223796.96</v>
       </c>
       <c r="I875">
-        <v>460194.44</v>
+        <v>975.25</v>
       </c>
       <c r="J875" t="s">
-        <v>47</v>
+        <v>101</v>
       </c>
       <c r="K875" t="s">
         <v>23</v>
       </c>
       <c r="L875" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="876" spans="1:12">
       <c r="A876">
-        <v>735</v>
+        <v>536</v>
       </c>
       <c r="B876" t="s">
         <v>1064</v>
       </c>
       <c r="C876" t="s">
         <v>21</v>
       </c>
       <c r="D876">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E876">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G876">
-        <v>251763.0</v>
+        <v>532329.9</v>
       </c>
       <c r="H876">
-        <v>0.0</v>
+        <v>52565.07</v>
       </c>
       <c r="I876">
-        <v>251763.0</v>
+        <v>479764.83</v>
       </c>
       <c r="J876" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K876" t="s">
         <v>23</v>
       </c>
       <c r="L876" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="877" spans="1:12">
       <c r="A877">
-        <v>802</v>
+        <v>607</v>
       </c>
       <c r="B877" t="s">
         <v>1065</v>
       </c>
       <c r="C877" t="s">
         <v>21</v>
       </c>
       <c r="D877">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E877">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G877">
-        <v>269639.34</v>
+        <v>253119.6</v>
       </c>
       <c r="H877">
-        <v>148081.93</v>
+        <v>11204.4</v>
       </c>
       <c r="I877">
-        <v>121557.41</v>
+        <v>241915.2</v>
       </c>
       <c r="J877" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="K877" t="s">
         <v>23</v>
       </c>
       <c r="L877" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="878" spans="1:12">
       <c r="A878">
-        <v>875</v>
+        <v>671</v>
       </c>
       <c r="B878" t="s">
         <v>1066</v>
       </c>
       <c r="C878" t="s">
         <v>21</v>
       </c>
       <c r="D878">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G878">
-        <v>66420.9</v>
+        <v>564950.53</v>
       </c>
       <c r="H878">
-        <v>2329.94</v>
+        <v>104756.09</v>
       </c>
       <c r="I878">
-        <v>64090.96</v>
+        <v>460194.44</v>
       </c>
       <c r="J878" t="s">
-        <v>234</v>
+        <v>26</v>
       </c>
       <c r="K878" t="s">
         <v>23</v>
       </c>
       <c r="L878" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="879" spans="1:12">
       <c r="A879">
-        <v>939</v>
+        <v>735</v>
       </c>
       <c r="B879" t="s">
         <v>1067</v>
       </c>
       <c r="C879" t="s">
         <v>21</v>
       </c>
       <c r="D879">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E879">
         <v>1</v>
       </c>
       <c r="G879">
-        <v>164352.34</v>
+        <v>251763.0</v>
       </c>
       <c r="H879">
-        <v>90990.51</v>
+        <v>0.0</v>
       </c>
       <c r="I879">
-        <v>73361.83</v>
+        <v>251763.0</v>
       </c>
       <c r="J879" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="K879" t="s">
         <v>23</v>
       </c>
       <c r="L879" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="880" spans="1:12">
       <c r="A880">
-        <v>96</v>
+        <v>802</v>
       </c>
       <c r="B880" t="s">
         <v>1068</v>
       </c>
       <c r="C880" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="D880">
+        <v>2</v>
+      </c>
+      <c r="E880">
+        <v>1</v>
       </c>
       <c r="G880">
-        <v>0.0</v>
+        <v>269639.34</v>
       </c>
       <c r="H880">
-        <v>3152.0</v>
+        <v>148081.93</v>
       </c>
       <c r="I880">
-        <v>-3152.0</v>
+        <v>121557.41</v>
       </c>
       <c r="J880" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="K880" t="s">
         <v>23</v>
       </c>
       <c r="L880" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>