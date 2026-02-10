--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -74,204 +74,297 @@
   <si>
     <t>Número de carros</t>
   </si>
   <si>
     <t>Número de companias</t>
   </si>
   <si>
     <t>Activos</t>
   </si>
   <si>
     <t>Pasivos</t>
   </si>
   <si>
     <t>Patrimonio</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Función</t>
   </si>
   <si>
+    <t>Patricio Armando Calderón Calderón</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Provincial (Sala Única) Santo Domingo de los Tsáchilas</t>
+  </si>
+  <si>
+    <t>Función Estado</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>Edith Elena Arévalo Carlosama</t>
+  </si>
+  <si>
+    <t>2024-08-15</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Pichincha</t>
+  </si>
+  <si>
+    <t>Aracely Nataly Flores Flores</t>
+  </si>
+  <si>
+    <t>Margarita Teresa Rivera Flores</t>
+  </si>
+  <si>
+    <t>Narcisa Mixili Baquerizo Balladares</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Guayas</t>
+  </si>
+  <si>
+    <t>César Armando Peña Morán</t>
+  </si>
+  <si>
+    <t>Alexis Fernando Zúñiga Muñoz</t>
+  </si>
+  <si>
+    <t>Debray Lenin Novillo Plaza</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Santo Domingo de los Tsáchilas</t>
+  </si>
+  <si>
+    <t>José María Mosquera Espín</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Esmeraldas</t>
+  </si>
+  <si>
+    <t>Magdalena Irene Preciado Alvarado</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal de Guayaquil Sur</t>
+  </si>
+  <si>
+    <t>María Belén Cherrez Molina</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal de Santa Elena</t>
+  </si>
+  <si>
+    <t>Segundo Alcívar Rojas Castillo</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Sucumbíos</t>
+  </si>
+  <si>
+    <t>Andrés Fernando Torres Pozo</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Jipijapa - Manabí</t>
+  </si>
+  <si>
+    <t>Edinson Javier Mendieta Luna</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Pasaje- El Oro</t>
+  </si>
+  <si>
+    <t>Narda Solanda Goyes Quelal</t>
+  </si>
+  <si>
+    <t>2021-04-15</t>
+  </si>
+  <si>
+    <t>Vocal</t>
+  </si>
+  <si>
+    <t>Fredy Gustavo García Molina</t>
+  </si>
+  <si>
+    <t>Marco Vinicio Muñoz Muñoz</t>
+  </si>
+  <si>
     <t>Francisco Xavier Vega Rivera</t>
   </si>
   <si>
-    <t>2024-08-15</t>
-[...10 lines deleted...]
-  <si>
     <t>Noemi Mireya Holguín Ruiz</t>
   </si>
   <si>
-    <t>Agente Fiscal de Guayas</t>
-[...1 lines deleted...]
-  <si>
     <t>Irma Mercedes Pita Pazmiño</t>
   </si>
   <si>
     <t>Néicer Palermo Menéndez Mieles</t>
   </si>
   <si>
     <t>Agente Fiscal de Manabí</t>
   </si>
   <si>
     <t>Wilson Edmundo Molina Candelejo</t>
   </si>
   <si>
     <t>Agente Fiscal de Sucumbíos</t>
   </si>
   <si>
     <t>Wilman Gabriel Terán Carrillo</t>
   </si>
   <si>
     <t>2023-02-16</t>
   </si>
   <si>
     <t>Ex-presidente del Consejo de la Judicatura</t>
   </si>
   <si>
     <t>Cesar Manuel Cortez Medranda</t>
   </si>
   <si>
-    <t>2022-01-01</t>
-[...1 lines deleted...]
-  <si>
     <t>Juez (a) de la Unidad Judicial Penal de Esmeraldas</t>
   </si>
   <si>
     <t>Vicente Hermogenes Arias Montero</t>
   </si>
   <si>
     <t>2022-07-21</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal Machala- El Oro</t>
   </si>
   <si>
     <t>Johnny Fernando Bedoya Medina</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Penal de Esmeraldas</t>
   </si>
   <si>
     <t>María Paola Miranda Durán</t>
   </si>
   <si>
     <t>Juez (a) de la Corte Provincial Multicompetente Penal de Portoviejo</t>
   </si>
   <si>
-    <t>Patricio Armando Calderón Calderón</t>
-[...77 lines deleted...]
-    <t>Marco Vinicio Muñoz Muñoz</t>
+    <t>Raúl Felipe Sarmiento Polo</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Guayaquil</t>
+  </si>
+  <si>
+    <t>Cecilia del Pilar Araujo Cruz</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Santa Rosa- El Oro</t>
+  </si>
+  <si>
+    <t>María Fernanda Alejandro Santorum</t>
+  </si>
+  <si>
+    <t>2022-04-01</t>
+  </si>
+  <si>
+    <t>Juez (a) de Garantías Penitenciarias de Machala</t>
+  </si>
+  <si>
+    <t>Julio César Inga Yanza</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>Conjuez (a) Temporal</t>
+  </si>
+  <si>
+    <t>Patricio Gerardo Haro Aldean</t>
+  </si>
+  <si>
+    <t>Paulina Lorena Oñate Palacios</t>
+  </si>
+  <si>
+    <t>Verónica Rocío Rosero Rosero</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Carchi</t>
+  </si>
+  <si>
+    <t>Yela Mariuxy Escala Jordan</t>
+  </si>
+  <si>
+    <t>Mao Emmanuel Suplewich Narváez</t>
+  </si>
+  <si>
+    <t>Mercy María Duche Bolaños</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>Jorge Luis Cuenca Ríos</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de El Oro</t>
+  </si>
+  <si>
+    <t>María Lorena Jaramillo Hidalgo</t>
+  </si>
+  <si>
+    <t>Juez (a) Unidad Judicial Penal de Guayaquil Norte Dos</t>
+  </si>
+  <si>
+    <t>María Magdalena Ortiz Ortiz</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal de Babahoyo- Los Ríos</t>
+  </si>
+  <si>
+    <t>Manuel Jesús Zhapán Tenesaca</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Machala- El Oro</t>
+  </si>
+  <si>
+    <t>Eriko Teobaldo Navarrete Ballén</t>
+  </si>
+  <si>
+    <t>2023-02-28</t>
+  </si>
+  <si>
+    <t>Juez(a) del Tribunal Penal de Portoviejo- Manabí</t>
+  </si>
+  <si>
+    <t>Alexander Vicente Espinales Vera</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Corte Provincial (Sala Única) Babahoyo</t>
   </si>
   <si>
     <t>Edgar Delfín Macías Guerra</t>
   </si>
   <si>
     <t>2023-09-29</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal Sur con Competencia en Delitos Flagrantes de Guayaquil</t>
   </si>
   <si>
     <t>Boris Vasili Bohórquez Espín</t>
   </si>
   <si>
     <t>Silvia Amparo Juma Gudiño</t>
   </si>
   <si>
     <t>Luis Eduardo Sandoval Miño</t>
   </si>
   <si>
     <t>Bepsabeth Alexandra Castro Coronel</t>
   </si>
   <si>
     <t>Gregorio Malaquias López Cerezo</t>
   </si>
@@ -290,2979 +383,2886 @@
   <si>
     <t>2024-02-19</t>
   </si>
   <si>
     <t>Juez (a) Encargado</t>
   </si>
   <si>
     <t>Sixto Javier Cabrera Nazareno</t>
   </si>
   <si>
     <t>Josafat de Jesús Mendoza Villamar</t>
   </si>
   <si>
     <t>2023-03-01</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Flagrancia de Guayaqul</t>
   </si>
   <si>
     <t>Andrea Mercedes Patiño Manosalvas</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Durán</t>
   </si>
   <si>
-    <t>Raúl Felipe Sarmiento Polo</t>
-[...89 lines deleted...]
-    <t>Juez (a) de la Corte Provincial (Sala Única) Babahoyo</t>
+    <t>Alicia Eufemia Banguera Zambrano</t>
+  </si>
+  <si>
+    <t>Kleber Raymundi López Valencia</t>
+  </si>
+  <si>
+    <t>Juez (a) Unidad Judicial Penal de Guayaquil Norte Uno</t>
+  </si>
+  <si>
+    <t>Elicio Lindoro Cedeño Cevallos</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal de Santo Domingo</t>
+  </si>
+  <si>
+    <t>Hugo Fernando Ibarra Crespo</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Santo Domingo</t>
+  </si>
+  <si>
+    <t>Carlos Walberto Churta Rodriguez</t>
+  </si>
+  <si>
+    <t>Andrés Javier Vasconez Alarcón</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Playas- Guayas</t>
+  </si>
+  <si>
+    <t>Silvana Isabel Caicedo Ante</t>
+  </si>
+  <si>
+    <t>2021-04-07</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Santa Elena</t>
+  </si>
+  <si>
+    <t>José Antonio Cevallos García</t>
+  </si>
+  <si>
+    <t>Rosa Jimena Moina Molina</t>
+  </si>
+  <si>
+    <t>Jorge David Valencia Gangotena</t>
+  </si>
+  <si>
+    <t>Carlos Roberto Guerrón Reinoso</t>
+  </si>
+  <si>
+    <t>Franklin Armando Saltos Haon</t>
+  </si>
+  <si>
+    <t>Jaime Eduardo Alcívar Aveiga</t>
+  </si>
+  <si>
+    <t>Lenin Stalin Salinas Betancourt</t>
+  </si>
+  <si>
+    <t>María Consuelo Heredia Yerovi</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Corte Nacional de Justicia</t>
+  </si>
+  <si>
+    <t>Alexandra María Galarza Schoenfeld</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal de Portoviejo</t>
+  </si>
+  <si>
+    <t>Gina Marizol Campoverde Requelme</t>
   </si>
   <si>
     <t>Sebastián Andrés Ortega Peñafiel</t>
   </si>
   <si>
     <t>Juan Francisco Gabriel Morales Suárez</t>
   </si>
   <si>
     <t>Juez (a) de la Corte Provincial Multicompetente Penal de Esmeraldas</t>
   </si>
   <si>
     <t>Jorge Darío Salinas Pacheco</t>
   </si>
   <si>
     <t>Juez (a) de la Corte Provincial Multicompetente Penal de Machala</t>
   </si>
   <si>
     <t>Johanna Liseth Aldás Analuisa</t>
   </si>
   <si>
     <t>Gabriela Fernanda Delgado Sánchez</t>
   </si>
   <si>
     <t>Inés Del Rocío Quishpe Alomoto</t>
   </si>
   <si>
     <t>Wilson Fernando Vizcaíno Salazar</t>
   </si>
   <si>
     <t>Darwin David Muñoz Mora</t>
   </si>
   <si>
     <t>Tonshay Josefina Villarreal Cárdenas</t>
   </si>
   <si>
     <t>Carlos Mauricio Ludeña Luzuriaga</t>
   </si>
   <si>
-    <t>Alicia Eufemia Banguera Zambrano</t>
-[...77 lines deleted...]
-    <t>Gina Marizol Campoverde Requelme</t>
+    <t>Sobeida Aracely Conforme Zambrano</t>
+  </si>
+  <si>
+    <t>Hipólito Santiago Rivadeneira Macías</t>
+  </si>
+  <si>
+    <t>Juan Aguilar Otavalo</t>
+  </si>
+  <si>
+    <t>María De Lourdes Bustamante Acaro</t>
+  </si>
+  <si>
+    <t>Heidy María Borja Hernández</t>
+  </si>
+  <si>
+    <t>Pablo Marcelo Abad Nieto</t>
+  </si>
+  <si>
+    <t>2023-04-01</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal de Manta</t>
+  </si>
+  <si>
+    <t>Edwin Arturo Guedes Nicola</t>
+  </si>
+  <si>
+    <t>Jaime Humberto Medranda Peña</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Chone-Manabí</t>
+  </si>
+  <si>
+    <t>Rosario Guillermina Franco Jaramillo</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Provincial Santa Elena (Sala Única)</t>
+  </si>
+  <si>
+    <t>Ernesto Adolfo Montenegro Cazares</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Provincial (Sala Única) Carchi-Tulcán</t>
+  </si>
+  <si>
+    <t>Verónica Angelita Barragán Bosquez</t>
+  </si>
+  <si>
+    <t>Julio Cornelio Idrovo Castro</t>
+  </si>
+  <si>
+    <t>Andrea Soledad Rosales Almeida</t>
+  </si>
+  <si>
+    <t>Pablo Humberto Cáceres Jiménez</t>
+  </si>
+  <si>
+    <t>Peter Nilcon Jácome Aristega</t>
+  </si>
+  <si>
+    <t>Felipe Lenin García Gualpa</t>
+  </si>
+  <si>
+    <t>Paúl Fabricio Tenorio González</t>
   </si>
   <si>
     <t>Alejandro Magno Arteaga García</t>
   </si>
   <si>
     <t>Verónica Inés Sánchez Pérez</t>
   </si>
   <si>
     <t>Humberto Maximiliano Barzola Hidalgo</t>
   </si>
   <si>
     <t>2023-01-10</t>
   </si>
   <si>
     <t>Ruth Libertad Ronquillo Alvarado</t>
   </si>
   <si>
     <t>Edwin Walberto Logroño Varela</t>
   </si>
   <si>
     <t>Wilner Jesús Valencia Rodríguez</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Daule - Guayas</t>
   </si>
   <si>
     <t>Ana María Ordóñez Ochoa</t>
   </si>
   <si>
     <t>Juez (a) de Garantías Penitenciarias de Guayaquil</t>
   </si>
   <si>
     <t>Diego Fernando Polo Silva</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente de Caluma-Bolívar</t>
   </si>
   <si>
     <t>Rolando Marcelo Gualoto Simbaña</t>
   </si>
   <si>
     <t>Santiago Vladimir Cabrera Cabrera</t>
   </si>
   <si>
     <t>Ayudante Judicial</t>
   </si>
   <si>
     <t>Karla Katherine Zurita Chango</t>
   </si>
   <si>
-    <t>Sobeida Aracely Conforme Zambrano</t>
-[...62 lines deleted...]
-    <t>Paúl Fabricio Tenorio González</t>
+    <t>María Belén Luna Robalino</t>
+  </si>
+  <si>
+    <t>María Teresa Sosa Bazante</t>
+  </si>
+  <si>
+    <t>Rosalina Monserrat Gallegos Morejón</t>
+  </si>
+  <si>
+    <t>Alvaro Mauricio Romero Castro</t>
+  </si>
+  <si>
+    <t>Ivonne del Rocío Proaño Vélez</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de Transparencia y Lucha Contra la Corrupción</t>
+  </si>
+  <si>
+    <t>Luis Alberto Morocho Caiminagua</t>
+  </si>
+  <si>
+    <t>Carlos Vinicio Pazos Medina</t>
+  </si>
+  <si>
+    <t>César Colón Ponce Silva</t>
+  </si>
+  <si>
+    <t>Leonardo Fabián Lastra Lainez</t>
+  </si>
+  <si>
+    <t>2020-12-04</t>
+  </si>
+  <si>
+    <t>Nancy Pilar Maldonado Flores</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Milagro- Guayas</t>
+  </si>
+  <si>
+    <t>Manuel Mecías Arévalo Moreno</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Lago Agrio- Sucumbíos</t>
+  </si>
+  <si>
+    <t>Manuel Jesús Mejía Granda</t>
+  </si>
+  <si>
+    <t>Telmo Fabián Molina Cáceres</t>
+  </si>
+  <si>
+    <t>Juez (a) de Garantías Penales de Pichincha</t>
+  </si>
+  <si>
+    <t>Juan Carlos Concha Núñez</t>
+  </si>
+  <si>
+    <t>Hugo Alejandro Pérez Noboa</t>
+  </si>
+  <si>
+    <t>Víctor Eliceo Altamirano Cartagena</t>
   </si>
   <si>
     <t>Danny Alberto Mora Quevedo</t>
   </si>
   <si>
     <t>Nelson Daniel Vela Andrade</t>
   </si>
   <si>
     <t>Blanca Alicia Gavilanes López</t>
   </si>
   <si>
     <t>Agente Fiscal de Santa Elena</t>
   </si>
   <si>
     <t>Johnny Patricio González Galarza</t>
   </si>
   <si>
     <t>Mario Esteban Tenemaza Herrera</t>
   </si>
   <si>
     <t>Susana Beatriz Sotomayor Martínez</t>
   </si>
   <si>
     <t>Melvin Filemon Zamora Cruz</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Penal de Quevedo- Los Ríos</t>
   </si>
   <si>
     <t>Alba Rocío Álvarez Rodríguez</t>
   </si>
   <si>
     <t>Carmen Janeth Infante Robles</t>
   </si>
   <si>
     <t>Rosario de Agua Santa Freire Fierro</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Cotopaxi</t>
   </si>
   <si>
     <t>Jorge Ramiro Camacho Luzuriaga</t>
   </si>
   <si>
-    <t>María Belén Luna Robalino</t>
-[...59 lines deleted...]
-    <t>Víctor Eliceo Altamirano Cartagena</t>
+    <t>Gina Fernanda Mora Dávalos</t>
+  </si>
+  <si>
+    <t>Marco Vinicio Jirón Coronel</t>
+  </si>
+  <si>
+    <t>2021-12-01</t>
+  </si>
+  <si>
+    <t>Jorge Marcelo Arévalo Vasquez</t>
+  </si>
+  <si>
+    <t>Juan Clemente Flores</t>
+  </si>
+  <si>
+    <t>Alfonso Fabricio Rivera Guillén</t>
+  </si>
+  <si>
+    <t>Inés María Barco Loor</t>
+  </si>
+  <si>
+    <t>Rubén Leonelo Pérez Ortega</t>
+  </si>
+  <si>
+    <t>Amelia Carlota Zurita Murillo</t>
+  </si>
+  <si>
+    <t>Jorge Enrique Ochoa Benítez</t>
+  </si>
+  <si>
+    <t>Geovanny Rolando Parreño Ocaña</t>
+  </si>
+  <si>
+    <t>Patricio Javier Vidal Campaña</t>
+  </si>
+  <si>
+    <t>Wilfrido Antonio Castillo Jumbo</t>
+  </si>
+  <si>
+    <t>Lilia Marlene Ortiz Vásquez</t>
+  </si>
+  <si>
+    <t>Arturo Gualberto Mera Intriago</t>
+  </si>
+  <si>
+    <t>José Luis Jiménez Velema</t>
+  </si>
+  <si>
+    <t>Álvaro Francisco Román Márquez</t>
+  </si>
+  <si>
+    <t>2023-12-18</t>
+  </si>
+  <si>
+    <t>Presidente (a) Temporal del Consejo de la Judicatura</t>
+  </si>
+  <si>
+    <t>Clara Silvana Garrido Pazmiño</t>
   </si>
   <si>
     <t>Patricia Elizabeth Muñoz Santos</t>
   </si>
   <si>
     <t>Sandra Mirey Velasco Solano</t>
   </si>
   <si>
     <t>Reinaldo Efraín Cevallos Freire</t>
   </si>
   <si>
     <t>César Leonardo Ponce Granizo</t>
   </si>
   <si>
     <t>María Gabriela Palacios Palacios</t>
   </si>
   <si>
     <t>Jairo Xavier Molina Ordóñez</t>
   </si>
   <si>
     <t>Fausto Roberto Murillo Fierro</t>
   </si>
   <si>
     <t>2023-01-24</t>
   </si>
   <si>
     <t>Saby Dinorat Hinojosa Copete</t>
   </si>
   <si>
     <t>Jenny Patricia Freire Arias</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Penal de Quevedo- Los Ríos</t>
   </si>
   <si>
     <t>Ginnio Washington Estupiñán Bamba</t>
   </si>
   <si>
-    <t>Gina Fernanda Mora Dávalos</t>
-[...56 lines deleted...]
-    <t>Clara Silvana Garrido Pazmiño</t>
+    <t>Manuel Yuquilema Mullo</t>
+  </si>
+  <si>
+    <t>José Jovanny Suárez Chávez</t>
+  </si>
+  <si>
+    <t>Nery Cristina Egas Troya</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Ventanas- Los Ríos</t>
+  </si>
+  <si>
+    <t>Luis Eduardo Póveda Gaibor</t>
+  </si>
+  <si>
+    <t>Manuel Enrique Cabrera Esquivel</t>
+  </si>
+  <si>
+    <t>Ana Elizabeth Hidalgo Guayaquil</t>
+  </si>
+  <si>
+    <t>Luis Israel Ortega Falcón</t>
+  </si>
+  <si>
+    <t>Hugo Marcelo Velasco</t>
+  </si>
+  <si>
+    <t>Marjorie Janet Escobar Limones</t>
+  </si>
+  <si>
+    <t>Freddy Heriberto Toala Cañarte</t>
+  </si>
+  <si>
+    <t>Giovanna Elizabeth Gamboa Villacís</t>
+  </si>
+  <si>
+    <t>Lizardo Antonio Espinoza Bustamante</t>
+  </si>
+  <si>
+    <t>Shirley Bridget Lindao Villón</t>
+  </si>
+  <si>
+    <t>Elsy Estefanny Martínez Jiménez</t>
+  </si>
+  <si>
+    <t>Jhovany Polivio González Valero</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Babahoyo- Los Ríos</t>
+  </si>
+  <si>
+    <t>Mary Alexandra Quintero Prado</t>
   </si>
   <si>
     <t>Nelson Iban Campbell Suárez</t>
   </si>
   <si>
     <t>Wilmer Henry Suárez Jácome</t>
   </si>
   <si>
     <t>Juez(a) de la Corte Provincial (Sala Única) Sucumbíos-Lago Agrio</t>
   </si>
   <si>
     <t>Elsa Judith Bonilla Estrada</t>
   </si>
   <si>
     <t>María Luzmila Lluglla Gavilanes</t>
   </si>
   <si>
     <t>Alberto Leonel Santillán Molina</t>
   </si>
   <si>
     <t>Fanny Carlota Castro Sánchez</t>
   </si>
   <si>
     <t>Segundo Ambrosio Lucas Centeno</t>
   </si>
   <si>
     <t>Karina Marisela Villagómez Baquedano</t>
   </si>
   <si>
     <t>Marco Leonardo Calle Orellana</t>
   </si>
   <si>
     <t>Daniella Lisette Camacho Herold</t>
   </si>
   <si>
     <t>Luis Patricio Castillo Haro</t>
   </si>
   <si>
     <t>José Bernardo Ortega Cadena</t>
   </si>
   <si>
-    <t>Manuel Yuquilema Mullo</t>
-[...50 lines deleted...]
-    <t>Mary Alexandra Quintero Prado</t>
+    <t>Juan Carlos Vivar Álvarez</t>
+  </si>
+  <si>
+    <t>Myrian Magdalena Mendoza Moreira</t>
+  </si>
+  <si>
+    <t>Francisca Piedad Barahona Chompol</t>
+  </si>
+  <si>
+    <t>José Luis Macías Flores</t>
+  </si>
+  <si>
+    <t>Victoriano Germán Enríquez Mafla</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal de Tulcán- Carchi</t>
+  </si>
+  <si>
+    <t>Ana Elizabeth Obando Castro</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Tulcán- Carchi</t>
+  </si>
+  <si>
+    <t>Diana Elizabeth Cueva Limones</t>
+  </si>
+  <si>
+    <t>María Fernanda Gallardo Muñoz</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de El Guabo- El Oro</t>
+  </si>
+  <si>
+    <t>Juan Guillermo Salazar Almeida</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Sucumbíos</t>
+  </si>
+  <si>
+    <t>Jorge Vladimir Flores Moreno</t>
+  </si>
+  <si>
+    <t>Diego Orlando Moncayo Espín</t>
+  </si>
+  <si>
+    <t>Norma Ivón Vallejo Aillón</t>
+  </si>
+  <si>
+    <t>María Piedad Guevara Paredes</t>
+  </si>
+  <si>
+    <t>Víctor Ernesto Sánchez Girón</t>
+  </si>
+  <si>
+    <t>Enrique Arturo García Arteaga</t>
+  </si>
+  <si>
+    <t>Diana Sofía Sánchez Gutiérrez</t>
+  </si>
+  <si>
+    <t>David Isaías Jacho Chicaiza</t>
+  </si>
+  <si>
+    <t>2023-10-27</t>
+  </si>
+  <si>
+    <t>Mauro Rafael García Macías</t>
   </si>
   <si>
     <t>Marco Javier Minchalo Toral</t>
   </si>
   <si>
     <t>Cynthia Elizabeth Tandazo Loayza</t>
   </si>
   <si>
     <t>2022-07-20</t>
   </si>
   <si>
     <t>Elvia del Pilar Montaño Mina</t>
   </si>
   <si>
     <t>Henry Robert Taylor Terán</t>
   </si>
   <si>
     <t>Juez (a) de la Corte Provincial Multicompetente Penal de Guayaquil</t>
   </si>
   <si>
     <t>Eugenio Alejandro Alemán Cornejo</t>
   </si>
   <si>
     <t>Pablo Guillermo Durán Gallardo</t>
   </si>
   <si>
     <t>Nelly Cristina Ramírez Barahona</t>
   </si>
   <si>
     <t>Silvana María Cuaical Galárraga</t>
   </si>
   <si>
     <t>Stalin Javier Naranjo Pincay</t>
   </si>
   <si>
-    <t>Juan Carlos Vivar Álvarez</t>
-[...65 lines deleted...]
-    <t>Mauro Rafael García Macías</t>
+    <t>Lizzye Mishell Del Hierro Olaya</t>
+  </si>
+  <si>
+    <t>Robinson René Coronel Lucero</t>
+  </si>
+  <si>
+    <t>Norma Cecilia Rodríguez Arboleda</t>
+  </si>
+  <si>
+    <t>Luis Alberto Caivinagua Uyaguari</t>
+  </si>
+  <si>
+    <t>Reinaldo Efraín Cevallos Cercado</t>
+  </si>
+  <si>
+    <t>2023-05-10</t>
+  </si>
+  <si>
+    <t>Sonia Selenita Cevallos García</t>
+  </si>
+  <si>
+    <t>Gilda del Pilar Gómez Rivera</t>
+  </si>
+  <si>
+    <t>José Luis Alarcón Bowen</t>
+  </si>
+  <si>
+    <t>Juez(a) del Tribunal Penal de Manta-Manabí</t>
+  </si>
+  <si>
+    <t>Juan Carlos Camacho Flores</t>
+  </si>
+  <si>
+    <t>Richard Napoleón Mora Jiménez</t>
+  </si>
+  <si>
+    <t>Ana Patricia Bastidas Valle</t>
+  </si>
+  <si>
+    <t>Fanny Elvira Jácome Astudillo</t>
+  </si>
+  <si>
+    <t>Luis Augusto Rosero Méndez</t>
+  </si>
+  <si>
+    <t>Yeferson Cristian Caicedo Valencia</t>
+  </si>
+  <si>
+    <t>Saira De los Ángeles Jara Rubio</t>
+  </si>
+  <si>
+    <t>Jaime Fabián Guerrón Hernández</t>
   </si>
   <si>
     <t>Luis Alberto Toapanta Yaguar</t>
   </si>
   <si>
     <t>Lauro Javier De la Cadena Correa</t>
   </si>
   <si>
     <t>Liliana del Rocío Santillán Bautista</t>
   </si>
   <si>
     <t>Mónica Annabelle Caicedo Leones</t>
   </si>
   <si>
     <t>Luis Fabián Tapia Chacón</t>
   </si>
   <si>
     <t>Kelttya Martina López Burgos</t>
   </si>
   <si>
     <t>Diana Cecibel Quezada Moreno</t>
   </si>
   <si>
     <t>2020-01-01</t>
   </si>
   <si>
     <t>Emilio Manuel Lima Panta</t>
   </si>
   <si>
     <t>2023-11-14</t>
   </si>
   <si>
     <t>Alex Patricio Riascos Chamba</t>
   </si>
   <si>
     <t>2022-04-10</t>
   </si>
   <si>
     <t>Postulante al concurso para Jueces y Conjueces de la Corte Nacional de Justicia 2024</t>
   </si>
   <si>
     <t>Nelson Atilio Guano Jordán</t>
   </si>
   <si>
     <t>Max Patricio Brito Cevallos</t>
   </si>
   <si>
     <t>Juez (a)</t>
   </si>
   <si>
-    <t>Lizzye Mishell Del Hierro Olaya</t>
-[...50 lines deleted...]
-    <t>Jaime Fabián Guerrón Hernández</t>
+    <t>Olavo Marcial Hernández Hidrobo</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Imbabura</t>
+  </si>
+  <si>
+    <t>Cristian Fernando Camacho Ortiz</t>
+  </si>
+  <si>
+    <t>Paula Marisol Maldonado Galindo</t>
+  </si>
+  <si>
+    <t>Segundo Jacinto Tibanlombo Salazar</t>
+  </si>
+  <si>
+    <t>María Livaneza Gálvez Morales</t>
+  </si>
+  <si>
+    <t>Walter Junior Romero Jaén</t>
+  </si>
+  <si>
+    <t>Diego Xavier Rosero Revelo</t>
+  </si>
+  <si>
+    <t>Jaime Rodrigo Morocho Morocho</t>
+  </si>
+  <si>
+    <t>Rita Annabel Bravo Quijano</t>
+  </si>
+  <si>
+    <t>Raúl Ramiro Tigua Tigua</t>
+  </si>
+  <si>
+    <t>Augusto Iván García Altamirano</t>
+  </si>
+  <si>
+    <t>María Primitiva Serrano León</t>
+  </si>
+  <si>
+    <t>Freddy David Castro Méndez</t>
+  </si>
+  <si>
+    <t>Joseph Rober Mendieta Toledo</t>
+  </si>
+  <si>
+    <t>2022-08-01</t>
+  </si>
+  <si>
+    <t>Dunia Carmita Martínez Molina</t>
+  </si>
+  <si>
+    <t>Presidente del Consejo de la Judicatura</t>
+  </si>
+  <si>
+    <t>Jéssica Elena Córdova Fuentes</t>
+  </si>
+  <si>
+    <t>Elvira Rosario Pinza Ramírez</t>
   </si>
   <si>
     <t>Wilson Enrique Álvarez Valencia</t>
   </si>
   <si>
     <t>José Vicente Morales Anchundia</t>
   </si>
   <si>
     <t>Joffre Alfredo Velasco Solís</t>
   </si>
   <si>
     <t>Jenny Prissila Paliz Viscarra</t>
   </si>
   <si>
     <t>John Hernán González Torres</t>
   </si>
   <si>
     <t>Darwing Alberto Valencia Juez</t>
   </si>
   <si>
     <t>José Luis Alvarado Paredes</t>
   </si>
   <si>
     <t>Guillermo Alberto Buchelli Bonilla</t>
   </si>
   <si>
     <t>Manuel Aníbal Armas Proaño</t>
   </si>
   <si>
     <t>Ronald Leonardo Cevallos Bravo</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal Parroquia Satélite La Aurora (Daule)- Guayas</t>
   </si>
   <si>
-    <t>Olavo Marcial Hernández Hidrobo</t>
-[...56 lines deleted...]
-    <t>Elvira Rosario Pinza Ramírez</t>
+    <t>Segundo Montaño Reasco</t>
+  </si>
+  <si>
+    <t>2021-12-15</t>
+  </si>
+  <si>
+    <t>Franklin Kennedy Roldán Pinargote</t>
+  </si>
+  <si>
+    <t>Iván Xavier León Rodríguez</t>
+  </si>
+  <si>
+    <t>Milton Leonidas Arroba Bermúdez</t>
+  </si>
+  <si>
+    <t>Ernesto Francisco Hidalgo Sáenz</t>
+  </si>
+  <si>
+    <t>Juan Carlos Rivera Silva</t>
+  </si>
+  <si>
+    <t>Francisco Javier Bodero Carrión</t>
+  </si>
+  <si>
+    <t>Paola Katherine Pico Jijón</t>
+  </si>
+  <si>
+    <t>Jorge Cristóbal Ballesteros Ballesteros</t>
+  </si>
+  <si>
+    <t>Manuel Agustín Paladines Pineda</t>
+  </si>
+  <si>
+    <t>Diego Xavier Pérez Gallo</t>
+  </si>
+  <si>
+    <t>Dennis Alfredo Ugalde Álvarez</t>
+  </si>
+  <si>
+    <t>Fernando Jesús Ortega Cevallos</t>
+  </si>
+  <si>
+    <t>Luis Ramón Álvarez Arellano</t>
+  </si>
+  <si>
+    <t>Vicente Fernando Pico Lozano</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Montecristi - Manabí</t>
+  </si>
+  <si>
+    <t>Manuel Eduardo Peña Estupiñán</t>
+  </si>
+  <si>
+    <t>2021-11-22</t>
+  </si>
+  <si>
+    <t>Merck Milko Benavides Benalcázar</t>
+  </si>
+  <si>
+    <t>2024-03-01</t>
   </si>
   <si>
     <t>Piedad Cecilia Garzón Cadena</t>
   </si>
   <si>
     <t>Alicia Cristina Muñoz Torres</t>
   </si>
   <si>
     <t>Fátima Margoth Vélez Salguero</t>
   </si>
   <si>
     <t>Celinda Karina Chacho Yépez</t>
   </si>
   <si>
     <t>Lissette Jazmín Posligua Valenzuela</t>
   </si>
   <si>
     <t>Vicente Antonio Párraga Bernal</t>
   </si>
   <si>
     <t>Ángel Salvador Montesdeoca Peralta</t>
   </si>
   <si>
     <t>Agente Fiscal</t>
   </si>
   <si>
     <t>Carlos Eduardo Valverde Anchundia</t>
   </si>
   <si>
     <t>Director (a) Provincial de Chimborazo</t>
   </si>
   <si>
     <t>Kennia Lissette Ruiz Aguilar</t>
   </si>
   <si>
     <t>Segundo Ernesto Cepeda Llamoca</t>
   </si>
   <si>
-    <t>Segundo Montaño Reasco</t>
-[...59 lines deleted...]
-    <t>2024-03-01</t>
+    <t>Felipe Esteban Córdova Ochoa</t>
+  </si>
+  <si>
+    <t>Fabián Plinio Efraín Fabara Gallardo</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>Ricardo Alberto Ramos Aguilera</t>
+  </si>
+  <si>
+    <t>Antonio Agustín Letamendi Andrade</t>
+  </si>
+  <si>
+    <t>2021-08-23</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal de Milagro</t>
+  </si>
+  <si>
+    <t>Juan Carlos Valle Matute</t>
+  </si>
+  <si>
+    <t>Hipatia Victoria Rodríguez Guerrero</t>
+  </si>
+  <si>
+    <t>Byron Raúl Andrade Márquez</t>
+  </si>
+  <si>
+    <t>Katty Mishel Muñoz Vaca</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>María Fernanda Cevallos Tapia</t>
+  </si>
+  <si>
+    <t>Ruth Jimena Palacios Brito</t>
+  </si>
+  <si>
+    <t>Jairo Santiago Villarreal Lima</t>
+  </si>
+  <si>
+    <t>Xavier Noé Patricio Espinoza Esteves</t>
+  </si>
+  <si>
+    <t>Wendy Paola Tutiven Concha</t>
+  </si>
+  <si>
+    <t>Jenny Maricela García Peña</t>
+  </si>
+  <si>
+    <t>Lucrecia Alexandra Espinoza Jaramillo</t>
+  </si>
+  <si>
+    <t>José Vinicio López Torres</t>
+  </si>
+  <si>
+    <t>Gabriela Narcisa Sornoza Barreiro</t>
+  </si>
+  <si>
+    <t>Arturo Enrique Junco Sánchez</t>
   </si>
   <si>
     <t>Romina Alexandra Vera Zambrano</t>
   </si>
   <si>
     <t>Luis Oswaldo Trujillo Soto</t>
   </si>
   <si>
     <t>2022-10-03</t>
   </si>
   <si>
     <t>Juez(a) de la Corte Provincial (Sala Única) Quevedo</t>
   </si>
   <si>
     <t>Freddy Ramón Cisneros Espinoza</t>
   </si>
   <si>
     <t>2023-06-05</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Orellana</t>
   </si>
   <si>
     <t>Carlos Gilberto Borja Coloma</t>
   </si>
   <si>
     <t>Martha Carolina Lomas Mediavilla</t>
   </si>
   <si>
     <t>Diana Elizabeth Segarra Balseca</t>
   </si>
   <si>
     <t>Luis Wilson Centeno Guerrero</t>
   </si>
   <si>
     <t>Michell Erika Luna Quinde</t>
   </si>
   <si>
     <t>Ángela María Zambrano Marcillo</t>
   </si>
   <si>
     <t>Secretario (a) de Fiscalía</t>
   </si>
   <si>
     <t>Ramiro Armando Cuenca Condoy</t>
   </si>
   <si>
-    <t>Felipe Esteban Córdova Ochoa</t>
-[...62 lines deleted...]
-    <t>Arturo Enrique Junco Sánchez</t>
+    <t>Miriam Elizabeth Neira Reinoso</t>
+  </si>
+  <si>
+    <t>Danny Roy Vizueta Prado</t>
+  </si>
+  <si>
+    <t>María Fernanda Mendoza Vera</t>
+  </si>
+  <si>
+    <t>Fernando Ramiro Burbano Dávalos</t>
+  </si>
+  <si>
+    <t>Johan Vinicio Briones Valero</t>
+  </si>
+  <si>
+    <t>Luis Gustavo Enríquez Enríquez</t>
+  </si>
+  <si>
+    <t>Luis Hernán López Jácome</t>
+  </si>
+  <si>
+    <t>Diógenes Cueva Montaño</t>
+  </si>
+  <si>
+    <t>Baltazara Gabriela Macías Chamaidan</t>
+  </si>
+  <si>
+    <t>2021-06-01</t>
+  </si>
+  <si>
+    <t>Edwin Giovanni Quinga Ramón</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Tungurahua</t>
+  </si>
+  <si>
+    <t>Luis Antonio Galarza Bustos</t>
+  </si>
+  <si>
+    <t>Johanna Catherine Moncayo Falconi</t>
+  </si>
+  <si>
+    <t>Wilfrido Roberto Vallejo Ruiz</t>
+  </si>
+  <si>
+    <t>Johnny Benjamín Guzmán Franco</t>
+  </si>
+  <si>
+    <t>Julio Aguberto Sánchez Mera</t>
+  </si>
+  <si>
+    <t>Juan Carlos Izquierdo Cedeño</t>
+  </si>
+  <si>
+    <t>José Antonio Sánchez Gutiérrez</t>
+  </si>
+  <si>
+    <t>Iván Rodrigo Larco Ortuño</t>
   </si>
   <si>
     <t>Edison Javier González Balón</t>
   </si>
   <si>
     <t>Rosario Enith Barrezueta Torres</t>
   </si>
   <si>
     <t>Ángel Lautaro Maza López</t>
   </si>
   <si>
     <t>Luis Fernando Otoya Delgado</t>
   </si>
   <si>
     <t>Víctor Gregorio Vacca González</t>
   </si>
   <si>
     <t>2022-01-06</t>
   </si>
   <si>
     <t>Richard Gerardo Alvarado Alvarado</t>
   </si>
   <si>
     <t>Fanny Eugenia Espinosa Espinosa</t>
   </si>
   <si>
     <t>María Soledad Recalde Arguello</t>
   </si>
   <si>
     <t>Mirian Azucena Mora Endara</t>
   </si>
   <si>
-    <t>Miriam Elizabeth Neira Reinoso</t>
-[...56 lines deleted...]
-    <t>Iván Rodrigo Larco Ortuño</t>
+    <t>Francisco Wilfrido Novoa Castro</t>
+  </si>
+  <si>
+    <t>Mario Miguel Martínez Fuertes</t>
+  </si>
+  <si>
+    <t>Liliana Cecibel Delgado Intriago</t>
+  </si>
+  <si>
+    <t>Sarita Delia Segarra Morán</t>
+  </si>
+  <si>
+    <t>Freddy Rolando Álava Párraga</t>
+  </si>
+  <si>
+    <t>Segundo Luis Cañafe Villa</t>
+  </si>
+  <si>
+    <t>Oswaldo Rafael Dávila Gabino</t>
+  </si>
+  <si>
+    <t>Karla Gisella Mercedes Delgado Zambrano</t>
+  </si>
+  <si>
+    <t>Fabián Gustavo Gordillo Gallegos</t>
+  </si>
+  <si>
+    <t>Carlo Abrahan Fuentes Zambrano</t>
+  </si>
+  <si>
+    <t>Linda Paola Silva Merchán</t>
+  </si>
+  <si>
+    <t>David Erdulfo Gordillo Guzmán</t>
+  </si>
+  <si>
+    <t>María Elena Bayas Santillán</t>
+  </si>
+  <si>
+    <t>Patricia Del Rocío Jara Oña</t>
+  </si>
+  <si>
+    <t>Sandra Elizabeth Rosillo Abarca</t>
+  </si>
+  <si>
+    <t>Víctor Hugo Calderón Navarrete</t>
   </si>
   <si>
     <t>Karen Luisa Kinchuela Morán</t>
   </si>
   <si>
     <t>Stanley Geovanhy Khundury Quito</t>
   </si>
   <si>
     <t>Ana Patricia Vásquez Sanabria</t>
   </si>
   <si>
     <t>Mauricio Bayardo Espinosa Brito</t>
   </si>
   <si>
     <t>Blanca Rosa Simbaña Ordoñez</t>
   </si>
   <si>
     <t>Ismael Armando Figueroa Parra</t>
   </si>
   <si>
     <t>Iván Ramiro Tirsio Muñoz</t>
   </si>
   <si>
     <t>Segundo Gavino Mina Sifuentes</t>
   </si>
   <si>
     <t>Ramiro Baltazar Brito Chuchuca</t>
   </si>
   <si>
     <t>Paola de los Ángeles Dávila López</t>
   </si>
   <si>
     <t>2022-09-01</t>
   </si>
   <si>
     <t>Claudia Helena Salgado Levy</t>
   </si>
   <si>
     <t>2023-02-17</t>
   </si>
   <si>
     <t>Juan Vicente Guaño Costales</t>
   </si>
   <si>
-    <t>Francisco Wilfrido Novoa Castro</t>
-[...44 lines deleted...]
-    <t>Víctor Hugo Calderón Navarrete</t>
+    <t>Hans Kelsen Jiménez Plaza</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompentente Penal de El Empalme- Guayas</t>
+  </si>
+  <si>
+    <t>Wilson Teodoro Rodas Ochoa</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Loja</t>
+  </si>
+  <si>
+    <t>María Gabriela Carrión Carrión</t>
+  </si>
+  <si>
+    <t>Hitalo Casiano Masaquiza Bonilla</t>
+  </si>
+  <si>
+    <t>Verónica Mercedes Topón Perrazo</t>
+  </si>
+  <si>
+    <t>Emili Elizabeth González Game</t>
+  </si>
+  <si>
+    <t>Blanca Carolina Ruiz Briones</t>
+  </si>
+  <si>
+    <t>Silvia Alexandra Zurita Lucero</t>
+  </si>
+  <si>
+    <t>Rene Vicente Ormaza Torres</t>
+  </si>
+  <si>
+    <t>Patricio Adolfo Secaira Durango</t>
+  </si>
+  <si>
+    <t>Christian Salomón Villarreal Rosales</t>
+  </si>
+  <si>
+    <t>Víctor Hugo Echeverría Bravo</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>Martha de Jesús Gavilanes Mendoza</t>
+  </si>
+  <si>
+    <t>Juez(a) del Tribunal Penal de Durán-Guayas</t>
+  </si>
+  <si>
+    <t>Carlos Vinicio Aguirre Tobar</t>
+  </si>
+  <si>
+    <t>Henry Wilmer Morán Morán</t>
+  </si>
+  <si>
+    <t>Mario Fabricio Godoy Naranjo</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>María Paola Córdova Vinueza</t>
   </si>
   <si>
     <t>Jairo Román Placencia Montenegro</t>
   </si>
   <si>
     <t>Jacinta María Andrade Matute</t>
   </si>
   <si>
     <t>Walter Alfredo Morales Farías</t>
   </si>
   <si>
     <t>Olmedo Vélez Fuentes</t>
   </si>
   <si>
     <t>John Edwin Tipantasi Taipe</t>
   </si>
   <si>
     <t>Heidy Priscila León Santin</t>
   </si>
   <si>
     <t>Fabiola del Rocío Vega Carvajal</t>
   </si>
   <si>
     <t>Víctor Polibio Aguinsaca Pucha</t>
   </si>
   <si>
     <t>Anabel de Jesús Torres Cevallos</t>
   </si>
   <si>
     <t>Smirnova Lariza Calderón Uria</t>
   </si>
   <si>
-    <t>Hans Kelsen Jiménez Plaza</t>
-[...62 lines deleted...]
-    <t>María Paola Córdova Vinueza</t>
+    <t>César Elías Paucar Paucar</t>
+  </si>
+  <si>
+    <t>Juan José Villamar Chele</t>
+  </si>
+  <si>
+    <t>María Fabiola Gallardo Ramia</t>
+  </si>
+  <si>
+    <t>Galo Efraín Luzuriaga Guerrero</t>
+  </si>
+  <si>
+    <t>Luis Ramiro Arroyo Quishpe</t>
+  </si>
+  <si>
+    <t>Alexei Steven Hoyos Jaramillo</t>
+  </si>
+  <si>
+    <t>Alberto Francisco Rodríguez Echeverría</t>
+  </si>
+  <si>
+    <t>Jennifer Grace Bolaños Moreno</t>
+  </si>
+  <si>
+    <t>Isabel Margarita Inga Briones</t>
+  </si>
+  <si>
+    <t>Fermín Jaime Bustamante Vera</t>
+  </si>
+  <si>
+    <t>José Luis Robalino Villafuerte</t>
+  </si>
+  <si>
+    <t>Segundo Elías Quiñónez Escobar</t>
+  </si>
+  <si>
+    <t>Marcia Alexandra Vásquez Ortiz</t>
+  </si>
+  <si>
+    <t>Tatiana Ximena Avellán Espinoza</t>
+  </si>
+  <si>
+    <t>Francisco Fernando Flores Barragán</t>
+  </si>
+  <si>
+    <t>Leiver Patricio Quimis Sornoza</t>
   </si>
   <si>
     <t>Diego Rafael Poma Chamba</t>
   </si>
   <si>
     <t>Mercedes Alejandra Araujo Quiñónez</t>
   </si>
   <si>
     <t>Juez (a) de Unidad Judicial de la Familia, Mujer, Niñez y Adolescencia de Esmeraldas</t>
   </si>
   <si>
     <t>Elba Yolanda Garzón Miñaca</t>
   </si>
   <si>
     <t>Verónica Rocío Murgueytio Luna</t>
   </si>
   <si>
     <t>José Rafael Vilatuña Díaz</t>
   </si>
   <si>
     <t>Laura Estela Chacón Chacón</t>
   </si>
   <si>
     <t>Ivonne Marjorie Puga Torres</t>
   </si>
   <si>
     <t>Alfonso Ignacio Suarez Molina</t>
   </si>
   <si>
     <t>Alejandro Kleber Orellana Pineda</t>
   </si>
   <si>
     <t>Andrea Ivonne Moreno Silva</t>
   </si>
   <si>
     <t>Carlos Fausto Barrera Vasquez</t>
   </si>
   <si>
-    <t>César Elías Paucar Paucar</t>
-[...44 lines deleted...]
-    <t>Leiver Patricio Quimis Sornoza</t>
+    <t>Jefferson Alejandro Aquieta Tamayo</t>
+  </si>
+  <si>
+    <t>Kaszandra Julia Gordillo Villamar</t>
+  </si>
+  <si>
+    <t>Pablo Fernando Loayza Ortega</t>
+  </si>
+  <si>
+    <t>Conjuez (a) Nacional</t>
+  </si>
+  <si>
+    <t>Carlos Alberto Redwood Villa</t>
+  </si>
+  <si>
+    <t>Gladys Yolanda Martínez Perea</t>
+  </si>
+  <si>
+    <t>Dora Eloisa Vargas Troncoso</t>
+  </si>
+  <si>
+    <t>Christian Francisco Jurado Lavayen</t>
+  </si>
+  <si>
+    <t>Miguel Eduardo Costaín Vásquez</t>
+  </si>
+  <si>
+    <t>Marco Vinicio Rodríguez Mongón</t>
+  </si>
+  <si>
+    <t>Yolanda Piedad Chasi Romero</t>
+  </si>
+  <si>
+    <t>Angélica Maricela Paredes Sánchez</t>
+  </si>
+  <si>
+    <t>Elieser Ernesto Vizcaíno Caicedo</t>
+  </si>
+  <si>
+    <t>Christian Humberto Farez Falconí</t>
+  </si>
+  <si>
+    <t>Judy Vanessa Tutiven Galvez</t>
+  </si>
+  <si>
+    <t>Edmundo Alberto Briones Valero</t>
+  </si>
+  <si>
+    <t>Rómulo Tito Espinoza Torres</t>
+  </si>
+  <si>
+    <t>Jorge Alexander Martínez Olivares</t>
+  </si>
+  <si>
+    <t>Emerson Geovanny Curipallo Ulloa</t>
   </si>
   <si>
     <t>Jorge Milton Chang Vargas</t>
   </si>
   <si>
     <t>Enny Josefa Mirley Zambrano Alcivar</t>
   </si>
   <si>
     <t>Isela Emperatriz Ordóñez Muñoz</t>
   </si>
   <si>
     <t>Blanca Alexandra Vallejo Bazante</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Azuay</t>
   </si>
   <si>
     <t>Javier Vitervo Bosquez Villena</t>
   </si>
   <si>
     <t>Raúl López Carrera</t>
   </si>
   <si>
     <t>María Alejandra Sigcha Orrico</t>
   </si>
   <si>
     <t>Franklin Geovanny Flores Catuto</t>
   </si>
   <si>
     <t>Nelson Elio Macías Miranda</t>
   </si>
   <si>
-    <t>Jefferson Alejandro Aquieta Tamayo</t>
-[...53 lines deleted...]
-    <t>Emerson Geovanny Curipallo Ulloa</t>
+    <t>Enma Gabriela Padilla Hernández</t>
+  </si>
+  <si>
+    <t>Blanca Piedad Noblecilla Guerrero</t>
+  </si>
+  <si>
+    <t>Fernando José Yávar Núñez</t>
+  </si>
+  <si>
+    <t>Rogelio Wilfrido Monar Rivera</t>
+  </si>
+  <si>
+    <t>Piedad Aracelly Carrazco Valarezo</t>
+  </si>
+  <si>
+    <t>Héctor Eduardo Caicedo Preciado</t>
+  </si>
+  <si>
+    <t>Wilson Edmundo Obando Castro</t>
+  </si>
+  <si>
+    <t>Byron Raúl Pérez Mejía</t>
+  </si>
+  <si>
+    <t>José Francisco Dávila Álvarez</t>
+  </si>
+  <si>
+    <t>Jhonatan Daniel Arizaga Calderón</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Huaquillas- El Oro</t>
+  </si>
+  <si>
+    <t>Frank Ricardo Caamaño Ochoa</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Zamora Chinchipe</t>
+  </si>
+  <si>
+    <t>Néstor Abel Gallegos Guatumillo</t>
+  </si>
+  <si>
+    <t>Ximena De Lourdes Mora Heredia</t>
+  </si>
+  <si>
+    <t>Maribel Yolanda Vargas Almachi</t>
+  </si>
+  <si>
+    <t>Fresia Regina Guzmán Zambrano</t>
+  </si>
+  <si>
+    <t>José Alberto Sánchez Vélez</t>
+  </si>
+  <si>
+    <t>Tito Rubendario Mendoza Granizo</t>
   </si>
   <si>
     <t>María Isabel Tenesaca Blacio</t>
   </si>
   <si>
     <t>Gilda Rosana Morales Ordóñez</t>
   </si>
   <si>
     <t>María Lorena Palma Benavides</t>
   </si>
   <si>
     <t>Ramiro Fernando Loayza Ortega</t>
   </si>
   <si>
     <t>Rafael Marcos Arce Campoverde</t>
   </si>
   <si>
     <t>Roberto Guillermo Santander Patiño</t>
   </si>
   <si>
     <t>2022-10-17</t>
   </si>
   <si>
     <t>Carmen Elizabeth Vásquez Rodríguez</t>
   </si>
   <si>
     <t>Ruth Cecilia Amoroso Palacios</t>
   </si>
   <si>
     <t>Eliana Maribel Espinoza Fuertes</t>
   </si>
   <si>
     <t>Luis German Remache Quishpe</t>
   </si>
   <si>
-    <t>Enma Gabriela Padilla Hernández</t>
-[...53 lines deleted...]
-    <t>Tito Rubendario Mendoza Granizo</t>
+    <t>Wilson Segundo Solís Solís</t>
+  </si>
+  <si>
+    <t>2024-01-17</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Contencioso Tributario de Azuay</t>
+  </si>
+  <si>
+    <t>Doris Yadira Guarderas Mantilla</t>
+  </si>
+  <si>
+    <t>Juan Carlos Núñez Herrería</t>
+  </si>
+  <si>
+    <t>Magaly Narciza Obando Castro</t>
+  </si>
+  <si>
+    <t>Eduardo Antonio Díaz Zambrano</t>
+  </si>
+  <si>
+    <t>Rómulo Sevilla Jara</t>
+  </si>
+  <si>
+    <t>Diana Genoveva Arreaga Ortiz</t>
+  </si>
+  <si>
+    <t>María Elvira Carpio Erraez</t>
+  </si>
+  <si>
+    <t>Ronald Xavier Guerrero Cruz</t>
+  </si>
+  <si>
+    <t>Juan Aparicio Dueñas Vélez</t>
+  </si>
+  <si>
+    <t>Gisela Karina Morejón Cevallos</t>
+  </si>
+  <si>
+    <t>Lorena Ismailda Romero Cedeño</t>
+  </si>
+  <si>
+    <t>Arturo Enrique Riofrío Ruiz</t>
+  </si>
+  <si>
+    <t>Wilmer Horacio Ger Arellano</t>
+  </si>
+  <si>
+    <t>Samuel Orlando Benavides</t>
+  </si>
+  <si>
+    <t>Max Alberto Jaramillo Chávez</t>
+  </si>
+  <si>
+    <t>Mario Hipólito Salazar Peralta</t>
   </si>
   <si>
     <t>Feliciana Aida Calixto Alava</t>
   </si>
   <si>
     <t>Victor Hugo León Tenorio</t>
   </si>
   <si>
     <t>Cristian Stig Montoya Tello</t>
   </si>
   <si>
     <t>Fanny Erlinda Velasco Gaibor</t>
   </si>
   <si>
     <t>Luis Adrián Rojas Calle</t>
   </si>
   <si>
     <t>Jony Benigno Suárez Zurita</t>
   </si>
   <si>
     <t>Gustavo Alfredo Guerra Aguayo</t>
   </si>
   <si>
     <t>Fernando Elías Vergara Puertas</t>
   </si>
   <si>
     <t>Tania Paola Monroy Sotomayor</t>
   </si>
   <si>
     <t>2021-11-01</t>
   </si>
   <si>
     <t>Franklin Edmundo Tenorio Peláez</t>
   </si>
   <si>
     <t>2022-06-30</t>
   </si>
   <si>
     <t>Jonathan Fabian Rivera Ortiz</t>
   </si>
   <si>
     <t>2023-07-01</t>
   </si>
   <si>
-    <t>Wilson Segundo Solís Solís</t>
-[...53 lines deleted...]
-    <t>Mario Hipólito Salazar Peralta</t>
+    <t>José Roberto Cañizares Mera</t>
+  </si>
+  <si>
+    <t>Wilmer Geovanny Tapia Cabrera</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Naranjal- Guayas</t>
+  </si>
+  <si>
+    <t>Carlos Alfredo Zambrano Navarrete</t>
+  </si>
+  <si>
+    <t>2023-06-27</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Manabí</t>
+  </si>
+  <si>
+    <t>Hugo Oswaldo Carvajal Torres</t>
+  </si>
+  <si>
+    <t>Germania Del Pilar Medina Rubio</t>
+  </si>
+  <si>
+    <t>Roberto Carlos Torres Cáceres</t>
+  </si>
+  <si>
+    <t>Joffre Alcibiades González Mora</t>
+  </si>
+  <si>
+    <t>Rodrigo Oswaldo Ruiz López</t>
+  </si>
+  <si>
+    <t>Lady Diana Salazar Méndez</t>
+  </si>
+  <si>
+    <t>Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Orlando Efraín Palomeque Beltrán</t>
+  </si>
+  <si>
+    <t>Enma Teresita Tapia Rivera</t>
+  </si>
+  <si>
+    <t>2021-02-03</t>
+  </si>
+  <si>
+    <t>Juan Carlos Almache Barreiro</t>
+  </si>
+  <si>
+    <t>Gustavo Edmundo Vásquez Montesinos</t>
+  </si>
+  <si>
+    <t>Fabián Danilo Mármol Balda</t>
+  </si>
+  <si>
+    <t>Juan Agustín Jaramillo Salinas</t>
+  </si>
+  <si>
+    <t>Pedro Iván Ortega Andrade</t>
+  </si>
+  <si>
+    <t>María Isabel Abril Mesías</t>
   </si>
   <si>
     <t>Fanny Talía Coronel Molina</t>
   </si>
   <si>
     <t>Ivonne Amparo Poveda Freire</t>
   </si>
   <si>
     <t>Gioconda Auxiliadora Armijos Morán</t>
   </si>
   <si>
     <t>Nina Evelyn Morán Arreaga</t>
   </si>
   <si>
     <t>Zoila Pricila Vera Arias</t>
   </si>
   <si>
     <t>María Gabriela Gende Portilla</t>
   </si>
   <si>
     <t>Andrea Lucía Méndez Quintanilla</t>
   </si>
   <si>
     <t>Angela Elizabeth Bustillos Núñez</t>
   </si>
   <si>
     <t>Héctor Ramón Ludeña Jiménez</t>
   </si>
   <si>
     <t>Mirian Cecilia Yánez Vallejo</t>
   </si>
   <si>
-    <t>José Roberto Cañizares Mera</t>
-[...62 lines deleted...]
-    <t>María Isabel Abril Mesías</t>
+    <t>Nelly Katiuska Parrales Córdova</t>
+  </si>
+  <si>
+    <t>Leodan Estalin Coronel Alvarez</t>
+  </si>
+  <si>
+    <t>Fredy Artemio Barzola Miranda</t>
+  </si>
+  <si>
+    <t>José Lito Estrada Mazo</t>
+  </si>
+  <si>
+    <t>Guillermo Pedro Valarezo Coello</t>
+  </si>
+  <si>
+    <t>Juan Carlos Mariño Bustamante</t>
+  </si>
+  <si>
+    <t>Elvia Susana Asimbaya Tacuri</t>
+  </si>
+  <si>
+    <t>Mariana Guadalupe Huilcapi Moreira</t>
+  </si>
+  <si>
+    <t>María Susana Rodríguez León</t>
+  </si>
+  <si>
+    <t>Wellington Roberto Boni Alay</t>
+  </si>
+  <si>
+    <t>Pedro Geovany Intriago Leones</t>
+  </si>
+  <si>
+    <t>Glenda María Chevez Mera</t>
+  </si>
+  <si>
+    <t>José Medardo Robles Montalván</t>
+  </si>
+  <si>
+    <t>Homero Ulises Rivadeneira Muñoz</t>
+  </si>
+  <si>
+    <t>Roberto Enrique Calderón Filian</t>
+  </si>
+  <si>
+    <t>Aquiles Manuel Dávila Gómez</t>
+  </si>
+  <si>
+    <t>Glenda Jannet Hernández Vega</t>
   </si>
   <si>
     <t>Genny Maribel Guanoluiza Delgado</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Paján - Manabí</t>
   </si>
   <si>
     <t>Jennifer Carmen Vallejo Vallejo</t>
   </si>
   <si>
     <t>2023-11-15</t>
   </si>
   <si>
     <t>Marcelo Alejandro López Zea</t>
   </si>
   <si>
     <t>Juez de Primer Nivel</t>
   </si>
   <si>
     <t>Christian Marcelo Gia Crespo</t>
   </si>
   <si>
     <t>Marco Rodrigo Naranjo Guamán</t>
   </si>
   <si>
     <t>Martha Iveth Villamarín Paredes</t>
   </si>
   <si>
     <t>Diego Vinicio Chango Llerena</t>
   </si>
   <si>
     <t>Nicolás Ernesto Pulecio Montalvo</t>
   </si>
   <si>
     <t>Washington Geovanny Yaranga Quishpe</t>
   </si>
   <si>
     <t>Dennis Mauricio Villavicencio Barrazueta</t>
   </si>
   <si>
-    <t>Nelly Katiuska Parrales Córdova</t>
-[...47 lines deleted...]
-    <t>Glenda Jannet Hernández Vega</t>
+    <t>Alicia De las Mercedes Marín Paredes</t>
+  </si>
+  <si>
+    <t>Manuel Fernando Guerrero Escobar</t>
+  </si>
+  <si>
+    <t>Agente Fiscal de UNIDOT</t>
+  </si>
+  <si>
+    <t>Carlos Ovidio Jiménez Tillaguango</t>
+  </si>
+  <si>
+    <t>María Gabriela Mier Ortiz</t>
+  </si>
+  <si>
+    <t>Marco Tulio Torres Alvarado</t>
+  </si>
+  <si>
+    <t>Segundo Luis Humberto Quinteros Rivera</t>
+  </si>
+  <si>
+    <t>Vanessa Vicenta Vera Pinto</t>
+  </si>
+  <si>
+    <t>German Alberto Rodríguez Armijos</t>
+  </si>
+  <si>
+    <t>Beatriz Irene Cruz Amores</t>
+  </si>
+  <si>
+    <t>María Cristina Terán Orbea</t>
+  </si>
+  <si>
+    <t>Ángela Chuchuca Agila</t>
+  </si>
+  <si>
+    <t>María Elena Paucar Suquillo</t>
+  </si>
+  <si>
+    <t>Robert David Acosta Castro</t>
+  </si>
+  <si>
+    <t>Maribel Dolores Figueroa Dutasaca</t>
+  </si>
+  <si>
+    <t>Michael Johnross Uriguen Uriguen</t>
+  </si>
+  <si>
+    <t>Jorge Eduardo Caiche Mejillón</t>
+  </si>
+  <si>
+    <t>Bolívar Enrique Figueroa Arévalo</t>
+  </si>
+  <si>
+    <t>Ruth Jacqueline Quevedo Pérez</t>
   </si>
   <si>
     <t>Ángel Daniel Pulluquitin Ramón</t>
   </si>
   <si>
     <t>2022-06-12</t>
   </si>
   <si>
     <t>Carlos Alberto Manzo Miranda</t>
   </si>
   <si>
     <t>Ginger Jackeline Mendoza Córdova</t>
   </si>
   <si>
     <t>Juez (a) del Tribunal Penal de Sucre-Manabí</t>
   </si>
   <si>
     <t>Venus Aracely Loor Intriago</t>
   </si>
   <si>
     <t>Nancy Erenia Guerrero Rendón</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Bolívar</t>
   </si>
   <si>
     <t>Patricia Del Pilar Bravo Gallardo</t>
   </si>
   <si>
     <t>César Ernesto López Hidalgo</t>
   </si>
   <si>
     <t>Rubén Darío Solís Basantez</t>
   </si>
   <si>
     <t>Carlos Roberto Franco López</t>
   </si>
   <si>
-    <t>Alicia De las Mercedes Marín Paredes</t>
-[...53 lines deleted...]
-    <t>Ruth Jacqueline Quevedo Pérez</t>
+    <t>Ana María Remache Sagva</t>
+  </si>
+  <si>
+    <t>Iván Antonio Sandoval Villarreal</t>
+  </si>
+  <si>
+    <t>Nelson Eduardo Paredes Vilela</t>
+  </si>
+  <si>
+    <t>Geovanni Edilberto Zambrano Bermúdez</t>
+  </si>
+  <si>
+    <t>Pilar América Morán Sánchez</t>
+  </si>
+  <si>
+    <t>Carlos Hermelindo Espinoza Arteaga</t>
+  </si>
+  <si>
+    <t>Narcisa María Mazacon Solano</t>
+  </si>
+  <si>
+    <t>Paúl Fernando Flores Pazmiño</t>
+  </si>
+  <si>
+    <t>2023-09-01</t>
+  </si>
+  <si>
+    <t>Martha Cecilia Carrillo Palacios</t>
+  </si>
+  <si>
+    <t>Humberto Marcial Delgado Farías</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Multicompetente Penal de El Carmen - Manabí</t>
+  </si>
+  <si>
+    <t>Ramiro Edisson Ramírez Valarezo</t>
+  </si>
+  <si>
+    <t>Lorger Geovanny Guamán Guamán</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Morona Santiago</t>
+  </si>
+  <si>
+    <t>Giovanny Santiago García Barriga</t>
+  </si>
+  <si>
+    <t>Thania Rosa Moreno Romero</t>
+  </si>
+  <si>
+    <t>Marina Anabel Vargas Almachi</t>
+  </si>
+  <si>
+    <t>Maribel Natali Haro Haro</t>
   </si>
   <si>
     <t>Narcisa Consuelo Santana Navarro</t>
   </si>
   <si>
     <t>Fabián Eduardo Mendoza Macías</t>
   </si>
   <si>
     <t>Javier Ulises Tocto Palacios</t>
   </si>
   <si>
     <t>Katerine Betty Muñoz Subía</t>
   </si>
   <si>
     <t>Jhandry Gabriel Sabando García</t>
   </si>
   <si>
     <t>Dalton Antonio Salas Pasato</t>
   </si>
   <si>
     <t>Wilson Patricio Landivar Lalvay</t>
   </si>
   <si>
     <t>José Alberto Ayora Toledo</t>
   </si>
   <si>
     <t>Silvia Patricia Zambrano Noles</t>
   </si>
   <si>
     <t>Verónica Nataly Andrade Santillán</t>
   </si>
   <si>
     <t>Marco Vinicio Esquetini Proaño</t>
   </si>
   <si>
-    <t>Ana María Remache Sagva</t>
-[...53 lines deleted...]
-    <t>Maribel Natali Haro Haro</t>
+    <t>Luis Hernán Altamirano Espinosa</t>
+  </si>
+  <si>
+    <t>Juez (a) de Garantías Penitenciarias de Santo Domingo</t>
+  </si>
+  <si>
+    <t>Sandra Valentina Yépez Velasco</t>
+  </si>
+  <si>
+    <t>2023-12-21</t>
+  </si>
+  <si>
+    <t>Johan Guerrero Pita</t>
+  </si>
+  <si>
+    <t>Fanny Verónica Onofre Morán</t>
+  </si>
+  <si>
+    <t>Alain Eduardo Rhea Salguero</t>
+  </si>
+  <si>
+    <t>Neil Edward Dueñas Porras</t>
+  </si>
+  <si>
+    <t>Gloria María Sigcho Junco</t>
+  </si>
+  <si>
+    <t>Irma Judith Bosquez Ruiz</t>
+  </si>
+  <si>
+    <t>Ramiro Ángel Carrión Bravo</t>
+  </si>
+  <si>
+    <t>César Xavier Hermida Alvarado</t>
+  </si>
+  <si>
+    <t>2021-03-01</t>
+  </si>
+  <si>
+    <t>Pedro Arturo López Paredes</t>
+  </si>
+  <si>
+    <t>Carlos Francisco Rodríguez Ramírez</t>
+  </si>
+  <si>
+    <t>César Orlando Arroyo Navarrete</t>
+  </si>
+  <si>
+    <t>José Humberto Layedra Bustamante</t>
+  </si>
+  <si>
+    <t>Erazmo Carlos Chugá Unigarro</t>
+  </si>
+  <si>
+    <t>Gustavo Adolfo Benítez Álvarez</t>
+  </si>
+  <si>
+    <t>Darwin Danilo Jaramillo Quirola</t>
   </si>
   <si>
     <t>Diana María Sánchez Cruz</t>
   </si>
   <si>
     <t>Ana Verónica Calvopiña Llambo</t>
   </si>
   <si>
     <t>Belinda Annette Lomas Franco</t>
   </si>
   <si>
     <t>Ruth Kelagey Naranjo Lituma</t>
   </si>
   <si>
     <t>Félix Alcides Viana Zorrilla</t>
   </si>
   <si>
     <t>Julio Enrique Arrieta Escobar</t>
   </si>
   <si>
     <t>Irma Alejandra Vivero Gruezo</t>
   </si>
   <si>
     <t>Marco Eduardo Guerra Guerrero</t>
   </si>
   <si>
     <t>Segundo Ricardo Arias Plaza</t>
   </si>
   <si>
     <t>Lenin Miguel Quiñonez Rodríguez</t>
   </si>
   <si>
     <t>Lady Gissela Pachar Huanga</t>
   </si>
   <si>
-    <t>Luis Hernán Altamirano Espinosa</t>
-[...56 lines deleted...]
-    <t>Darwin Danilo Jaramillo Quirola</t>
+    <t>Sandra Karina Bosquez Aldaz</t>
+  </si>
+  <si>
+    <t>Marlon Douglas Castro Haz</t>
+  </si>
+  <si>
+    <t>Silvia Rosa Ana Malo Toledo</t>
+  </si>
+  <si>
+    <t>Tania Patricia Masson Fiallos</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Pastaza</t>
+  </si>
+  <si>
+    <t>Alex Fernando Castillo Ardila</t>
+  </si>
+  <si>
+    <t>César Humberto Mencías Romero</t>
+  </si>
+  <si>
+    <t>Fausto Santiago Trujillo Castillo</t>
+  </si>
+  <si>
+    <t>Tania María Gualoto Burgos</t>
+  </si>
+  <si>
+    <t>Juan Emilio Ruiz Morán</t>
+  </si>
+  <si>
+    <t>Luis Fernando Cadena Vélez</t>
+  </si>
+  <si>
+    <t>Nancy Elizabeth Pesántez Márquez</t>
+  </si>
+  <si>
+    <t>Milton Enrique Velásquez Díaz</t>
+  </si>
+  <si>
+    <t>2023-02-03</t>
+  </si>
+  <si>
+    <t>José Wilson Ávila Reyes</t>
+  </si>
+  <si>
+    <t>Herlinda Pilar Urquiza Izquierdo</t>
+  </si>
+  <si>
+    <t>Joel Cicerón Sabando Andrade</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Penal de Santa Elena</t>
+  </si>
+  <si>
+    <t>Genaro Reinoso Cañote</t>
   </si>
   <si>
     <t>Juan Aurelio Paredes Fernández</t>
   </si>
   <si>
     <t>Sylvia Elizabeth Aguilar Villarreal</t>
   </si>
   <si>
     <t>María Belén Corredores Ledesma</t>
   </si>
   <si>
     <t>Nadia Natasha Proaño Rodríguez</t>
   </si>
   <si>
     <t>Yarilda Tahyna Arteaga Lindao</t>
   </si>
   <si>
     <t>Mary Patricia Morán Espinoza</t>
   </si>
   <si>
     <t>María Yanina Villagómez Oñate</t>
   </si>
   <si>
     <t>Fabián Vicente González Córdova</t>
   </si>
   <si>
     <t>Carlos Leonardo Alarcón Argudo</t>
   </si>
   <si>
     <t>José Amado Córdova Prado</t>
   </si>
   <si>
     <t>Julia Inelda Leiva Yugsi</t>
   </si>
   <si>
-    <t>Sandra Karina Bosquez Aldaz</t>
-[...53 lines deleted...]
-    <t>Genaro Reinoso Cañote</t>
+    <t>Jesús Felipe Villota Valencia</t>
+  </si>
+  <si>
+    <t>Ramón Alberto Saltos Dueñas</t>
+  </si>
+  <si>
+    <t>Marcos Ivan Mendoza Pinargote</t>
+  </si>
+  <si>
+    <t>Juez (a) de la Unidad Judicial Penal Chone-Manabí</t>
+  </si>
+  <si>
+    <t>Patricia Maricela Saltos Espinoza</t>
+  </si>
+  <si>
+    <t>Fabián Humberto Anton Zambrano</t>
+  </si>
+  <si>
+    <t>Susy Alexandra Panchana Suárez</t>
+  </si>
+  <si>
+    <t>Jorge Efraín Montero Berru</t>
+  </si>
+  <si>
+    <t>Blanca Azucena Avilés Bautista</t>
+  </si>
+  <si>
+    <t>Albania Marylin Ibujes Chugá</t>
+  </si>
+  <si>
+    <t>Washington Enrique Rojas Farez</t>
+  </si>
+  <si>
+    <t>Carlos Fernando Bonoso León</t>
+  </si>
+  <si>
+    <t>Wilmer Jean Carlos Intriago Martínez</t>
+  </si>
+  <si>
+    <t>Manuel Lenin Espinoza Flores</t>
+  </si>
+  <si>
+    <t>Blanca Mercedes Soliz Sánchez</t>
+  </si>
+  <si>
+    <t>Nadia Mariuxi Rodríguez Castillo</t>
+  </si>
+  <si>
+    <t>Iván Israel López Padilla</t>
+  </si>
+  <si>
+    <t>Luisa Tanya Macías Burgos</t>
   </si>
   <si>
     <t>Fernando Xavier Amado Lalama Franco</t>
   </si>
   <si>
     <t>Jhonny Eduardo Cornejo Zambrano</t>
   </si>
   <si>
     <t>Juez (a) de la Unidad Judicial Multicompetente Penal de Sucre - Manabí</t>
   </si>
   <si>
     <t>Edgar Oswaldo Ojeda Jiménez</t>
   </si>
   <si>
     <t>Laura Isabel Machuca Arroba</t>
   </si>
   <si>
     <t>2020-10-30</t>
   </si>
   <si>
     <t>Jorge Arturo Gordillo Viteri</t>
   </si>
   <si>
     <t>Martín Alirio Navarrete Unigarro</t>
   </si>
   <si>
     <t>Carlos Paúl Villarreal Velásquez</t>
   </si>
   <si>
     <t>Alfredo Leandro Chonillo Muñoz</t>
   </si>
   <si>
     <t>Paulo César Quishpe Caiza</t>
   </si>
   <si>
     <t>Valvina Violeta Zambrano Ponce</t>
   </si>
   <si>
-    <t>Jesús Felipe Villota Valencia</t>
-[...50 lines deleted...]
-    <t>Luisa Tanya Macías Burgos</t>
+    <t>Modesto Ariosto Freire Bajaña</t>
+  </si>
+  <si>
+    <t>César Fernando Matías Gonzaga</t>
+  </si>
+  <si>
+    <t>Lidia Yasmín Sarabia López</t>
+  </si>
+  <si>
+    <t>Sixto Cervilio Minga Sarango</t>
+  </si>
+  <si>
+    <t>Gustavo Adolfo Durango Vela</t>
+  </si>
+  <si>
+    <t>José Miguel Torres López</t>
+  </si>
+  <si>
+    <t>Adriana Carolina Zarama Cruz</t>
+  </si>
+  <si>
+    <t>Nebel Fabricio Viera Encalada</t>
+  </si>
+  <si>
+    <t>René Hugo Yépez Pazmiño</t>
+  </si>
+  <si>
+    <t>Johann Gustavo Marfetán Medina</t>
+  </si>
+  <si>
+    <t>Diego Patricio Gordillo Cevallos</t>
+  </si>
+  <si>
+    <t>Teresa Alexandra Coba Gómez</t>
+  </si>
+  <si>
+    <t>Grace Yanina Pazmiño Celi</t>
+  </si>
+  <si>
+    <t>Katia Alexandra Acurio Quezada</t>
+  </si>
+  <si>
+    <t>Franz Enrique Mendoza Piguave</t>
+  </si>
+  <si>
+    <t>Héctor Antonio Valverde Solís</t>
+  </si>
+  <si>
+    <t>Carlos Santiago Cargua Carpio</t>
   </si>
   <si>
     <t>Juan Diego García Amoroso</t>
   </si>
   <si>
     <t>Nelson Fernando Rojas Barros</t>
   </si>
   <si>
     <t>Jorge Eduardo Armendáriz Zuluaga</t>
   </si>
   <si>
     <t>German Alejandro Blum Espinoza</t>
   </si>
   <si>
     <t>María Alexandra Kuffo Figueroa</t>
   </si>
   <si>
     <t>Lenin Javier García Párraga</t>
   </si>
   <si>
     <t>José Francisco Urgiles Campos</t>
   </si>
   <si>
     <t>2023-09-30</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Cañar</t>
   </si>
   <si>
     <t>María Zoila Cabascango Chicaiza</t>
   </si>
   <si>
     <t>Erik Andrés López Moscoso</t>
   </si>
   <si>
     <t>Silvana Paola Solís Cabrera</t>
   </si>
   <si>
-    <t>Modesto Ariosto Freire Bajaña</t>
-[...47 lines deleted...]
-    <t>Carlos Santiago Cargua Carpio</t>
+    <t>Eduardo Estrella Vaca</t>
+  </si>
+  <si>
+    <t>Santiago Ricardo Requelme Chuquizán</t>
+  </si>
+  <si>
+    <t>Darwin Oswaldo Baldeón Herrera</t>
+  </si>
+  <si>
+    <t>Luz Isabel Paz y Miño Moncayo</t>
+  </si>
+  <si>
+    <t>Daniela Marisol Zapata España</t>
+  </si>
+  <si>
+    <t>Alex Fernando Morejón Figueroa</t>
+  </si>
+  <si>
+    <t>María Graciela Moreira Lucas</t>
+  </si>
+  <si>
+    <t>Gioconda Marcela Ortega Segovia</t>
+  </si>
+  <si>
+    <t>Wilson Bolívar Loaiza Encalada</t>
+  </si>
+  <si>
+    <t>Marlon Patricio Escobar Jácome</t>
+  </si>
+  <si>
+    <t>Fray Vicente Ortiz Romero</t>
+  </si>
+  <si>
+    <t>2022-10-01</t>
+  </si>
+  <si>
+    <t>Luis Abelardo Lucero Loayza</t>
+  </si>
+  <si>
+    <t>Jorge Antonio Rodolfo Valdivieso Guilcapi</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Napo</t>
+  </si>
+  <si>
+    <t>Ángel Wilfrido García Chuquimarca</t>
+  </si>
+  <si>
+    <t>Diana Magali Moya Alulema</t>
+  </si>
+  <si>
+    <t>Marianita De Jesús Vega Carrera</t>
   </si>
   <si>
     <t>Wilfrido Ruperto Hidalgo Vega</t>
   </si>
   <si>
     <t>Yoli Yelena Pinillo Castillo</t>
   </si>
   <si>
     <t>Melissa Carolina Mendoza Solorzano</t>
   </si>
   <si>
     <t>Carlos Julio Vera Chávez</t>
   </si>
   <si>
     <t>Marco Xavier Rodríguez Ruiz</t>
   </si>
   <si>
     <t>José Raúl Villamil Zambrano</t>
   </si>
   <si>
     <t>Rómulo Atahualpa Espinoza Caicedo</t>
   </si>
   <si>
     <t>Yolanda de las Mercedes Yupangui Carrillo</t>
   </si>
   <si>
     <t>2023-10-06</t>
   </si>
   <si>
     <t>Carmita Dolores García Saltos</t>
   </si>
   <si>
     <t>2023-05-01</t>
   </si>
   <si>
     <t>Julio Wilson Almache Tenecela</t>
   </si>
   <si>
     <t>Soraya Viviana Beltrán Fuentes</t>
   </si>
   <si>
-    <t>Eduardo Estrella Vaca</t>
-[...50 lines deleted...]
-    <t>Marianita De Jesús Vega Carrera</t>
+    <t>Christian Iván Luna Florín</t>
+  </si>
+  <si>
+    <t>José Xavier Guzmán Herbozo</t>
+  </si>
+  <si>
+    <t>David Wilfrido Fiallo Bermúdez</t>
+  </si>
+  <si>
+    <t>2016-08-30</t>
+  </si>
+  <si>
+    <t>Santiago Fernando Guzmán León</t>
+  </si>
+  <si>
+    <t>Jorge Rolando Oña Maldonado</t>
+  </si>
+  <si>
+    <t>Carlos Gilberto Rosero Martínez</t>
+  </si>
+  <si>
+    <t>Errol Enrique Elizalde Torres</t>
+  </si>
+  <si>
+    <t>Washington Francisco Suárez Saltos</t>
+  </si>
+  <si>
+    <t>Kléber Geovanny Chiriboga Bombón</t>
+  </si>
+  <si>
+    <t>Jamil Rodrigo Castro Solorzano</t>
+  </si>
+  <si>
+    <t>Yesenia del Rocío Hidalgo Ordóñez</t>
+  </si>
+  <si>
+    <t>Ingrid Elizabeth Mera Tomalá</t>
+  </si>
+  <si>
+    <t>Carmen Elizabeth Cadena Calle</t>
+  </si>
+  <si>
+    <t>José Phily Ferrín Vera</t>
+  </si>
+  <si>
+    <t>Jorge Luis Euvin Villacrés</t>
+  </si>
+  <si>
+    <t>Carlos Aurelio Moreno Oliva</t>
+  </si>
+  <si>
+    <t>David Santiago Bermeo Tapia</t>
   </si>
   <si>
     <t>María Isabel Jiménez Zambrano</t>
   </si>
   <si>
     <t>Luis Ramiro Sánchez León</t>
   </si>
   <si>
     <t>Dominga Azucena Camatón Borbor</t>
   </si>
   <si>
     <t>Alex Javier López Ávila</t>
   </si>
   <si>
     <t>Luis Germán Pesantes Heredia</t>
   </si>
   <si>
     <t>Juan José Alencastro Campaña</t>
   </si>
   <si>
     <t>Liz Mirella Barrera Espín</t>
   </si>
   <si>
     <t>Ángel Eduardo Badillo Barreno</t>
   </si>
   <si>
     <t>Hermes Pedro Jiménez Pintado</t>
   </si>
   <si>
     <t>Giovanni Fabrizio Aycart Carrasco</t>
   </si>
   <si>
     <t>Alizon Miosoti Ramírez Chávez</t>
   </si>
   <si>
-    <t>Christian Iván Luna Florín</t>
-[...50 lines deleted...]
-    <t>David Santiago Bermeo Tapia</t>
+    <t>Diana Alexandra Freire Tipán</t>
+  </si>
+  <si>
+    <t>Delfín Agustín García Camacho</t>
+  </si>
+  <si>
+    <t>Guedis Arnaldo Cevallos Cruz</t>
+  </si>
+  <si>
+    <t>Carlos Eduardo Flores Iñiguez</t>
+  </si>
+  <si>
+    <t>Gustavo Xavier Osejo Cabezas</t>
+  </si>
+  <si>
+    <t>Presidente (a) de la Corte Provincial de Justicia de Pichincha</t>
+  </si>
+  <si>
+    <t>Ruth Elizabeth Castillo Parra</t>
+  </si>
+  <si>
+    <t>Polivio Honorio Meneses González</t>
+  </si>
+  <si>
+    <t>Carlos Alberto Valdiviezo Remachi</t>
+  </si>
+  <si>
+    <t>Juan Bolívar Guamán Sagñay</t>
+  </si>
+  <si>
+    <t>Verónica Isabel Calle Pallo</t>
+  </si>
+  <si>
+    <t>María Dolores Rodríguez Solórzano</t>
+  </si>
+  <si>
+    <t>José Dionicio Suing Nagua</t>
+  </si>
+  <si>
+    <t>Presidente (e) de la Corte Nacional de Justicia</t>
+  </si>
+  <si>
+    <t>Juan José Bermúdez Gavilanes</t>
+  </si>
+  <si>
+    <t>José Paúl Gallardo Romero</t>
+  </si>
+  <si>
+    <t>José Canchingre Tama</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
   </si>
   <si>
     <t>Edwin Armando Tierra Gusqui</t>
   </si>
   <si>
     <t>Oswaldo Javier Piedra Aguirre</t>
   </si>
   <si>
     <t>Vanessa Yesenia Del Pozo Ortega</t>
   </si>
   <si>
     <t>Luis Alberto Puertas Morales</t>
   </si>
   <si>
     <t>Washington René Astudillo Orellana</t>
   </si>
   <si>
     <t>Santiago Miguel Mozo Vallejo</t>
   </si>
   <si>
     <t>Luis Antonio Villalta Gavilanes</t>
   </si>
   <si>
     <t>José Rubén Guevara Fuentes</t>
   </si>
   <si>
     <t>Wilson René Almeida Zambonino</t>
   </si>
   <si>
     <t>Eladio Armando Freire Ojeda</t>
   </si>
   <si>
-    <t>Diana Alexandra Freire Tipán</t>
-[...50 lines deleted...]
-    <t>2023-05-22</t>
+    <t>Miguel Ángel Ramos Echeverria</t>
+  </si>
+  <si>
+    <t>Sandra Catalina Cordero Gárate</t>
+  </si>
+  <si>
+    <t>2023-12-02</t>
+  </si>
+  <si>
+    <t>Carlos Vinicio Viscaíno Shilquigua</t>
+  </si>
+  <si>
+    <t>Oswaldo Pascualito Sierra Ayora</t>
+  </si>
+  <si>
+    <t>Joffre Javier Rivera Rodríguez</t>
+  </si>
+  <si>
+    <t>Carlos Edmundo Corro Betancourt</t>
+  </si>
+  <si>
+    <t>Pedro Smith Cornejo Castro</t>
+  </si>
+  <si>
+    <t>Kleber Iván Franco Aguilar</t>
+  </si>
+  <si>
+    <t>Juan Eduardo Espinosa Zapata</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>Hortencio Galiano Balcazar Campoverde</t>
+  </si>
+  <si>
+    <t>Johanna Andrea Icaza Gallo</t>
+  </si>
+  <si>
+    <t>Iván Patricio Ron Aguirre</t>
+  </si>
+  <si>
+    <t>Carlos Germán Bustamante Lindao</t>
+  </si>
+  <si>
+    <t>Juan Carlos Iturralde Hidalgo</t>
+  </si>
+  <si>
+    <t>Marco Aníbal Galeas Jaña</t>
+  </si>
+  <si>
+    <t>Diomedes Rolando Soliz Sánchez</t>
+  </si>
+  <si>
+    <t>Julio César Samande Vivar</t>
+  </si>
+  <si>
+    <t>Ricardo Rubén Barrera Peñafiel</t>
   </si>
   <si>
     <t>Ángel Luis Moya Cedeño</t>
   </si>
   <si>
     <t>Isabel María León Burgos</t>
   </si>
   <si>
     <t>Eugenio Alfonso Ureta Chica</t>
   </si>
   <si>
     <t>Francisco Javier González Andrade</t>
   </si>
   <si>
     <t>German Fabricio Acurio Hidalgo</t>
   </si>
   <si>
     <t>Roberto Carlos Gualoto Mosquera</t>
   </si>
   <si>
     <t>Jesús Raquel Herrera Obando</t>
   </si>
   <si>
     <t>Juan Carlos Zúñiga Naranjo</t>
   </si>
   <si>
     <t>Stalin Ely Coca Torres</t>
   </si>
   <si>
-    <t>Miguel Ángel Ramos Echeverria</t>
-[...56 lines deleted...]
-    <t>Ricardo Rubén Barrera Peñafiel</t>
+    <t>Mayra Gissela Soria Escobar</t>
+  </si>
+  <si>
+    <t>Marco Alexander Gaibor Muñoz</t>
+  </si>
+  <si>
+    <t>Laura Del Rocío Medina Pincay</t>
+  </si>
+  <si>
+    <t>Washington Bolívar Burbano Campos</t>
+  </si>
+  <si>
+    <t>Junot Francisco Minuche Cuesta</t>
+  </si>
+  <si>
+    <t>Hipatia Susana Ortiz Vargas</t>
+  </si>
+  <si>
+    <t>John Edison Navarrete Zambrano</t>
+  </si>
+  <si>
+    <t>Juan Carlos Aguiar Chávez</t>
+  </si>
+  <si>
+    <t>Odalia Blanca Ledesma Alvarado</t>
+  </si>
+  <si>
+    <t>Byron Iván Gavilánes Pilco</t>
+  </si>
+  <si>
+    <t>María Jesús Medina Chalán</t>
+  </si>
+  <si>
+    <t>Ximena del Rocío Velástegui Ayala</t>
+  </si>
+  <si>
+    <t>Luisa Germania Colambo Yaure</t>
+  </si>
+  <si>
+    <t>Siegfried Bormman Peñaherrera Manosalvas</t>
+  </si>
+  <si>
+    <t>Giancarlo Ladislao Almeida Delgado</t>
+  </si>
+  <si>
+    <t>Manuel Alejandro Mogrovejo Morales</t>
+  </si>
+  <si>
+    <t>Giovanna Katiuska Vásquez López</t>
   </si>
   <si>
     <t>Glenda Mariela Domínguez Gómez</t>
   </si>
   <si>
     <t>Vilma Elcira González Cedillo</t>
   </si>
   <si>
     <t>Juan Carlos Terán Moreno</t>
   </si>
   <si>
     <t>Segundo Javier Martínez Lara</t>
   </si>
   <si>
     <t>2022-06-03</t>
   </si>
   <si>
     <t>Marjorie Dolores Gómez Ruiz</t>
   </si>
   <si>
     <t>Ana Adelaida Loor Falconí</t>
   </si>
   <si>
     <t>Vilma Marcela Andrade Gavilanez</t>
   </si>
   <si>
     <t>Luis Enrique Donoso Bazante</t>
   </si>
   <si>
     <t>2023-01-16</t>
   </si>
   <si>
     <t>Presidente (a) de la Corte Provincial de Justicia de Chimborazo</t>
   </si>
   <si>
     <t>Marlin Maribel Calderón Tinitana</t>
   </si>
   <si>
     <t>Mariana De Jesús López Salinas</t>
-  </si>
-[...49 lines deleted...]
-    <t>Giovanna Katiuska Vásquez López</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="13.5"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3697,30130 +3697,30130 @@
       </c>
       <c r="F7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
-        <v>652</v>
+        <v>406</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G8">
-        <v>134788.88</v>
+        <v>494900.0</v>
       </c>
       <c r="H8">
-        <v>74239.55</v>
+        <v>91000.0</v>
       </c>
       <c r="I8">
-        <v>60549.33</v>
+        <v>403900.0</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>23</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
-        <v>716</v>
+        <v>484</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="G9">
-        <v>123490.49</v>
+        <v>159221.99</v>
       </c>
       <c r="H9">
-        <v>121297.51</v>
+        <v>37027.15</v>
       </c>
       <c r="I9">
-        <v>2192.98</v>
+        <v>122194.84</v>
       </c>
       <c r="J9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K9" t="s">
         <v>23</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
-        <v>783</v>
+        <v>549</v>
       </c>
       <c r="B10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10">
+        <v>1</v>
+      </c>
+      <c r="E10">
+        <v>1</v>
+      </c>
+      <c r="G10">
+        <v>168000.0</v>
+      </c>
+      <c r="H10">
+        <v>254197.36</v>
+      </c>
+      <c r="I10">
+        <v>-86197.36</v>
+      </c>
+      <c r="J10" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
       <c r="K10" t="s">
         <v>23</v>
       </c>
       <c r="L10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
-        <v>852</v>
+        <v>620</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D11">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G11">
-        <v>553429.83</v>
+        <v>115695.15</v>
       </c>
       <c r="H11">
-        <v>33819.76</v>
+        <v>78542.0</v>
       </c>
       <c r="I11">
-        <v>519610.07</v>
+        <v>37153.15</v>
       </c>
       <c r="J11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K11" t="s">
         <v>23</v>
       </c>
       <c r="L11" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
-        <v>920</v>
+        <v>684</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D12">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="G12">
-        <v>596110.0</v>
+        <v>128929.69</v>
       </c>
       <c r="H12">
-        <v>157675.22</v>
+        <v>83095.48</v>
       </c>
       <c r="I12">
-        <v>438434.78</v>
+        <v>45834.21</v>
       </c>
       <c r="J12" t="s">
         <v>31</v>
       </c>
       <c r="K12" t="s">
         <v>23</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
-        <v>59</v>
+        <v>748</v>
       </c>
       <c r="B13" t="s">
         <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="D13">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="G13">
-        <v>410900.0</v>
+        <v>139012.0</v>
       </c>
       <c r="H13">
-        <v>87965.23</v>
+        <v>22100.0</v>
       </c>
       <c r="I13">
-        <v>322934.77</v>
+        <v>116912.0</v>
       </c>
       <c r="J13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
       <c r="L13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
-        <v>143</v>
+        <v>815</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D14">
         <v>2</v>
       </c>
       <c r="E14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G14">
-        <v>148168.57</v>
+        <v>288411.44</v>
       </c>
       <c r="H14">
-        <v>8516.43</v>
+        <v>179322.99</v>
       </c>
       <c r="I14">
-        <v>139652.14</v>
+        <v>109088.45</v>
       </c>
       <c r="J14" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="K14" t="s">
         <v>23</v>
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
-        <v>208</v>
+        <v>888</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="D15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G15">
-        <v>284508.55</v>
+        <v>828894.76</v>
       </c>
       <c r="H15">
-        <v>77946.14</v>
+        <v>35783.01</v>
       </c>
       <c r="I15">
-        <v>206562.41</v>
+        <v>793111.75</v>
       </c>
       <c r="J15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K15" t="s">
         <v>23</v>
       </c>
       <c r="L15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
-        <v>273</v>
+        <v>952</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D16">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G16">
-        <v>119023.6</v>
+        <v>297257.94</v>
       </c>
       <c r="H16">
-        <v>6083.21</v>
+        <v>113482.79</v>
       </c>
       <c r="I16">
-        <v>112940.39</v>
+        <v>183775.15</v>
       </c>
       <c r="J16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="K16" t="s">
         <v>23</v>
       </c>
       <c r="L16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
-        <v>340</v>
+        <v>110</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D17">
         <v>2</v>
       </c>
       <c r="E17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G17">
-        <v>127591.12</v>
+        <v>154041.28</v>
       </c>
       <c r="H17">
-        <v>4209.67</v>
+        <v>24674.47</v>
       </c>
       <c r="I17">
-        <v>123381.45</v>
+        <v>129366.81</v>
       </c>
       <c r="J17" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="K17" t="s">
         <v>23</v>
       </c>
       <c r="L17" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
-        <v>406</v>
+        <v>176</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D18">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G18">
-        <v>494900.0</v>
+        <v>244225.27</v>
       </c>
       <c r="H18">
-        <v>91000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I18">
-        <v>403900.0</v>
+        <v>244225.27</v>
       </c>
       <c r="J18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K18" t="s">
         <v>23</v>
       </c>
       <c r="L18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
-        <v>484</v>
+        <v>240</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="C19" t="s">
         <v>21</v>
       </c>
       <c r="D19">
         <v>3</v>
       </c>
       <c r="E19">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G19">
-        <v>159221.99</v>
+        <v>510938.38</v>
       </c>
       <c r="H19">
-        <v>37027.15</v>
+        <v>0.0</v>
       </c>
       <c r="I19">
-        <v>122194.84</v>
+        <v>510938.38</v>
       </c>
       <c r="J19" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="K19" t="s">
         <v>23</v>
       </c>
       <c r="L19" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
-        <v>549</v>
+        <v>308</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C20" t="s">
         <v>21</v>
       </c>
       <c r="D20">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G20">
-        <v>168000.0</v>
+        <v>234729.9</v>
       </c>
       <c r="H20">
-        <v>254197.36</v>
+        <v>789.04</v>
       </c>
       <c r="I20">
-        <v>-86197.36</v>
+        <v>233940.86</v>
       </c>
       <c r="J20" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="K20" t="s">
         <v>23</v>
       </c>
       <c r="L20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
-        <v>620</v>
+        <v>372</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C21" t="s">
         <v>21</v>
       </c>
       <c r="D21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E21">
         <v>1</v>
       </c>
       <c r="G21">
-        <v>115695.15</v>
+        <v>75490.62</v>
       </c>
       <c r="H21">
-        <v>78542.0</v>
+        <v>770.0</v>
       </c>
       <c r="I21">
-        <v>37153.15</v>
+        <v>74720.62</v>
       </c>
       <c r="J21" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="K21" t="s">
         <v>23</v>
       </c>
       <c r="L21" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
-        <v>684</v>
+        <v>438</v>
       </c>
       <c r="B22" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" t="s">
+        <v>49</v>
+      </c>
+      <c r="D22">
+        <v>4</v>
+      </c>
+      <c r="G22">
+        <v>417943.1</v>
+      </c>
+      <c r="H22">
+        <v>170922.86</v>
+      </c>
+      <c r="I22">
+        <v>247020.24</v>
+      </c>
+      <c r="J22" t="s">
         <v>50</v>
-      </c>
-[...19 lines deleted...]
-        <v>26</v>
       </c>
       <c r="K22" t="s">
         <v>23</v>
       </c>
       <c r="L22" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
-        <v>748</v>
+        <v>517</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G23">
-        <v>139012.0</v>
+        <v>265116.68</v>
       </c>
       <c r="H23">
-        <v>22100.0</v>
+        <v>186552.89</v>
       </c>
       <c r="I23">
-        <v>116912.0</v>
+        <v>78563.79</v>
       </c>
       <c r="J23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K23" t="s">
         <v>23</v>
       </c>
       <c r="L23" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
-        <v>815</v>
+        <v>581</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E24">
         <v>1</v>
       </c>
       <c r="G24">
-        <v>288411.44</v>
+        <v>239058.58</v>
       </c>
       <c r="H24">
-        <v>179322.99</v>
+        <v>79000.89</v>
       </c>
       <c r="I24">
-        <v>109088.45</v>
+        <v>160057.69</v>
       </c>
       <c r="J24" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K24" t="s">
         <v>23</v>
       </c>
       <c r="L24" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
-        <v>888</v>
+        <v>652</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G25">
-        <v>828894.76</v>
+        <v>134788.88</v>
       </c>
       <c r="H25">
-        <v>35783.01</v>
+        <v>74239.55</v>
       </c>
       <c r="I25">
-        <v>793111.75</v>
+        <v>60549.33</v>
       </c>
       <c r="J25" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K25" t="s">
         <v>23</v>
       </c>
       <c r="L25" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
-        <v>952</v>
+        <v>716</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C26" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D26">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G26">
-        <v>297257.94</v>
+        <v>123490.49</v>
       </c>
       <c r="H26">
-        <v>113482.79</v>
+        <v>121297.51</v>
       </c>
       <c r="I26">
-        <v>183775.15</v>
+        <v>2192.98</v>
       </c>
       <c r="J26" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K26" t="s">
         <v>23</v>
       </c>
       <c r="L26" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
-        <v>110</v>
+        <v>783</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C27" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="G27">
-        <v>154041.28</v>
+        <v>10770.65</v>
       </c>
       <c r="H27">
-        <v>24674.47</v>
+        <v>18188.64</v>
       </c>
       <c r="I27">
-        <v>129366.81</v>
+        <v>-7417.99</v>
       </c>
       <c r="J27" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="K27" t="s">
         <v>23</v>
       </c>
       <c r="L27" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
-        <v>176</v>
+        <v>852</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C28" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D28">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="E28">
+        <v>2</v>
       </c>
       <c r="G28">
-        <v>244225.27</v>
+        <v>553429.83</v>
       </c>
       <c r="H28">
-        <v>0.0</v>
+        <v>33819.76</v>
       </c>
       <c r="I28">
-        <v>244225.27</v>
+        <v>519610.07</v>
       </c>
       <c r="J28" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="K28" t="s">
         <v>23</v>
       </c>
       <c r="L28" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
-        <v>240</v>
+        <v>920</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C29" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D29">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E29">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G29">
-        <v>510938.38</v>
+        <v>596110.0</v>
       </c>
       <c r="H29">
-        <v>0.0</v>
+        <v>157675.22</v>
       </c>
       <c r="I29">
-        <v>510938.38</v>
+        <v>438434.78</v>
       </c>
       <c r="J29" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="K29" t="s">
         <v>23</v>
       </c>
       <c r="L29" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
-        <v>308</v>
+        <v>59</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C30" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="D30">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="E30">
+        <v>1</v>
       </c>
       <c r="G30">
-        <v>234729.9</v>
+        <v>410900.0</v>
       </c>
       <c r="H30">
-        <v>789.04</v>
+        <v>87965.23</v>
       </c>
       <c r="I30">
-        <v>233940.86</v>
+        <v>322934.77</v>
       </c>
       <c r="J30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="K30" t="s">
         <v>23</v>
       </c>
       <c r="L30" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
-        <v>372</v>
+        <v>143</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C31" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G31">
-        <v>75490.62</v>
+        <v>148168.57</v>
       </c>
       <c r="H31">
-        <v>770.0</v>
+        <v>8516.43</v>
       </c>
       <c r="I31">
-        <v>74720.62</v>
+        <v>139652.14</v>
       </c>
       <c r="J31" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="K31" t="s">
         <v>23</v>
       </c>
       <c r="L31" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
-        <v>438</v>
+        <v>208</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C32" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D32">
         <v>4</v>
       </c>
+      <c r="E32">
+        <v>1</v>
+      </c>
       <c r="G32">
-        <v>417943.1</v>
+        <v>284508.55</v>
       </c>
       <c r="H32">
-        <v>170922.86</v>
+        <v>77946.14</v>
       </c>
       <c r="I32">
-        <v>247020.24</v>
+        <v>206562.41</v>
       </c>
       <c r="J32" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K32" t="s">
         <v>23</v>
       </c>
       <c r="L32" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
-        <v>517</v>
+        <v>273</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C33" t="s">
         <v>21</v>
       </c>
       <c r="D33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G33">
-        <v>265116.68</v>
+        <v>119023.6</v>
       </c>
       <c r="H33">
-        <v>186552.89</v>
+        <v>6083.21</v>
       </c>
       <c r="I33">
-        <v>78563.79</v>
+        <v>112940.39</v>
       </c>
       <c r="J33" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="K33" t="s">
         <v>23</v>
       </c>
       <c r="L33" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
-        <v>581</v>
+        <v>340</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C34" t="s">
         <v>21</v>
       </c>
       <c r="D34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E34">
         <v>1</v>
       </c>
       <c r="G34">
-        <v>239058.58</v>
+        <v>127591.12</v>
       </c>
       <c r="H34">
-        <v>79000.89</v>
+        <v>4209.67</v>
       </c>
       <c r="I34">
-        <v>160057.69</v>
+        <v>123381.45</v>
       </c>
       <c r="J34" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="K34" t="s">
         <v>23</v>
       </c>
       <c r="L34" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
-        <v>419</v>
+        <v>254</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35" t="s">
+        <v>21</v>
+      </c>
+      <c r="D35">
+        <v>2</v>
+      </c>
+      <c r="E35">
+        <v>1</v>
+      </c>
+      <c r="G35">
+        <v>319500.0</v>
+      </c>
+      <c r="H35">
+        <v>138791.26</v>
+      </c>
+      <c r="I35">
+        <v>180708.74</v>
+      </c>
+      <c r="J35" t="s">
         <v>73</v>
-      </c>
-[...16 lines deleted...]
-        <v>74</v>
       </c>
       <c r="K35" t="s">
         <v>23</v>
       </c>
       <c r="L35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
-        <v>498</v>
+        <v>321</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C36" t="s">
         <v>21</v>
       </c>
-      <c r="D36">
-[...1 lines deleted...]
-      </c>
       <c r="E36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G36">
-        <v>482333.0</v>
+        <v>79147.59</v>
       </c>
       <c r="H36">
-        <v>63500.0</v>
+        <v>87994.9</v>
       </c>
       <c r="I36">
-        <v>418833.0</v>
+        <v>-8847.31</v>
       </c>
       <c r="J36" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="K36" t="s">
         <v>23</v>
       </c>
       <c r="L36" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
-        <v>562</v>
+        <v>387</v>
       </c>
       <c r="B37" t="s">
         <v>76</v>
       </c>
       <c r="C37" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="D37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E37">
         <v>1</v>
       </c>
       <c r="G37">
-        <v>271130.87</v>
+        <v>151098.96</v>
       </c>
       <c r="H37">
-        <v>4700.0</v>
+        <v>1200.0</v>
       </c>
       <c r="I37">
-        <v>266430.87</v>
+        <v>149898.96</v>
       </c>
       <c r="J37" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="K37" t="s">
         <v>23</v>
       </c>
       <c r="L37" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>633</v>
+        <v>462</v>
       </c>
       <c r="B38" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C38" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="D38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E38">
         <v>2</v>
       </c>
       <c r="G38">
-        <v>332299.61</v>
+        <v>653858.28</v>
       </c>
       <c r="H38">
-        <v>143543.25</v>
+        <v>0.0</v>
       </c>
       <c r="I38">
-        <v>188756.36</v>
+        <v>653858.28</v>
       </c>
       <c r="J38" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="K38" t="s">
         <v>23</v>
       </c>
       <c r="L38" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>697</v>
+        <v>530</v>
       </c>
       <c r="B39" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C39" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G39">
-        <v>121169.07</v>
+        <v>236350.77</v>
       </c>
       <c r="H39">
-        <v>40821.0</v>
+        <v>127575.25</v>
       </c>
       <c r="I39">
-        <v>80348.07</v>
+        <v>108775.52</v>
       </c>
       <c r="J39" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K39" t="s">
         <v>23</v>
       </c>
       <c r="L39" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>761</v>
+        <v>600</v>
       </c>
       <c r="B40" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C40" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D40">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E40">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G40">
-        <v>229149.77</v>
+        <v>672275.28</v>
       </c>
       <c r="H40">
-        <v>62591.62</v>
+        <v>69800.0</v>
       </c>
       <c r="I40">
-        <v>166558.15</v>
+        <v>602475.28</v>
       </c>
       <c r="J40" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K40" t="s">
         <v>23</v>
       </c>
       <c r="L40" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>828</v>
+        <v>665</v>
       </c>
       <c r="B41" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C41" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E41">
         <v>1</v>
       </c>
       <c r="G41">
-        <v>654000.0</v>
+        <v>212000.0</v>
       </c>
       <c r="H41">
-        <v>53493.65</v>
+        <v>33000.0</v>
       </c>
       <c r="I41">
-        <v>600506.35</v>
+        <v>179000.0</v>
       </c>
       <c r="J41" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="K41" t="s">
         <v>23</v>
       </c>
       <c r="L41" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>901</v>
+        <v>729</v>
       </c>
       <c r="B42" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C42" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D42">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E42">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G42">
-        <v>287389.38</v>
+        <v>213576.0</v>
       </c>
       <c r="H42">
-        <v>0.0</v>
+        <v>15000.0</v>
       </c>
       <c r="I42">
-        <v>287389.38</v>
+        <v>198576.0</v>
       </c>
       <c r="J42" t="s">
         <v>31</v>
       </c>
       <c r="K42" t="s">
         <v>23</v>
       </c>
       <c r="L42" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>22</v>
+        <v>796</v>
       </c>
       <c r="B43" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C43" t="s">
-        <v>84</v>
+        <v>26</v>
+      </c>
+      <c r="D43">
+        <v>3</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="G43">
-        <v>291847.24</v>
+        <v>209990.0</v>
       </c>
       <c r="H43">
-        <v>49375.43</v>
+        <v>4000.0</v>
       </c>
       <c r="I43">
-        <v>242471.81</v>
+        <v>205990.0</v>
       </c>
       <c r="J43" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="K43" t="s">
         <v>23</v>
       </c>
       <c r="L43" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>965</v>
+        <v>869</v>
       </c>
       <c r="B44" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C44" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="D44">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E44">
         <v>2</v>
       </c>
       <c r="G44">
-        <v>257554.4</v>
+        <v>203917.0</v>
       </c>
       <c r="H44">
-        <v>18461.02</v>
+        <v>3456.36</v>
       </c>
       <c r="I44">
-        <v>239093.38</v>
+        <v>200460.64</v>
       </c>
       <c r="J44" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="K44" t="s">
         <v>23</v>
       </c>
       <c r="L44" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>123</v>
+        <v>933</v>
       </c>
       <c r="B45" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C45" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="G45">
-        <v>76703.0</v>
+        <v>68000.0</v>
       </c>
       <c r="H45">
-        <v>89420.0</v>
+        <v>6700.0</v>
       </c>
       <c r="I45">
-        <v>-12717.0</v>
+        <v>61300.0</v>
       </c>
       <c r="J45" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K45" t="s">
         <v>23</v>
       </c>
       <c r="L45" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>189</v>
+        <v>90</v>
       </c>
       <c r="B46" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C46" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D46">
         <v>1</v>
       </c>
       <c r="E46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G46">
-        <v>72302.85</v>
+        <v>225581.86</v>
       </c>
       <c r="H46">
-        <v>11311.0</v>
+        <v>61188.47</v>
       </c>
       <c r="I46">
-        <v>60991.85</v>
+        <v>164393.39</v>
       </c>
       <c r="J46" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K46" t="s">
         <v>23</v>
       </c>
       <c r="L46" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>254</v>
+        <v>156</v>
       </c>
       <c r="B47" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C47" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D47">
         <v>2</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="G47">
-        <v>319500.0</v>
+        <v>76677.62</v>
       </c>
       <c r="H47">
-        <v>138791.26</v>
+        <v>56273.59</v>
       </c>
       <c r="I47">
-        <v>180708.74</v>
+        <v>20404.03</v>
       </c>
       <c r="J47" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="K47" t="s">
         <v>23</v>
       </c>
       <c r="L47" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>321</v>
+        <v>221</v>
       </c>
       <c r="B48" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C48" t="s">
-        <v>36</v>
+        <v>21</v>
+      </c>
+      <c r="D48">
+        <v>7</v>
       </c>
       <c r="E48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G48">
-        <v>79147.59</v>
+        <v>497041.92</v>
       </c>
       <c r="H48">
-        <v>87994.9</v>
+        <v>89143.47</v>
       </c>
       <c r="I48">
-        <v>-8847.31</v>
+        <v>407898.45</v>
       </c>
       <c r="J48" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K48" t="s">
         <v>23</v>
       </c>
       <c r="L48" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>387</v>
+        <v>286</v>
       </c>
       <c r="B49" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C49" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D49">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G49">
-        <v>151098.96</v>
+        <v>126204.22</v>
       </c>
       <c r="H49">
-        <v>1200.0</v>
+        <v>82250.0</v>
       </c>
       <c r="I49">
-        <v>149898.96</v>
+        <v>43954.22</v>
       </c>
       <c r="J49" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K49" t="s">
         <v>23</v>
       </c>
       <c r="L49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>462</v>
+        <v>353</v>
       </c>
       <c r="B50" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C50" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="D50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G50">
-        <v>653858.28</v>
+        <v>526262.0</v>
       </c>
       <c r="H50">
-        <v>0.0</v>
+        <v>98928.04</v>
       </c>
       <c r="I50">
-        <v>653858.28</v>
+        <v>427333.96</v>
       </c>
       <c r="J50" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K50" t="s">
         <v>23</v>
       </c>
       <c r="L50" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>530</v>
+        <v>419</v>
       </c>
       <c r="B51" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C51" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="D51">
         <v>3</v>
       </c>
       <c r="E51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G51">
-        <v>236350.77</v>
+        <v>144700.0</v>
       </c>
       <c r="H51">
-        <v>127575.25</v>
+        <v>0.0</v>
       </c>
       <c r="I51">
-        <v>108775.52</v>
+        <v>144700.0</v>
       </c>
       <c r="J51" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="K51" t="s">
         <v>23</v>
       </c>
       <c r="L51" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>600</v>
+        <v>498</v>
       </c>
       <c r="B52" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C52" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D52">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E52">
         <v>2</v>
       </c>
       <c r="G52">
-        <v>672275.28</v>
+        <v>482333.0</v>
       </c>
       <c r="H52">
-        <v>69800.0</v>
+        <v>63500.0</v>
       </c>
       <c r="I52">
-        <v>602475.28</v>
+        <v>418833.0</v>
       </c>
       <c r="J52" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K52" t="s">
         <v>23</v>
       </c>
       <c r="L52" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>665</v>
+        <v>562</v>
       </c>
       <c r="B53" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C53" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
       <c r="G53">
-        <v>212000.0</v>
+        <v>271130.87</v>
       </c>
       <c r="H53">
-        <v>33000.0</v>
+        <v>4700.0</v>
       </c>
       <c r="I53">
-        <v>179000.0</v>
+        <v>266430.87</v>
       </c>
       <c r="J53" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="K53" t="s">
         <v>23</v>
       </c>
       <c r="L53" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>729</v>
+        <v>633</v>
       </c>
       <c r="B54" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C54" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D54">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G54">
-        <v>213576.0</v>
+        <v>332299.61</v>
       </c>
       <c r="H54">
-        <v>15000.0</v>
+        <v>143543.25</v>
       </c>
       <c r="I54">
-        <v>198576.0</v>
+        <v>188756.36</v>
       </c>
       <c r="J54" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K54" t="s">
         <v>23</v>
       </c>
       <c r="L54" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>796</v>
+        <v>697</v>
       </c>
       <c r="B55" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C55" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="G55">
-        <v>209990.0</v>
+        <v>121169.07</v>
       </c>
       <c r="H55">
-        <v>4000.0</v>
+        <v>40821.0</v>
       </c>
       <c r="I55">
-        <v>205990.0</v>
+        <v>80348.07</v>
       </c>
       <c r="J55" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="K55" t="s">
         <v>23</v>
       </c>
       <c r="L55" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>869</v>
+        <v>761</v>
       </c>
       <c r="B56" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C56" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E56">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G56">
-        <v>203917.0</v>
+        <v>229149.77</v>
       </c>
       <c r="H56">
-        <v>3456.36</v>
+        <v>62591.62</v>
       </c>
       <c r="I56">
-        <v>200460.64</v>
+        <v>166558.15</v>
       </c>
       <c r="J56" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K56" t="s">
         <v>23</v>
       </c>
       <c r="L56" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>933</v>
+        <v>828</v>
       </c>
       <c r="B57" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C57" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D57">
+        <v>4</v>
       </c>
       <c r="E57">
         <v>1</v>
       </c>
       <c r="G57">
-        <v>68000.0</v>
+        <v>654000.0</v>
       </c>
       <c r="H57">
-        <v>6700.0</v>
+        <v>53493.65</v>
       </c>
       <c r="I57">
-        <v>61300.0</v>
+        <v>600506.35</v>
       </c>
       <c r="J57" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K57" t="s">
         <v>23</v>
       </c>
       <c r="L57" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>90</v>
+        <v>901</v>
       </c>
       <c r="B58" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C58" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D58">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E58">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G58">
-        <v>225581.86</v>
+        <v>287389.38</v>
       </c>
       <c r="H58">
-        <v>61188.47</v>
+        <v>0.0</v>
       </c>
       <c r="I58">
-        <v>164393.39</v>
+        <v>287389.38</v>
       </c>
       <c r="J58" t="s">
-        <v>113</v>
+        <v>59</v>
       </c>
       <c r="K58" t="s">
         <v>23</v>
       </c>
       <c r="L58" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>156</v>
+        <v>22</v>
       </c>
       <c r="B59" t="s">
         <v>114</v>
       </c>
       <c r="C59" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>115</v>
       </c>
       <c r="E59">
         <v>1</v>
       </c>
       <c r="G59">
-        <v>76677.62</v>
+        <v>291847.24</v>
       </c>
       <c r="H59">
-        <v>56273.59</v>
+        <v>49375.43</v>
       </c>
       <c r="I59">
-        <v>20404.03</v>
+        <v>242471.81</v>
       </c>
       <c r="J59" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K59" t="s">
         <v>23</v>
       </c>
       <c r="L59" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>221</v>
+        <v>965</v>
       </c>
       <c r="B60" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C60" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D60">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E60">
         <v>2</v>
       </c>
       <c r="G60">
-        <v>497041.92</v>
+        <v>257554.4</v>
       </c>
       <c r="H60">
-        <v>89143.47</v>
+        <v>18461.02</v>
       </c>
       <c r="I60">
-        <v>407898.45</v>
+        <v>239093.38</v>
       </c>
       <c r="J60" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="K60" t="s">
         <v>23</v>
       </c>
       <c r="L60" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>286</v>
+        <v>123</v>
       </c>
       <c r="B61" t="s">
         <v>118</v>
       </c>
       <c r="C61" t="s">
         <v>119</v>
       </c>
       <c r="D61">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="E61">
+        <v>1</v>
       </c>
       <c r="G61">
-        <v>126204.22</v>
+        <v>76703.0</v>
       </c>
       <c r="H61">
-        <v>82250.0</v>
+        <v>89420.0</v>
       </c>
       <c r="I61">
-        <v>43954.22</v>
+        <v>-12717.0</v>
       </c>
       <c r="J61" t="s">
         <v>120</v>
       </c>
       <c r="K61" t="s">
         <v>23</v>
       </c>
       <c r="L61" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>353</v>
+        <v>189</v>
       </c>
       <c r="B62" t="s">
         <v>121</v>
       </c>
       <c r="C62" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D62">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E62">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G62">
-        <v>526262.0</v>
+        <v>72302.85</v>
       </c>
       <c r="H62">
-        <v>98928.04</v>
+        <v>11311.0</v>
       </c>
       <c r="I62">
-        <v>427333.96</v>
+        <v>60991.85</v>
       </c>
       <c r="J62" t="s">
         <v>122</v>
       </c>
       <c r="K62" t="s">
         <v>23</v>
       </c>
       <c r="L62" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>267</v>
+        <v>946</v>
       </c>
       <c r="B63" t="s">
         <v>123</v>
       </c>
       <c r="C63" t="s">
-        <v>39</v>
+        <v>26</v>
+      </c>
+      <c r="D63">
+        <v>1</v>
+      </c>
+      <c r="E63">
+        <v>1</v>
       </c>
       <c r="G63">
-        <v>7100.0</v>
+        <v>55525.0</v>
       </c>
       <c r="H63">
-        <v>23500.0</v>
+        <v>8868.0</v>
       </c>
       <c r="I63">
-        <v>-16400.0</v>
+        <v>46657.0</v>
       </c>
       <c r="J63" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="K63" t="s">
         <v>23</v>
       </c>
       <c r="L63" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>334</v>
+        <v>103</v>
       </c>
       <c r="B64" t="s">
         <v>124</v>
       </c>
       <c r="C64" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D64">
         <v>1</v>
       </c>
       <c r="E64">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G64">
-        <v>250395.0</v>
+        <v>128855.0</v>
       </c>
       <c r="H64">
-        <v>117000.0</v>
+        <v>3330.0</v>
       </c>
       <c r="I64">
-        <v>133395.0</v>
+        <v>125525.0</v>
       </c>
       <c r="J64" t="s">
         <v>125</v>
       </c>
       <c r="K64" t="s">
         <v>23</v>
       </c>
       <c r="L64" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>400</v>
+        <v>170</v>
       </c>
       <c r="B65" t="s">
         <v>126</v>
       </c>
       <c r="C65" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D65">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E65">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G65">
-        <v>250929.19</v>
+        <v>857723.52</v>
       </c>
       <c r="H65">
-        <v>0.0</v>
+        <v>39549.86</v>
       </c>
       <c r="I65">
-        <v>250929.19</v>
+        <v>818173.66</v>
       </c>
       <c r="J65" t="s">
         <v>127</v>
       </c>
       <c r="K65" t="s">
         <v>23</v>
       </c>
       <c r="L65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>478</v>
+        <v>234</v>
       </c>
       <c r="B66" t="s">
         <v>128</v>
       </c>
       <c r="C66" t="s">
         <v>21</v>
       </c>
       <c r="D66">
         <v>2</v>
       </c>
       <c r="E66">
         <v>1</v>
       </c>
       <c r="G66">
-        <v>77978.0</v>
+        <v>123300.0</v>
       </c>
       <c r="H66">
-        <v>43188.86</v>
+        <v>18265.0</v>
       </c>
       <c r="I66">
-        <v>34789.14</v>
+        <v>105035.0</v>
       </c>
       <c r="J66" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="K66" t="s">
         <v>23</v>
       </c>
       <c r="L66" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>543</v>
+        <v>299</v>
       </c>
       <c r="B67" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C67" t="s">
         <v>21</v>
       </c>
       <c r="D67">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="E67">
+        <v>1</v>
       </c>
       <c r="G67">
-        <v>170799.56</v>
+        <v>250020.0</v>
       </c>
       <c r="H67">
-        <v>116639.83</v>
+        <v>84780.0</v>
       </c>
       <c r="I67">
-        <v>54159.73</v>
+        <v>165240.0</v>
       </c>
       <c r="J67" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K67" t="s">
         <v>23</v>
       </c>
       <c r="L67" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>614</v>
+        <v>366</v>
       </c>
       <c r="B68" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C68" t="s">
-        <v>21</v>
+        <v>132</v>
       </c>
       <c r="D68">
+        <v>2</v>
+      </c>
+      <c r="E68">
         <v>1</v>
       </c>
       <c r="G68">
-        <v>156538.38</v>
+        <v>100509.34</v>
       </c>
       <c r="H68">
-        <v>0.0</v>
+        <v>50411.06</v>
       </c>
       <c r="I68">
-        <v>156538.38</v>
+        <v>50098.28</v>
       </c>
       <c r="J68" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="K68" t="s">
         <v>23</v>
       </c>
       <c r="L68" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>678</v>
+        <v>432</v>
       </c>
       <c r="B69" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C69" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>135</v>
       </c>
       <c r="G69">
-        <v>413535.95</v>
+        <v>0.0</v>
       </c>
       <c r="H69">
-        <v>94370.06</v>
+        <v>0.0</v>
       </c>
       <c r="I69">
-        <v>319165.89</v>
+        <v>0.0</v>
       </c>
       <c r="J69" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="K69" t="s">
         <v>23</v>
       </c>
       <c r="L69" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>742</v>
+        <v>511</v>
       </c>
       <c r="B70" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C70" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E70">
         <v>1</v>
       </c>
       <c r="G70">
-        <v>189709.69</v>
+        <v>34216.42</v>
       </c>
       <c r="H70">
-        <v>101613.99</v>
+        <v>197870.1</v>
       </c>
       <c r="I70">
-        <v>88095.7</v>
+        <v>-163653.68</v>
       </c>
       <c r="J70" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K70" t="s">
         <v>23</v>
       </c>
       <c r="L70" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
-        <v>809</v>
+        <v>575</v>
       </c>
       <c r="B71" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C71" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D71">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E71">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G71">
-        <v>208002.0</v>
+        <v>510059.7</v>
       </c>
       <c r="H71">
-        <v>33007.0</v>
+        <v>31508.41</v>
       </c>
       <c r="I71">
-        <v>174995.0</v>
+        <v>478551.29</v>
       </c>
       <c r="J71" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K71" t="s">
         <v>23</v>
       </c>
       <c r="L71" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>882</v>
+        <v>646</v>
       </c>
       <c r="B72" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C72" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D72">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E72">
         <v>1</v>
       </c>
       <c r="G72">
-        <v>200607.76</v>
+        <v>345089.65</v>
       </c>
       <c r="H72">
-        <v>158572.21</v>
+        <v>97199.73</v>
       </c>
       <c r="I72">
-        <v>42035.55</v>
+        <v>247889.92</v>
       </c>
       <c r="J72" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K72" t="s">
         <v>23</v>
       </c>
       <c r="L72" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>946</v>
+        <v>710</v>
       </c>
       <c r="B73" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C73" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E73">
         <v>1</v>
       </c>
       <c r="G73">
-        <v>55525.0</v>
+        <v>38746.9</v>
       </c>
       <c r="H73">
-        <v>8868.0</v>
+        <v>1859.62</v>
       </c>
       <c r="I73">
-        <v>46657.0</v>
+        <v>36887.28</v>
       </c>
       <c r="J73" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K73" t="s">
         <v>23</v>
       </c>
       <c r="L73" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>103</v>
+        <v>777</v>
       </c>
       <c r="B74" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C74" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D74">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E74">
         <v>4</v>
       </c>
       <c r="G74">
-        <v>128855.0</v>
+        <v>1471216.23</v>
       </c>
       <c r="H74">
-        <v>3330.0</v>
+        <v>97925.38</v>
       </c>
       <c r="I74">
-        <v>125525.0</v>
+        <v>1373290.85</v>
       </c>
       <c r="J74" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="K74" t="s">
         <v>23</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>170</v>
+        <v>843</v>
       </c>
       <c r="B75" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C75" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D75">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E75">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G75">
-        <v>857723.52</v>
+        <v>115683.98</v>
       </c>
       <c r="H75">
-        <v>39549.86</v>
+        <v>176512.58</v>
       </c>
       <c r="I75">
-        <v>818173.66</v>
+        <v>-60828.6</v>
       </c>
       <c r="J75" t="s">
-        <v>139</v>
+        <v>57</v>
       </c>
       <c r="K75" t="s">
         <v>23</v>
       </c>
       <c r="L75" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>234</v>
+        <v>914</v>
       </c>
       <c r="B76" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C76" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D76">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G76">
-        <v>123300.0</v>
+        <v>1719.69</v>
       </c>
       <c r="H76">
-        <v>18265.0</v>
+        <v>14158.94</v>
       </c>
       <c r="I76">
-        <v>105035.0</v>
+        <v>-12439.25</v>
       </c>
       <c r="J76" t="s">
-        <v>141</v>
+        <v>91</v>
       </c>
       <c r="K76" t="s">
         <v>23</v>
       </c>
       <c r="L76" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>299</v>
+        <v>50</v>
       </c>
       <c r="B77" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C77" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D77">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="G77">
-        <v>250020.0</v>
+        <v>676148.02</v>
       </c>
       <c r="H77">
-        <v>84780.0</v>
+        <v>7602.99</v>
       </c>
       <c r="I77">
-        <v>165240.0</v>
+        <v>668545.03</v>
       </c>
       <c r="J77" t="s">
-        <v>93</v>
+        <v>145</v>
       </c>
       <c r="K77" t="s">
         <v>23</v>
       </c>
       <c r="L77" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>366</v>
+        <v>137</v>
       </c>
       <c r="B78" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C78" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D78">
         <v>2</v>
       </c>
       <c r="E78">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G78">
-        <v>100509.34</v>
+        <v>78478.16</v>
       </c>
       <c r="H78">
-        <v>50411.06</v>
+        <v>20223.0</v>
       </c>
       <c r="I78">
-        <v>50098.28</v>
+        <v>58255.16</v>
       </c>
       <c r="J78" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="K78" t="s">
         <v>23</v>
       </c>
       <c r="L78" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
-        <v>432</v>
+        <v>202</v>
       </c>
       <c r="B79" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C79" t="s">
-        <v>147</v>
+        <v>21</v>
+      </c>
+      <c r="D79">
+        <v>2</v>
+      </c>
+      <c r="E79">
+        <v>1</v>
       </c>
       <c r="G79">
-        <v>0.0</v>
+        <v>180236.58</v>
       </c>
       <c r="H79">
-        <v>0.0</v>
+        <v>117738.81</v>
       </c>
       <c r="I79">
-        <v>0.0</v>
+        <v>62497.77</v>
       </c>
       <c r="J79" t="s">
-        <v>148</v>
+        <v>67</v>
       </c>
       <c r="K79" t="s">
         <v>23</v>
       </c>
       <c r="L79" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
-        <v>511</v>
+        <v>267</v>
       </c>
       <c r="B80" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C80" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>66</v>
       </c>
       <c r="G80">
-        <v>34216.42</v>
+        <v>7100.0</v>
       </c>
       <c r="H80">
-        <v>197870.1</v>
+        <v>23500.0</v>
       </c>
       <c r="I80">
-        <v>-163653.68</v>
+        <v>-16400.0</v>
       </c>
       <c r="J80" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="K80" t="s">
         <v>23</v>
       </c>
       <c r="L80" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
-        <v>575</v>
+        <v>334</v>
       </c>
       <c r="B81" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C81" t="s">
         <v>21</v>
       </c>
       <c r="D81">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E81">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G81">
-        <v>510059.7</v>
+        <v>250395.0</v>
       </c>
       <c r="H81">
-        <v>31508.41</v>
+        <v>117000.0</v>
       </c>
       <c r="I81">
-        <v>478551.29</v>
+        <v>133395.0</v>
       </c>
       <c r="J81" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="K81" t="s">
         <v>23</v>
       </c>
       <c r="L81" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
-        <v>646</v>
+        <v>400</v>
       </c>
       <c r="B82" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C82" t="s">
         <v>21</v>
       </c>
       <c r="D82">
+        <v>5</v>
+      </c>
+      <c r="E82">
         <v>3</v>
       </c>
-      <c r="E82">
-[...1 lines deleted...]
-      </c>
       <c r="G82">
-        <v>345089.65</v>
+        <v>250929.19</v>
       </c>
       <c r="H82">
-        <v>97199.73</v>
+        <v>0.0</v>
       </c>
       <c r="I82">
-        <v>247889.92</v>
+        <v>250929.19</v>
       </c>
       <c r="J82" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="K82" t="s">
         <v>23</v>
       </c>
       <c r="L82" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
-        <v>710</v>
+        <v>478</v>
       </c>
       <c r="B83" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C83" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D83">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E83">
         <v>1</v>
       </c>
       <c r="G83">
-        <v>38746.9</v>
+        <v>77978.0</v>
       </c>
       <c r="H83">
-        <v>1859.62</v>
+        <v>43188.86</v>
       </c>
       <c r="I83">
-        <v>36887.28</v>
+        <v>34789.14</v>
       </c>
       <c r="J83" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K83" t="s">
         <v>23</v>
       </c>
       <c r="L83" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
-        <v>777</v>
+        <v>543</v>
       </c>
       <c r="B84" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C84" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D84">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G84">
-        <v>1471216.23</v>
+        <v>170799.56</v>
       </c>
       <c r="H84">
-        <v>97925.38</v>
+        <v>116639.83</v>
       </c>
       <c r="I84">
-        <v>1373290.85</v>
+        <v>54159.73</v>
       </c>
       <c r="J84" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K84" t="s">
         <v>23</v>
       </c>
       <c r="L84" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
-        <v>843</v>
+        <v>614</v>
       </c>
       <c r="B85" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C85" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D85">
         <v>1</v>
       </c>
-      <c r="E85">
-[...1 lines deleted...]
-      </c>
       <c r="G85">
-        <v>115683.98</v>
+        <v>156538.38</v>
       </c>
       <c r="H85">
-        <v>176512.58</v>
+        <v>0.0</v>
       </c>
       <c r="I85">
-        <v>-60828.6</v>
+        <v>156538.38</v>
       </c>
       <c r="J85" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K85" t="s">
         <v>23</v>
       </c>
       <c r="L85" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
-        <v>914</v>
+        <v>678</v>
       </c>
       <c r="B86" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C86" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D86">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G86">
-        <v>1719.69</v>
+        <v>413535.95</v>
       </c>
       <c r="H86">
-        <v>14158.94</v>
+        <v>94370.06</v>
       </c>
       <c r="I86">
-        <v>-12439.25</v>
+        <v>319165.89</v>
       </c>
       <c r="J86" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="K86" t="s">
         <v>23</v>
       </c>
       <c r="L86" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
-        <v>50</v>
+        <v>742</v>
       </c>
       <c r="B87" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C87" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D87">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E87">
         <v>1</v>
       </c>
       <c r="G87">
-        <v>676148.02</v>
+        <v>189709.69</v>
       </c>
       <c r="H87">
-        <v>7602.99</v>
+        <v>101613.99</v>
       </c>
       <c r="I87">
-        <v>668545.03</v>
+        <v>88095.7</v>
       </c>
       <c r="J87" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K87" t="s">
         <v>23</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
-        <v>137</v>
+        <v>809</v>
       </c>
       <c r="B88" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C88" t="s">
-        <v>159</v>
+        <v>26</v>
       </c>
       <c r="D88">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E88">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G88">
-        <v>78478.16</v>
+        <v>208002.0</v>
       </c>
       <c r="H88">
-        <v>20223.0</v>
+        <v>33007.0</v>
       </c>
       <c r="I88">
-        <v>58255.16</v>
+        <v>174995.0</v>
       </c>
       <c r="J88" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="K88" t="s">
         <v>23</v>
       </c>
       <c r="L88" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>202</v>
+        <v>882</v>
       </c>
       <c r="B89" t="s">
         <v>161</v>
       </c>
       <c r="C89" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D89">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E89">
         <v>1</v>
       </c>
       <c r="G89">
-        <v>180236.58</v>
+        <v>200607.76</v>
       </c>
       <c r="H89">
-        <v>117738.81</v>
+        <v>158572.21</v>
       </c>
       <c r="I89">
-        <v>62497.77</v>
+        <v>42035.55</v>
       </c>
       <c r="J89" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K89" t="s">
         <v>23</v>
       </c>
       <c r="L89" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>16</v>
+        <v>723</v>
       </c>
       <c r="B90" t="s">
         <v>162</v>
       </c>
       <c r="C90" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E90">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G90">
-        <v>240079.79</v>
+        <v>63177.34</v>
       </c>
       <c r="H90">
-        <v>33552.52</v>
+        <v>39365.97</v>
       </c>
       <c r="I90">
-        <v>206527.27</v>
+        <v>23811.37</v>
       </c>
       <c r="J90" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K90" t="s">
         <v>23</v>
       </c>
       <c r="L90" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>959</v>
+        <v>790</v>
       </c>
       <c r="B91" t="s">
         <v>163</v>
       </c>
       <c r="C91" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D91">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E91">
         <v>1</v>
       </c>
       <c r="G91">
-        <v>120027.31</v>
+        <v>364995.99</v>
       </c>
       <c r="H91">
-        <v>52731.0</v>
+        <v>0.0</v>
       </c>
       <c r="I91">
-        <v>67296.31</v>
+        <v>364995.99</v>
       </c>
       <c r="J91" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K91" t="s">
         <v>23</v>
       </c>
       <c r="L91" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>117</v>
+        <v>864</v>
       </c>
       <c r="B92" t="s">
         <v>164</v>
       </c>
       <c r="C92" t="s">
-        <v>165</v>
+        <v>89</v>
       </c>
       <c r="D92">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E92">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G92">
-        <v>196990.0</v>
+        <v>128611.05</v>
       </c>
       <c r="H92">
-        <v>157322.09</v>
+        <v>95361.63</v>
       </c>
       <c r="I92">
-        <v>39667.91</v>
+        <v>33249.42</v>
       </c>
       <c r="J92" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="K92" t="s">
         <v>23</v>
       </c>
       <c r="L92" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>183</v>
+        <v>927</v>
       </c>
       <c r="B93" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C93" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D93">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E93">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G93">
-        <v>363065.2</v>
+        <v>826485.21</v>
       </c>
       <c r="H93">
-        <v>238947.44</v>
+        <v>95278.99</v>
       </c>
       <c r="I93">
-        <v>124117.76</v>
+        <v>731206.22</v>
       </c>
       <c r="J93" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="K93" t="s">
         <v>23</v>
       </c>
       <c r="L93" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>247</v>
+        <v>84</v>
       </c>
       <c r="B94" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C94" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D94">
         <v>1</v>
       </c>
       <c r="E94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G94">
-        <v>131898.48</v>
+        <v>882295.0</v>
       </c>
       <c r="H94">
-        <v>58155.48</v>
+        <v>44997.15</v>
       </c>
       <c r="I94">
-        <v>73743.0</v>
+        <v>837297.85</v>
       </c>
       <c r="J94" t="s">
         <v>93</v>
       </c>
       <c r="K94" t="s">
         <v>23</v>
       </c>
       <c r="L94" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>315</v>
+        <v>150</v>
       </c>
       <c r="B95" t="s">
+        <v>167</v>
+      </c>
+      <c r="C95" t="s">
         <v>168</v>
       </c>
-      <c r="C95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95">
+        <v>2</v>
+      </c>
+      <c r="E95">
         <v>1</v>
       </c>
       <c r="G95">
-        <v>398203.99</v>
+        <v>545085.0</v>
       </c>
       <c r="H95">
-        <v>1629.0</v>
+        <v>70000.0</v>
       </c>
       <c r="I95">
-        <v>396574.99</v>
+        <v>475085.0</v>
       </c>
       <c r="J95" t="s">
         <v>169</v>
       </c>
       <c r="K95" t="s">
         <v>23</v>
       </c>
       <c r="L95" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>380</v>
+        <v>215</v>
       </c>
       <c r="B96" t="s">
         <v>170</v>
       </c>
       <c r="C96" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D96">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E96">
         <v>1</v>
       </c>
       <c r="G96">
-        <v>179000.0</v>
+        <v>186905.85</v>
       </c>
       <c r="H96">
-        <v>1300.0</v>
+        <v>95250.89</v>
       </c>
       <c r="I96">
-        <v>177700.0</v>
+        <v>91654.96</v>
       </c>
       <c r="J96" t="s">
-        <v>171</v>
+        <v>95</v>
       </c>
       <c r="K96" t="s">
         <v>23</v>
       </c>
       <c r="L96" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>454</v>
+        <v>280</v>
       </c>
       <c r="B97" t="s">
+        <v>171</v>
+      </c>
+      <c r="C97" t="s">
+        <v>21</v>
+      </c>
+      <c r="D97">
+        <v>2</v>
+      </c>
+      <c r="G97">
+        <v>139185.0</v>
+      </c>
+      <c r="H97">
+        <v>109200.0</v>
+      </c>
+      <c r="I97">
+        <v>29985.0</v>
+      </c>
+      <c r="J97" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>173</v>
       </c>
       <c r="K97" t="s">
         <v>23</v>
       </c>
       <c r="L97" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>524</v>
+        <v>347</v>
       </c>
       <c r="B98" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C98" t="s">
         <v>21</v>
       </c>
       <c r="D98">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E98">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G98">
-        <v>316720.0</v>
+        <v>153955.42</v>
       </c>
       <c r="H98">
-        <v>80365.62</v>
+        <v>132854.78</v>
       </c>
       <c r="I98">
-        <v>236354.38</v>
+        <v>21100.64</v>
       </c>
       <c r="J98" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="K98" t="s">
         <v>23</v>
       </c>
       <c r="L98" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>592</v>
+        <v>413</v>
       </c>
       <c r="B99" t="s">
         <v>175</v>
       </c>
       <c r="C99" t="s">
-        <v>109</v>
+        <v>21</v>
+      </c>
+      <c r="D99">
+        <v>12</v>
+      </c>
+      <c r="E99">
+        <v>3</v>
       </c>
       <c r="G99">
-        <v>4818.31</v>
+        <v>473939.34</v>
       </c>
       <c r="H99">
-        <v>5770.0</v>
+        <v>160237.8</v>
       </c>
       <c r="I99">
-        <v>-951.69</v>
+        <v>313701.54</v>
       </c>
       <c r="J99" t="s">
         <v>176</v>
       </c>
       <c r="K99" t="s">
         <v>23</v>
       </c>
       <c r="L99" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>659</v>
+        <v>491</v>
       </c>
       <c r="B100" t="s">
         <v>177</v>
       </c>
       <c r="C100" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D100">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E100">
         <v>1</v>
       </c>
       <c r="G100">
-        <v>49502.75</v>
+        <v>360619.84</v>
       </c>
       <c r="H100">
-        <v>17083.76</v>
+        <v>122230.27</v>
       </c>
       <c r="I100">
-        <v>32418.99</v>
+        <v>238389.57</v>
       </c>
       <c r="J100" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K100" t="s">
         <v>23</v>
       </c>
       <c r="L100" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>723</v>
+        <v>556</v>
       </c>
       <c r="B101" t="s">
         <v>178</v>
       </c>
       <c r="C101" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D101">
+        <v>1</v>
       </c>
       <c r="E101">
         <v>2</v>
       </c>
       <c r="G101">
-        <v>63177.34</v>
+        <v>577690.0</v>
       </c>
       <c r="H101">
-        <v>39365.97</v>
+        <v>80000.0</v>
       </c>
       <c r="I101">
-        <v>23811.37</v>
+        <v>497690.0</v>
       </c>
       <c r="J101" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K101" t="s">
         <v>23</v>
       </c>
       <c r="L101" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
-        <v>790</v>
+        <v>627</v>
       </c>
       <c r="B102" t="s">
         <v>179</v>
       </c>
       <c r="C102" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D102">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E102">
         <v>1</v>
       </c>
       <c r="G102">
-        <v>364995.99</v>
+        <v>165996.79</v>
       </c>
       <c r="H102">
-        <v>0.0</v>
+        <v>10512.64</v>
       </c>
       <c r="I102">
-        <v>364995.99</v>
+        <v>155484.15</v>
       </c>
       <c r="J102" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K102" t="s">
         <v>23</v>
       </c>
       <c r="L102" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
-        <v>864</v>
+        <v>691</v>
       </c>
       <c r="B103" t="s">
         <v>180</v>
       </c>
       <c r="C103" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D103">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E103">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G103">
-        <v>128611.05</v>
+        <v>14755.0</v>
       </c>
       <c r="H103">
-        <v>95361.63</v>
+        <v>0.0</v>
       </c>
       <c r="I103">
-        <v>33249.42</v>
+        <v>14755.0</v>
       </c>
       <c r="J103" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K103" t="s">
         <v>23</v>
       </c>
       <c r="L103" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
-        <v>927</v>
+        <v>755</v>
       </c>
       <c r="B104" t="s">
         <v>181</v>
       </c>
       <c r="C104" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D104">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E104">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G104">
-        <v>826485.21</v>
+        <v>179652.57</v>
       </c>
       <c r="H104">
-        <v>95278.99</v>
+        <v>27690.0</v>
       </c>
       <c r="I104">
-        <v>731206.22</v>
+        <v>151962.57</v>
       </c>
       <c r="J104" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K104" t="s">
         <v>23</v>
       </c>
       <c r="L104" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
-        <v>84</v>
+        <v>822</v>
       </c>
       <c r="B105" t="s">
         <v>182</v>
       </c>
       <c r="C105" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E105">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G105">
-        <v>882295.0</v>
+        <v>50932.0</v>
       </c>
       <c r="H105">
-        <v>44997.15</v>
+        <v>127882.2</v>
       </c>
       <c r="I105">
-        <v>837297.85</v>
+        <v>-76950.2</v>
       </c>
       <c r="J105" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K105" t="s">
         <v>23</v>
       </c>
       <c r="L105" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
-        <v>150</v>
+        <v>895</v>
       </c>
       <c r="B106" t="s">
         <v>183</v>
       </c>
       <c r="C106" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="D106">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E106">
         <v>1</v>
       </c>
       <c r="G106">
-        <v>545085.0</v>
+        <v>100696.78</v>
       </c>
       <c r="H106">
-        <v>70000.0</v>
+        <v>46443.48</v>
       </c>
       <c r="I106">
-        <v>475085.0</v>
+        <v>54253.3</v>
       </c>
       <c r="J106" t="s">
-        <v>185</v>
+        <v>35</v>
       </c>
       <c r="K106" t="s">
         <v>23</v>
       </c>
       <c r="L106" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
-        <v>215</v>
+        <v>16</v>
       </c>
       <c r="B107" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C107" t="s">
-        <v>36</v>
+        <v>147</v>
       </c>
       <c r="D107">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E107">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G107">
-        <v>186905.85</v>
+        <v>240079.79</v>
       </c>
       <c r="H107">
-        <v>95250.89</v>
+        <v>33552.52</v>
       </c>
       <c r="I107">
-        <v>91654.96</v>
+        <v>206527.27</v>
       </c>
       <c r="J107" t="s">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c r="K107" t="s">
         <v>23</v>
       </c>
       <c r="L107" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
-        <v>280</v>
+        <v>959</v>
       </c>
       <c r="B108" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C108" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D108">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="E108">
+        <v>1</v>
       </c>
       <c r="G108">
-        <v>139185.0</v>
+        <v>120027.31</v>
       </c>
       <c r="H108">
-        <v>109200.0</v>
+        <v>52731.0</v>
       </c>
       <c r="I108">
-        <v>29985.0</v>
+        <v>67296.31</v>
       </c>
       <c r="J108" t="s">
-        <v>188</v>
+        <v>37</v>
       </c>
       <c r="K108" t="s">
         <v>23</v>
       </c>
       <c r="L108" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
-        <v>347</v>
+        <v>117</v>
       </c>
       <c r="B109" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C109" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="D109">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E109">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G109">
-        <v>153955.42</v>
+        <v>196990.0</v>
       </c>
       <c r="H109">
-        <v>132854.78</v>
+        <v>157322.09</v>
       </c>
       <c r="I109">
-        <v>21100.64</v>
+        <v>39667.91</v>
       </c>
       <c r="J109" t="s">
-        <v>190</v>
+        <v>120</v>
       </c>
       <c r="K109" t="s">
         <v>23</v>
       </c>
       <c r="L109" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
-        <v>413</v>
+        <v>183</v>
       </c>
       <c r="B110" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C110" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D110">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E110">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G110">
-        <v>473939.34</v>
+        <v>363065.2</v>
       </c>
       <c r="H110">
-        <v>160237.8</v>
+        <v>238947.44</v>
       </c>
       <c r="I110">
-        <v>313701.54</v>
+        <v>124117.76</v>
       </c>
       <c r="J110" t="s">
-        <v>192</v>
+        <v>105</v>
       </c>
       <c r="K110" t="s">
         <v>23</v>
       </c>
       <c r="L110" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
-        <v>491</v>
+        <v>247</v>
       </c>
       <c r="B111" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C111" t="s">
         <v>21</v>
       </c>
       <c r="D111">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E111">
         <v>1</v>
       </c>
       <c r="G111">
-        <v>360619.84</v>
+        <v>131898.48</v>
       </c>
       <c r="H111">
-        <v>122230.27</v>
+        <v>58155.48</v>
       </c>
       <c r="I111">
-        <v>238389.57</v>
+        <v>73743.0</v>
       </c>
       <c r="J111" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K111" t="s">
         <v>23</v>
       </c>
       <c r="L111" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
-        <v>556</v>
+        <v>315</v>
       </c>
       <c r="B112" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C112" t="s">
         <v>21</v>
       </c>
       <c r="D112">
         <v>1</v>
       </c>
-      <c r="E112">
-[...1 lines deleted...]
-      </c>
       <c r="G112">
-        <v>577690.0</v>
+        <v>398203.99</v>
       </c>
       <c r="H112">
-        <v>80000.0</v>
+        <v>1629.0</v>
       </c>
       <c r="I112">
-        <v>497690.0</v>
+        <v>396574.99</v>
       </c>
       <c r="J112" t="s">
-        <v>22</v>
+        <v>191</v>
       </c>
       <c r="K112" t="s">
         <v>23</v>
       </c>
       <c r="L112" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
-        <v>627</v>
+        <v>380</v>
       </c>
       <c r="B113" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C113" t="s">
         <v>21</v>
       </c>
       <c r="D113">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E113">
         <v>1</v>
       </c>
       <c r="G113">
-        <v>165996.79</v>
+        <v>179000.0</v>
       </c>
       <c r="H113">
-        <v>10512.64</v>
+        <v>1300.0</v>
       </c>
       <c r="I113">
-        <v>155484.15</v>
+        <v>177700.0</v>
       </c>
       <c r="J113" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K113" t="s">
         <v>23</v>
       </c>
       <c r="L113" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
-        <v>691</v>
+        <v>454</v>
       </c>
       <c r="B114" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C114" t="s">
         <v>21</v>
       </c>
       <c r="D114">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E114">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G114">
-        <v>14755.0</v>
+        <v>279283.51</v>
       </c>
       <c r="H114">
-        <v>0.0</v>
+        <v>29563.09</v>
       </c>
       <c r="I114">
-        <v>14755.0</v>
+        <v>249720.42</v>
       </c>
       <c r="J114" t="s">
-        <v>26</v>
+        <v>195</v>
       </c>
       <c r="K114" t="s">
         <v>23</v>
       </c>
       <c r="L114" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
-        <v>755</v>
+        <v>524</v>
       </c>
       <c r="B115" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C115" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D115">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E115">
         <v>1</v>
       </c>
       <c r="G115">
-        <v>179652.57</v>
+        <v>316720.0</v>
       </c>
       <c r="H115">
-        <v>27690.0</v>
+        <v>80365.62</v>
       </c>
       <c r="I115">
-        <v>151962.57</v>
+        <v>236354.38</v>
       </c>
       <c r="J115" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K115" t="s">
         <v>23</v>
       </c>
       <c r="L115" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
-        <v>822</v>
+        <v>592</v>
       </c>
       <c r="B116" t="s">
+        <v>197</v>
+      </c>
+      <c r="C116" t="s">
+        <v>89</v>
+      </c>
+      <c r="G116">
+        <v>4818.31</v>
+      </c>
+      <c r="H116">
+        <v>5770.0</v>
+      </c>
+      <c r="I116">
+        <v>-951.69</v>
+      </c>
+      <c r="J116" t="s">
         <v>198</v>
-      </c>
-[...16 lines deleted...]
-        <v>81</v>
       </c>
       <c r="K116" t="s">
         <v>23</v>
       </c>
       <c r="L116" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
-        <v>895</v>
+        <v>659</v>
       </c>
       <c r="B117" t="s">
         <v>199</v>
       </c>
       <c r="C117" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D117">
         <v>1</v>
       </c>
       <c r="E117">
         <v>1</v>
       </c>
       <c r="G117">
-        <v>100696.78</v>
+        <v>49502.75</v>
       </c>
       <c r="H117">
-        <v>46443.48</v>
+        <v>17083.76</v>
       </c>
       <c r="I117">
-        <v>54253.3</v>
+        <v>32418.99</v>
       </c>
       <c r="J117" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K117" t="s">
         <v>23</v>
       </c>
       <c r="L117" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
-        <v>736</v>
+        <v>569</v>
       </c>
       <c r="B118" t="s">
         <v>200</v>
       </c>
       <c r="C118" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D118">
+        <v>4</v>
+      </c>
+      <c r="E118">
         <v>0</v>
       </c>
-      <c r="E118">
-[...1 lines deleted...]
-      </c>
       <c r="G118">
-        <v>45799.0</v>
+        <v>429097.27</v>
       </c>
       <c r="H118">
-        <v>19900.0</v>
+        <v>95189.29</v>
       </c>
       <c r="I118">
-        <v>25899.0</v>
+        <v>333907.98</v>
       </c>
       <c r="J118" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K118" t="s">
         <v>23</v>
       </c>
       <c r="L118" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
-        <v>803</v>
+        <v>640</v>
       </c>
       <c r="B119" t="s">
         <v>201</v>
       </c>
       <c r="C119" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D119">
-        <v>8</v>
+        <v>1</v>
+      </c>
+      <c r="E119">
+        <v>2</v>
       </c>
       <c r="G119">
-        <v>861000.0</v>
+        <v>248771.83</v>
       </c>
       <c r="H119">
-        <v>518665.5</v>
+        <v>88702.65</v>
       </c>
       <c r="I119">
-        <v>342334.5</v>
+        <v>160069.18</v>
       </c>
       <c r="J119" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K119" t="s">
         <v>23</v>
       </c>
       <c r="L119" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
-        <v>876</v>
+        <v>704</v>
       </c>
       <c r="B120" t="s">
         <v>202</v>
       </c>
       <c r="C120" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D120">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E120">
         <v>1</v>
       </c>
       <c r="G120">
-        <v>211000.0</v>
+        <v>236010.14</v>
       </c>
       <c r="H120">
-        <v>1000.0</v>
+        <v>137428.6</v>
       </c>
       <c r="I120">
-        <v>210000.0</v>
+        <v>98581.54</v>
       </c>
       <c r="J120" t="s">
-        <v>203</v>
+        <v>31</v>
       </c>
       <c r="K120" t="s">
         <v>23</v>
       </c>
       <c r="L120" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
-        <v>940</v>
+        <v>772</v>
       </c>
       <c r="B121" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C121" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="D121">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E121">
         <v>1</v>
       </c>
       <c r="G121">
-        <v>352462.52</v>
+        <v>340624.36</v>
       </c>
       <c r="H121">
-        <v>79823.81</v>
+        <v>18169.07</v>
       </c>
       <c r="I121">
-        <v>272638.71</v>
+        <v>322455.29</v>
       </c>
       <c r="J121" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K121" t="s">
         <v>23</v>
       </c>
       <c r="L121" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
-        <v>97</v>
+        <v>837</v>
       </c>
       <c r="B122" t="s">
+        <v>204</v>
+      </c>
+      <c r="C122" t="s">
+        <v>26</v>
+      </c>
+      <c r="D122">
+        <v>2</v>
+      </c>
+      <c r="E122">
+        <v>1</v>
+      </c>
+      <c r="G122">
+        <v>121890.56</v>
+      </c>
+      <c r="H122">
+        <v>9760.77</v>
+      </c>
+      <c r="I122">
+        <v>112129.79</v>
+      </c>
+      <c r="J122" t="s">
         <v>205</v>
-      </c>
-[...19 lines deleted...]
-        <v>58</v>
       </c>
       <c r="K122" t="s">
         <v>23</v>
       </c>
       <c r="L122" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
-        <v>164</v>
+        <v>908</v>
       </c>
       <c r="B123" t="s">
         <v>206</v>
       </c>
       <c r="C123" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D123">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E123">
         <v>2</v>
       </c>
       <c r="G123">
-        <v>514750.0</v>
+        <v>18200.0</v>
       </c>
       <c r="H123">
-        <v>47000.0</v>
+        <v>13240.71</v>
       </c>
       <c r="I123">
-        <v>467750.0</v>
+        <v>4959.29</v>
       </c>
       <c r="J123" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="K123" t="s">
         <v>23</v>
       </c>
       <c r="L123" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
-        <v>228</v>
+        <v>31</v>
       </c>
       <c r="B124" t="s">
         <v>207</v>
       </c>
       <c r="C124" t="s">
-        <v>36</v>
+        <v>21</v>
+      </c>
+      <c r="D124">
+        <v>2</v>
       </c>
       <c r="E124">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G124">
-        <v>42720.0</v>
+        <v>499584.0</v>
       </c>
       <c r="H124">
-        <v>3971.84</v>
+        <v>388116.25</v>
       </c>
       <c r="I124">
-        <v>38748.16</v>
+        <v>111467.75</v>
       </c>
       <c r="J124" t="s">
-        <v>208</v>
+        <v>81</v>
       </c>
       <c r="K124" t="s">
         <v>23</v>
       </c>
       <c r="L124" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
-        <v>293</v>
+        <v>130</v>
       </c>
       <c r="B125" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C125" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D125">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E125">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G125">
-        <v>206311.0</v>
+        <v>136339.63</v>
       </c>
       <c r="H125">
-        <v>30000.0</v>
+        <v>53261.19</v>
       </c>
       <c r="I125">
-        <v>176311.0</v>
+        <v>83078.44</v>
       </c>
       <c r="J125" t="s">
-        <v>93</v>
+        <v>169</v>
       </c>
       <c r="K125" t="s">
         <v>23</v>
       </c>
       <c r="L125" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
-        <v>360</v>
+        <v>196</v>
       </c>
       <c r="B126" t="s">
+        <v>209</v>
+      </c>
+      <c r="C126" t="s">
         <v>210</v>
       </c>
-      <c r="C126" t="s">
-[...2 lines deleted...]
-      <c r="D126">
+      <c r="E126">
         <v>3</v>
       </c>
-      <c r="E126">
-[...1 lines deleted...]
-      </c>
       <c r="G126">
-        <v>175040.95</v>
+        <v>18677.18</v>
       </c>
       <c r="H126">
-        <v>0.0</v>
+        <v>61000.0</v>
       </c>
       <c r="I126">
-        <v>175040.95</v>
+        <v>-42322.82</v>
       </c>
       <c r="J126" t="s">
-        <v>169</v>
+        <v>41</v>
       </c>
       <c r="K126" t="s">
         <v>23</v>
       </c>
       <c r="L126" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
-        <v>426</v>
+        <v>261</v>
       </c>
       <c r="B127" t="s">
         <v>211</v>
       </c>
       <c r="C127" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D127">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E127">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G127">
-        <v>246229.0</v>
+        <v>120154.1</v>
       </c>
       <c r="H127">
-        <v>211000.0</v>
+        <v>41404.39</v>
       </c>
       <c r="I127">
-        <v>35229.0</v>
+        <v>78749.71</v>
       </c>
       <c r="J127" t="s">
         <v>212</v>
       </c>
       <c r="K127" t="s">
         <v>23</v>
       </c>
       <c r="L127" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
-        <v>505</v>
+        <v>328</v>
       </c>
       <c r="B128" t="s">
         <v>213</v>
       </c>
       <c r="C128" t="s">
         <v>21</v>
       </c>
       <c r="D128">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E128">
         <v>1</v>
       </c>
       <c r="G128">
-        <v>260340.0</v>
+        <v>279032.12</v>
       </c>
       <c r="H128">
         <v>0.0</v>
       </c>
       <c r="I128">
-        <v>260340.0</v>
+        <v>279032.12</v>
       </c>
       <c r="J128" t="s">
-        <v>22</v>
+        <v>214</v>
       </c>
       <c r="K128" t="s">
         <v>23</v>
       </c>
       <c r="L128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
-        <v>569</v>
+        <v>394</v>
       </c>
       <c r="B129" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C129" t="s">
         <v>21</v>
       </c>
       <c r="D129">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E129">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G129">
-        <v>429097.27</v>
+        <v>124400.73</v>
       </c>
       <c r="H129">
-        <v>95189.29</v>
+        <v>26871.73</v>
       </c>
       <c r="I129">
-        <v>333907.98</v>
+        <v>97529.0</v>
       </c>
       <c r="J129" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="K129" t="s">
         <v>23</v>
       </c>
       <c r="L129" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
-        <v>640</v>
+        <v>469</v>
       </c>
       <c r="B130" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C130" t="s">
         <v>21</v>
       </c>
       <c r="D130">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E130">
         <v>2</v>
       </c>
       <c r="G130">
-        <v>248771.83</v>
+        <v>284358.71</v>
       </c>
       <c r="H130">
-        <v>88702.65</v>
+        <v>34268.4</v>
       </c>
       <c r="I130">
-        <v>160069.18</v>
+        <v>250090.31</v>
       </c>
       <c r="J130" t="s">
-        <v>22</v>
+        <v>217</v>
       </c>
       <c r="K130" t="s">
         <v>23</v>
       </c>
       <c r="L130" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
-        <v>704</v>
+        <v>537</v>
       </c>
       <c r="B131" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C131" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D131">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E131">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G131">
-        <v>236010.14</v>
+        <v>283265.3</v>
       </c>
       <c r="H131">
-        <v>137428.6</v>
+        <v>214480.11</v>
       </c>
       <c r="I131">
-        <v>98581.54</v>
+        <v>68785.19</v>
       </c>
       <c r="J131" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K131" t="s">
         <v>23</v>
       </c>
       <c r="L131" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
-        <v>772</v>
+        <v>608</v>
       </c>
       <c r="B132" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C132" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D132">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E132">
         <v>1</v>
       </c>
       <c r="G132">
-        <v>340624.36</v>
+        <v>232785.7</v>
       </c>
       <c r="H132">
-        <v>18169.07</v>
+        <v>59928.18</v>
       </c>
       <c r="I132">
-        <v>322455.29</v>
+        <v>172857.52</v>
       </c>
       <c r="J132" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K132" t="s">
         <v>23</v>
       </c>
       <c r="L132" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
-        <v>837</v>
+        <v>672</v>
       </c>
       <c r="B133" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C133" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D133">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E133">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G133">
-        <v>121890.56</v>
+        <v>130858.3</v>
       </c>
       <c r="H133">
-        <v>9760.77</v>
+        <v>2235.39</v>
       </c>
       <c r="I133">
-        <v>112129.79</v>
+        <v>128622.91</v>
       </c>
       <c r="J133" t="s">
-        <v>219</v>
+        <v>31</v>
       </c>
       <c r="K133" t="s">
         <v>23</v>
       </c>
       <c r="L133" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
-        <v>908</v>
+        <v>736</v>
       </c>
       <c r="B134" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C134" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D134">
         <v>0</v>
       </c>
       <c r="E134">
         <v>2</v>
       </c>
       <c r="G134">
-        <v>18200.0</v>
+        <v>45799.0</v>
       </c>
       <c r="H134">
-        <v>13240.71</v>
+        <v>19900.0</v>
       </c>
       <c r="I134">
-        <v>4959.29</v>
+        <v>25899.0</v>
       </c>
       <c r="J134" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K134" t="s">
         <v>23</v>
       </c>
       <c r="L134" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
+        <v>803</v>
+      </c>
+      <c r="B135" t="s">
+        <v>222</v>
+      </c>
+      <c r="C135" t="s">
+        <v>26</v>
+      </c>
+      <c r="D135">
+        <v>8</v>
+      </c>
+      <c r="G135">
+        <v>861000.0</v>
+      </c>
+      <c r="H135">
+        <v>518665.5</v>
+      </c>
+      <c r="I135">
+        <v>342334.5</v>
+      </c>
+      <c r="J135" t="s">
         <v>31</v>
-      </c>
-[...22 lines deleted...]
-        <v>101</v>
       </c>
       <c r="K135" t="s">
         <v>23</v>
       </c>
       <c r="L135" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
-        <v>130</v>
+        <v>876</v>
       </c>
       <c r="B136" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C136" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D136">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E136">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G136">
-        <v>136339.63</v>
+        <v>211000.0</v>
       </c>
       <c r="H136">
-        <v>53261.19</v>
+        <v>1000.0</v>
       </c>
       <c r="I136">
-        <v>83078.44</v>
+        <v>210000.0</v>
       </c>
       <c r="J136" t="s">
-        <v>185</v>
+        <v>224</v>
       </c>
       <c r="K136" t="s">
         <v>23</v>
       </c>
       <c r="L136" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
-        <v>196</v>
+        <v>940</v>
       </c>
       <c r="B137" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C137" t="s">
-        <v>224</v>
+        <v>26</v>
+      </c>
+      <c r="D137">
+        <v>4</v>
       </c>
       <c r="E137">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G137">
-        <v>18677.18</v>
+        <v>352462.52</v>
       </c>
       <c r="H137">
-        <v>61000.0</v>
+        <v>79823.81</v>
       </c>
       <c r="I137">
-        <v>-42322.82</v>
+        <v>272638.71</v>
       </c>
       <c r="J137" t="s">
-        <v>60</v>
+        <v>91</v>
       </c>
       <c r="K137" t="s">
         <v>23</v>
       </c>
       <c r="L137" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
-        <v>261</v>
+        <v>97</v>
       </c>
       <c r="B138" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C138" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D138">
         <v>1</v>
       </c>
       <c r="E138">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G138">
-        <v>120154.1</v>
+        <v>107282.0</v>
       </c>
       <c r="H138">
-        <v>41404.39</v>
+        <v>88118.28</v>
       </c>
       <c r="I138">
-        <v>78749.71</v>
+        <v>19163.72</v>
       </c>
       <c r="J138" t="s">
-        <v>226</v>
+        <v>39</v>
       </c>
       <c r="K138" t="s">
         <v>23</v>
       </c>
       <c r="L138" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
-        <v>328</v>
+        <v>164</v>
       </c>
       <c r="B139" t="s">
         <v>227</v>
       </c>
       <c r="C139" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D139">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E139">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G139">
-        <v>279032.12</v>
+        <v>514750.0</v>
       </c>
       <c r="H139">
-        <v>0.0</v>
+        <v>47000.0</v>
       </c>
       <c r="I139">
-        <v>279032.12</v>
+        <v>467750.0</v>
       </c>
       <c r="J139" t="s">
-        <v>228</v>
+        <v>127</v>
       </c>
       <c r="K139" t="s">
         <v>23</v>
       </c>
       <c r="L139" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
-        <v>394</v>
+        <v>228</v>
       </c>
       <c r="B140" t="s">
+        <v>228</v>
+      </c>
+      <c r="C140" t="s">
+        <v>21</v>
+      </c>
+      <c r="E140">
+        <v>1</v>
+      </c>
+      <c r="G140">
+        <v>42720.0</v>
+      </c>
+      <c r="H140">
+        <v>3971.84</v>
+      </c>
+      <c r="I140">
+        <v>38748.16</v>
+      </c>
+      <c r="J140" t="s">
         <v>229</v>
-      </c>
-[...19 lines deleted...]
-        <v>127</v>
       </c>
       <c r="K140" t="s">
         <v>23</v>
       </c>
       <c r="L140" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
-        <v>469</v>
+        <v>293</v>
       </c>
       <c r="B141" t="s">
         <v>230</v>
       </c>
       <c r="C141" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D141">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E141">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G141">
-        <v>284358.71</v>
+        <v>206311.0</v>
       </c>
       <c r="H141">
-        <v>34268.4</v>
+        <v>30000.0</v>
       </c>
       <c r="I141">
-        <v>250090.31</v>
+        <v>176311.0</v>
       </c>
       <c r="J141" t="s">
-        <v>231</v>
+        <v>73</v>
       </c>
       <c r="K141" t="s">
         <v>23</v>
       </c>
       <c r="L141" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
-        <v>537</v>
+        <v>360</v>
       </c>
       <c r="B142" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C142" t="s">
         <v>21</v>
       </c>
       <c r="D142">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E142">
         <v>2</v>
       </c>
       <c r="G142">
-        <v>283265.3</v>
+        <v>175040.95</v>
       </c>
       <c r="H142">
-        <v>214480.11</v>
+        <v>0.0</v>
       </c>
       <c r="I142">
-        <v>68785.19</v>
+        <v>175040.95</v>
       </c>
       <c r="J142" t="s">
-        <v>22</v>
+        <v>191</v>
       </c>
       <c r="K142" t="s">
         <v>23</v>
       </c>
       <c r="L142" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
-        <v>608</v>
+        <v>426</v>
       </c>
       <c r="B143" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C143" t="s">
         <v>21</v>
       </c>
       <c r="D143">
+        <v>3</v>
+      </c>
+      <c r="E143">
         <v>1</v>
       </c>
       <c r="G143">
-        <v>232785.7</v>
+        <v>246229.0</v>
       </c>
       <c r="H143">
-        <v>59928.18</v>
+        <v>211000.0</v>
       </c>
       <c r="I143">
-        <v>172857.52</v>
+        <v>35229.0</v>
       </c>
       <c r="J143" t="s">
-        <v>22</v>
+        <v>233</v>
       </c>
       <c r="K143" t="s">
         <v>23</v>
       </c>
       <c r="L143" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
-        <v>672</v>
+        <v>505</v>
       </c>
       <c r="B144" t="s">
         <v>234</v>
       </c>
       <c r="C144" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D144">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E144">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G144">
-        <v>130858.3</v>
+        <v>260340.0</v>
       </c>
       <c r="H144">
-        <v>2235.39</v>
+        <v>0.0</v>
       </c>
       <c r="I144">
-        <v>128622.91</v>
+        <v>260340.0</v>
       </c>
       <c r="J144" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K144" t="s">
         <v>23</v>
       </c>
       <c r="L144" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
-        <v>582</v>
+        <v>341</v>
       </c>
       <c r="B145" t="s">
         <v>235</v>
       </c>
       <c r="C145" t="s">
         <v>21</v>
       </c>
       <c r="D145">
         <v>1</v>
       </c>
       <c r="E145">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G145">
-        <v>159672.24</v>
+        <v>142718.47</v>
       </c>
       <c r="H145">
-        <v>124254.12</v>
+        <v>55527.3</v>
       </c>
       <c r="I145">
-        <v>35418.12</v>
+        <v>87191.17</v>
       </c>
       <c r="J145" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="K145" t="s">
         <v>23</v>
       </c>
       <c r="L145" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
-        <v>653</v>
+        <v>407</v>
       </c>
       <c r="B146" t="s">
         <v>236</v>
       </c>
       <c r="C146" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
       <c r="D146">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G146">
-        <v>170154.97</v>
+        <v>305209.29</v>
       </c>
       <c r="H146">
-        <v>63889.85</v>
+        <v>162245.74</v>
       </c>
       <c r="I146">
-        <v>106265.12</v>
+        <v>142963.55</v>
       </c>
       <c r="J146" t="s">
         <v>22</v>
       </c>
       <c r="K146" t="s">
         <v>23</v>
       </c>
       <c r="L146" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
-        <v>717</v>
+        <v>485</v>
       </c>
       <c r="B147" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C147" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D147">
         <v>1</v>
       </c>
       <c r="E147">
         <v>1</v>
       </c>
       <c r="G147">
-        <v>160140.01</v>
+        <v>162280.0</v>
       </c>
       <c r="H147">
-        <v>38800.0</v>
+        <v>114500.0</v>
       </c>
       <c r="I147">
-        <v>121340.01</v>
+        <v>47780.0</v>
       </c>
       <c r="J147" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K147" t="s">
         <v>23</v>
       </c>
       <c r="L147" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
-        <v>784</v>
+        <v>550</v>
       </c>
       <c r="B148" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C148" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D148">
         <v>2</v>
       </c>
       <c r="E148">
         <v>1</v>
       </c>
       <c r="G148">
-        <v>226449.14</v>
+        <v>187599.01</v>
       </c>
       <c r="H148">
-        <v>26000.0</v>
+        <v>95724.7</v>
       </c>
       <c r="I148">
-        <v>200449.14</v>
+        <v>91874.31</v>
       </c>
       <c r="J148" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K148" t="s">
         <v>23</v>
       </c>
       <c r="L148" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
-        <v>853</v>
+        <v>621</v>
       </c>
       <c r="B149" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C149" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D149">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E149">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G149">
-        <v>60886.49</v>
+        <v>166026.53</v>
       </c>
       <c r="H149">
-        <v>0.0</v>
+        <v>56667.23</v>
       </c>
       <c r="I149">
-        <v>60886.49</v>
+        <v>109359.3</v>
       </c>
       <c r="J149" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K149" t="s">
         <v>23</v>
       </c>
       <c r="L149" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
-        <v>921</v>
+        <v>685</v>
       </c>
       <c r="B150" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C150" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D150">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E150">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G150">
-        <v>108070.0</v>
+        <v>593775.96</v>
       </c>
       <c r="H150">
-        <v>0.0</v>
+        <v>98058.22</v>
       </c>
       <c r="I150">
-        <v>108070.0</v>
+        <v>495717.74</v>
       </c>
       <c r="J150" t="s">
         <v>31</v>
       </c>
       <c r="K150" t="s">
         <v>23</v>
       </c>
       <c r="L150" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
-        <v>69</v>
+        <v>749</v>
       </c>
       <c r="B151" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C151" t="s">
-        <v>242</v>
+        <v>89</v>
       </c>
       <c r="D151">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E151">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G151">
-        <v>337550.0</v>
+        <v>377395.25</v>
       </c>
       <c r="H151">
-        <v>49051.29</v>
+        <v>12523.64</v>
       </c>
       <c r="I151">
-        <v>288498.71</v>
+        <v>364871.61</v>
       </c>
       <c r="J151" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="K151" t="s">
         <v>23</v>
       </c>
       <c r="L151" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
-        <v>144</v>
+        <v>816</v>
       </c>
       <c r="B152" t="s">
         <v>243</v>
       </c>
       <c r="C152" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D152">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E152">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G152">
-        <v>388074.81</v>
+        <v>42656.63</v>
       </c>
       <c r="H152">
-        <v>110610.0</v>
+        <v>2452.55</v>
       </c>
       <c r="I152">
-        <v>277464.81</v>
+        <v>40204.08</v>
       </c>
       <c r="J152" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="K152" t="s">
         <v>23</v>
       </c>
       <c r="L152" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
-        <v>209</v>
+        <v>889</v>
       </c>
       <c r="B153" t="s">
         <v>244</v>
       </c>
       <c r="C153" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D153">
         <v>3</v>
       </c>
+      <c r="E153">
+        <v>2</v>
+      </c>
       <c r="G153">
-        <v>125380.0</v>
+        <v>201900.0</v>
       </c>
       <c r="H153">
-        <v>122900.0</v>
+        <v>75000.0</v>
       </c>
       <c r="I153">
-        <v>2480.0</v>
+        <v>126900.0</v>
       </c>
       <c r="J153" t="s">
-        <v>245</v>
+        <v>35</v>
       </c>
       <c r="K153" t="s">
         <v>23</v>
       </c>
       <c r="L153" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
-        <v>274</v>
+        <v>953</v>
       </c>
       <c r="B154" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C154" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D154">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E154">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G154">
-        <v>108827.26</v>
+        <v>55643.48</v>
       </c>
       <c r="H154">
-        <v>41261.58</v>
+        <v>0.0</v>
       </c>
       <c r="I154">
-        <v>67565.68</v>
+        <v>55643.48</v>
       </c>
       <c r="J154" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="K154" t="s">
         <v>23</v>
       </c>
       <c r="L154" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
-        <v>341</v>
+        <v>111</v>
       </c>
       <c r="B155" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C155" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D155">
         <v>1</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="G155">
-        <v>142718.47</v>
+        <v>151600.0</v>
       </c>
       <c r="H155">
-        <v>55527.3</v>
+        <v>102000.0</v>
       </c>
       <c r="I155">
-        <v>87191.17</v>
+        <v>49600.0</v>
       </c>
       <c r="J155" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="K155" t="s">
         <v>23</v>
       </c>
       <c r="L155" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
-        <v>407</v>
+        <v>177</v>
       </c>
       <c r="B156" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C156" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
+      </c>
+      <c r="E156">
+        <v>3</v>
       </c>
       <c r="G156">
-        <v>305209.29</v>
+        <v>156660.76</v>
       </c>
       <c r="H156">
-        <v>162245.74</v>
+        <v>30000.0</v>
       </c>
       <c r="I156">
-        <v>142963.55</v>
+        <v>126660.76</v>
       </c>
       <c r="J156" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="K156" t="s">
         <v>23</v>
       </c>
       <c r="L156" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
-        <v>485</v>
+        <v>241</v>
       </c>
       <c r="B157" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C157" t="s">
         <v>21</v>
       </c>
       <c r="D157">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E157">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G157">
-        <v>162280.0</v>
+        <v>538826.82</v>
       </c>
       <c r="H157">
-        <v>114500.0</v>
+        <v>10000.0</v>
       </c>
       <c r="I157">
-        <v>47780.0</v>
+        <v>528826.82</v>
       </c>
       <c r="J157" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="K157" t="s">
         <v>23</v>
       </c>
       <c r="L157" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
-        <v>550</v>
+        <v>309</v>
       </c>
       <c r="B158" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C158" t="s">
-        <v>21</v>
+        <v>168</v>
       </c>
       <c r="D158">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="G158">
-        <v>187599.01</v>
+        <v>321628.29</v>
       </c>
       <c r="H158">
-        <v>95724.7</v>
+        <v>20600.0</v>
       </c>
       <c r="I158">
-        <v>91874.31</v>
+        <v>301028.29</v>
       </c>
       <c r="J158" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="K158" t="s">
         <v>23</v>
       </c>
       <c r="L158" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
-        <v>621</v>
+        <v>374</v>
       </c>
       <c r="B159" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C159" t="s">
         <v>21</v>
       </c>
       <c r="D159">
         <v>2</v>
       </c>
       <c r="E159">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G159">
-        <v>166026.53</v>
+        <v>476614.92</v>
       </c>
       <c r="H159">
-        <v>56667.23</v>
+        <v>120068.36</v>
       </c>
       <c r="I159">
-        <v>109359.3</v>
+        <v>356546.56</v>
       </c>
       <c r="J159" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K159" t="s">
         <v>23</v>
       </c>
       <c r="L159" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
-        <v>685</v>
+        <v>439</v>
       </c>
       <c r="B160" t="s">
+        <v>251</v>
+      </c>
+      <c r="C160" t="s">
+        <v>252</v>
+      </c>
+      <c r="D160">
+        <v>2</v>
+      </c>
+      <c r="E160">
+        <v>1</v>
+      </c>
+      <c r="G160">
+        <v>257580.24</v>
+      </c>
+      <c r="H160">
+        <v>3330.75</v>
+      </c>
+      <c r="I160">
+        <v>254249.49</v>
+      </c>
+      <c r="J160" t="s">
         <v>253</v>
-      </c>
-[...19 lines deleted...]
-        <v>26</v>
       </c>
       <c r="K160" t="s">
         <v>23</v>
       </c>
       <c r="L160" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
-        <v>749</v>
+        <v>518</v>
       </c>
       <c r="B161" t="s">
         <v>254</v>
       </c>
       <c r="C161" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D161">
         <v>2</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="G161">
-        <v>377395.25</v>
+        <v>301221.27</v>
       </c>
       <c r="H161">
-        <v>12523.64</v>
+        <v>163945.0</v>
       </c>
       <c r="I161">
-        <v>364871.61</v>
+        <v>137276.27</v>
       </c>
       <c r="J161" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K161" t="s">
         <v>23</v>
       </c>
       <c r="L161" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
-        <v>816</v>
+        <v>582</v>
       </c>
       <c r="B162" t="s">
         <v>255</v>
       </c>
       <c r="C162" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D162">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E162">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G162">
-        <v>42656.63</v>
+        <v>159672.24</v>
       </c>
       <c r="H162">
-        <v>2452.55</v>
+        <v>124254.12</v>
       </c>
       <c r="I162">
-        <v>40204.08</v>
+        <v>35418.12</v>
       </c>
       <c r="J162" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K162" t="s">
         <v>23</v>
       </c>
       <c r="L162" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
-        <v>889</v>
+        <v>653</v>
       </c>
       <c r="B163" t="s">
         <v>256</v>
       </c>
       <c r="C163" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D163">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E163">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G163">
-        <v>201900.0</v>
+        <v>170154.97</v>
       </c>
       <c r="H163">
-        <v>75000.0</v>
+        <v>63889.85</v>
       </c>
       <c r="I163">
-        <v>126900.0</v>
+        <v>106265.12</v>
       </c>
       <c r="J163" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K163" t="s">
         <v>23</v>
       </c>
       <c r="L163" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
-        <v>953</v>
+        <v>717</v>
       </c>
       <c r="B164" t="s">
         <v>257</v>
       </c>
       <c r="C164" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D164">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
       <c r="G164">
-        <v>55643.48</v>
+        <v>160140.01</v>
       </c>
       <c r="H164">
-        <v>0.0</v>
+        <v>38800.0</v>
       </c>
       <c r="I164">
-        <v>55643.48</v>
+        <v>121340.01</v>
       </c>
       <c r="J164" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K164" t="s">
         <v>23</v>
       </c>
       <c r="L164" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
-        <v>111</v>
+        <v>784</v>
       </c>
       <c r="B165" t="s">
         <v>258</v>
       </c>
       <c r="C165" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D165">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E165">
         <v>1</v>
       </c>
       <c r="G165">
-        <v>151600.0</v>
+        <v>226449.14</v>
       </c>
       <c r="H165">
-        <v>102000.0</v>
+        <v>26000.0</v>
       </c>
       <c r="I165">
-        <v>49600.0</v>
+        <v>200449.14</v>
       </c>
       <c r="J165" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="K165" t="s">
         <v>23</v>
       </c>
       <c r="L165" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
-        <v>177</v>
+        <v>853</v>
       </c>
       <c r="B166" t="s">
         <v>259</v>
       </c>
       <c r="C166" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="D166">
+        <v>1</v>
       </c>
       <c r="E166">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G166">
-        <v>156660.76</v>
+        <v>60886.49</v>
       </c>
       <c r="H166">
-        <v>30000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I166">
-        <v>126660.76</v>
+        <v>60886.49</v>
       </c>
       <c r="J166" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="K166" t="s">
         <v>23</v>
       </c>
       <c r="L166" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
-        <v>241</v>
+        <v>921</v>
       </c>
       <c r="B167" t="s">
         <v>260</v>
       </c>
       <c r="C167" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D167">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E167">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G167">
-        <v>538826.82</v>
+        <v>108070.0</v>
       </c>
       <c r="H167">
-        <v>10000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I167">
-        <v>528826.82</v>
+        <v>108070.0</v>
       </c>
       <c r="J167" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="K167" t="s">
         <v>23</v>
       </c>
       <c r="L167" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
-        <v>309</v>
+        <v>69</v>
       </c>
       <c r="B168" t="s">
         <v>261</v>
       </c>
       <c r="C168" t="s">
-        <v>184</v>
+        <v>262</v>
       </c>
       <c r="D168">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E168">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G168">
-        <v>321628.29</v>
+        <v>337550.0</v>
       </c>
       <c r="H168">
-        <v>20600.0</v>
+        <v>49051.29</v>
       </c>
       <c r="I168">
-        <v>301028.29</v>
+        <v>288498.71</v>
       </c>
       <c r="J168" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="K168" t="s">
         <v>23</v>
       </c>
       <c r="L168" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
-        <v>374</v>
+        <v>144</v>
       </c>
       <c r="B169" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C169" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D169">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E169">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G169">
-        <v>476614.92</v>
+        <v>388074.81</v>
       </c>
       <c r="H169">
-        <v>120068.36</v>
+        <v>110610.0</v>
       </c>
       <c r="I169">
-        <v>356546.56</v>
+        <v>277464.81</v>
       </c>
       <c r="J169" t="s">
-        <v>171</v>
+        <v>64</v>
       </c>
       <c r="K169" t="s">
         <v>23</v>
       </c>
       <c r="L169" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
-        <v>439</v>
+        <v>209</v>
       </c>
       <c r="B170" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C170" t="s">
-        <v>264</v>
+        <v>21</v>
       </c>
       <c r="D170">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G170">
-        <v>257580.24</v>
+        <v>125380.0</v>
       </c>
       <c r="H170">
-        <v>3330.75</v>
+        <v>122900.0</v>
       </c>
       <c r="I170">
-        <v>254249.49</v>
+        <v>2480.0</v>
       </c>
       <c r="J170" t="s">
         <v>265</v>
       </c>
       <c r="K170" t="s">
         <v>23</v>
       </c>
       <c r="L170" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
-        <v>518</v>
+        <v>274</v>
       </c>
       <c r="B171" t="s">
         <v>266</v>
       </c>
       <c r="C171" t="s">
         <v>21</v>
       </c>
       <c r="D171">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E171">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G171">
-        <v>301221.27</v>
+        <v>108827.26</v>
       </c>
       <c r="H171">
-        <v>163945.0</v>
+        <v>41261.58</v>
       </c>
       <c r="I171">
-        <v>137276.27</v>
+        <v>67565.68</v>
       </c>
       <c r="J171" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="K171" t="s">
         <v>23</v>
       </c>
       <c r="L171" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
-        <v>354</v>
+        <v>190</v>
       </c>
       <c r="B172" t="s">
         <v>267</v>
       </c>
       <c r="C172" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D172">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
       <c r="G172">
-        <v>209500.0</v>
+        <v>57140.77</v>
       </c>
       <c r="H172">
-        <v>101300.0</v>
+        <v>50989.93</v>
       </c>
       <c r="I172">
-        <v>108200.0</v>
+        <v>6150.84</v>
       </c>
       <c r="J172" t="s">
         <v>122</v>
       </c>
       <c r="K172" t="s">
         <v>23</v>
       </c>
       <c r="L172" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
-        <v>420</v>
+        <v>255</v>
       </c>
       <c r="B173" t="s">
         <v>268</v>
       </c>
       <c r="C173" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D173">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E173">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G173">
-        <v>348098.47</v>
+        <v>111943.76</v>
       </c>
       <c r="H173">
-        <v>34819.11</v>
+        <v>74227.91</v>
       </c>
       <c r="I173">
-        <v>313279.36</v>
+        <v>37715.85</v>
       </c>
       <c r="J173" t="s">
-        <v>269</v>
+        <v>73</v>
       </c>
       <c r="K173" t="s">
         <v>23</v>
       </c>
       <c r="L173" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
-        <v>499</v>
+        <v>322</v>
       </c>
       <c r="B174" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C174" t="s">
         <v>21</v>
       </c>
       <c r="D174">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E174">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G174">
-        <v>234205.61</v>
+        <v>89269.3</v>
       </c>
       <c r="H174">
-        <v>18357.98</v>
+        <v>63227.95</v>
       </c>
       <c r="I174">
-        <v>215847.63</v>
+        <v>26041.35</v>
       </c>
       <c r="J174" t="s">
-        <v>22</v>
+        <v>270</v>
       </c>
       <c r="K174" t="s">
         <v>23</v>
       </c>
       <c r="L174" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
-        <v>563</v>
+        <v>388</v>
       </c>
       <c r="B175" t="s">
         <v>271</v>
       </c>
       <c r="C175" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="G175">
-        <v>85042.36</v>
+        <v>41300.11</v>
       </c>
       <c r="H175">
-        <v>2301.44</v>
+        <v>59558.78</v>
       </c>
       <c r="I175">
-        <v>82740.92</v>
+        <v>-18258.67</v>
       </c>
       <c r="J175" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="K175" t="s">
         <v>23</v>
       </c>
       <c r="L175" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
-        <v>634</v>
+        <v>463</v>
       </c>
       <c r="B176" t="s">
         <v>272</v>
       </c>
       <c r="C176" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="D176">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E176">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G176">
-        <v>285211.93</v>
+        <v>411500.0</v>
       </c>
       <c r="H176">
-        <v>204889.45</v>
+        <v>159000.0</v>
       </c>
       <c r="I176">
-        <v>80322.48</v>
+        <v>252500.0</v>
       </c>
       <c r="J176" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="K176" t="s">
         <v>23</v>
       </c>
       <c r="L176" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
-        <v>698</v>
+        <v>531</v>
       </c>
       <c r="B177" t="s">
         <v>273</v>
       </c>
       <c r="C177" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D177">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E177">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G177">
-        <v>275735.32</v>
+        <v>321513.31</v>
       </c>
       <c r="H177">
-        <v>103210.2</v>
+        <v>84.72</v>
       </c>
       <c r="I177">
-        <v>172525.12</v>
+        <v>321428.59</v>
       </c>
       <c r="J177" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K177" t="s">
         <v>23</v>
       </c>
       <c r="L177" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
-        <v>762</v>
+        <v>601</v>
       </c>
       <c r="B178" t="s">
         <v>274</v>
       </c>
       <c r="C178" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D178">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G178">
-        <v>218462.63</v>
+        <v>76491.31</v>
       </c>
       <c r="H178">
-        <v>110960.62</v>
+        <v>17306.11</v>
       </c>
       <c r="I178">
-        <v>107502.01</v>
+        <v>59185.2</v>
       </c>
       <c r="J178" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K178" t="s">
         <v>23</v>
       </c>
       <c r="L178" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
-        <v>829</v>
+        <v>666</v>
       </c>
       <c r="B179" t="s">
         <v>275</v>
       </c>
       <c r="C179" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D179">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E179">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G179">
-        <v>329532.38</v>
+        <v>236800.0</v>
       </c>
       <c r="H179">
-        <v>103549.29</v>
+        <v>500.0</v>
       </c>
       <c r="I179">
-        <v>225983.09</v>
+        <v>236300.0</v>
       </c>
       <c r="J179" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="K179" t="s">
         <v>23</v>
       </c>
       <c r="L179" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
-        <v>902</v>
+        <v>730</v>
       </c>
       <c r="B180" t="s">
         <v>276</v>
       </c>
       <c r="C180" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D180">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="E180">
         <v>1</v>
       </c>
       <c r="G180">
-        <v>178906.44</v>
+        <v>141949.13</v>
       </c>
       <c r="H180">
-        <v>0.0</v>
+        <v>24029.06</v>
       </c>
       <c r="I180">
-        <v>178906.44</v>
+        <v>117920.07</v>
       </c>
       <c r="J180" t="s">
         <v>31</v>
       </c>
       <c r="K180" t="s">
         <v>23</v>
       </c>
       <c r="L180" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
-        <v>25</v>
+        <v>797</v>
       </c>
       <c r="B181" t="s">
         <v>277</v>
       </c>
       <c r="C181" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G181">
-        <v>386205.19</v>
+        <v>5000.0</v>
       </c>
       <c r="H181">
-        <v>55648.52</v>
+        <v>0.0</v>
       </c>
       <c r="I181">
-        <v>330556.67</v>
+        <v>5000.0</v>
       </c>
       <c r="J181" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K181" t="s">
         <v>23</v>
       </c>
       <c r="L181" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
-        <v>966</v>
+        <v>870</v>
       </c>
       <c r="B182" t="s">
         <v>278</v>
       </c>
       <c r="C182" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D182">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E182">
         <v>1</v>
       </c>
       <c r="G182">
-        <v>136571.42</v>
+        <v>189036.84</v>
       </c>
       <c r="H182">
-        <v>2936.72</v>
+        <v>23828.07</v>
       </c>
       <c r="I182">
-        <v>133634.7</v>
+        <v>165208.77</v>
       </c>
       <c r="J182" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="K182" t="s">
         <v>23</v>
       </c>
       <c r="L182" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
-        <v>124</v>
+        <v>934</v>
       </c>
       <c r="B183" t="s">
         <v>279</v>
       </c>
       <c r="C183" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D183">
         <v>1</v>
       </c>
       <c r="E183">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G183">
-        <v>93821.4</v>
+        <v>67530.12</v>
       </c>
       <c r="H183">
-        <v>46965.31</v>
+        <v>9400.0</v>
       </c>
       <c r="I183">
-        <v>46856.09</v>
+        <v>58130.12</v>
       </c>
       <c r="J183" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K183" t="s">
         <v>23</v>
       </c>
       <c r="L183" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
-        <v>190</v>
+        <v>91</v>
       </c>
       <c r="B184" t="s">
         <v>280</v>
       </c>
       <c r="C184" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D184">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E184">
         <v>1</v>
       </c>
       <c r="G184">
-        <v>57140.77</v>
+        <v>16156.0</v>
       </c>
       <c r="H184">
-        <v>50989.93</v>
+        <v>0.0</v>
       </c>
       <c r="I184">
-        <v>6150.84</v>
+        <v>16156.0</v>
       </c>
       <c r="J184" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K184" t="s">
         <v>23</v>
       </c>
       <c r="L184" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
-        <v>255</v>
+        <v>157</v>
       </c>
       <c r="B185" t="s">
         <v>281</v>
       </c>
       <c r="C185" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="E185">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G185">
-        <v>111943.76</v>
+        <v>35000.0</v>
       </c>
       <c r="H185">
-        <v>74227.91</v>
+        <v>0.0</v>
       </c>
       <c r="I185">
-        <v>37715.85</v>
+        <v>35000.0</v>
       </c>
       <c r="J185" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="K185" t="s">
         <v>23</v>
       </c>
       <c r="L185" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
-        <v>322</v>
+        <v>222</v>
       </c>
       <c r="B186" t="s">
         <v>282</v>
       </c>
       <c r="C186" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D186">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E186">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G186">
-        <v>89269.3</v>
+        <v>273983.63</v>
       </c>
       <c r="H186">
-        <v>63227.95</v>
+        <v>36600.0</v>
       </c>
       <c r="I186">
-        <v>26041.35</v>
+        <v>237383.63</v>
       </c>
       <c r="J186" t="s">
         <v>283</v>
       </c>
       <c r="K186" t="s">
         <v>23</v>
       </c>
       <c r="L186" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
-        <v>388</v>
+        <v>287</v>
       </c>
       <c r="B187" t="s">
         <v>284</v>
       </c>
       <c r="C187" t="s">
-        <v>97</v>
+        <v>21</v>
+      </c>
+      <c r="D187">
+        <v>4</v>
       </c>
       <c r="E187">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G187">
-        <v>41300.11</v>
+        <v>322153.11</v>
       </c>
       <c r="H187">
-        <v>59558.78</v>
+        <v>194093.51</v>
       </c>
       <c r="I187">
-        <v>-18258.67</v>
+        <v>128059.6</v>
       </c>
       <c r="J187" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K187" t="s">
         <v>23</v>
       </c>
       <c r="L187" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
-        <v>463</v>
+        <v>354</v>
       </c>
       <c r="B188" t="s">
         <v>285</v>
       </c>
       <c r="C188" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="D188">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E188">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G188">
-        <v>411500.0</v>
+        <v>209500.0</v>
       </c>
       <c r="H188">
-        <v>159000.0</v>
+        <v>101300.0</v>
       </c>
       <c r="I188">
-        <v>252500.0</v>
+        <v>108200.0</v>
       </c>
       <c r="J188" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K188" t="s">
         <v>23</v>
       </c>
       <c r="L188" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
-        <v>531</v>
+        <v>420</v>
       </c>
       <c r="B189" t="s">
         <v>286</v>
       </c>
       <c r="C189" t="s">
         <v>21</v>
       </c>
       <c r="D189">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E189">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G189">
-        <v>321513.31</v>
+        <v>348098.47</v>
       </c>
       <c r="H189">
-        <v>84.72</v>
+        <v>34819.11</v>
       </c>
       <c r="I189">
-        <v>321428.59</v>
+        <v>313279.36</v>
       </c>
       <c r="J189" t="s">
-        <v>22</v>
+        <v>287</v>
       </c>
       <c r="K189" t="s">
         <v>23</v>
       </c>
       <c r="L189" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
-        <v>601</v>
+        <v>499</v>
       </c>
       <c r="B190" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C190" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D190">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E190">
+        <v>2</v>
       </c>
       <c r="G190">
-        <v>76491.31</v>
+        <v>234205.61</v>
       </c>
       <c r="H190">
-        <v>17306.11</v>
+        <v>18357.98</v>
       </c>
       <c r="I190">
-        <v>59185.2</v>
+        <v>215847.63</v>
       </c>
       <c r="J190" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K190" t="s">
         <v>23</v>
       </c>
       <c r="L190" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
-        <v>666</v>
+        <v>563</v>
       </c>
       <c r="B191" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C191" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="E191">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G191">
-        <v>236800.0</v>
+        <v>85042.36</v>
       </c>
       <c r="H191">
-        <v>500.0</v>
+        <v>2301.44</v>
       </c>
       <c r="I191">
-        <v>236300.0</v>
+        <v>82740.92</v>
       </c>
       <c r="J191" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="K191" t="s">
         <v>23</v>
       </c>
       <c r="L191" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
-        <v>730</v>
+        <v>634</v>
       </c>
       <c r="B192" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C192" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="D192">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E192">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G192">
-        <v>141949.13</v>
+        <v>285211.93</v>
       </c>
       <c r="H192">
-        <v>24029.06</v>
+        <v>204889.45</v>
       </c>
       <c r="I192">
-        <v>117920.07</v>
+        <v>80322.48</v>
       </c>
       <c r="J192" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K192" t="s">
         <v>23</v>
       </c>
       <c r="L192" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
-        <v>797</v>
+        <v>698</v>
       </c>
       <c r="B193" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C193" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D193">
+        <v>2</v>
+      </c>
+      <c r="E193">
+        <v>6</v>
       </c>
       <c r="G193">
-        <v>5000.0</v>
+        <v>275735.32</v>
       </c>
       <c r="H193">
-        <v>0.0</v>
+        <v>103210.2</v>
       </c>
       <c r="I193">
-        <v>5000.0</v>
+        <v>172525.12</v>
       </c>
       <c r="J193" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="K193" t="s">
         <v>23</v>
       </c>
       <c r="L193" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
-        <v>870</v>
+        <v>762</v>
       </c>
       <c r="B194" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C194" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D194">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="G194">
-        <v>189036.84</v>
+        <v>218462.63</v>
       </c>
       <c r="H194">
-        <v>23828.07</v>
+        <v>110960.62</v>
       </c>
       <c r="I194">
-        <v>165208.77</v>
+        <v>107502.01</v>
       </c>
       <c r="J194" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K194" t="s">
         <v>23</v>
       </c>
       <c r="L194" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
-        <v>934</v>
+        <v>829</v>
       </c>
       <c r="B195" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C195" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D195">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E195">
         <v>2</v>
       </c>
       <c r="G195">
-        <v>67530.12</v>
+        <v>329532.38</v>
       </c>
       <c r="H195">
-        <v>9400.0</v>
+        <v>103549.29</v>
       </c>
       <c r="I195">
-        <v>58130.12</v>
+        <v>225983.09</v>
       </c>
       <c r="J195" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K195" t="s">
         <v>23</v>
       </c>
       <c r="L195" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
-        <v>91</v>
+        <v>902</v>
       </c>
       <c r="B196" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C196" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D196">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="E196">
         <v>1</v>
       </c>
       <c r="G196">
-        <v>16156.0</v>
+        <v>178906.44</v>
       </c>
       <c r="H196">
         <v>0.0</v>
       </c>
       <c r="I196">
-        <v>16156.0</v>
+        <v>178906.44</v>
       </c>
       <c r="J196" t="s">
-        <v>113</v>
+        <v>59</v>
       </c>
       <c r="K196" t="s">
         <v>23</v>
       </c>
       <c r="L196" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
-        <v>157</v>
+        <v>25</v>
       </c>
       <c r="B197" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C197" t="s">
-        <v>36</v>
+        <v>21</v>
+      </c>
+      <c r="D197">
+        <v>5</v>
       </c>
       <c r="E197">
         <v>1</v>
       </c>
       <c r="G197">
-        <v>35000.0</v>
+        <v>386205.19</v>
       </c>
       <c r="H197">
-        <v>0.0</v>
+        <v>55648.52</v>
       </c>
       <c r="I197">
-        <v>35000.0</v>
+        <v>330556.67</v>
       </c>
       <c r="J197" t="s">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c r="K197" t="s">
         <v>23</v>
       </c>
       <c r="L197" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
-        <v>222</v>
+        <v>966</v>
       </c>
       <c r="B198" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C198" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D198">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E198">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G198">
-        <v>273983.63</v>
+        <v>136571.42</v>
       </c>
       <c r="H198">
-        <v>36600.0</v>
+        <v>2936.72</v>
       </c>
       <c r="I198">
-        <v>237383.63</v>
+        <v>133634.7</v>
       </c>
       <c r="J198" t="s">
-        <v>296</v>
+        <v>37</v>
       </c>
       <c r="K198" t="s">
         <v>23</v>
       </c>
       <c r="L198" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
-        <v>287</v>
+        <v>124</v>
       </c>
       <c r="B199" t="s">
         <v>297</v>
       </c>
       <c r="C199" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D199">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E199">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G199">
-        <v>322153.11</v>
+        <v>93821.4</v>
       </c>
       <c r="H199">
-        <v>194093.51</v>
+        <v>46965.31</v>
       </c>
       <c r="I199">
-        <v>128059.6</v>
+        <v>46856.09</v>
       </c>
       <c r="J199" t="s">
         <v>120</v>
       </c>
       <c r="K199" t="s">
         <v>23</v>
       </c>
       <c r="L199" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
-        <v>203</v>
+        <v>810</v>
       </c>
       <c r="B200" t="s">
         <v>298</v>
       </c>
       <c r="C200" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="D200">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E200">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G200">
-        <v>455780.78</v>
+        <v>143772.0</v>
       </c>
       <c r="H200">
-        <v>104792.99</v>
+        <v>98051.55</v>
       </c>
       <c r="I200">
-        <v>350987.79</v>
+        <v>45720.45</v>
       </c>
       <c r="J200" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="K200" t="s">
         <v>23</v>
       </c>
       <c r="L200" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
-        <v>268</v>
+        <v>883</v>
       </c>
       <c r="B201" t="s">
         <v>299</v>
       </c>
       <c r="C201" t="s">
-        <v>300</v>
+        <v>26</v>
       </c>
       <c r="D201">
         <v>1</v>
       </c>
       <c r="E201">
         <v>1</v>
       </c>
       <c r="G201">
-        <v>129844.26</v>
+        <v>251290.34</v>
       </c>
       <c r="H201">
-        <v>149948.93</v>
+        <v>126612.4</v>
       </c>
       <c r="I201">
-        <v>-20104.67</v>
+        <v>124677.94</v>
       </c>
       <c r="J201" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="K201" t="s">
         <v>23</v>
       </c>
       <c r="L201" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
-        <v>335</v>
+        <v>947</v>
       </c>
       <c r="B202" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C202" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D202">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E202">
         <v>1</v>
       </c>
       <c r="G202">
-        <v>141108.69</v>
+        <v>164945.66</v>
       </c>
       <c r="H202">
-        <v>42120.89</v>
+        <v>63859.48</v>
       </c>
       <c r="I202">
-        <v>98987.8</v>
+        <v>101086.18</v>
       </c>
       <c r="J202" t="s">
-        <v>125</v>
+        <v>37</v>
       </c>
       <c r="K202" t="s">
         <v>23</v>
       </c>
       <c r="L202" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
-        <v>401</v>
+        <v>104</v>
       </c>
       <c r="B203" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C203" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D203">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E203">
         <v>1</v>
       </c>
       <c r="G203">
-        <v>355760.0</v>
+        <v>220365.0</v>
       </c>
       <c r="H203">
-        <v>80000.0</v>
+        <v>72459.55</v>
       </c>
       <c r="I203">
-        <v>275760.0</v>
+        <v>147905.45</v>
       </c>
       <c r="J203" t="s">
-        <v>303</v>
+        <v>125</v>
       </c>
       <c r="K203" t="s">
         <v>23</v>
       </c>
       <c r="L203" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
-        <v>479</v>
+        <v>171</v>
       </c>
       <c r="B204" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C204" t="s">
         <v>21</v>
       </c>
       <c r="D204">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E204">
         <v>1</v>
       </c>
       <c r="G204">
-        <v>354226.0</v>
+        <v>335336.37</v>
       </c>
       <c r="H204">
-        <v>180641.13</v>
+        <v>83745.2</v>
       </c>
       <c r="I204">
-        <v>173584.87</v>
+        <v>251591.17</v>
       </c>
       <c r="J204" t="s">
-        <v>22</v>
+        <v>303</v>
       </c>
       <c r="K204" t="s">
         <v>23</v>
       </c>
       <c r="L204" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
-        <v>544</v>
+        <v>235</v>
       </c>
       <c r="B205" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C205" t="s">
         <v>21</v>
       </c>
       <c r="D205">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G205">
-        <v>220011.86</v>
+        <v>301364.0</v>
       </c>
       <c r="H205">
-        <v>73843.0</v>
+        <v>0.0</v>
       </c>
       <c r="I205">
-        <v>146168.86</v>
+        <v>301364.0</v>
       </c>
       <c r="J205" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K205" t="s">
         <v>23</v>
       </c>
       <c r="L205" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
-        <v>615</v>
+        <v>300</v>
       </c>
       <c r="B206" t="s">
         <v>306</v>
       </c>
       <c r="C206" t="s">
         <v>21</v>
       </c>
       <c r="D206">
         <v>2</v>
       </c>
       <c r="E206">
         <v>1</v>
       </c>
       <c r="G206">
-        <v>198990.0</v>
+        <v>228374.43</v>
       </c>
       <c r="H206">
-        <v>50444.0</v>
+        <v>53949.67</v>
       </c>
       <c r="I206">
-        <v>148546.0</v>
+        <v>174424.76</v>
       </c>
       <c r="J206" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K206" t="s">
         <v>23</v>
       </c>
       <c r="L206" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
-        <v>679</v>
+        <v>367</v>
       </c>
       <c r="B207" t="s">
         <v>307</v>
       </c>
       <c r="C207" t="s">
         <v>21</v>
       </c>
       <c r="D207">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E207">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G207">
-        <v>30411.0</v>
+        <v>86107.86</v>
       </c>
       <c r="H207">
-        <v>87171.0</v>
+        <v>34613.14</v>
       </c>
       <c r="I207">
-        <v>-56760.0</v>
+        <v>51494.72</v>
       </c>
       <c r="J207" t="s">
-        <v>105</v>
+        <v>308</v>
       </c>
       <c r="K207" t="s">
         <v>23</v>
       </c>
       <c r="L207" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
-        <v>743</v>
+        <v>433</v>
       </c>
       <c r="B208" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C208" t="s">
         <v>21</v>
       </c>
       <c r="D208">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E208">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G208">
-        <v>346433.35</v>
+        <v>371801.41</v>
       </c>
       <c r="H208">
-        <v>0.0</v>
+        <v>34859.79</v>
       </c>
       <c r="I208">
-        <v>346433.35</v>
+        <v>336941.62</v>
       </c>
       <c r="J208" t="s">
-        <v>26</v>
+        <v>310</v>
       </c>
       <c r="K208" t="s">
         <v>23</v>
       </c>
       <c r="L208" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
-        <v>810</v>
+        <v>512</v>
       </c>
       <c r="B209" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C209" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D209">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E209">
         <v>0</v>
       </c>
       <c r="G209">
-        <v>143772.0</v>
+        <v>40333.18</v>
       </c>
       <c r="H209">
-        <v>98051.55</v>
+        <v>88473.82</v>
       </c>
       <c r="I209">
-        <v>45720.45</v>
+        <v>-48140.64</v>
       </c>
       <c r="J209" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K209" t="s">
         <v>23</v>
       </c>
       <c r="L209" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
-        <v>883</v>
+        <v>576</v>
       </c>
       <c r="B210" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C210" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D210">
         <v>1</v>
       </c>
       <c r="E210">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G210">
-        <v>251290.34</v>
+        <v>149103.14</v>
       </c>
       <c r="H210">
-        <v>126612.4</v>
+        <v>65765.79</v>
       </c>
       <c r="I210">
-        <v>124677.94</v>
+        <v>83337.35</v>
       </c>
       <c r="J210" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K210" t="s">
         <v>23</v>
       </c>
       <c r="L210" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
-        <v>947</v>
+        <v>647</v>
       </c>
       <c r="B211" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C211" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D211">
         <v>2</v>
       </c>
       <c r="E211">
         <v>1</v>
       </c>
       <c r="G211">
-        <v>164945.66</v>
+        <v>179638.0</v>
       </c>
       <c r="H211">
-        <v>63859.48</v>
+        <v>60000.0</v>
       </c>
       <c r="I211">
-        <v>101086.18</v>
+        <v>119638.0</v>
       </c>
       <c r="J211" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="K211" t="s">
         <v>23</v>
       </c>
       <c r="L211" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
-        <v>104</v>
+        <v>711</v>
       </c>
       <c r="B212" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C212" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D212">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E212">
         <v>1</v>
       </c>
       <c r="G212">
-        <v>220365.0</v>
+        <v>144331.77</v>
       </c>
       <c r="H212">
-        <v>72459.55</v>
+        <v>98585.57</v>
       </c>
       <c r="I212">
-        <v>147905.45</v>
+        <v>45746.2</v>
       </c>
       <c r="J212" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="K212" t="s">
         <v>23</v>
       </c>
       <c r="L212" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
-        <v>171</v>
+        <v>778</v>
       </c>
       <c r="B213" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C213" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D213">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E213">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G213">
-        <v>335336.37</v>
+        <v>78993.15</v>
       </c>
       <c r="H213">
-        <v>83745.2</v>
+        <v>32632.35</v>
       </c>
       <c r="I213">
-        <v>251591.17</v>
+        <v>46360.8</v>
       </c>
       <c r="J213" t="s">
-        <v>314</v>
+        <v>31</v>
       </c>
       <c r="K213" t="s">
         <v>23</v>
       </c>
       <c r="L213" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
-        <v>235</v>
+        <v>844</v>
       </c>
       <c r="B214" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C214" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D214">
-        <v>9</v>
+        <v>5</v>
+      </c>
+      <c r="E214">
+        <v>2</v>
       </c>
       <c r="G214">
-        <v>301364.0</v>
+        <v>562039.35</v>
       </c>
       <c r="H214">
-        <v>0.0</v>
+        <v>194760.89</v>
       </c>
       <c r="I214">
-        <v>301364.0</v>
+        <v>367278.46</v>
       </c>
       <c r="J214" t="s">
-        <v>316</v>
+        <v>57</v>
       </c>
       <c r="K214" t="s">
         <v>23</v>
       </c>
       <c r="L214" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
-        <v>300</v>
+        <v>915</v>
       </c>
       <c r="B215" t="s">
         <v>317</v>
       </c>
       <c r="C215" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D215">
         <v>2</v>
       </c>
       <c r="E215">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G215">
-        <v>228374.43</v>
+        <v>488652.75</v>
       </c>
       <c r="H215">
-        <v>53949.67</v>
+        <v>127031.68</v>
       </c>
       <c r="I215">
-        <v>174424.76</v>
+        <v>361621.07</v>
       </c>
       <c r="J215" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="K215" t="s">
         <v>23</v>
       </c>
       <c r="L215" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
-        <v>367</v>
+        <v>51</v>
       </c>
       <c r="B216" t="s">
         <v>318</v>
       </c>
       <c r="C216" t="s">
-        <v>36</v>
+        <v>319</v>
       </c>
       <c r="D216">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E216">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G216">
-        <v>86107.86</v>
+        <v>410739.01</v>
       </c>
       <c r="H216">
-        <v>34613.14</v>
+        <v>10402.03</v>
       </c>
       <c r="I216">
-        <v>51494.72</v>
+        <v>400336.98</v>
       </c>
       <c r="J216" t="s">
-        <v>319</v>
+        <v>116</v>
       </c>
       <c r="K216" t="s">
         <v>23</v>
       </c>
       <c r="L216" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
-        <v>433</v>
+        <v>138</v>
       </c>
       <c r="B217" t="s">
         <v>320</v>
       </c>
       <c r="C217" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D217">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E217">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G217">
-        <v>371801.41</v>
+        <v>49310.0</v>
       </c>
       <c r="H217">
-        <v>34859.79</v>
+        <v>6917.6</v>
       </c>
       <c r="I217">
-        <v>336941.62</v>
+        <v>42392.4</v>
       </c>
       <c r="J217" t="s">
-        <v>321</v>
+        <v>148</v>
       </c>
       <c r="K217" t="s">
         <v>23</v>
       </c>
       <c r="L217" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
-        <v>512</v>
+        <v>203</v>
       </c>
       <c r="B218" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C218" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="D218">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E218">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G218">
-        <v>40333.18</v>
+        <v>455780.78</v>
       </c>
       <c r="H218">
-        <v>88473.82</v>
+        <v>104792.99</v>
       </c>
       <c r="I218">
-        <v>-48140.64</v>
+        <v>350987.79</v>
       </c>
       <c r="J218" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="K218" t="s">
         <v>23</v>
       </c>
       <c r="L218" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
-        <v>576</v>
+        <v>268</v>
       </c>
       <c r="B219" t="s">
+        <v>322</v>
+      </c>
+      <c r="C219" t="s">
         <v>323</v>
       </c>
-      <c r="C219" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D219">
         <v>1</v>
       </c>
       <c r="E219">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G219">
-        <v>149103.14</v>
+        <v>129844.26</v>
       </c>
       <c r="H219">
-        <v>65765.79</v>
+        <v>149948.93</v>
       </c>
       <c r="I219">
-        <v>83337.35</v>
+        <v>-20104.67</v>
       </c>
       <c r="J219" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="K219" t="s">
         <v>23</v>
       </c>
       <c r="L219" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
-        <v>647</v>
+        <v>335</v>
       </c>
       <c r="B220" t="s">
         <v>324</v>
       </c>
       <c r="C220" t="s">
         <v>21</v>
       </c>
       <c r="D220">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E220">
         <v>1</v>
       </c>
       <c r="G220">
-        <v>179638.0</v>
+        <v>141108.69</v>
       </c>
       <c r="H220">
-        <v>60000.0</v>
+        <v>42120.89</v>
       </c>
       <c r="I220">
-        <v>119638.0</v>
+        <v>98987.8</v>
       </c>
       <c r="J220" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="K220" t="s">
         <v>23</v>
       </c>
       <c r="L220" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
-        <v>711</v>
+        <v>401</v>
       </c>
       <c r="B221" t="s">
         <v>325</v>
       </c>
       <c r="C221" t="s">
         <v>21</v>
       </c>
       <c r="D221">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E221">
         <v>1</v>
       </c>
       <c r="G221">
-        <v>144331.77</v>
+        <v>355760.0</v>
       </c>
       <c r="H221">
-        <v>98585.57</v>
+        <v>80000.0</v>
       </c>
       <c r="I221">
-        <v>45746.2</v>
+        <v>275760.0</v>
       </c>
       <c r="J221" t="s">
-        <v>26</v>
+        <v>326</v>
       </c>
       <c r="K221" t="s">
         <v>23</v>
       </c>
       <c r="L221" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
-        <v>778</v>
+        <v>479</v>
       </c>
       <c r="B222" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C222" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D222">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E222">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G222">
-        <v>78993.15</v>
+        <v>354226.0</v>
       </c>
       <c r="H222">
-        <v>32632.35</v>
+        <v>180641.13</v>
       </c>
       <c r="I222">
-        <v>46360.8</v>
+        <v>173584.87</v>
       </c>
       <c r="J222" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K222" t="s">
         <v>23</v>
       </c>
       <c r="L222" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
-        <v>844</v>
+        <v>544</v>
       </c>
       <c r="B223" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C223" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D223">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E223">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G223">
-        <v>562039.35</v>
+        <v>220011.86</v>
       </c>
       <c r="H223">
-        <v>194760.89</v>
+        <v>73843.0</v>
       </c>
       <c r="I223">
-        <v>367278.46</v>
+        <v>146168.86</v>
       </c>
       <c r="J223" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K223" t="s">
         <v>23</v>
       </c>
       <c r="L223" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
-        <v>915</v>
+        <v>615</v>
       </c>
       <c r="B224" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C224" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D224">
         <v>2</v>
       </c>
       <c r="E224">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G224">
-        <v>488652.75</v>
+        <v>198990.0</v>
       </c>
       <c r="H224">
-        <v>127031.68</v>
+        <v>50444.0</v>
       </c>
       <c r="I224">
-        <v>361621.07</v>
+        <v>148546.0</v>
       </c>
       <c r="J224" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K224" t="s">
         <v>23</v>
       </c>
       <c r="L224" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
-        <v>51</v>
+        <v>679</v>
       </c>
       <c r="B225" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C225" t="s">
-        <v>330</v>
+        <v>26</v>
       </c>
       <c r="D225">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E225">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G225">
-        <v>410739.01</v>
+        <v>30411.0</v>
       </c>
       <c r="H225">
-        <v>10402.03</v>
+        <v>87171.0</v>
       </c>
       <c r="I225">
-        <v>400336.98</v>
+        <v>-56760.0</v>
       </c>
       <c r="J225" t="s">
         <v>85</v>
       </c>
       <c r="K225" t="s">
         <v>23</v>
       </c>
       <c r="L225" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
-        <v>138</v>
+        <v>743</v>
       </c>
       <c r="B226" t="s">
         <v>331</v>
       </c>
       <c r="C226" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D226">
         <v>1</v>
       </c>
       <c r="E226">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G226">
-        <v>49310.0</v>
+        <v>346433.35</v>
       </c>
       <c r="H226">
-        <v>6917.6</v>
+        <v>0.0</v>
       </c>
       <c r="I226">
-        <v>42392.4</v>
+        <v>346433.35</v>
       </c>
       <c r="J226" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="K226" t="s">
         <v>23</v>
       </c>
       <c r="L226" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
-        <v>896</v>
+        <v>660</v>
       </c>
       <c r="B227" t="s">
         <v>332</v>
       </c>
       <c r="C227" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D227">
         <v>4</v>
       </c>
       <c r="E227">
         <v>2</v>
       </c>
       <c r="G227">
-        <v>319632.25</v>
+        <v>285219.93</v>
       </c>
       <c r="H227">
-        <v>72111.69</v>
+        <v>26344.38</v>
       </c>
       <c r="I227">
-        <v>247520.56</v>
+        <v>258875.55</v>
       </c>
       <c r="J227" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="K227" t="s">
         <v>23</v>
       </c>
       <c r="L227" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
-        <v>17</v>
+        <v>724</v>
       </c>
       <c r="B228" t="s">
         <v>333</v>
       </c>
       <c r="C228" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="D228">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E228">
         <v>2</v>
       </c>
       <c r="G228">
-        <v>198347.2</v>
+        <v>283670.16</v>
       </c>
       <c r="H228">
-        <v>148934.77</v>
+        <v>61920.13</v>
       </c>
       <c r="I228">
-        <v>49412.43</v>
+        <v>221750.03</v>
       </c>
       <c r="J228" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K228" t="s">
         <v>23</v>
       </c>
       <c r="L228" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
-        <v>960</v>
+        <v>791</v>
       </c>
       <c r="B229" t="s">
         <v>334</v>
       </c>
       <c r="C229" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D229">
         <v>2</v>
       </c>
       <c r="E229">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G229">
-        <v>82223.55</v>
+        <v>280368.68</v>
       </c>
       <c r="H229">
-        <v>78422.0</v>
+        <v>150536.3</v>
       </c>
       <c r="I229">
-        <v>3801.55</v>
+        <v>129832.38</v>
       </c>
       <c r="J229" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K229" t="s">
         <v>23</v>
       </c>
       <c r="L229" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
-        <v>118</v>
+        <v>864</v>
       </c>
       <c r="B230" t="s">
-        <v>335</v>
+        <v>164</v>
       </c>
       <c r="C230" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D230">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E230">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G230">
-        <v>434533.7</v>
+        <v>128611.05</v>
       </c>
       <c r="H230">
-        <v>206592.54</v>
+        <v>95361.63</v>
       </c>
       <c r="I230">
-        <v>227941.16</v>
+        <v>33249.42</v>
       </c>
       <c r="J230" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="K230" t="s">
         <v>23</v>
       </c>
       <c r="L230" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
-        <v>184</v>
+        <v>928</v>
       </c>
       <c r="B231" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C231" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D231">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E231">
         <v>1</v>
       </c>
       <c r="G231">
-        <v>153684.97</v>
+        <v>141764.57</v>
       </c>
       <c r="H231">
-        <v>4914.32</v>
+        <v>59643.41</v>
       </c>
       <c r="I231">
-        <v>148770.65</v>
+        <v>82121.16</v>
       </c>
       <c r="J231" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="K231" t="s">
         <v>23</v>
       </c>
       <c r="L231" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
-        <v>248</v>
+        <v>85</v>
       </c>
       <c r="B232" t="s">
+        <v>336</v>
+      </c>
+      <c r="C232" t="s">
         <v>337</v>
       </c>
-      <c r="C232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D232">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E232">
         <v>1</v>
       </c>
       <c r="G232">
-        <v>112034.63</v>
+        <v>286004.19</v>
       </c>
       <c r="H232">
-        <v>20460.16</v>
+        <v>42815.41</v>
       </c>
       <c r="I232">
-        <v>91574.47</v>
+        <v>243188.78</v>
       </c>
       <c r="J232" t="s">
         <v>93</v>
       </c>
       <c r="K232" t="s">
         <v>23</v>
       </c>
       <c r="L232" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
-        <v>316</v>
+        <v>151</v>
       </c>
       <c r="B233" t="s">
         <v>338</v>
       </c>
       <c r="C233" t="s">
-        <v>339</v>
+        <v>21</v>
       </c>
       <c r="D233">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E233">
+        <v>2</v>
       </c>
       <c r="G233">
-        <v>289288.0</v>
+        <v>118699.0</v>
       </c>
       <c r="H233">
-        <v>106381.0</v>
+        <v>81409.5</v>
       </c>
       <c r="I233">
-        <v>182907.0</v>
+        <v>37289.5</v>
       </c>
       <c r="J233" t="s">
-        <v>66</v>
+        <v>169</v>
       </c>
       <c r="K233" t="s">
         <v>23</v>
       </c>
       <c r="L233" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
-        <v>381</v>
+        <v>216</v>
       </c>
       <c r="B234" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="C234" t="s">
-        <v>341</v>
+        <v>147</v>
+      </c>
+      <c r="D234">
+        <v>1</v>
       </c>
       <c r="G234">
-        <v>1000.0</v>
+        <v>123344.5</v>
       </c>
       <c r="H234">
-        <v>25300.0</v>
+        <v>110845.61</v>
       </c>
       <c r="I234">
-        <v>-24300.0</v>
+        <v>12498.89</v>
       </c>
       <c r="J234" t="s">
-        <v>171</v>
+        <v>95</v>
       </c>
       <c r="K234" t="s">
         <v>23</v>
       </c>
       <c r="L234" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
-        <v>455</v>
+        <v>281</v>
       </c>
       <c r="B235" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C235" t="s">
-        <v>343</v>
+        <v>21</v>
       </c>
       <c r="D235">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G235">
-        <v>150590.2</v>
+        <v>294624.0</v>
       </c>
       <c r="H235">
-        <v>68000.0</v>
+        <v>171000.0</v>
       </c>
       <c r="I235">
-        <v>82590.2</v>
+        <v>123624.0</v>
       </c>
       <c r="J235" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="K235" t="s">
         <v>23</v>
       </c>
       <c r="L235" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
-        <v>525</v>
+        <v>348</v>
       </c>
       <c r="B236" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C236" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="D236">
         <v>2</v>
       </c>
       <c r="E236">
         <v>1</v>
       </c>
       <c r="G236">
-        <v>138929.17</v>
+        <v>166273.54</v>
       </c>
       <c r="H236">
-        <v>23018.0</v>
+        <v>843.86</v>
       </c>
       <c r="I236">
-        <v>115911.17</v>
+        <v>165429.68</v>
       </c>
       <c r="J236" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="K236" t="s">
         <v>23</v>
       </c>
       <c r="L236" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
-        <v>593</v>
+        <v>414</v>
       </c>
       <c r="B237" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="C237" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="D237">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E237">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G237">
-        <v>265878.29</v>
+        <v>272139.0</v>
       </c>
       <c r="H237">
-        <v>127266.31</v>
+        <v>60406.0</v>
       </c>
       <c r="I237">
-        <v>138611.98</v>
+        <v>211733.0</v>
       </c>
       <c r="J237" t="s">
-        <v>347</v>
+        <v>176</v>
       </c>
       <c r="K237" t="s">
         <v>23</v>
       </c>
       <c r="L237" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
-        <v>660</v>
+        <v>493</v>
       </c>
       <c r="B238" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C238" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D238">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E238">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G238">
-        <v>285219.93</v>
+        <v>113098.67</v>
       </c>
       <c r="H238">
-        <v>26344.38</v>
+        <v>64201.54</v>
       </c>
       <c r="I238">
-        <v>258875.55</v>
+        <v>48897.13</v>
       </c>
       <c r="J238" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="K238" t="s">
         <v>23</v>
       </c>
       <c r="L238" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
-        <v>724</v>
+        <v>557</v>
       </c>
       <c r="B239" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C239" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D239">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E239">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G239">
-        <v>283670.16</v>
+        <v>161008.58</v>
       </c>
       <c r="H239">
-        <v>61920.13</v>
+        <v>11634.15</v>
       </c>
       <c r="I239">
-        <v>221750.03</v>
+        <v>149374.43</v>
       </c>
       <c r="J239" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K239" t="s">
         <v>23</v>
       </c>
       <c r="L239" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
-        <v>791</v>
+        <v>628</v>
       </c>
       <c r="B240" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C240" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D240">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E240">
         <v>1</v>
       </c>
       <c r="G240">
-        <v>280368.68</v>
+        <v>282818.47</v>
       </c>
       <c r="H240">
-        <v>150536.3</v>
+        <v>73101.96</v>
       </c>
       <c r="I240">
-        <v>129832.38</v>
+        <v>209716.51</v>
       </c>
       <c r="J240" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K240" t="s">
         <v>23</v>
       </c>
       <c r="L240" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
-        <v>864</v>
+        <v>692</v>
       </c>
       <c r="B241" t="s">
-        <v>180</v>
+        <v>347</v>
       </c>
       <c r="C241" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D241">
         <v>1</v>
       </c>
       <c r="E241">
         <v>2</v>
       </c>
       <c r="G241">
-        <v>128611.05</v>
+        <v>147684.81</v>
       </c>
       <c r="H241">
-        <v>95361.63</v>
+        <v>41360.6</v>
       </c>
       <c r="I241">
-        <v>33249.42</v>
+        <v>106324.21</v>
       </c>
       <c r="J241" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K241" t="s">
         <v>23</v>
       </c>
       <c r="L241" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
-        <v>928</v>
+        <v>756</v>
       </c>
       <c r="B242" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C242" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="E242">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G242">
-        <v>141764.57</v>
+        <v>151535.69</v>
       </c>
       <c r="H242">
-        <v>59643.41</v>
+        <v>0.0</v>
       </c>
       <c r="I242">
-        <v>82121.16</v>
+        <v>151535.69</v>
       </c>
       <c r="J242" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K242" t="s">
         <v>23</v>
       </c>
       <c r="L242" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
-        <v>85</v>
+        <v>823</v>
       </c>
       <c r="B243" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="C243" t="s">
-        <v>353</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G243">
-        <v>286004.19</v>
+        <v>25700.0</v>
       </c>
       <c r="H243">
-        <v>42815.41</v>
+        <v>22222.0</v>
       </c>
       <c r="I243">
-        <v>243188.78</v>
+        <v>3478.0</v>
       </c>
       <c r="J243" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K243" t="s">
         <v>23</v>
       </c>
       <c r="L243" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
-        <v>151</v>
+        <v>896</v>
       </c>
       <c r="B244" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C244" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D244">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E244">
         <v>2</v>
       </c>
       <c r="G244">
-        <v>118699.0</v>
+        <v>319632.25</v>
       </c>
       <c r="H244">
-        <v>81409.5</v>
+        <v>72111.69</v>
       </c>
       <c r="I244">
-        <v>37289.5</v>
+        <v>247520.56</v>
       </c>
       <c r="J244" t="s">
-        <v>185</v>
+        <v>35</v>
       </c>
       <c r="K244" t="s">
         <v>23</v>
       </c>
       <c r="L244" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
-        <v>216</v>
+        <v>17</v>
       </c>
       <c r="B245" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C245" t="s">
-        <v>159</v>
+        <v>115</v>
       </c>
       <c r="D245">
         <v>1</v>
       </c>
+      <c r="E245">
+        <v>2</v>
+      </c>
       <c r="G245">
-        <v>123344.5</v>
+        <v>198347.2</v>
       </c>
       <c r="H245">
-        <v>110845.61</v>
+        <v>148934.77</v>
       </c>
       <c r="I245">
-        <v>12498.89</v>
+        <v>49412.43</v>
       </c>
       <c r="J245" t="s">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c r="K245" t="s">
         <v>23</v>
       </c>
       <c r="L245" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
-        <v>281</v>
+        <v>960</v>
       </c>
       <c r="B246" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C246" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D246">
         <v>2</v>
       </c>
+      <c r="E246">
+        <v>2</v>
+      </c>
       <c r="G246">
-        <v>294624.0</v>
+        <v>82223.55</v>
       </c>
       <c r="H246">
-        <v>171000.0</v>
+        <v>78422.0</v>
       </c>
       <c r="I246">
-        <v>123624.0</v>
+        <v>3801.55</v>
       </c>
       <c r="J246" t="s">
-        <v>357</v>
+        <v>37</v>
       </c>
       <c r="K246" t="s">
         <v>23</v>
       </c>
       <c r="L246" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
-        <v>348</v>
+        <v>118</v>
       </c>
       <c r="B247" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="C247" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="D247">
         <v>2</v>
       </c>
       <c r="E247">
         <v>1</v>
       </c>
       <c r="G247">
-        <v>166273.54</v>
+        <v>434533.7</v>
       </c>
       <c r="H247">
-        <v>843.86</v>
+        <v>206592.54</v>
       </c>
       <c r="I247">
-        <v>165429.68</v>
+        <v>227941.16</v>
       </c>
       <c r="J247" t="s">
-        <v>190</v>
+        <v>120</v>
       </c>
       <c r="K247" t="s">
         <v>23</v>
       </c>
       <c r="L247" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
-        <v>414</v>
+        <v>184</v>
       </c>
       <c r="B248" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="C248" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D248">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E248">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G248">
-        <v>272139.0</v>
+        <v>153684.97</v>
       </c>
       <c r="H248">
-        <v>60406.0</v>
+        <v>4914.32</v>
       </c>
       <c r="I248">
-        <v>211733.0</v>
+        <v>148770.65</v>
       </c>
       <c r="J248" t="s">
-        <v>192</v>
+        <v>105</v>
       </c>
       <c r="K248" t="s">
         <v>23</v>
       </c>
       <c r="L248" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
-        <v>493</v>
+        <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C249" t="s">
         <v>21</v>
       </c>
       <c r="D249">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E249">
         <v>1</v>
       </c>
       <c r="G249">
-        <v>113098.67</v>
+        <v>112034.63</v>
       </c>
       <c r="H249">
-        <v>64201.54</v>
+        <v>20460.16</v>
       </c>
       <c r="I249">
-        <v>48897.13</v>
+        <v>91574.47</v>
       </c>
       <c r="J249" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K249" t="s">
         <v>23</v>
       </c>
       <c r="L249" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
-        <v>557</v>
+        <v>316</v>
       </c>
       <c r="B250" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="C250" t="s">
-        <v>21</v>
+        <v>357</v>
       </c>
       <c r="D250">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G250">
-        <v>161008.58</v>
+        <v>289288.0</v>
       </c>
       <c r="H250">
-        <v>11634.15</v>
+        <v>106381.0</v>
       </c>
       <c r="I250">
-        <v>149374.43</v>
+        <v>182907.0</v>
       </c>
       <c r="J250" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="K250" t="s">
         <v>23</v>
       </c>
       <c r="L250" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
-        <v>628</v>
+        <v>381</v>
       </c>
       <c r="B251" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C251" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>359</v>
       </c>
       <c r="G251">
-        <v>282818.47</v>
+        <v>1000.0</v>
       </c>
       <c r="H251">
-        <v>73101.96</v>
+        <v>25300.0</v>
       </c>
       <c r="I251">
-        <v>209716.51</v>
+        <v>-24300.0</v>
       </c>
       <c r="J251" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K251" t="s">
         <v>23</v>
       </c>
       <c r="L251" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
-        <v>692</v>
+        <v>455</v>
       </c>
       <c r="B252" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C252" t="s">
-        <v>21</v>
+        <v>361</v>
       </c>
       <c r="D252">
         <v>1</v>
       </c>
       <c r="E252">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G252">
-        <v>147684.81</v>
+        <v>150590.2</v>
       </c>
       <c r="H252">
-        <v>41360.6</v>
+        <v>68000.0</v>
       </c>
       <c r="I252">
-        <v>106324.21</v>
+        <v>82590.2</v>
       </c>
       <c r="J252" t="s">
-        <v>26</v>
+        <v>362</v>
       </c>
       <c r="K252" t="s">
         <v>23</v>
       </c>
       <c r="L252" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
-        <v>756</v>
+        <v>525</v>
       </c>
       <c r="B253" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="C253" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D253">
+        <v>2</v>
       </c>
       <c r="E253">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G253">
-        <v>151535.69</v>
+        <v>138929.17</v>
       </c>
       <c r="H253">
-        <v>0.0</v>
+        <v>23018.0</v>
       </c>
       <c r="I253">
-        <v>151535.69</v>
+        <v>115911.17</v>
       </c>
       <c r="J253" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K253" t="s">
         <v>23</v>
       </c>
       <c r="L253" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
-        <v>823</v>
+        <v>593</v>
       </c>
       <c r="B254" t="s">
+        <v>364</v>
+      </c>
+      <c r="C254" t="s">
+        <v>89</v>
+      </c>
+      <c r="D254">
+        <v>2</v>
+      </c>
+      <c r="E254">
+        <v>2</v>
+      </c>
+      <c r="G254">
+        <v>265878.29</v>
+      </c>
+      <c r="H254">
+        <v>127266.31</v>
+      </c>
+      <c r="I254">
+        <v>138611.98</v>
+      </c>
+      <c r="J254" t="s">
         <v>365</v>
-      </c>
-[...13 lines deleted...]
-        <v>81</v>
       </c>
       <c r="K254" t="s">
         <v>23</v>
       </c>
       <c r="L254" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
-        <v>673</v>
+        <v>427</v>
       </c>
       <c r="B255" t="s">
         <v>366</v>
       </c>
       <c r="C255" t="s">
         <v>21</v>
       </c>
       <c r="D255">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G255">
-        <v>167585.8</v>
+        <v>202439.0</v>
       </c>
       <c r="H255">
-        <v>59880.28</v>
+        <v>51800.0</v>
       </c>
       <c r="I255">
-        <v>107705.52</v>
+        <v>150639.0</v>
       </c>
       <c r="J255" t="s">
-        <v>26</v>
+        <v>367</v>
       </c>
       <c r="K255" t="s">
         <v>23</v>
       </c>
       <c r="L255" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
-        <v>737</v>
+        <v>506</v>
       </c>
       <c r="B256" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C256" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="D256">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E256">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G256">
-        <v>207508.0</v>
+        <v>228054.0</v>
       </c>
       <c r="H256">
-        <v>2000.0</v>
+        <v>145000.0</v>
       </c>
       <c r="I256">
-        <v>205508.0</v>
+        <v>83054.0</v>
       </c>
       <c r="J256" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K256" t="s">
         <v>23</v>
       </c>
       <c r="L256" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
-        <v>804</v>
+        <v>570</v>
       </c>
       <c r="B257" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C257" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D257">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E257">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G257">
-        <v>61073.0</v>
+        <v>126824.62</v>
       </c>
       <c r="H257">
-        <v>35209.64</v>
+        <v>71502.48</v>
       </c>
       <c r="I257">
-        <v>25863.36</v>
+        <v>55322.14</v>
       </c>
       <c r="J257" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K257" t="s">
         <v>23</v>
       </c>
       <c r="L257" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
-        <v>877</v>
+        <v>641</v>
       </c>
       <c r="B258" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C258" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D258">
         <v>3</v>
       </c>
       <c r="E258">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G258">
-        <v>243301.1</v>
+        <v>397724.22</v>
       </c>
       <c r="H258">
-        <v>106295.42</v>
+        <v>103000.0</v>
       </c>
       <c r="I258">
-        <v>137005.68</v>
+        <v>294724.22</v>
       </c>
       <c r="J258" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="K258" t="s">
         <v>23</v>
       </c>
       <c r="L258" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
-        <v>941</v>
+        <v>705</v>
       </c>
       <c r="B259" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C259" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D259">
+        <v>3</v>
       </c>
       <c r="E259">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G259">
-        <v>122742.62</v>
+        <v>221125.01</v>
       </c>
       <c r="H259">
-        <v>118628.16</v>
+        <v>23576.61</v>
       </c>
       <c r="I259">
-        <v>4114.46</v>
+        <v>197548.4</v>
       </c>
       <c r="J259" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K259" t="s">
         <v>23</v>
       </c>
       <c r="L259" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
-        <v>98</v>
+        <v>773</v>
       </c>
       <c r="B260" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C260" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D260">
         <v>1</v>
       </c>
       <c r="E260">
         <v>1</v>
       </c>
       <c r="G260">
-        <v>169889.88</v>
+        <v>177092.0</v>
       </c>
       <c r="H260">
-        <v>13400.0</v>
+        <v>127301.03</v>
       </c>
       <c r="I260">
-        <v>156489.88</v>
+        <v>49790.97</v>
       </c>
       <c r="J260" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="K260" t="s">
         <v>23</v>
       </c>
       <c r="L260" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
-        <v>165</v>
+        <v>838</v>
       </c>
       <c r="B261" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C261" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="D261">
+        <v>1</v>
       </c>
       <c r="E261">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G261">
-        <v>89884.18</v>
+        <v>92277.46</v>
       </c>
       <c r="H261">
-        <v>77058.4</v>
+        <v>38743.68</v>
       </c>
       <c r="I261">
-        <v>12825.78</v>
+        <v>53533.78</v>
       </c>
       <c r="J261" t="s">
-        <v>139</v>
+        <v>205</v>
       </c>
       <c r="K261" t="s">
         <v>23</v>
       </c>
       <c r="L261" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
-        <v>229</v>
+        <v>909</v>
       </c>
       <c r="B262" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C262" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D262">
+        <v>2</v>
+      </c>
+      <c r="E262">
         <v>1</v>
       </c>
       <c r="G262">
-        <v>100510.0</v>
+        <v>228995.91</v>
       </c>
       <c r="H262">
-        <v>80458.0</v>
+        <v>4940.74</v>
       </c>
       <c r="I262">
-        <v>20052.0</v>
+        <v>224055.17</v>
       </c>
       <c r="J262" t="s">
-        <v>208</v>
+        <v>91</v>
       </c>
       <c r="K262" t="s">
         <v>23</v>
       </c>
       <c r="L262" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
-        <v>294</v>
+        <v>32</v>
       </c>
       <c r="B263" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C263" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="D263">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E263">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G263">
-        <v>262558.28</v>
+        <v>230906.02</v>
       </c>
       <c r="H263">
-        <v>40067.0</v>
+        <v>2962.22</v>
       </c>
       <c r="I263">
-        <v>222491.28</v>
+        <v>227943.8</v>
       </c>
       <c r="J263" t="s">
-        <v>93</v>
+        <v>145</v>
       </c>
       <c r="K263" t="s">
         <v>23</v>
       </c>
       <c r="L263" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
-        <v>361</v>
+        <v>132</v>
       </c>
       <c r="B264" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C264" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D264">
         <v>1</v>
       </c>
       <c r="E264">
         <v>1</v>
       </c>
       <c r="G264">
-        <v>137896.91</v>
+        <v>165095.78</v>
       </c>
       <c r="H264">
-        <v>48066.87</v>
+        <v>48876.53</v>
       </c>
       <c r="I264">
-        <v>89830.04</v>
+        <v>116219.25</v>
       </c>
       <c r="J264" t="s">
-        <v>376</v>
+        <v>169</v>
       </c>
       <c r="K264" t="s">
         <v>23</v>
       </c>
       <c r="L264" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
-        <v>427</v>
+        <v>197</v>
       </c>
       <c r="B265" t="s">
         <v>377</v>
       </c>
       <c r="C265" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>21</v>
+      </c>
+      <c r="E265">
+        <v>1</v>
       </c>
       <c r="G265">
-        <v>202439.0</v>
+        <v>69694.0</v>
       </c>
       <c r="H265">
-        <v>51800.0</v>
+        <v>8134.0</v>
       </c>
       <c r="I265">
-        <v>150639.0</v>
+        <v>61560.0</v>
       </c>
       <c r="J265" t="s">
-        <v>378</v>
+        <v>41</v>
       </c>
       <c r="K265" t="s">
         <v>23</v>
       </c>
       <c r="L265" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
-        <v>506</v>
+        <v>262</v>
       </c>
       <c r="B266" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C266" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="D266">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E266">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G266">
-        <v>228054.0</v>
+        <v>432093.11</v>
       </c>
       <c r="H266">
-        <v>145000.0</v>
+        <v>132317.69</v>
       </c>
       <c r="I266">
-        <v>83054.0</v>
+        <v>299775.42</v>
       </c>
       <c r="J266" t="s">
-        <v>22</v>
+        <v>212</v>
       </c>
       <c r="K266" t="s">
         <v>23</v>
       </c>
       <c r="L266" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
-        <v>570</v>
+        <v>329</v>
       </c>
       <c r="B267" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C267" t="s">
         <v>21</v>
       </c>
       <c r="D267">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E267">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G267">
-        <v>126824.62</v>
+        <v>303775.74</v>
       </c>
       <c r="H267">
-        <v>71502.48</v>
+        <v>27493.12</v>
       </c>
       <c r="I267">
-        <v>55322.14</v>
+        <v>276282.62</v>
       </c>
       <c r="J267" t="s">
-        <v>22</v>
+        <v>214</v>
       </c>
       <c r="K267" t="s">
         <v>23</v>
       </c>
       <c r="L267" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
-        <v>641</v>
+        <v>395</v>
       </c>
       <c r="B268" t="s">
+        <v>380</v>
+      </c>
+      <c r="C268" t="s">
         <v>381</v>
       </c>
-      <c r="C268" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D268">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E268">
         <v>1</v>
       </c>
       <c r="G268">
-        <v>397724.22</v>
+        <v>197790.46</v>
       </c>
       <c r="H268">
-        <v>103000.0</v>
+        <v>128811.37</v>
       </c>
       <c r="I268">
-        <v>294724.22</v>
+        <v>68979.09</v>
       </c>
       <c r="J268" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="K268" t="s">
         <v>23</v>
       </c>
       <c r="L268" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
-        <v>705</v>
+        <v>470</v>
       </c>
       <c r="B269" t="s">
         <v>382</v>
       </c>
       <c r="C269" t="s">
-        <v>21</v>
+        <v>357</v>
       </c>
       <c r="D269">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G269">
-        <v>221125.01</v>
+        <v>283418.0</v>
       </c>
       <c r="H269">
-        <v>23576.61</v>
+        <v>99208.19</v>
       </c>
       <c r="I269">
-        <v>197548.4</v>
+        <v>184209.81</v>
       </c>
       <c r="J269" t="s">
-        <v>26</v>
+        <v>383</v>
       </c>
       <c r="K269" t="s">
         <v>23</v>
       </c>
       <c r="L269" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
-        <v>773</v>
+        <v>538</v>
       </c>
       <c r="B270" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C270" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D270">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G270">
-        <v>177092.0</v>
+        <v>239198.19</v>
       </c>
       <c r="H270">
-        <v>127301.03</v>
+        <v>145988.53</v>
       </c>
       <c r="I270">
-        <v>49790.97</v>
+        <v>93209.66</v>
       </c>
       <c r="J270" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K270" t="s">
         <v>23</v>
       </c>
       <c r="L270" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
-        <v>838</v>
+        <v>609</v>
       </c>
       <c r="B271" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C271" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D271">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E271">
         <v>1</v>
       </c>
       <c r="G271">
-        <v>92277.46</v>
+        <v>436764.24</v>
       </c>
       <c r="H271">
-        <v>38743.68</v>
+        <v>188655.5</v>
       </c>
       <c r="I271">
-        <v>53533.78</v>
+        <v>248108.74</v>
       </c>
       <c r="J271" t="s">
-        <v>219</v>
+        <v>27</v>
       </c>
       <c r="K271" t="s">
         <v>23</v>
       </c>
       <c r="L271" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
-        <v>909</v>
+        <v>673</v>
       </c>
       <c r="B272" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C272" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D272">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E272">
         <v>1</v>
       </c>
       <c r="G272">
-        <v>228995.91</v>
+        <v>167585.8</v>
       </c>
       <c r="H272">
-        <v>4940.74</v>
+        <v>59880.28</v>
       </c>
       <c r="I272">
-        <v>224055.17</v>
+        <v>107705.52</v>
       </c>
       <c r="J272" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K272" t="s">
         <v>23</v>
       </c>
       <c r="L272" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
-        <v>32</v>
+        <v>737</v>
       </c>
       <c r="B273" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C273" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="D273">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E273">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G273">
-        <v>230906.02</v>
+        <v>207508.0</v>
       </c>
       <c r="H273">
-        <v>2962.22</v>
+        <v>2000.0</v>
       </c>
       <c r="I273">
-        <v>227943.8</v>
+        <v>205508.0</v>
       </c>
       <c r="J273" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K273" t="s">
         <v>23</v>
       </c>
       <c r="L273" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
-        <v>132</v>
+        <v>804</v>
       </c>
       <c r="B274" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C274" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D274">
         <v>1</v>
       </c>
       <c r="E274">
         <v>1</v>
       </c>
       <c r="G274">
-        <v>165095.78</v>
+        <v>61073.0</v>
       </c>
       <c r="H274">
-        <v>48876.53</v>
+        <v>35209.64</v>
       </c>
       <c r="I274">
-        <v>116219.25</v>
+        <v>25863.36</v>
       </c>
       <c r="J274" t="s">
-        <v>185</v>
+        <v>31</v>
       </c>
       <c r="K274" t="s">
         <v>23</v>
       </c>
       <c r="L274" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
-        <v>197</v>
+        <v>877</v>
       </c>
       <c r="B275" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C275" t="s">
-        <v>36</v>
+        <v>89</v>
+      </c>
+      <c r="D275">
+        <v>3</v>
       </c>
       <c r="E275">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G275">
-        <v>69694.0</v>
+        <v>243301.1</v>
       </c>
       <c r="H275">
-        <v>8134.0</v>
+        <v>106295.42</v>
       </c>
       <c r="I275">
-        <v>61560.0</v>
+        <v>137005.68</v>
       </c>
       <c r="J275" t="s">
-        <v>60</v>
+        <v>224</v>
       </c>
       <c r="K275" t="s">
         <v>23</v>
       </c>
       <c r="L275" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
-        <v>262</v>
+        <v>941</v>
       </c>
       <c r="B276" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C276" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="E276">
         <v>2</v>
       </c>
       <c r="G276">
-        <v>432093.11</v>
+        <v>122742.62</v>
       </c>
       <c r="H276">
-        <v>132317.69</v>
+        <v>118628.16</v>
       </c>
       <c r="I276">
-        <v>299775.42</v>
+        <v>4114.46</v>
       </c>
       <c r="J276" t="s">
-        <v>226</v>
+        <v>91</v>
       </c>
       <c r="K276" t="s">
         <v>23</v>
       </c>
       <c r="L276" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
-        <v>329</v>
+        <v>98</v>
       </c>
       <c r="B277" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C277" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D277">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E277">
         <v>1</v>
       </c>
       <c r="G277">
-        <v>303775.74</v>
+        <v>169889.88</v>
       </c>
       <c r="H277">
-        <v>27493.12</v>
+        <v>13400.0</v>
       </c>
       <c r="I277">
-        <v>276282.62</v>
+        <v>156489.88</v>
       </c>
       <c r="J277" t="s">
-        <v>228</v>
+        <v>39</v>
       </c>
       <c r="K277" t="s">
         <v>23</v>
       </c>
       <c r="L277" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
-        <v>395</v>
+        <v>165</v>
       </c>
       <c r="B278" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C278" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="E278">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G278">
-        <v>197790.46</v>
+        <v>89884.18</v>
       </c>
       <c r="H278">
-        <v>128811.37</v>
+        <v>77058.4</v>
       </c>
       <c r="I278">
-        <v>68979.09</v>
+        <v>12825.78</v>
       </c>
       <c r="J278" t="s">
         <v>127</v>
       </c>
       <c r="K278" t="s">
         <v>23</v>
       </c>
       <c r="L278" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
-        <v>470</v>
+        <v>229</v>
       </c>
       <c r="B279" t="s">
         <v>393</v>
       </c>
       <c r="C279" t="s">
-        <v>339</v>
+        <v>21</v>
       </c>
       <c r="D279">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G279">
-        <v>283418.0</v>
+        <v>100510.0</v>
       </c>
       <c r="H279">
-        <v>99208.19</v>
+        <v>80458.0</v>
       </c>
       <c r="I279">
-        <v>184209.81</v>
+        <v>20052.0</v>
       </c>
       <c r="J279" t="s">
-        <v>394</v>
+        <v>229</v>
       </c>
       <c r="K279" t="s">
         <v>23</v>
       </c>
       <c r="L279" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
-        <v>538</v>
+        <v>294</v>
       </c>
       <c r="B280" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C280" t="s">
         <v>21</v>
       </c>
       <c r="D280">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="E280">
+        <v>2</v>
       </c>
       <c r="G280">
-        <v>239198.19</v>
+        <v>262558.28</v>
       </c>
       <c r="H280">
-        <v>145988.53</v>
+        <v>40067.0</v>
       </c>
       <c r="I280">
-        <v>93209.66</v>
+        <v>222491.28</v>
       </c>
       <c r="J280" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K280" t="s">
         <v>23</v>
       </c>
       <c r="L280" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
-        <v>609</v>
+        <v>361</v>
       </c>
       <c r="B281" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="C281" t="s">
         <v>21</v>
       </c>
       <c r="D281">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E281">
         <v>1</v>
       </c>
       <c r="G281">
-        <v>436764.24</v>
+        <v>137896.91</v>
       </c>
       <c r="H281">
-        <v>188655.5</v>
+        <v>48066.87</v>
       </c>
       <c r="I281">
-        <v>248108.74</v>
+        <v>89830.04</v>
       </c>
       <c r="J281" t="s">
-        <v>22</v>
+        <v>396</v>
       </c>
       <c r="K281" t="s">
         <v>23</v>
       </c>
       <c r="L281" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
-        <v>519</v>
+        <v>275</v>
       </c>
       <c r="B282" t="s">
         <v>397</v>
       </c>
       <c r="C282" t="s">
-        <v>21</v>
+        <v>398</v>
       </c>
       <c r="D282">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E282">
         <v>1</v>
       </c>
       <c r="G282">
-        <v>62592.82</v>
+        <v>109782.18</v>
       </c>
       <c r="H282">
-        <v>54270.83</v>
+        <v>100.0</v>
       </c>
       <c r="I282">
-        <v>8321.99</v>
+        <v>109682.18</v>
       </c>
       <c r="J282" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="K282" t="s">
         <v>23</v>
       </c>
       <c r="L282" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
-        <v>583</v>
+        <v>342</v>
       </c>
       <c r="B283" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C283" t="s">
         <v>21</v>
       </c>
       <c r="D283">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E283">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G283">
-        <v>587884.02</v>
+        <v>444839.73</v>
       </c>
       <c r="H283">
-        <v>138537.94</v>
+        <v>0.0</v>
       </c>
       <c r="I283">
-        <v>449346.08</v>
+        <v>444839.73</v>
       </c>
       <c r="J283" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="K283" t="s">
         <v>23</v>
       </c>
       <c r="L283" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
-        <v>654</v>
+        <v>408</v>
       </c>
       <c r="B284" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C284" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="D284">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E284">
         <v>1</v>
       </c>
       <c r="G284">
-        <v>60192.4</v>
+        <v>113271.0</v>
       </c>
       <c r="H284">
-        <v>8844.51</v>
+        <v>123500.0</v>
       </c>
       <c r="I284">
-        <v>51347.89</v>
+        <v>-10229.0</v>
       </c>
       <c r="J284" t="s">
         <v>22</v>
       </c>
       <c r="K284" t="s">
         <v>23</v>
       </c>
       <c r="L284" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
-        <v>718</v>
+        <v>486</v>
       </c>
       <c r="B285" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C285" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D285">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G285">
-        <v>372200.5</v>
+        <v>214269.99</v>
       </c>
       <c r="H285">
-        <v>31232.88</v>
+        <v>0.0</v>
       </c>
       <c r="I285">
-        <v>340967.62</v>
+        <v>214269.99</v>
       </c>
       <c r="J285" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K285" t="s">
         <v>23</v>
       </c>
       <c r="L285" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
-        <v>785</v>
+        <v>551</v>
       </c>
       <c r="B286" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C286" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D286">
         <v>2</v>
       </c>
+      <c r="E286">
+        <v>2</v>
+      </c>
       <c r="G286">
-        <v>209412.32</v>
+        <v>194983.97</v>
       </c>
       <c r="H286">
-        <v>154708.27</v>
+        <v>600.0</v>
       </c>
       <c r="I286">
-        <v>54704.05</v>
+        <v>194383.97</v>
       </c>
       <c r="J286" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K286" t="s">
         <v>23</v>
       </c>
       <c r="L286" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
-        <v>854</v>
+        <v>622</v>
       </c>
       <c r="B287" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C287" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D287">
         <v>2</v>
       </c>
       <c r="E287">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G287">
-        <v>227508.94</v>
+        <v>103235.27</v>
       </c>
       <c r="H287">
-        <v>67742.39</v>
+        <v>77172.69</v>
       </c>
       <c r="I287">
-        <v>159766.55</v>
+        <v>26062.58</v>
       </c>
       <c r="J287" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K287" t="s">
         <v>23</v>
       </c>
       <c r="L287" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
-        <v>922</v>
+        <v>686</v>
       </c>
       <c r="B288" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C288" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D288">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E288">
         <v>1</v>
       </c>
       <c r="G288">
-        <v>38566.1</v>
+        <v>112231.37</v>
       </c>
       <c r="H288">
-        <v>33897.2</v>
+        <v>60350.0</v>
       </c>
       <c r="I288">
-        <v>4668.9</v>
+        <v>51881.37</v>
       </c>
       <c r="J288" t="s">
-        <v>404</v>
+        <v>31</v>
       </c>
       <c r="K288" t="s">
         <v>23</v>
       </c>
       <c r="L288" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
-        <v>77</v>
+        <v>750</v>
       </c>
       <c r="B289" t="s">
         <v>405</v>
       </c>
       <c r="C289" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="D289">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E289">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G289">
-        <v>358990.0</v>
+        <v>95063.95</v>
       </c>
       <c r="H289">
-        <v>3000.0</v>
+        <v>14664.46</v>
       </c>
       <c r="I289">
-        <v>355990.0</v>
+        <v>80399.49</v>
       </c>
       <c r="J289" t="s">
-        <v>406</v>
+        <v>31</v>
       </c>
       <c r="K289" t="s">
         <v>23</v>
       </c>
       <c r="L289" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
-        <v>145</v>
+        <v>817</v>
       </c>
       <c r="B290" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="C290" t="s">
-        <v>159</v>
+        <v>26</v>
       </c>
       <c r="D290">
         <v>2</v>
       </c>
+      <c r="E290">
+        <v>1</v>
+      </c>
       <c r="G290">
-        <v>147765.0</v>
+        <v>176711.38</v>
       </c>
       <c r="H290">
-        <v>22469.0</v>
+        <v>43688.33</v>
       </c>
       <c r="I290">
-        <v>125296.0</v>
+        <v>133023.05</v>
       </c>
       <c r="J290" t="s">
-        <v>37</v>
+        <v>112</v>
       </c>
       <c r="K290" t="s">
         <v>23</v>
       </c>
       <c r="L290" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
-        <v>210</v>
+        <v>890</v>
       </c>
       <c r="B291" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="C291" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D291">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E291">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G291">
-        <v>186554.29</v>
+        <v>339174.9</v>
       </c>
       <c r="H291">
-        <v>8657.0</v>
+        <v>4977.48</v>
       </c>
       <c r="I291">
-        <v>177897.29</v>
+        <v>334197.42</v>
       </c>
       <c r="J291" t="s">
-        <v>245</v>
+        <v>35</v>
       </c>
       <c r="K291" t="s">
         <v>23</v>
       </c>
       <c r="L291" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
-        <v>275</v>
+        <v>954</v>
       </c>
       <c r="B292" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="C292" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="D292">
         <v>1</v>
       </c>
       <c r="E292">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G292">
-        <v>109782.18</v>
+        <v>188020.0</v>
       </c>
       <c r="H292">
-        <v>100.0</v>
+        <v>113073.0</v>
       </c>
       <c r="I292">
-        <v>109682.18</v>
+        <v>74947.0</v>
       </c>
       <c r="J292" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="K292" t="s">
         <v>23</v>
       </c>
       <c r="L292" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
-        <v>342</v>
+        <v>112</v>
       </c>
       <c r="B293" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="C293" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D293">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E293">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G293">
-        <v>444839.73</v>
+        <v>98000.0</v>
       </c>
       <c r="H293">
-        <v>0.0</v>
+        <v>23002.92</v>
       </c>
       <c r="I293">
-        <v>444839.73</v>
+        <v>74997.08</v>
       </c>
       <c r="J293" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="K293" t="s">
         <v>23</v>
       </c>
       <c r="L293" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
-        <v>408</v>
+        <v>178</v>
       </c>
       <c r="B294" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C294" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="D294">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E294">
         <v>1</v>
       </c>
       <c r="G294">
-        <v>113271.0</v>
+        <v>390599.04</v>
       </c>
       <c r="H294">
-        <v>123500.0</v>
+        <v>86802.0</v>
       </c>
       <c r="I294">
-        <v>-10229.0</v>
+        <v>303797.04</v>
       </c>
       <c r="J294" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="K294" t="s">
         <v>23</v>
       </c>
       <c r="L294" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
-        <v>486</v>
+        <v>242</v>
       </c>
       <c r="B295" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C295" t="s">
         <v>21</v>
       </c>
       <c r="D295">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="E295">
+        <v>1</v>
       </c>
       <c r="G295">
-        <v>214269.99</v>
+        <v>230949.0</v>
       </c>
       <c r="H295">
-        <v>0.0</v>
+        <v>62759.41</v>
       </c>
       <c r="I295">
-        <v>214269.99</v>
+        <v>168189.59</v>
       </c>
       <c r="J295" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="K295" t="s">
         <v>23</v>
       </c>
       <c r="L295" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
-        <v>551</v>
+        <v>310</v>
       </c>
       <c r="B296" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C296" t="s">
         <v>21</v>
       </c>
       <c r="D296">
         <v>2</v>
       </c>
       <c r="E296">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G296">
-        <v>194983.97</v>
+        <v>275899.0</v>
       </c>
       <c r="H296">
-        <v>600.0</v>
+        <v>90000.0</v>
       </c>
       <c r="I296">
-        <v>194383.97</v>
+        <v>185899.0</v>
       </c>
       <c r="J296" t="s">
-        <v>22</v>
+        <v>413</v>
       </c>
       <c r="K296" t="s">
         <v>23</v>
       </c>
       <c r="L296" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
-        <v>622</v>
+        <v>375</v>
       </c>
       <c r="B297" t="s">
+        <v>414</v>
+      </c>
+      <c r="C297" t="s">
         <v>415</v>
       </c>
-      <c r="C297" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G297">
-        <v>103235.27</v>
+        <v>15340.0</v>
       </c>
       <c r="H297">
-        <v>77172.69</v>
+        <v>4267.0</v>
       </c>
       <c r="I297">
-        <v>26062.58</v>
+        <v>11073.0</v>
       </c>
       <c r="J297" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K297" t="s">
         <v>23</v>
       </c>
       <c r="L297" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
-        <v>686</v>
+        <v>440</v>
       </c>
       <c r="B298" t="s">
         <v>416</v>
       </c>
       <c r="C298" t="s">
-        <v>21</v>
+        <v>417</v>
       </c>
       <c r="D298">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="E298">
         <v>1</v>
       </c>
       <c r="G298">
-        <v>112231.37</v>
+        <v>1121052.85</v>
       </c>
       <c r="H298">
-        <v>60350.0</v>
+        <v>53327.51</v>
       </c>
       <c r="I298">
-        <v>51881.37</v>
+        <v>1067725.34</v>
       </c>
       <c r="J298" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="K298" t="s">
         <v>23</v>
       </c>
       <c r="L298" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
-        <v>750</v>
+        <v>519</v>
       </c>
       <c r="B299" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C299" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D299">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E299">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G299">
-        <v>95063.95</v>
+        <v>62592.82</v>
       </c>
       <c r="H299">
-        <v>14664.46</v>
+        <v>54270.83</v>
       </c>
       <c r="I299">
-        <v>80399.49</v>
+        <v>8321.99</v>
       </c>
       <c r="J299" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K299" t="s">
         <v>23</v>
       </c>
       <c r="L299" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
-        <v>817</v>
+        <v>583</v>
       </c>
       <c r="B300" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C300" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D300">
         <v>2</v>
       </c>
       <c r="E300">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G300">
-        <v>176711.38</v>
+        <v>587884.02</v>
       </c>
       <c r="H300">
-        <v>43688.33</v>
+        <v>138537.94</v>
       </c>
       <c r="I300">
-        <v>133023.05</v>
+        <v>449346.08</v>
       </c>
       <c r="J300" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="K300" t="s">
         <v>23</v>
       </c>
       <c r="L300" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
-        <v>890</v>
+        <v>654</v>
       </c>
       <c r="B301" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C301" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D301">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="E301">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G301">
-        <v>339174.9</v>
+        <v>60192.4</v>
       </c>
       <c r="H301">
-        <v>4977.48</v>
+        <v>8844.51</v>
       </c>
       <c r="I301">
-        <v>334197.42</v>
+        <v>51347.89</v>
       </c>
       <c r="J301" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K301" t="s">
         <v>23</v>
       </c>
       <c r="L301" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
-        <v>954</v>
+        <v>718</v>
       </c>
       <c r="B302" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C302" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D302">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E302">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G302">
-        <v>188020.0</v>
+        <v>372200.5</v>
       </c>
       <c r="H302">
-        <v>113073.0</v>
+        <v>31232.88</v>
       </c>
       <c r="I302">
-        <v>74947.0</v>
+        <v>340967.62</v>
       </c>
       <c r="J302" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K302" t="s">
         <v>23</v>
       </c>
       <c r="L302" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
-        <v>112</v>
+        <v>785</v>
       </c>
       <c r="B303" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C303" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D303">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="E303">
         <v>2</v>
       </c>
       <c r="G303">
-        <v>98000.0</v>
+        <v>209412.32</v>
       </c>
       <c r="H303">
-        <v>23002.92</v>
+        <v>154708.27</v>
       </c>
       <c r="I303">
-        <v>74997.08</v>
+        <v>54704.05</v>
       </c>
       <c r="J303" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="K303" t="s">
         <v>23</v>
       </c>
       <c r="L303" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
-        <v>178</v>
+        <v>854</v>
       </c>
       <c r="B304" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C304" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D304">
+        <v>2</v>
+      </c>
+      <c r="E304">
         <v>3</v>
       </c>
-      <c r="E304">
-[...1 lines deleted...]
-      </c>
       <c r="G304">
-        <v>390599.04</v>
+        <v>227508.94</v>
       </c>
       <c r="H304">
-        <v>86802.0</v>
+        <v>67742.39</v>
       </c>
       <c r="I304">
-        <v>303797.04</v>
+        <v>159766.55</v>
       </c>
       <c r="J304" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="K304" t="s">
         <v>23</v>
       </c>
       <c r="L304" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
-        <v>242</v>
+        <v>922</v>
       </c>
       <c r="B305" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C305" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D305">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E305">
         <v>1</v>
       </c>
       <c r="G305">
-        <v>230949.0</v>
+        <v>38566.1</v>
       </c>
       <c r="H305">
-        <v>62759.41</v>
+        <v>33897.2</v>
       </c>
       <c r="I305">
-        <v>168189.59</v>
+        <v>4668.9</v>
       </c>
       <c r="J305" t="s">
-        <v>62</v>
+        <v>425</v>
       </c>
       <c r="K305" t="s">
         <v>23</v>
       </c>
       <c r="L305" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
-        <v>310</v>
+        <v>77</v>
       </c>
       <c r="B306" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C306" t="s">
-        <v>36</v>
+        <v>119</v>
       </c>
       <c r="D306">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E306">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G306">
-        <v>275899.0</v>
+        <v>358990.0</v>
       </c>
       <c r="H306">
-        <v>90000.0</v>
+        <v>3000.0</v>
       </c>
       <c r="I306">
-        <v>185899.0</v>
+        <v>355990.0</v>
       </c>
       <c r="J306" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="K306" t="s">
         <v>23</v>
       </c>
       <c r="L306" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
-        <v>375</v>
+        <v>145</v>
       </c>
       <c r="B307" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C307" t="s">
-        <v>427</v>
+        <v>147</v>
+      </c>
+      <c r="D307">
+        <v>2</v>
       </c>
       <c r="G307">
-        <v>15340.0</v>
+        <v>147765.0</v>
       </c>
       <c r="H307">
-        <v>4267.0</v>
+        <v>22469.0</v>
       </c>
       <c r="I307">
-        <v>11073.0</v>
+        <v>125296.0</v>
       </c>
       <c r="J307" t="s">
-        <v>171</v>
+        <v>64</v>
       </c>
       <c r="K307" t="s">
         <v>23</v>
       </c>
       <c r="L307" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
-        <v>440</v>
+        <v>210</v>
       </c>
       <c r="B308" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C308" t="s">
-        <v>429</v>
+        <v>21</v>
       </c>
       <c r="D308">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="E308">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G308">
-        <v>1121052.85</v>
+        <v>186554.29</v>
       </c>
       <c r="H308">
-        <v>53327.51</v>
+        <v>8657.0</v>
       </c>
       <c r="I308">
-        <v>1067725.34</v>
+        <v>177897.29</v>
       </c>
       <c r="J308" t="s">
-        <v>69</v>
+        <v>265</v>
       </c>
       <c r="K308" t="s">
         <v>23</v>
       </c>
       <c r="L308" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
-        <v>288</v>
+        <v>26</v>
       </c>
       <c r="B309" t="s">
         <v>430</v>
       </c>
       <c r="C309" t="s">
-        <v>36</v>
+        <v>147</v>
       </c>
       <c r="D309">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E309">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G309">
-        <v>487646.0</v>
+        <v>344770.0</v>
       </c>
       <c r="H309">
-        <v>142186.0</v>
+        <v>1353.0</v>
       </c>
       <c r="I309">
-        <v>345460.0</v>
+        <v>343417.0</v>
       </c>
       <c r="J309" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="K309" t="s">
         <v>23</v>
       </c>
       <c r="L309" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
-        <v>355</v>
+        <v>982</v>
       </c>
       <c r="B310" t="s">
         <v>431</v>
       </c>
       <c r="C310" t="s">
         <v>432</v>
       </c>
+      <c r="D310">
+        <v>8</v>
+      </c>
+      <c r="E310">
+        <v>2</v>
+      </c>
       <c r="G310">
-        <v>10000.0</v>
+        <v>388588.0</v>
       </c>
       <c r="H310">
-        <v>14000.0</v>
+        <v>18705.27</v>
       </c>
       <c r="I310">
-        <v>-4000.0</v>
+        <v>369882.73</v>
       </c>
       <c r="J310" t="s">
-        <v>433</v>
+        <v>50</v>
       </c>
       <c r="K310" t="s">
         <v>23</v>
       </c>
       <c r="L310" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
-        <v>421</v>
+        <v>125</v>
       </c>
       <c r="B311" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="C311" t="s">
-        <v>435</v>
+        <v>21</v>
       </c>
       <c r="D311">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E311">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G311">
-        <v>397148.58</v>
+        <v>292953.14</v>
       </c>
       <c r="H311">
-        <v>48317.62</v>
+        <v>0.0</v>
       </c>
       <c r="I311">
-        <v>348830.96</v>
+        <v>292953.14</v>
       </c>
       <c r="J311" t="s">
-        <v>436</v>
+        <v>120</v>
       </c>
       <c r="K311" t="s">
         <v>23</v>
       </c>
       <c r="L311" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
-        <v>500</v>
+        <v>191</v>
       </c>
       <c r="B312" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="C312" t="s">
-        <v>21</v>
+        <v>435</v>
       </c>
       <c r="D312">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E312">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G312">
-        <v>193500.0</v>
+        <v>187622.0</v>
       </c>
       <c r="H312">
-        <v>0.0</v>
+        <v>6220.0</v>
       </c>
       <c r="I312">
-        <v>193500.0</v>
+        <v>181402.0</v>
       </c>
       <c r="J312" t="s">
-        <v>22</v>
+        <v>436</v>
       </c>
       <c r="K312" t="s">
         <v>23</v>
       </c>
       <c r="L312" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
-        <v>564</v>
+        <v>256</v>
       </c>
       <c r="B313" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="C313" t="s">
         <v>21</v>
       </c>
-      <c r="D313">
-[...1 lines deleted...]
-      </c>
       <c r="E313">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G313">
-        <v>156678.48</v>
+        <v>70923.18</v>
       </c>
       <c r="H313">
-        <v>223248.35</v>
+        <v>58640.36</v>
       </c>
       <c r="I313">
-        <v>-66569.87</v>
+        <v>12282.82</v>
       </c>
       <c r="J313" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K313" t="s">
         <v>23</v>
       </c>
       <c r="L313" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
-        <v>635</v>
+        <v>323</v>
       </c>
       <c r="B314" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="C314" t="s">
         <v>21</v>
       </c>
       <c r="D314">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G314">
-        <v>389409.91</v>
+        <v>181414.0</v>
       </c>
       <c r="H314">
-        <v>1461.48</v>
+        <v>72221.0</v>
       </c>
       <c r="I314">
-        <v>387948.43</v>
+        <v>109193.0</v>
       </c>
       <c r="J314" t="s">
-        <v>22</v>
+        <v>270</v>
       </c>
       <c r="K314" t="s">
         <v>23</v>
       </c>
       <c r="L314" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
-        <v>699</v>
+        <v>389</v>
       </c>
       <c r="B315" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="C315" t="s">
         <v>21</v>
       </c>
       <c r="D315">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G315">
-        <v>156625.0</v>
+        <v>37372.97</v>
       </c>
       <c r="H315">
         <v>0.0</v>
       </c>
       <c r="I315">
-        <v>156625.0</v>
+        <v>37372.97</v>
       </c>
       <c r="J315" t="s">
-        <v>26</v>
+        <v>326</v>
       </c>
       <c r="K315" t="s">
         <v>23</v>
       </c>
       <c r="L315" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
-        <v>763</v>
+        <v>464</v>
       </c>
       <c r="B316" t="s">
+        <v>440</v>
+      </c>
+      <c r="C316" t="s">
         <v>441</v>
       </c>
-      <c r="C316" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D316">
+        <v>4</v>
+      </c>
+      <c r="E316">
         <v>1</v>
       </c>
       <c r="G316">
-        <v>163687.41</v>
+        <v>326301.49</v>
       </c>
       <c r="H316">
-        <v>38473.16</v>
+        <v>287136.0</v>
       </c>
       <c r="I316">
-        <v>125214.25</v>
+        <v>39165.49</v>
       </c>
       <c r="J316" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="K316" t="s">
         <v>23</v>
       </c>
       <c r="L316" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
-        <v>830</v>
+        <v>532</v>
       </c>
       <c r="B317" t="s">
         <v>442</v>
       </c>
       <c r="C317" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D317">
+        <v>3</v>
       </c>
       <c r="E317">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G317">
-        <v>40207.28</v>
+        <v>624469.6</v>
       </c>
       <c r="H317">
-        <v>6845.09</v>
+        <v>12531.96</v>
       </c>
       <c r="I317">
-        <v>33362.19</v>
+        <v>611937.64</v>
       </c>
       <c r="J317" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="K317" t="s">
         <v>23</v>
       </c>
       <c r="L317" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
-        <v>903</v>
+        <v>602</v>
       </c>
       <c r="B318" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C318" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D318">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E318">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G318">
-        <v>242330.12</v>
+        <v>377419.06</v>
       </c>
       <c r="H318">
-        <v>27050.18</v>
+        <v>1947.06</v>
       </c>
       <c r="I318">
-        <v>215279.94</v>
+        <v>375472.0</v>
       </c>
       <c r="J318" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="K318" t="s">
         <v>23</v>
       </c>
       <c r="L318" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
-        <v>26</v>
+        <v>667</v>
       </c>
       <c r="B319" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="C319" t="s">
-        <v>159</v>
+        <v>26</v>
       </c>
       <c r="D319">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E319">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G319">
-        <v>344770.0</v>
+        <v>364080.99</v>
       </c>
       <c r="H319">
-        <v>1353.0</v>
+        <v>111850.55</v>
       </c>
       <c r="I319">
-        <v>343417.0</v>
+        <v>252230.44</v>
       </c>
       <c r="J319" t="s">
-        <v>157</v>
+        <v>85</v>
       </c>
       <c r="K319" t="s">
         <v>23</v>
       </c>
       <c r="L319" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
-        <v>982</v>
+        <v>731</v>
       </c>
       <c r="B320" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="C320" t="s">
-        <v>447</v>
+        <v>26</v>
       </c>
       <c r="D320">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G320">
-        <v>388588.0</v>
+        <v>899415.73</v>
       </c>
       <c r="H320">
-        <v>18705.27</v>
+        <v>3132.58</v>
       </c>
       <c r="I320">
-        <v>369882.73</v>
+        <v>896283.15</v>
       </c>
       <c r="J320" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="K320" t="s">
         <v>23</v>
       </c>
       <c r="L320" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
-        <v>125</v>
+        <v>798</v>
       </c>
       <c r="B321" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="C321" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D321">
         <v>1</v>
       </c>
       <c r="E321">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G321">
-        <v>292953.14</v>
+        <v>82644.0</v>
       </c>
       <c r="H321">
-        <v>0.0</v>
+        <v>31604.0</v>
       </c>
       <c r="I321">
-        <v>292953.14</v>
+        <v>51040.0</v>
       </c>
       <c r="J321" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="K321" t="s">
         <v>23</v>
       </c>
       <c r="L321" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
-        <v>191</v>
+        <v>871</v>
       </c>
       <c r="B322" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C322" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
       <c r="D322">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E322">
         <v>1</v>
       </c>
       <c r="G322">
-        <v>187622.0</v>
+        <v>197451.68</v>
       </c>
       <c r="H322">
-        <v>6220.0</v>
+        <v>46488.34</v>
       </c>
       <c r="I322">
-        <v>181402.0</v>
+        <v>150963.34</v>
       </c>
       <c r="J322" t="s">
-        <v>451</v>
+        <v>35</v>
       </c>
       <c r="K322" t="s">
         <v>23</v>
       </c>
       <c r="L322" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
-        <v>256</v>
+        <v>935</v>
       </c>
       <c r="B323" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="C323" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="D323">
+        <v>1</v>
       </c>
       <c r="E323">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G323">
-        <v>70923.18</v>
+        <v>126463.17</v>
       </c>
       <c r="H323">
-        <v>58640.36</v>
+        <v>41165.44</v>
       </c>
       <c r="I323">
-        <v>12282.82</v>
+        <v>85297.73</v>
       </c>
       <c r="J323" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="K323" t="s">
         <v>23</v>
       </c>
       <c r="L323" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
-        <v>323</v>
+        <v>92</v>
       </c>
       <c r="B324" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="C324" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D324">
         <v>1</v>
       </c>
+      <c r="E324">
+        <v>1</v>
+      </c>
       <c r="G324">
-        <v>181414.0</v>
+        <v>161528.61</v>
       </c>
       <c r="H324">
-        <v>72221.0</v>
+        <v>26451.64</v>
       </c>
       <c r="I324">
-        <v>109193.0</v>
+        <v>135076.97</v>
       </c>
       <c r="J324" t="s">
-        <v>283</v>
+        <v>93</v>
       </c>
       <c r="K324" t="s">
         <v>23</v>
       </c>
       <c r="L324" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
-        <v>389</v>
+        <v>158</v>
       </c>
       <c r="B325" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C325" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D325">
         <v>2</v>
       </c>
       <c r="G325">
-        <v>37372.97</v>
+        <v>142383.56</v>
       </c>
       <c r="H325">
-        <v>0.0</v>
+        <v>88789.4</v>
       </c>
       <c r="I325">
-        <v>37372.97</v>
+        <v>53594.16</v>
       </c>
       <c r="J325" t="s">
-        <v>303</v>
+        <v>95</v>
       </c>
       <c r="K325" t="s">
         <v>23</v>
       </c>
       <c r="L325" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
-        <v>464</v>
+        <v>223</v>
       </c>
       <c r="B326" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="C326" t="s">
-        <v>456</v>
+        <v>357</v>
       </c>
       <c r="D326">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E326">
         <v>1</v>
       </c>
       <c r="G326">
-        <v>326301.49</v>
+        <v>155094.0</v>
       </c>
       <c r="H326">
-        <v>287136.0</v>
+        <v>6198.0</v>
       </c>
       <c r="I326">
-        <v>39165.49</v>
+        <v>148896.0</v>
       </c>
       <c r="J326" t="s">
-        <v>101</v>
+        <v>283</v>
       </c>
       <c r="K326" t="s">
         <v>23</v>
       </c>
       <c r="L326" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
-        <v>532</v>
+        <v>288</v>
       </c>
       <c r="B327" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="C327" t="s">
         <v>21</v>
       </c>
       <c r="D327">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E327">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G327">
-        <v>624469.6</v>
+        <v>487646.0</v>
       </c>
       <c r="H327">
-        <v>12531.96</v>
+        <v>142186.0</v>
       </c>
       <c r="I327">
-        <v>611937.64</v>
+        <v>345460.0</v>
       </c>
       <c r="J327" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="K327" t="s">
         <v>23</v>
       </c>
       <c r="L327" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
-        <v>602</v>
+        <v>355</v>
       </c>
       <c r="B328" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="C328" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>454</v>
       </c>
       <c r="G328">
-        <v>377419.06</v>
+        <v>10000.0</v>
       </c>
       <c r="H328">
-        <v>1947.06</v>
+        <v>14000.0</v>
       </c>
       <c r="I328">
-        <v>375472.0</v>
+        <v>-4000.0</v>
       </c>
       <c r="J328" t="s">
-        <v>22</v>
+        <v>455</v>
       </c>
       <c r="K328" t="s">
         <v>23</v>
       </c>
       <c r="L328" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
-        <v>667</v>
+        <v>421</v>
       </c>
       <c r="B329" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="C329" t="s">
-        <v>21</v>
+        <v>457</v>
       </c>
       <c r="D329">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E329">
         <v>2</v>
       </c>
       <c r="G329">
-        <v>364080.99</v>
+        <v>397148.58</v>
       </c>
       <c r="H329">
-        <v>111850.55</v>
+        <v>48317.62</v>
       </c>
       <c r="I329">
-        <v>252230.44</v>
+        <v>348830.96</v>
       </c>
       <c r="J329" t="s">
-        <v>105</v>
+        <v>458</v>
       </c>
       <c r="K329" t="s">
         <v>23</v>
       </c>
       <c r="L329" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
-        <v>731</v>
+        <v>500</v>
       </c>
       <c r="B330" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="C330" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D330">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E330">
+        <v>2</v>
       </c>
       <c r="G330">
-        <v>899415.73</v>
+        <v>193500.0</v>
       </c>
       <c r="H330">
-        <v>3132.58</v>
+        <v>0.0</v>
       </c>
       <c r="I330">
-        <v>896283.15</v>
+        <v>193500.0</v>
       </c>
       <c r="J330" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K330" t="s">
         <v>23</v>
       </c>
       <c r="L330" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
-        <v>798</v>
+        <v>564</v>
       </c>
       <c r="B331" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C331" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D331">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E331">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G331">
-        <v>82644.0</v>
+        <v>156678.48</v>
       </c>
       <c r="H331">
-        <v>31604.0</v>
+        <v>223248.35</v>
       </c>
       <c r="I331">
-        <v>51040.0</v>
+        <v>-66569.87</v>
       </c>
       <c r="J331" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K331" t="s">
         <v>23</v>
       </c>
       <c r="L331" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
-        <v>871</v>
+        <v>635</v>
       </c>
       <c r="B332" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C332" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D332">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G332">
-        <v>197451.68</v>
+        <v>389409.91</v>
       </c>
       <c r="H332">
-        <v>46488.34</v>
+        <v>1461.48</v>
       </c>
       <c r="I332">
-        <v>150963.34</v>
+        <v>387948.43</v>
       </c>
       <c r="J332" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K332" t="s">
         <v>23</v>
       </c>
       <c r="L332" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
-        <v>935</v>
+        <v>699</v>
       </c>
       <c r="B333" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="C333" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D333">
         <v>1</v>
       </c>
       <c r="E333">
         <v>1</v>
       </c>
       <c r="G333">
-        <v>126463.17</v>
+        <v>156625.0</v>
       </c>
       <c r="H333">
-        <v>41165.44</v>
+        <v>0.0</v>
       </c>
       <c r="I333">
-        <v>85297.73</v>
+        <v>156625.0</v>
       </c>
       <c r="J333" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K333" t="s">
         <v>23</v>
       </c>
       <c r="L333" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
-        <v>92</v>
+        <v>763</v>
       </c>
       <c r="B334" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C334" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D334">
         <v>1</v>
       </c>
-      <c r="E334">
-[...1 lines deleted...]
-      </c>
       <c r="G334">
-        <v>161528.61</v>
+        <v>163687.41</v>
       </c>
       <c r="H334">
-        <v>26451.64</v>
+        <v>38473.16</v>
       </c>
       <c r="I334">
-        <v>135076.97</v>
+        <v>125214.25</v>
       </c>
       <c r="J334" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="K334" t="s">
         <v>23</v>
       </c>
       <c r="L334" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
-        <v>158</v>
+        <v>830</v>
       </c>
       <c r="B335" t="s">
+        <v>464</v>
+      </c>
+      <c r="C335" t="s">
+        <v>26</v>
+      </c>
+      <c r="E335">
+        <v>1</v>
+      </c>
+      <c r="G335">
+        <v>40207.28</v>
+      </c>
+      <c r="H335">
+        <v>6845.09</v>
+      </c>
+      <c r="I335">
+        <v>33362.19</v>
+      </c>
+      <c r="J335" t="s">
         <v>465</v>
-      </c>
-[...16 lines deleted...]
-        <v>115</v>
       </c>
       <c r="K335" t="s">
         <v>23</v>
       </c>
       <c r="L335" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
-        <v>223</v>
+        <v>903</v>
       </c>
       <c r="B336" t="s">
         <v>466</v>
       </c>
       <c r="C336" t="s">
-        <v>339</v>
+        <v>26</v>
       </c>
       <c r="D336">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E336">
         <v>1</v>
       </c>
       <c r="G336">
-        <v>155094.0</v>
+        <v>242330.12</v>
       </c>
       <c r="H336">
-        <v>6198.0</v>
+        <v>27050.18</v>
       </c>
       <c r="I336">
-        <v>148896.0</v>
+        <v>215279.94</v>
       </c>
       <c r="J336" t="s">
-        <v>296</v>
+        <v>59</v>
       </c>
       <c r="K336" t="s">
         <v>23</v>
       </c>
       <c r="L336" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
-        <v>139</v>
+        <v>744</v>
       </c>
       <c r="B337" t="s">
         <v>467</v>
       </c>
       <c r="C337" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D337">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E337">
         <v>1</v>
       </c>
       <c r="G337">
-        <v>360640.88</v>
+        <v>96205.61</v>
       </c>
       <c r="H337">
-        <v>49615.44</v>
+        <v>3771.13</v>
       </c>
       <c r="I337">
-        <v>311025.44</v>
+        <v>92434.48</v>
       </c>
       <c r="J337" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="K337" t="s">
         <v>23</v>
       </c>
       <c r="L337" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
-        <v>204</v>
+        <v>811</v>
       </c>
       <c r="B338" t="s">
         <v>468</v>
       </c>
       <c r="C338" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D338">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E338">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G338">
-        <v>150880.43</v>
+        <v>408841.85</v>
       </c>
       <c r="H338">
-        <v>12123.2</v>
+        <v>272021.0</v>
       </c>
       <c r="I338">
-        <v>138757.23</v>
+        <v>136820.85</v>
       </c>
       <c r="J338" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="K338" t="s">
         <v>23</v>
       </c>
       <c r="L338" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
-        <v>269</v>
+        <v>884</v>
       </c>
       <c r="B339" t="s">
         <v>469</v>
       </c>
       <c r="C339" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="D339">
         <v>1</v>
       </c>
+      <c r="E339">
+        <v>1</v>
+      </c>
       <c r="G339">
-        <v>146907.87</v>
+        <v>97119.6</v>
       </c>
       <c r="H339">
-        <v>19316.27</v>
+        <v>56786.48</v>
       </c>
       <c r="I339">
-        <v>127591.6</v>
+        <v>40333.12</v>
       </c>
       <c r="J339" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="K339" t="s">
         <v>23</v>
       </c>
       <c r="L339" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
-        <v>336</v>
+        <v>948</v>
       </c>
       <c r="B340" t="s">
         <v>470</v>
       </c>
       <c r="C340" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D340">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E340">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G340">
-        <v>510479.22</v>
+        <v>251503.0</v>
       </c>
       <c r="H340">
-        <v>122059.7</v>
+        <v>43000.0</v>
       </c>
       <c r="I340">
-        <v>388419.52</v>
+        <v>208503.0</v>
       </c>
       <c r="J340" t="s">
-        <v>125</v>
+        <v>37</v>
       </c>
       <c r="K340" t="s">
         <v>23</v>
       </c>
       <c r="L340" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
-        <v>402</v>
+        <v>105</v>
       </c>
       <c r="B341" t="s">
         <v>471</v>
       </c>
       <c r="C341" t="s">
-        <v>472</v>
+        <v>21</v>
       </c>
       <c r="D341">
         <v>4</v>
       </c>
       <c r="E341">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G341">
-        <v>492166.66</v>
+        <v>445715.08</v>
       </c>
       <c r="H341">
         <v>0.0</v>
       </c>
       <c r="I341">
-        <v>492166.66</v>
+        <v>445715.08</v>
       </c>
       <c r="J341" t="s">
-        <v>303</v>
+        <v>125</v>
       </c>
       <c r="K341" t="s">
         <v>23</v>
       </c>
       <c r="L341" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
-        <v>480</v>
+        <v>172</v>
       </c>
       <c r="B342" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="C342" t="s">
         <v>21</v>
       </c>
       <c r="D342">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G342">
-        <v>316208.35</v>
+        <v>231895.0</v>
       </c>
       <c r="H342">
-        <v>99842.27</v>
+        <v>0.0</v>
       </c>
       <c r="I342">
-        <v>216366.08</v>
+        <v>231895.0</v>
       </c>
       <c r="J342" t="s">
-        <v>22</v>
+        <v>303</v>
       </c>
       <c r="K342" t="s">
         <v>23</v>
       </c>
       <c r="L342" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
-        <v>545</v>
+        <v>236</v>
       </c>
       <c r="B343" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="C343" t="s">
         <v>21</v>
       </c>
+      <c r="D343">
+        <v>2</v>
+      </c>
       <c r="E343">
         <v>1</v>
       </c>
       <c r="G343">
-        <v>31317.76</v>
+        <v>303550.0</v>
       </c>
       <c r="H343">
-        <v>45733.55</v>
+        <v>165353.34</v>
       </c>
       <c r="I343">
-        <v>-14415.79</v>
+        <v>138196.66</v>
       </c>
       <c r="J343" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K343" t="s">
         <v>23</v>
       </c>
       <c r="L343" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
-        <v>616</v>
+        <v>301</v>
       </c>
       <c r="B344" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C344" t="s">
         <v>21</v>
       </c>
       <c r="D344">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E344">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G344">
-        <v>428100.0</v>
+        <v>427485.82</v>
       </c>
       <c r="H344">
-        <v>155758.0</v>
+        <v>75600.0</v>
       </c>
       <c r="I344">
-        <v>272342.0</v>
+        <v>351885.82</v>
       </c>
       <c r="J344" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K344" t="s">
         <v>23</v>
       </c>
       <c r="L344" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
-        <v>680</v>
+        <v>368</v>
       </c>
       <c r="B345" t="s">
+        <v>475</v>
+      </c>
+      <c r="C345" t="s">
         <v>476</v>
       </c>
-      <c r="C345" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G345">
-        <v>193803.0</v>
+        <v>224.0</v>
       </c>
       <c r="H345">
-        <v>69192.18</v>
+        <v>2000.0</v>
       </c>
       <c r="I345">
-        <v>124610.82</v>
+        <v>-1776.0</v>
       </c>
       <c r="J345" t="s">
-        <v>105</v>
+        <v>308</v>
       </c>
       <c r="K345" t="s">
         <v>23</v>
       </c>
       <c r="L345" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
-        <v>744</v>
+        <v>434</v>
       </c>
       <c r="B346" t="s">
         <v>477</v>
       </c>
       <c r="C346" t="s">
         <v>21</v>
       </c>
       <c r="D346">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E346">
         <v>1</v>
       </c>
       <c r="G346">
-        <v>96205.61</v>
+        <v>436085.03</v>
       </c>
       <c r="H346">
-        <v>3771.13</v>
+        <v>767.28</v>
       </c>
       <c r="I346">
-        <v>92434.48</v>
+        <v>435317.75</v>
       </c>
       <c r="J346" t="s">
-        <v>26</v>
+        <v>478</v>
       </c>
       <c r="K346" t="s">
         <v>23</v>
       </c>
       <c r="L346" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
-        <v>811</v>
+        <v>513</v>
       </c>
       <c r="B347" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C347" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D347">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E347">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G347">
-        <v>408841.85</v>
+        <v>457325.61</v>
       </c>
       <c r="H347">
-        <v>272021.0</v>
+        <v>125462.68</v>
       </c>
       <c r="I347">
-        <v>136820.85</v>
+        <v>331862.93</v>
       </c>
       <c r="J347" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K347" t="s">
         <v>23</v>
       </c>
       <c r="L347" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
-        <v>884</v>
+        <v>577</v>
       </c>
       <c r="B348" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C348" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D348">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E348">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G348">
-        <v>97119.6</v>
+        <v>149359.77</v>
       </c>
       <c r="H348">
-        <v>56786.48</v>
+        <v>50704.01</v>
       </c>
       <c r="I348">
-        <v>40333.12</v>
+        <v>98655.76</v>
       </c>
       <c r="J348" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K348" t="s">
         <v>23</v>
       </c>
       <c r="L348" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
-        <v>948</v>
+        <v>648</v>
       </c>
       <c r="B349" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C349" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D349">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E349">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G349">
-        <v>251503.0</v>
+        <v>274107.59</v>
       </c>
       <c r="H349">
-        <v>43000.0</v>
+        <v>106855.86</v>
       </c>
       <c r="I349">
-        <v>208503.0</v>
+        <v>167251.73</v>
       </c>
       <c r="J349" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="K349" t="s">
         <v>23</v>
       </c>
       <c r="L349" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
-        <v>105</v>
+        <v>712</v>
       </c>
       <c r="B350" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C350" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D350">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E350">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G350">
-        <v>445715.08</v>
+        <v>314978.82</v>
       </c>
       <c r="H350">
-        <v>0.0</v>
+        <v>125689.64</v>
       </c>
       <c r="I350">
-        <v>445715.08</v>
+        <v>189289.18</v>
       </c>
       <c r="J350" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="K350" t="s">
         <v>23</v>
       </c>
       <c r="L350" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
-        <v>172</v>
+        <v>779</v>
       </c>
       <c r="B351" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C351" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D351">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="E351">
+        <v>1</v>
       </c>
       <c r="G351">
-        <v>231895.0</v>
+        <v>161424.94</v>
       </c>
       <c r="H351">
-        <v>0.0</v>
+        <v>47234.0</v>
       </c>
       <c r="I351">
-        <v>231895.0</v>
+        <v>114190.94</v>
       </c>
       <c r="J351" t="s">
-        <v>314</v>
+        <v>31</v>
       </c>
       <c r="K351" t="s">
         <v>23</v>
       </c>
       <c r="L351" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
-        <v>236</v>
+        <v>845</v>
       </c>
       <c r="B352" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C352" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D352">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E352">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G352">
-        <v>303550.0</v>
+        <v>141100.0</v>
       </c>
       <c r="H352">
-        <v>165353.34</v>
+        <v>140094.0</v>
       </c>
       <c r="I352">
-        <v>138196.66</v>
+        <v>1006.0</v>
       </c>
       <c r="J352" t="s">
-        <v>316</v>
+        <v>57</v>
       </c>
       <c r="K352" t="s">
         <v>23</v>
       </c>
       <c r="L352" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
-        <v>301</v>
+        <v>916</v>
       </c>
       <c r="B353" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C353" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D353">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E353">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G353">
-        <v>427485.82</v>
+        <v>460294.52</v>
       </c>
       <c r="H353">
-        <v>75600.0</v>
+        <v>68175.0</v>
       </c>
       <c r="I353">
-        <v>351885.82</v>
+        <v>392119.52</v>
       </c>
       <c r="J353" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="K353" t="s">
         <v>23</v>
       </c>
       <c r="L353" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
-        <v>368</v>
+        <v>52</v>
       </c>
       <c r="B354" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C354" t="s">
-        <v>486</v>
+        <v>21</v>
+      </c>
+      <c r="D354">
+        <v>1</v>
+      </c>
+      <c r="E354">
+        <v>1</v>
       </c>
       <c r="G354">
-        <v>224.0</v>
+        <v>166046.39</v>
       </c>
       <c r="H354">
-        <v>2000.0</v>
+        <v>106000.0</v>
       </c>
       <c r="I354">
-        <v>-1776.0</v>
+        <v>60046.39</v>
       </c>
       <c r="J354" t="s">
-        <v>319</v>
+        <v>116</v>
       </c>
       <c r="K354" t="s">
         <v>23</v>
       </c>
       <c r="L354" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
-        <v>434</v>
+        <v>139</v>
       </c>
       <c r="B355" t="s">
         <v>487</v>
       </c>
       <c r="C355" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D355">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E355">
         <v>1</v>
       </c>
       <c r="G355">
-        <v>436085.03</v>
+        <v>360640.88</v>
       </c>
       <c r="H355">
-        <v>767.28</v>
+        <v>49615.44</v>
       </c>
       <c r="I355">
-        <v>435317.75</v>
+        <v>311025.44</v>
       </c>
       <c r="J355" t="s">
-        <v>488</v>
+        <v>148</v>
       </c>
       <c r="K355" t="s">
         <v>23</v>
       </c>
       <c r="L355" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
-        <v>513</v>
+        <v>204</v>
       </c>
       <c r="B356" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="C356" t="s">
         <v>21</v>
       </c>
       <c r="D356">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E356">
         <v>1</v>
       </c>
       <c r="G356">
-        <v>457325.61</v>
+        <v>150880.43</v>
       </c>
       <c r="H356">
-        <v>125462.68</v>
+        <v>12123.2</v>
       </c>
       <c r="I356">
-        <v>331862.93</v>
+        <v>138757.23</v>
       </c>
       <c r="J356" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="K356" t="s">
         <v>23</v>
       </c>
       <c r="L356" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
-        <v>577</v>
+        <v>269</v>
       </c>
       <c r="B357" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="C357" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="D357">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G357">
-        <v>149359.77</v>
+        <v>146907.87</v>
       </c>
       <c r="H357">
-        <v>50704.01</v>
+        <v>19316.27</v>
       </c>
       <c r="I357">
-        <v>98655.76</v>
+        <v>127591.6</v>
       </c>
       <c r="J357" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="K357" t="s">
         <v>23</v>
       </c>
       <c r="L357" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
-        <v>648</v>
+        <v>336</v>
       </c>
       <c r="B358" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="C358" t="s">
         <v>21</v>
       </c>
       <c r="D358">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E358">
         <v>1</v>
       </c>
       <c r="G358">
-        <v>274107.59</v>
+        <v>510479.22</v>
       </c>
       <c r="H358">
-        <v>106855.86</v>
+        <v>122059.7</v>
       </c>
       <c r="I358">
-        <v>167251.73</v>
+        <v>388419.52</v>
       </c>
       <c r="J358" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="K358" t="s">
         <v>23</v>
       </c>
       <c r="L358" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
-        <v>712</v>
+        <v>402</v>
       </c>
       <c r="B359" t="s">
+        <v>491</v>
+      </c>
+      <c r="C359" t="s">
         <v>492</v>
       </c>
-      <c r="C359" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D359">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E359">
         <v>1</v>
       </c>
       <c r="G359">
-        <v>314978.82</v>
+        <v>492166.66</v>
       </c>
       <c r="H359">
-        <v>125689.64</v>
+        <v>0.0</v>
       </c>
       <c r="I359">
-        <v>189289.18</v>
+        <v>492166.66</v>
       </c>
       <c r="J359" t="s">
-        <v>26</v>
+        <v>326</v>
       </c>
       <c r="K359" t="s">
         <v>23</v>
       </c>
       <c r="L359" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
-        <v>779</v>
+        <v>480</v>
       </c>
       <c r="B360" t="s">
         <v>493</v>
       </c>
       <c r="C360" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D360">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E360">
         <v>1</v>
       </c>
       <c r="G360">
-        <v>161424.94</v>
+        <v>316208.35</v>
       </c>
       <c r="H360">
-        <v>47234.0</v>
+        <v>99842.27</v>
       </c>
       <c r="I360">
-        <v>114190.94</v>
+        <v>216366.08</v>
       </c>
       <c r="J360" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K360" t="s">
         <v>23</v>
       </c>
       <c r="L360" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
-        <v>845</v>
+        <v>545</v>
       </c>
       <c r="B361" t="s">
         <v>494</v>
       </c>
       <c r="C361" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E361">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G361">
-        <v>141100.0</v>
+        <v>31317.76</v>
       </c>
       <c r="H361">
-        <v>140094.0</v>
+        <v>45733.55</v>
       </c>
       <c r="I361">
-        <v>1006.0</v>
+        <v>-14415.79</v>
       </c>
       <c r="J361" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K361" t="s">
         <v>23</v>
       </c>
       <c r="L361" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
-        <v>916</v>
+        <v>616</v>
       </c>
       <c r="B362" t="s">
         <v>495</v>
       </c>
       <c r="C362" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D362">
         <v>1</v>
       </c>
       <c r="E362">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G362">
-        <v>460294.52</v>
+        <v>428100.0</v>
       </c>
       <c r="H362">
-        <v>68175.0</v>
+        <v>155758.0</v>
       </c>
       <c r="I362">
-        <v>392119.52</v>
+        <v>272342.0</v>
       </c>
       <c r="J362" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K362" t="s">
         <v>23</v>
       </c>
       <c r="L362" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
-        <v>52</v>
+        <v>680</v>
       </c>
       <c r="B363" t="s">
         <v>496</v>
       </c>
       <c r="C363" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D363">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E363">
         <v>1</v>
       </c>
       <c r="G363">
-        <v>166046.39</v>
+        <v>193803.0</v>
       </c>
       <c r="H363">
-        <v>106000.0</v>
+        <v>69192.18</v>
       </c>
       <c r="I363">
-        <v>60046.39</v>
+        <v>124610.82</v>
       </c>
       <c r="J363" t="s">
         <v>85</v>
       </c>
       <c r="K363" t="s">
         <v>23</v>
       </c>
       <c r="L363" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
-        <v>757</v>
+        <v>596</v>
       </c>
       <c r="B364" t="s">
         <v>497</v>
       </c>
       <c r="C364" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D364">
+        <v>2</v>
+      </c>
+      <c r="E364">
         <v>3</v>
       </c>
-      <c r="E364">
-[...1 lines deleted...]
-      </c>
       <c r="G364">
-        <v>300874.96</v>
+        <v>329250.0</v>
       </c>
       <c r="H364">
-        <v>40062.84</v>
+        <v>0.0</v>
       </c>
       <c r="I364">
-        <v>260812.12</v>
+        <v>329250.0</v>
       </c>
       <c r="J364" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K364" t="s">
         <v>23</v>
       </c>
       <c r="L364" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
-        <v>824</v>
+        <v>661</v>
       </c>
       <c r="B365" t="s">
         <v>498</v>
       </c>
       <c r="C365" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D365">
+        <v>7</v>
+      </c>
+      <c r="E365">
         <v>1</v>
       </c>
       <c r="G365">
-        <v>80115.0</v>
+        <v>365100.0</v>
       </c>
       <c r="H365">
-        <v>97146.13</v>
+        <v>78800.0</v>
       </c>
       <c r="I365">
-        <v>-17031.13</v>
+        <v>286300.0</v>
       </c>
       <c r="J365" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="K365" t="s">
         <v>23</v>
       </c>
       <c r="L365" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
-        <v>897</v>
+        <v>725</v>
       </c>
       <c r="B366" t="s">
         <v>499</v>
       </c>
       <c r="C366" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D366">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E366">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G366">
-        <v>158856.45</v>
+        <v>361547.86</v>
       </c>
       <c r="H366">
-        <v>61678.35</v>
+        <v>65238.6</v>
       </c>
       <c r="I366">
-        <v>97178.1</v>
+        <v>296309.26</v>
       </c>
       <c r="J366" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K366" t="s">
         <v>23</v>
       </c>
       <c r="L366" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
-        <v>18</v>
+        <v>792</v>
       </c>
       <c r="B367" t="s">
         <v>500</v>
       </c>
       <c r="C367" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D367">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E367">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G367">
-        <v>389639.09</v>
+        <v>369305.77</v>
       </c>
       <c r="H367">
-        <v>20500.0</v>
+        <v>130220.69</v>
       </c>
       <c r="I367">
-        <v>369139.09</v>
+        <v>239085.08</v>
       </c>
       <c r="J367" t="s">
-        <v>101</v>
+        <v>31</v>
       </c>
       <c r="K367" t="s">
         <v>23</v>
       </c>
       <c r="L367" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
-        <v>961</v>
+        <v>865</v>
       </c>
       <c r="B368" t="s">
         <v>501</v>
       </c>
       <c r="C368" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D368">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E368">
         <v>1</v>
       </c>
       <c r="G368">
-        <v>121017.44</v>
+        <v>257817.91</v>
       </c>
       <c r="H368">
-        <v>43923.85</v>
+        <v>171929.29</v>
       </c>
       <c r="I368">
-        <v>77093.59</v>
+        <v>85888.62</v>
       </c>
       <c r="J368" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="K368" t="s">
         <v>23</v>
       </c>
       <c r="L368" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
-        <v>119</v>
+        <v>929</v>
       </c>
       <c r="B369" t="s">
         <v>502</v>
       </c>
       <c r="C369" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D369">
+        <v>2</v>
+      </c>
+      <c r="E369">
         <v>3</v>
       </c>
-      <c r="E369">
-[...1 lines deleted...]
-      </c>
       <c r="G369">
-        <v>433517.45</v>
+        <v>120600.0</v>
       </c>
       <c r="H369">
-        <v>345150.74</v>
+        <v>33900.0</v>
       </c>
       <c r="I369">
-        <v>88366.71</v>
+        <v>86700.0</v>
       </c>
       <c r="J369" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K369" t="s">
         <v>23</v>
       </c>
       <c r="L369" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
-        <v>185</v>
+        <v>86</v>
       </c>
       <c r="B370" t="s">
         <v>503</v>
       </c>
       <c r="C370" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D370">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E370">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G370">
-        <v>218577.66</v>
+        <v>65329.0</v>
       </c>
       <c r="H370">
-        <v>113634.64</v>
+        <v>620.0</v>
       </c>
       <c r="I370">
-        <v>104943.02</v>
+        <v>64709.0</v>
       </c>
       <c r="J370" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="K370" t="s">
         <v>23</v>
       </c>
       <c r="L370" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
-        <v>249</v>
+        <v>152</v>
       </c>
       <c r="B371" t="s">
         <v>504</v>
       </c>
       <c r="C371" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D371">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E371">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G371">
-        <v>216507.2</v>
+        <v>107302.0</v>
       </c>
       <c r="H371">
-        <v>148181.37</v>
+        <v>0.0</v>
       </c>
       <c r="I371">
-        <v>68325.83</v>
+        <v>107302.0</v>
       </c>
       <c r="J371" t="s">
-        <v>93</v>
+        <v>169</v>
       </c>
       <c r="K371" t="s">
         <v>23</v>
       </c>
       <c r="L371" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
-        <v>317</v>
+        <v>217</v>
       </c>
       <c r="B372" t="s">
         <v>505</v>
       </c>
       <c r="C372" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D372">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E372">
+        <v>1</v>
       </c>
       <c r="G372">
-        <v>39780.02</v>
+        <v>152315.0</v>
       </c>
       <c r="H372">
-        <v>3037.8</v>
+        <v>1500.0</v>
       </c>
       <c r="I372">
-        <v>36742.22</v>
+        <v>150815.0</v>
       </c>
       <c r="J372" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="K372" t="s">
         <v>23</v>
       </c>
       <c r="L372" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
-        <v>382</v>
+        <v>282</v>
       </c>
       <c r="B373" t="s">
         <v>506</v>
       </c>
       <c r="C373" t="s">
-        <v>507</v>
+        <v>21</v>
       </c>
       <c r="D373">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E373">
         <v>1</v>
       </c>
       <c r="G373">
-        <v>367785.46</v>
+        <v>364974.2</v>
       </c>
       <c r="H373">
-        <v>77390.01</v>
+        <v>0.0</v>
       </c>
       <c r="I373">
-        <v>290395.45</v>
+        <v>364974.2</v>
       </c>
       <c r="J373" t="s">
-        <v>171</v>
+        <v>341</v>
       </c>
       <c r="K373" t="s">
         <v>23</v>
       </c>
       <c r="L373" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
-        <v>456</v>
+        <v>349</v>
       </c>
       <c r="B374" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="C374" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="E374">
         <v>1</v>
       </c>
       <c r="G374">
-        <v>442533.78</v>
+        <v>33500.0</v>
       </c>
       <c r="H374">
         <v>0.0</v>
       </c>
       <c r="I374">
-        <v>442533.78</v>
+        <v>33500.0</v>
       </c>
       <c r="J374" t="s">
-        <v>344</v>
+        <v>102</v>
       </c>
       <c r="K374" t="s">
         <v>23</v>
       </c>
       <c r="L374" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
-        <v>526</v>
+        <v>415</v>
       </c>
       <c r="B375" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="C375" t="s">
         <v>21</v>
       </c>
       <c r="D375">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E375">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G375">
-        <v>693443.9</v>
+        <v>502450.98</v>
       </c>
       <c r="H375">
-        <v>12530.16</v>
+        <v>62126.53</v>
       </c>
       <c r="I375">
-        <v>680913.74</v>
+        <v>440324.45</v>
       </c>
       <c r="J375" t="s">
-        <v>22</v>
+        <v>176</v>
       </c>
       <c r="K375" t="s">
         <v>23</v>
       </c>
       <c r="L375" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
-        <v>596</v>
+        <v>494</v>
       </c>
       <c r="B376" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="C376" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D376">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E376">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G376">
-        <v>329250.0</v>
+        <v>705737.36</v>
       </c>
       <c r="H376">
-        <v>0.0</v>
+        <v>130296.0</v>
       </c>
       <c r="I376">
-        <v>329250.0</v>
+        <v>575441.36</v>
       </c>
       <c r="J376" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K376" t="s">
         <v>23</v>
       </c>
       <c r="L376" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
-        <v>661</v>
+        <v>558</v>
       </c>
       <c r="B377" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C377" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D377">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E377">
         <v>1</v>
       </c>
       <c r="G377">
-        <v>365100.0</v>
+        <v>293460.21</v>
       </c>
       <c r="H377">
-        <v>78800.0</v>
+        <v>94122.27</v>
       </c>
       <c r="I377">
-        <v>286300.0</v>
+        <v>199337.94</v>
       </c>
       <c r="J377" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="K377" t="s">
         <v>23</v>
       </c>
       <c r="L377" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
-        <v>725</v>
+        <v>629</v>
       </c>
       <c r="B378" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="C378" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D378">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E378">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G378">
-        <v>361547.86</v>
+        <v>507135.38</v>
       </c>
       <c r="H378">
-        <v>65238.6</v>
+        <v>134735.83</v>
       </c>
       <c r="I378">
-        <v>296309.26</v>
+        <v>372399.55</v>
       </c>
       <c r="J378" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K378" t="s">
         <v>23</v>
       </c>
       <c r="L378" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
-        <v>792</v>
+        <v>693</v>
       </c>
       <c r="B379" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C379" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D379">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E379">
         <v>1</v>
       </c>
       <c r="G379">
-        <v>369305.77</v>
+        <v>259191.43</v>
       </c>
       <c r="H379">
-        <v>130220.69</v>
+        <v>477791.84</v>
       </c>
       <c r="I379">
-        <v>239085.08</v>
+        <v>-218600.41</v>
       </c>
       <c r="J379" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="K379" t="s">
         <v>23</v>
       </c>
       <c r="L379" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
-        <v>865</v>
+        <v>757</v>
       </c>
       <c r="B380" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="C380" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D380">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E380">
         <v>1</v>
       </c>
       <c r="G380">
-        <v>257817.91</v>
+        <v>300874.96</v>
       </c>
       <c r="H380">
-        <v>171929.29</v>
+        <v>40062.84</v>
       </c>
       <c r="I380">
-        <v>85888.62</v>
+        <v>260812.12</v>
       </c>
       <c r="J380" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K380" t="s">
         <v>23</v>
       </c>
       <c r="L380" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
-        <v>929</v>
+        <v>824</v>
       </c>
       <c r="B381" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C381" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D381">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G381">
-        <v>120600.0</v>
+        <v>80115.0</v>
       </c>
       <c r="H381">
-        <v>33900.0</v>
+        <v>97146.13</v>
       </c>
       <c r="I381">
-        <v>86700.0</v>
+        <v>-17031.13</v>
       </c>
       <c r="J381" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K381" t="s">
         <v>23</v>
       </c>
       <c r="L381" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
-        <v>86</v>
+        <v>897</v>
       </c>
       <c r="B382" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="C382" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D382">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E382">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G382">
-        <v>65329.0</v>
+        <v>158856.45</v>
       </c>
       <c r="H382">
-        <v>620.0</v>
+        <v>61678.35</v>
       </c>
       <c r="I382">
-        <v>64709.0</v>
+        <v>97178.1</v>
       </c>
       <c r="J382" t="s">
-        <v>113</v>
+        <v>35</v>
       </c>
       <c r="K382" t="s">
         <v>23</v>
       </c>
       <c r="L382" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
-        <v>152</v>
+        <v>18</v>
       </c>
       <c r="B383" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C383" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D383">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E383">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G383">
-        <v>107302.0</v>
+        <v>389639.09</v>
       </c>
       <c r="H383">
-        <v>0.0</v>
+        <v>20500.0</v>
       </c>
       <c r="I383">
-        <v>107302.0</v>
+        <v>369139.09</v>
       </c>
       <c r="J383" t="s">
-        <v>185</v>
+        <v>81</v>
       </c>
       <c r="K383" t="s">
         <v>23</v>
       </c>
       <c r="L383" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
-        <v>217</v>
+        <v>961</v>
       </c>
       <c r="B384" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C384" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D384">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E384">
         <v>1</v>
       </c>
       <c r="G384">
-        <v>152315.0</v>
+        <v>121017.44</v>
       </c>
       <c r="H384">
-        <v>1500.0</v>
+        <v>43923.85</v>
       </c>
       <c r="I384">
-        <v>150815.0</v>
+        <v>77093.59</v>
       </c>
       <c r="J384" t="s">
-        <v>115</v>
+        <v>37</v>
       </c>
       <c r="K384" t="s">
         <v>23</v>
       </c>
       <c r="L384" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
-        <v>282</v>
+        <v>119</v>
       </c>
       <c r="B385" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C385" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D385">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E385">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G385">
-        <v>364974.2</v>
+        <v>433517.45</v>
       </c>
       <c r="H385">
-        <v>0.0</v>
+        <v>345150.74</v>
       </c>
       <c r="I385">
-        <v>364974.2</v>
+        <v>88366.71</v>
       </c>
       <c r="J385" t="s">
-        <v>357</v>
+        <v>120</v>
       </c>
       <c r="K385" t="s">
         <v>23</v>
       </c>
       <c r="L385" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
-        <v>349</v>
+        <v>185</v>
       </c>
       <c r="B386" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="C386" t="s">
-        <v>36</v>
+        <v>21</v>
+      </c>
+      <c r="D386">
+        <v>4</v>
       </c>
       <c r="E386">
         <v>1</v>
       </c>
       <c r="G386">
-        <v>33500.0</v>
+        <v>218577.66</v>
       </c>
       <c r="H386">
-        <v>0.0</v>
+        <v>113634.64</v>
       </c>
       <c r="I386">
-        <v>33500.0</v>
+        <v>104943.02</v>
       </c>
       <c r="J386" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="K386" t="s">
         <v>23</v>
       </c>
       <c r="L386" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
-        <v>415</v>
+        <v>249</v>
       </c>
       <c r="B387" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="C387" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D387">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E387">
         <v>2</v>
       </c>
       <c r="G387">
-        <v>502450.98</v>
+        <v>216507.2</v>
       </c>
       <c r="H387">
-        <v>62126.53</v>
+        <v>148181.37</v>
       </c>
       <c r="I387">
-        <v>440324.45</v>
+        <v>68325.83</v>
       </c>
       <c r="J387" t="s">
-        <v>192</v>
+        <v>73</v>
       </c>
       <c r="K387" t="s">
         <v>23</v>
       </c>
       <c r="L387" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
-        <v>494</v>
+        <v>317</v>
       </c>
       <c r="B388" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="C388" t="s">
         <v>21</v>
       </c>
       <c r="D388">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G388">
-        <v>705737.36</v>
+        <v>39780.02</v>
       </c>
       <c r="H388">
-        <v>130296.0</v>
+        <v>3037.8</v>
       </c>
       <c r="I388">
-        <v>575441.36</v>
+        <v>36742.22</v>
       </c>
       <c r="J388" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="K388" t="s">
         <v>23</v>
       </c>
       <c r="L388" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
-        <v>558</v>
+        <v>382</v>
       </c>
       <c r="B389" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C389" t="s">
-        <v>21</v>
+        <v>523</v>
       </c>
       <c r="D389">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E389">
         <v>1</v>
       </c>
       <c r="G389">
-        <v>293460.21</v>
+        <v>367785.46</v>
       </c>
       <c r="H389">
-        <v>94122.27</v>
+        <v>77390.01</v>
       </c>
       <c r="I389">
-        <v>199337.94</v>
+        <v>290395.45</v>
       </c>
       <c r="J389" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K389" t="s">
         <v>23</v>
       </c>
       <c r="L389" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
-        <v>629</v>
+        <v>456</v>
       </c>
       <c r="B390" t="s">
+        <v>524</v>
+      </c>
+      <c r="C390" t="s">
         <v>525</v>
       </c>
-      <c r="C390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D390">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E390">
         <v>1</v>
       </c>
       <c r="G390">
-        <v>507135.38</v>
+        <v>442533.78</v>
       </c>
       <c r="H390">
-        <v>134735.83</v>
+        <v>0.0</v>
       </c>
       <c r="I390">
-        <v>372399.55</v>
+        <v>442533.78</v>
       </c>
       <c r="J390" t="s">
-        <v>22</v>
+        <v>362</v>
       </c>
       <c r="K390" t="s">
         <v>23</v>
       </c>
       <c r="L390" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
-        <v>693</v>
+        <v>526</v>
       </c>
       <c r="B391" t="s">
         <v>526</v>
       </c>
       <c r="C391" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D391">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E391">
         <v>1</v>
       </c>
       <c r="G391">
-        <v>259191.43</v>
+        <v>693443.9</v>
       </c>
       <c r="H391">
-        <v>477791.84</v>
+        <v>12530.16</v>
       </c>
       <c r="I391">
-        <v>-218600.41</v>
+        <v>680913.74</v>
       </c>
       <c r="J391" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K391" t="s">
         <v>23</v>
       </c>
       <c r="L391" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
-        <v>610</v>
+        <v>362</v>
       </c>
       <c r="B392" t="s">
         <v>527</v>
       </c>
       <c r="C392" t="s">
         <v>21</v>
       </c>
       <c r="D392">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G392">
-        <v>162958.51</v>
+        <v>75004.0</v>
       </c>
       <c r="H392">
-        <v>158393.76</v>
+        <v>24600.0</v>
       </c>
       <c r="I392">
-        <v>4564.75</v>
+        <v>50404.0</v>
       </c>
       <c r="J392" t="s">
-        <v>22</v>
+        <v>528</v>
       </c>
       <c r="K392" t="s">
         <v>23</v>
       </c>
       <c r="L392" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
-        <v>674</v>
+        <v>428</v>
       </c>
       <c r="B393" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C393" t="s">
         <v>21</v>
       </c>
       <c r="D393">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E393">
         <v>1</v>
       </c>
       <c r="G393">
-        <v>439251.62</v>
+        <v>310850.0</v>
       </c>
       <c r="H393">
-        <v>62493.58</v>
+        <v>151000.0</v>
       </c>
       <c r="I393">
-        <v>376758.04</v>
+        <v>159850.0</v>
       </c>
       <c r="J393" t="s">
-        <v>26</v>
+        <v>530</v>
       </c>
       <c r="K393" t="s">
         <v>23</v>
       </c>
       <c r="L393" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
-        <v>738</v>
+        <v>507</v>
       </c>
       <c r="B394" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C394" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D394">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E394">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G394">
-        <v>80368.92</v>
+        <v>186197.44</v>
       </c>
       <c r="H394">
-        <v>44847.16</v>
+        <v>115600.0</v>
       </c>
       <c r="I394">
-        <v>35521.76</v>
+        <v>70597.44</v>
       </c>
       <c r="J394" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K394" t="s">
         <v>23</v>
       </c>
       <c r="L394" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
-        <v>805</v>
+        <v>571</v>
       </c>
       <c r="B395" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C395" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D395">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E395">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G395">
-        <v>508606.37</v>
+        <v>177785.0</v>
       </c>
       <c r="H395">
-        <v>91865.14</v>
+        <v>66037.32</v>
       </c>
       <c r="I395">
-        <v>416741.23</v>
+        <v>111747.68</v>
       </c>
       <c r="J395" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K395" t="s">
         <v>23</v>
       </c>
       <c r="L395" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
-        <v>878</v>
+        <v>642</v>
       </c>
       <c r="B396" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C396" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D396">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E396">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G396">
-        <v>228053.85</v>
+        <v>155281.54</v>
       </c>
       <c r="H396">
-        <v>28181.51</v>
+        <v>41782.54</v>
       </c>
       <c r="I396">
-        <v>199872.34</v>
+        <v>113499.0</v>
       </c>
       <c r="J396" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="K396" t="s">
         <v>23</v>
       </c>
       <c r="L396" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
-        <v>942</v>
+        <v>706</v>
       </c>
       <c r="B397" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C397" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D397">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E397">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G397">
-        <v>3830262.74</v>
+        <v>168870.24</v>
       </c>
       <c r="H397">
-        <v>27970.12</v>
+        <v>33214.86</v>
       </c>
       <c r="I397">
-        <v>3802292.62</v>
+        <v>135655.38</v>
       </c>
       <c r="J397" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K397" t="s">
         <v>23</v>
       </c>
       <c r="L397" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
-        <v>99</v>
+        <v>774</v>
       </c>
       <c r="B398" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C398" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D398">
         <v>2</v>
       </c>
       <c r="E398">
         <v>1</v>
       </c>
       <c r="G398">
-        <v>248152.0</v>
+        <v>131656.23</v>
       </c>
       <c r="H398">
-        <v>36102.0</v>
+        <v>38164.81</v>
       </c>
       <c r="I398">
-        <v>212050.0</v>
+        <v>93491.42</v>
       </c>
       <c r="J398" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="K398" t="s">
         <v>23</v>
       </c>
       <c r="L398" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
-        <v>166</v>
+        <v>839</v>
       </c>
       <c r="B399" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C399" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D399">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E399">
         <v>1</v>
       </c>
       <c r="G399">
-        <v>183057.0</v>
+        <v>139681.27</v>
       </c>
       <c r="H399">
-        <v>103000.0</v>
+        <v>12692.32</v>
       </c>
       <c r="I399">
-        <v>80057.0</v>
+        <v>126988.95</v>
       </c>
       <c r="J399" t="s">
-        <v>139</v>
+        <v>205</v>
       </c>
       <c r="K399" t="s">
         <v>23</v>
       </c>
       <c r="L399" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
-        <v>230</v>
+        <v>910</v>
       </c>
       <c r="B400" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C400" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D400">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E400">
         <v>1</v>
       </c>
       <c r="G400">
-        <v>503225.0</v>
+        <v>233000.0</v>
       </c>
       <c r="H400">
-        <v>124512.48</v>
+        <v>20000.0</v>
       </c>
       <c r="I400">
-        <v>378712.52</v>
+        <v>213000.0</v>
       </c>
       <c r="J400" t="s">
-        <v>141</v>
+        <v>91</v>
       </c>
       <c r="K400" t="s">
         <v>23</v>
       </c>
       <c r="L400" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
-        <v>295</v>
+        <v>36</v>
       </c>
       <c r="B401" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C401" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D401">
         <v>2</v>
       </c>
       <c r="E401">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G401">
-        <v>452910.78</v>
+        <v>549428.0</v>
       </c>
       <c r="H401">
-        <v>40808.98</v>
+        <v>14230.83</v>
       </c>
       <c r="I401">
-        <v>412101.8</v>
+        <v>535197.17</v>
       </c>
       <c r="J401" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="K401" t="s">
         <v>23</v>
       </c>
       <c r="L401" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
-        <v>362</v>
+        <v>133</v>
       </c>
       <c r="B402" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C402" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D402">
         <v>1</v>
       </c>
+      <c r="E402">
+        <v>1</v>
+      </c>
       <c r="G402">
-        <v>75004.0</v>
+        <v>93969.0</v>
       </c>
       <c r="H402">
-        <v>24600.0</v>
+        <v>111149.0</v>
       </c>
       <c r="I402">
-        <v>50404.0</v>
+        <v>-17180.0</v>
       </c>
       <c r="J402" t="s">
-        <v>538</v>
+        <v>169</v>
       </c>
       <c r="K402" t="s">
         <v>23</v>
       </c>
       <c r="L402" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
-        <v>428</v>
+        <v>198</v>
       </c>
       <c r="B403" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C403" t="s">
-        <v>36</v>
+        <v>541</v>
       </c>
       <c r="D403">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E403">
         <v>1</v>
       </c>
       <c r="G403">
-        <v>310850.0</v>
+        <v>180538.73</v>
       </c>
       <c r="H403">
-        <v>151000.0</v>
+        <v>80766.68</v>
       </c>
       <c r="I403">
-        <v>159850.0</v>
+        <v>99772.05</v>
       </c>
       <c r="J403" t="s">
-        <v>540</v>
+        <v>41</v>
       </c>
       <c r="K403" t="s">
         <v>23</v>
       </c>
       <c r="L403" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
-        <v>507</v>
+        <v>263</v>
       </c>
       <c r="B404" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C404" t="s">
         <v>21</v>
       </c>
       <c r="D404">
         <v>2</v>
       </c>
       <c r="E404">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G404">
-        <v>186197.44</v>
+        <v>127255.69</v>
       </c>
       <c r="H404">
-        <v>115600.0</v>
+        <v>27411.04</v>
       </c>
       <c r="I404">
-        <v>70597.44</v>
+        <v>99844.65</v>
       </c>
       <c r="J404" t="s">
-        <v>22</v>
+        <v>543</v>
       </c>
       <c r="K404" t="s">
         <v>23</v>
       </c>
       <c r="L404" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
-        <v>571</v>
+        <v>330</v>
       </c>
       <c r="B405" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C405" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="D405">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E405">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G405">
-        <v>177785.0</v>
+        <v>364900.0</v>
       </c>
       <c r="H405">
-        <v>66037.32</v>
+        <v>173000.0</v>
       </c>
       <c r="I405">
-        <v>111747.68</v>
+        <v>191900.0</v>
       </c>
       <c r="J405" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="K405" t="s">
         <v>23</v>
       </c>
       <c r="L405" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
-        <v>642</v>
+        <v>396</v>
       </c>
       <c r="B406" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C406" t="s">
         <v>21</v>
       </c>
       <c r="D406">
         <v>1</v>
       </c>
       <c r="E406">
         <v>1</v>
       </c>
       <c r="G406">
-        <v>155281.54</v>
+        <v>324500.0</v>
       </c>
       <c r="H406">
-        <v>41782.54</v>
+        <v>240400.0</v>
       </c>
       <c r="I406">
-        <v>113499.0</v>
+        <v>84100.0</v>
       </c>
       <c r="J406" t="s">
-        <v>22</v>
+        <v>326</v>
       </c>
       <c r="K406" t="s">
         <v>23</v>
       </c>
       <c r="L406" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
-        <v>706</v>
+        <v>475</v>
       </c>
       <c r="B407" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C407" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>547</v>
       </c>
       <c r="G407">
-        <v>168870.24</v>
+        <v>7526.0</v>
       </c>
       <c r="H407">
-        <v>33214.86</v>
+        <v>28742.0</v>
       </c>
       <c r="I407">
-        <v>135655.38</v>
+        <v>-21216.0</v>
       </c>
       <c r="J407" t="s">
-        <v>26</v>
+        <v>383</v>
       </c>
       <c r="K407" t="s">
         <v>23</v>
       </c>
       <c r="L407" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
-        <v>774</v>
+        <v>539</v>
       </c>
       <c r="B408" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C408" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D408">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E408">
         <v>1</v>
       </c>
       <c r="G408">
-        <v>131656.23</v>
+        <v>217938.69</v>
       </c>
       <c r="H408">
-        <v>38164.81</v>
+        <v>74757.63</v>
       </c>
       <c r="I408">
-        <v>93491.42</v>
+        <v>143181.06</v>
       </c>
       <c r="J408" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K408" t="s">
         <v>23</v>
       </c>
       <c r="L408" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
-        <v>839</v>
+        <v>610</v>
       </c>
       <c r="B409" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C409" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D409">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E409">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G409">
-        <v>139681.27</v>
+        <v>162958.51</v>
       </c>
       <c r="H409">
-        <v>12692.32</v>
+        <v>158393.76</v>
       </c>
       <c r="I409">
-        <v>126988.95</v>
+        <v>4564.75</v>
       </c>
       <c r="J409" t="s">
-        <v>219</v>
+        <v>27</v>
       </c>
       <c r="K409" t="s">
         <v>23</v>
       </c>
       <c r="L409" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
-        <v>910</v>
+        <v>674</v>
       </c>
       <c r="B410" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C410" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D410">
         <v>2</v>
       </c>
       <c r="E410">
         <v>1</v>
       </c>
       <c r="G410">
-        <v>233000.0</v>
+        <v>439251.62</v>
       </c>
       <c r="H410">
-        <v>20000.0</v>
+        <v>62493.58</v>
       </c>
       <c r="I410">
-        <v>213000.0</v>
+        <v>376758.04</v>
       </c>
       <c r="J410" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K410" t="s">
         <v>23</v>
       </c>
       <c r="L410" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
-        <v>36</v>
+        <v>738</v>
       </c>
       <c r="B411" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C411" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D411">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E411">
         <v>1</v>
       </c>
       <c r="G411">
-        <v>549428.0</v>
+        <v>80368.92</v>
       </c>
       <c r="H411">
-        <v>14230.83</v>
+        <v>44847.16</v>
       </c>
       <c r="I411">
-        <v>535197.17</v>
+        <v>35521.76</v>
       </c>
       <c r="J411" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="K411" t="s">
         <v>23</v>
       </c>
       <c r="L411" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
-        <v>133</v>
+        <v>805</v>
       </c>
       <c r="B412" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C412" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D412">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E412">
         <v>1</v>
       </c>
       <c r="G412">
-        <v>93969.0</v>
+        <v>508606.37</v>
       </c>
       <c r="H412">
-        <v>111149.0</v>
+        <v>91865.14</v>
       </c>
       <c r="I412">
-        <v>-17180.0</v>
+        <v>416741.23</v>
       </c>
       <c r="J412" t="s">
-        <v>185</v>
+        <v>31</v>
       </c>
       <c r="K412" t="s">
         <v>23</v>
       </c>
       <c r="L412" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
-        <v>198</v>
+        <v>878</v>
       </c>
       <c r="B413" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="C413" t="s">
-        <v>551</v>
+        <v>26</v>
       </c>
       <c r="D413">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E413">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G413">
-        <v>180538.73</v>
+        <v>228053.85</v>
       </c>
       <c r="H413">
-        <v>80766.68</v>
+        <v>28181.51</v>
       </c>
       <c r="I413">
-        <v>99772.05</v>
+        <v>199872.34</v>
       </c>
       <c r="J413" t="s">
-        <v>60</v>
+        <v>224</v>
       </c>
       <c r="K413" t="s">
         <v>23</v>
       </c>
       <c r="L413" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
-        <v>263</v>
+        <v>942</v>
       </c>
       <c r="B414" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C414" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D414">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E414">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G414">
-        <v>127255.69</v>
+        <v>3830262.74</v>
       </c>
       <c r="H414">
-        <v>27411.04</v>
+        <v>27970.12</v>
       </c>
       <c r="I414">
-        <v>99844.65</v>
+        <v>3802292.62</v>
       </c>
       <c r="J414" t="s">
-        <v>553</v>
+        <v>91</v>
       </c>
       <c r="K414" t="s">
         <v>23</v>
       </c>
       <c r="L414" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
-        <v>330</v>
+        <v>99</v>
       </c>
       <c r="B415" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C415" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="D415">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E415">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G415">
-        <v>364900.0</v>
+        <v>248152.0</v>
       </c>
       <c r="H415">
-        <v>173000.0</v>
+        <v>36102.0</v>
       </c>
       <c r="I415">
-        <v>191900.0</v>
+        <v>212050.0</v>
       </c>
       <c r="J415" t="s">
-        <v>125</v>
+        <v>93</v>
       </c>
       <c r="K415" t="s">
         <v>23</v>
       </c>
       <c r="L415" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
-        <v>396</v>
+        <v>166</v>
       </c>
       <c r="B416" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C416" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D416">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E416">
         <v>1</v>
       </c>
       <c r="G416">
-        <v>324500.0</v>
+        <v>183057.0</v>
       </c>
       <c r="H416">
-        <v>240400.0</v>
+        <v>103000.0</v>
       </c>
       <c r="I416">
-        <v>84100.0</v>
+        <v>80057.0</v>
       </c>
       <c r="J416" t="s">
-        <v>303</v>
+        <v>127</v>
       </c>
       <c r="K416" t="s">
         <v>23</v>
       </c>
       <c r="L416" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
-        <v>475</v>
+        <v>230</v>
       </c>
       <c r="B417" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C417" t="s">
-        <v>557</v>
+        <v>21</v>
+      </c>
+      <c r="D417">
+        <v>5</v>
+      </c>
+      <c r="E417">
+        <v>1</v>
       </c>
       <c r="G417">
-        <v>7526.0</v>
+        <v>503225.0</v>
       </c>
       <c r="H417">
-        <v>28742.0</v>
+        <v>124512.48</v>
       </c>
       <c r="I417">
-        <v>-21216.0</v>
+        <v>378712.52</v>
       </c>
       <c r="J417" t="s">
-        <v>394</v>
+        <v>129</v>
       </c>
       <c r="K417" t="s">
         <v>23</v>
       </c>
       <c r="L417" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
-        <v>539</v>
+        <v>295</v>
       </c>
       <c r="B418" t="s">
         <v>558</v>
       </c>
       <c r="C418" t="s">
         <v>21</v>
       </c>
       <c r="D418">
+        <v>2</v>
+      </c>
+      <c r="E418">
         <v>4</v>
       </c>
-      <c r="E418">
-[...1 lines deleted...]
-      </c>
       <c r="G418">
-        <v>217938.69</v>
+        <v>452910.78</v>
       </c>
       <c r="H418">
-        <v>74757.63</v>
+        <v>40808.98</v>
       </c>
       <c r="I418">
-        <v>143181.06</v>
+        <v>412101.8</v>
       </c>
       <c r="J418" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K418" t="s">
         <v>23</v>
       </c>
       <c r="L418" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
-        <v>376</v>
+        <v>211</v>
       </c>
       <c r="B419" t="s">
         <v>559</v>
       </c>
       <c r="C419" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D419">
-        <v>2</v>
+        <v>7</v>
+      </c>
+      <c r="E419">
+        <v>1</v>
       </c>
       <c r="G419">
-        <v>167500.0</v>
+        <v>856229.7</v>
       </c>
       <c r="H419">
-        <v>121900.0</v>
+        <v>304884.16</v>
       </c>
       <c r="I419">
-        <v>45600.0</v>
+        <v>551345.54</v>
       </c>
       <c r="J419" t="s">
-        <v>171</v>
+        <v>265</v>
       </c>
       <c r="K419" t="s">
         <v>23</v>
       </c>
       <c r="L419" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
-        <v>441</v>
+        <v>276</v>
       </c>
       <c r="B420" t="s">
         <v>560</v>
       </c>
       <c r="C420" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D420">
         <v>1</v>
       </c>
       <c r="E420">
         <v>1</v>
       </c>
       <c r="G420">
-        <v>769848.19</v>
+        <v>87599.67</v>
       </c>
       <c r="H420">
-        <v>65684.63</v>
+        <v>56533.25</v>
       </c>
       <c r="I420">
-        <v>704163.56</v>
+        <v>31066.42</v>
       </c>
       <c r="J420" t="s">
-        <v>561</v>
+        <v>69</v>
       </c>
       <c r="K420" t="s">
         <v>23</v>
       </c>
       <c r="L420" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
-        <v>520</v>
+        <v>343</v>
       </c>
       <c r="B421" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="C421" t="s">
         <v>21</v>
       </c>
       <c r="D421">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E421">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G421">
-        <v>229040.42</v>
+        <v>199514.33</v>
       </c>
       <c r="H421">
-        <v>48614.76</v>
+        <v>16073.11</v>
       </c>
       <c r="I421">
-        <v>180425.66</v>
+        <v>183441.22</v>
       </c>
       <c r="J421" t="s">
-        <v>22</v>
+        <v>326</v>
       </c>
       <c r="K421" t="s">
         <v>23</v>
       </c>
       <c r="L421" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
-        <v>584</v>
+        <v>409</v>
       </c>
       <c r="B422" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="C422" t="s">
         <v>21</v>
       </c>
       <c r="D422">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E422">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G422">
-        <v>157025.81</v>
+        <v>1326219.53</v>
       </c>
       <c r="H422">
-        <v>43920.14</v>
+        <v>72584.77</v>
       </c>
       <c r="I422">
-        <v>113105.67</v>
+        <v>1253634.76</v>
       </c>
       <c r="J422" t="s">
         <v>22</v>
       </c>
       <c r="K422" t="s">
         <v>23</v>
       </c>
       <c r="L422" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
-        <v>655</v>
+        <v>487</v>
       </c>
       <c r="B423" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="C423" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D423">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E423">
         <v>2</v>
       </c>
       <c r="G423">
-        <v>356672.16</v>
+        <v>116121.53</v>
       </c>
       <c r="H423">
-        <v>48555.0</v>
+        <v>1916.5</v>
       </c>
       <c r="I423">
-        <v>308117.16</v>
+        <v>114205.03</v>
       </c>
       <c r="J423" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K423" t="s">
         <v>23</v>
       </c>
       <c r="L423" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
-        <v>719</v>
+        <v>552</v>
       </c>
       <c r="B424" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="C424" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D424">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E424">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G424">
-        <v>336919.91</v>
+        <v>332952.53</v>
       </c>
       <c r="H424">
-        <v>143330.52</v>
+        <v>582.57</v>
       </c>
       <c r="I424">
-        <v>193589.39</v>
+        <v>332369.96</v>
       </c>
       <c r="J424" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K424" t="s">
         <v>23</v>
       </c>
       <c r="L424" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
-        <v>786</v>
+        <v>623</v>
       </c>
       <c r="B425" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="C425" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D425">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E425">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G425">
-        <v>330348.0</v>
+        <v>338146.28</v>
       </c>
       <c r="H425">
-        <v>90540.0</v>
+        <v>93224.2</v>
       </c>
       <c r="I425">
-        <v>239808.0</v>
+        <v>244922.08</v>
       </c>
       <c r="J425" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K425" t="s">
         <v>23</v>
       </c>
       <c r="L425" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
-        <v>855</v>
+        <v>687</v>
       </c>
       <c r="B426" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="C426" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D426">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E426">
         <v>1</v>
       </c>
       <c r="G426">
-        <v>234547.14</v>
+        <v>305189.0</v>
       </c>
       <c r="H426">
-        <v>48690.7</v>
+        <v>31794.77</v>
       </c>
       <c r="I426">
-        <v>185856.44</v>
+        <v>273394.23</v>
       </c>
       <c r="J426" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K426" t="s">
         <v>23</v>
       </c>
       <c r="L426" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
-        <v>923</v>
+        <v>751</v>
       </c>
       <c r="B427" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="C427" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="E427">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G427">
-        <v>1421749.91</v>
+        <v>67802.18</v>
       </c>
       <c r="H427">
-        <v>110361.51</v>
+        <v>1300.0</v>
       </c>
       <c r="I427">
-        <v>1311388.4</v>
+        <v>66502.18</v>
       </c>
       <c r="J427" t="s">
         <v>31</v>
       </c>
       <c r="K427" t="s">
         <v>23</v>
       </c>
       <c r="L427" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
-        <v>80</v>
+        <v>818</v>
       </c>
       <c r="B428" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="C428" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="E428">
+        <v>4</v>
       </c>
       <c r="G428">
-        <v>30211.41</v>
+        <v>37902.36</v>
       </c>
       <c r="H428">
-        <v>117557.0</v>
+        <v>53003.43</v>
       </c>
       <c r="I428">
-        <v>-87345.59</v>
+        <v>-15101.07</v>
       </c>
       <c r="J428" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K428" t="s">
         <v>23</v>
       </c>
       <c r="L428" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
-        <v>146</v>
+        <v>891</v>
       </c>
       <c r="B429" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="C429" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D429">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E429">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G429">
-        <v>126187.0</v>
+        <v>298792.98</v>
       </c>
       <c r="H429">
-        <v>4500.0</v>
+        <v>37175.19</v>
       </c>
       <c r="I429">
-        <v>121687.0</v>
+        <v>261617.79</v>
       </c>
       <c r="J429" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K429" t="s">
         <v>23</v>
       </c>
       <c r="L429" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
-        <v>211</v>
+        <v>955</v>
       </c>
       <c r="B430" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="C430" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D430">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="E430">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G430">
-        <v>856229.7</v>
+        <v>12000.0</v>
       </c>
       <c r="H430">
-        <v>304884.16</v>
+        <v>56992.64</v>
       </c>
       <c r="I430">
-        <v>551345.54</v>
+        <v>-44992.64</v>
       </c>
       <c r="J430" t="s">
-        <v>245</v>
+        <v>37</v>
       </c>
       <c r="K430" t="s">
         <v>23</v>
       </c>
       <c r="L430" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
-        <v>276</v>
+        <v>113</v>
       </c>
       <c r="B431" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="C431" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D431">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E431">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G431">
-        <v>87599.67</v>
+        <v>747207.54</v>
       </c>
       <c r="H431">
-        <v>56533.25</v>
+        <v>304543.37</v>
       </c>
       <c r="I431">
-        <v>31066.42</v>
+        <v>442664.17</v>
       </c>
       <c r="J431" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="K431" t="s">
         <v>23</v>
       </c>
       <c r="L431" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
-        <v>343</v>
+        <v>179</v>
       </c>
       <c r="B432" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="C432" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D432">
         <v>1</v>
       </c>
       <c r="E432">
         <v>1</v>
       </c>
       <c r="G432">
-        <v>199514.33</v>
+        <v>250790.35</v>
       </c>
       <c r="H432">
-        <v>16073.11</v>
+        <v>130406.0</v>
       </c>
       <c r="I432">
-        <v>183441.22</v>
+        <v>120384.35</v>
       </c>
       <c r="J432" t="s">
-        <v>303</v>
+        <v>105</v>
       </c>
       <c r="K432" t="s">
         <v>23</v>
       </c>
       <c r="L432" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
-        <v>409</v>
+        <v>243</v>
       </c>
       <c r="B433" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="C433" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D433">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E433">
         <v>2</v>
       </c>
       <c r="G433">
-        <v>1326219.53</v>
+        <v>228894.07</v>
       </c>
       <c r="H433">
-        <v>72584.77</v>
+        <v>48562.63</v>
       </c>
       <c r="I433">
-        <v>1253634.76</v>
+        <v>180331.44</v>
       </c>
       <c r="J433" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="K433" t="s">
         <v>23</v>
       </c>
       <c r="L433" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
-        <v>487</v>
+        <v>311</v>
       </c>
       <c r="B434" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="C434" t="s">
         <v>21</v>
       </c>
       <c r="D434">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E434">
         <v>2</v>
       </c>
       <c r="G434">
-        <v>116121.53</v>
+        <v>373030.15</v>
       </c>
       <c r="H434">
-        <v>1916.5</v>
+        <v>99489.98</v>
       </c>
       <c r="I434">
-        <v>114205.03</v>
+        <v>273540.17</v>
       </c>
       <c r="J434" t="s">
-        <v>22</v>
+        <v>413</v>
       </c>
       <c r="K434" t="s">
         <v>23</v>
       </c>
       <c r="L434" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
-        <v>552</v>
+        <v>376</v>
       </c>
       <c r="B435" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="C435" t="s">
         <v>21</v>
       </c>
       <c r="D435">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="E435">
         <v>2</v>
       </c>
       <c r="G435">
-        <v>332952.53</v>
+        <v>167500.0</v>
       </c>
       <c r="H435">
-        <v>582.57</v>
+        <v>121900.0</v>
       </c>
       <c r="I435">
-        <v>332369.96</v>
+        <v>45600.0</v>
       </c>
       <c r="J435" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K435" t="s">
         <v>23</v>
       </c>
       <c r="L435" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
-        <v>623</v>
+        <v>441</v>
       </c>
       <c r="B436" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="C436" t="s">
         <v>21</v>
       </c>
       <c r="D436">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E436">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G436">
-        <v>338146.28</v>
+        <v>769848.19</v>
       </c>
       <c r="H436">
-        <v>93224.2</v>
+        <v>65684.63</v>
       </c>
       <c r="I436">
-        <v>244922.08</v>
+        <v>704163.56</v>
       </c>
       <c r="J436" t="s">
-        <v>22</v>
+        <v>577</v>
       </c>
       <c r="K436" t="s">
         <v>23</v>
       </c>
       <c r="L436" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
-        <v>687</v>
+        <v>520</v>
       </c>
       <c r="B437" t="s">
         <v>578</v>
       </c>
       <c r="C437" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D437">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E437">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G437">
-        <v>305189.0</v>
+        <v>229040.42</v>
       </c>
       <c r="H437">
-        <v>31794.77</v>
+        <v>48614.76</v>
       </c>
       <c r="I437">
-        <v>273394.23</v>
+        <v>180425.66</v>
       </c>
       <c r="J437" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K437" t="s">
         <v>23</v>
       </c>
       <c r="L437" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
-        <v>751</v>
+        <v>584</v>
       </c>
       <c r="B438" t="s">
         <v>579</v>
       </c>
       <c r="C438" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D438">
+        <v>2</v>
       </c>
       <c r="E438">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G438">
-        <v>67802.18</v>
+        <v>157025.81</v>
       </c>
       <c r="H438">
-        <v>1300.0</v>
+        <v>43920.14</v>
       </c>
       <c r="I438">
-        <v>66502.18</v>
+        <v>113105.67</v>
       </c>
       <c r="J438" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K438" t="s">
         <v>23</v>
       </c>
       <c r="L438" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
-        <v>818</v>
+        <v>655</v>
       </c>
       <c r="B439" t="s">
         <v>580</v>
       </c>
       <c r="C439" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D439">
+        <v>11</v>
       </c>
       <c r="E439">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G439">
-        <v>37902.36</v>
+        <v>356672.16</v>
       </c>
       <c r="H439">
-        <v>53003.43</v>
+        <v>48555.0</v>
       </c>
       <c r="I439">
-        <v>-15101.07</v>
+        <v>308117.16</v>
       </c>
       <c r="J439" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="K439" t="s">
         <v>23</v>
       </c>
       <c r="L439" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
-        <v>891</v>
+        <v>719</v>
       </c>
       <c r="B440" t="s">
         <v>581</v>
       </c>
       <c r="C440" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D440">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E440">
         <v>1</v>
       </c>
       <c r="G440">
-        <v>298792.98</v>
+        <v>336919.91</v>
       </c>
       <c r="H440">
-        <v>37175.19</v>
+        <v>143330.52</v>
       </c>
       <c r="I440">
-        <v>261617.79</v>
+        <v>193589.39</v>
       </c>
       <c r="J440" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K440" t="s">
         <v>23</v>
       </c>
       <c r="L440" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
-        <v>955</v>
+        <v>786</v>
       </c>
       <c r="B441" t="s">
         <v>582</v>
       </c>
       <c r="C441" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D441">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="E441">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G441">
-        <v>12000.0</v>
+        <v>330348.0</v>
       </c>
       <c r="H441">
-        <v>56992.64</v>
+        <v>90540.0</v>
       </c>
       <c r="I441">
-        <v>-44992.64</v>
+        <v>239808.0</v>
       </c>
       <c r="J441" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K441" t="s">
         <v>23</v>
       </c>
       <c r="L441" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
-        <v>113</v>
+        <v>855</v>
       </c>
       <c r="B442" t="s">
         <v>583</v>
       </c>
       <c r="C442" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D442">
         <v>5</v>
       </c>
       <c r="E442">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G442">
-        <v>747207.54</v>
+        <v>234547.14</v>
       </c>
       <c r="H442">
-        <v>304543.37</v>
+        <v>48690.7</v>
       </c>
       <c r="I442">
-        <v>442664.17</v>
+        <v>185856.44</v>
       </c>
       <c r="J442" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K442" t="s">
         <v>23</v>
       </c>
       <c r="L442" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
-        <v>179</v>
+        <v>923</v>
       </c>
       <c r="B443" t="s">
         <v>584</v>
       </c>
       <c r="C443" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D443">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E443">
         <v>1</v>
       </c>
       <c r="G443">
-        <v>250790.35</v>
+        <v>1421749.91</v>
       </c>
       <c r="H443">
-        <v>130406.0</v>
+        <v>110361.51</v>
       </c>
       <c r="I443">
-        <v>120384.35</v>
+        <v>1311388.4</v>
       </c>
       <c r="J443" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="K443" t="s">
         <v>23</v>
       </c>
       <c r="L443" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
-        <v>243</v>
+        <v>80</v>
       </c>
       <c r="B444" t="s">
         <v>585</v>
       </c>
       <c r="C444" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="G444">
-        <v>228894.07</v>
+        <v>30211.41</v>
       </c>
       <c r="H444">
-        <v>48562.63</v>
+        <v>117557.0</v>
       </c>
       <c r="I444">
-        <v>180331.44</v>
+        <v>-87345.59</v>
       </c>
       <c r="J444" t="s">
         <v>93</v>
       </c>
       <c r="K444" t="s">
         <v>23</v>
       </c>
       <c r="L444" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
-        <v>311</v>
+        <v>146</v>
       </c>
       <c r="B445" t="s">
         <v>586</v>
       </c>
       <c r="C445" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D445">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E445">
         <v>2</v>
       </c>
       <c r="G445">
-        <v>373030.15</v>
+        <v>126187.0</v>
       </c>
       <c r="H445">
-        <v>99489.98</v>
+        <v>4500.0</v>
       </c>
       <c r="I445">
-        <v>273540.17</v>
+        <v>121687.0</v>
       </c>
       <c r="J445" t="s">
-        <v>425</v>
+        <v>64</v>
       </c>
       <c r="K445" t="s">
         <v>23</v>
       </c>
       <c r="L445" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
-        <v>224</v>
+        <v>833</v>
       </c>
       <c r="B446" t="s">
         <v>587</v>
       </c>
       <c r="C446" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="D446">
+        <v>2</v>
+      </c>
+      <c r="E446">
+        <v>1</v>
       </c>
       <c r="G446">
-        <v>4600.0</v>
+        <v>167729.23</v>
       </c>
       <c r="H446">
-        <v>9360.0</v>
+        <v>128363.89</v>
       </c>
       <c r="I446">
-        <v>-4760.0</v>
+        <v>39365.34</v>
       </c>
       <c r="J446" t="s">
-        <v>296</v>
+        <v>27</v>
       </c>
       <c r="K446" t="s">
         <v>23</v>
       </c>
       <c r="L446" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
-        <v>289</v>
+        <v>904</v>
       </c>
       <c r="B447" t="s">
         <v>588</v>
       </c>
       <c r="C447" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D447">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G447">
-        <v>323100.0</v>
+        <v>70897.22</v>
       </c>
       <c r="H447">
-        <v>63500.0</v>
+        <v>67652.68</v>
       </c>
       <c r="I447">
-        <v>259600.0</v>
+        <v>3244.54</v>
       </c>
       <c r="J447" t="s">
-        <v>120</v>
+        <v>59</v>
       </c>
       <c r="K447" t="s">
         <v>23</v>
       </c>
       <c r="L447" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
-        <v>356</v>
+        <v>27</v>
       </c>
       <c r="B448" t="s">
         <v>589</v>
       </c>
       <c r="C448" t="s">
-        <v>36</v>
+        <v>21</v>
+      </c>
+      <c r="D448">
+        <v>2</v>
       </c>
       <c r="E448">
         <v>1</v>
       </c>
       <c r="G448">
-        <v>51473.37</v>
+        <v>260170.52</v>
       </c>
       <c r="H448">
-        <v>5836.93</v>
+        <v>206390.25</v>
       </c>
       <c r="I448">
-        <v>45636.44</v>
+        <v>53780.27</v>
       </c>
       <c r="J448" t="s">
-        <v>433</v>
+        <v>590</v>
       </c>
       <c r="K448" t="s">
         <v>23</v>
       </c>
       <c r="L448" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
-        <v>422</v>
+        <v>126</v>
       </c>
       <c r="B449" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C449" t="s">
-        <v>36</v>
+        <v>21</v>
+      </c>
+      <c r="D449">
+        <v>3</v>
       </c>
       <c r="E449">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G449">
-        <v>64000.0</v>
+        <v>185817.69</v>
       </c>
       <c r="H449">
-        <v>13903.22</v>
+        <v>48693.11</v>
       </c>
       <c r="I449">
-        <v>50096.78</v>
+        <v>137124.58</v>
       </c>
       <c r="J449" t="s">
-        <v>591</v>
+        <v>120</v>
       </c>
       <c r="K449" t="s">
         <v>23</v>
       </c>
       <c r="L449" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
-        <v>501</v>
+        <v>192</v>
       </c>
       <c r="B450" t="s">
         <v>592</v>
       </c>
       <c r="C450" t="s">
         <v>21</v>
       </c>
       <c r="D450">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E450">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G450">
-        <v>175478.85</v>
+        <v>302290.0</v>
       </c>
       <c r="H450">
-        <v>8431.23</v>
+        <v>500.0</v>
       </c>
       <c r="I450">
-        <v>167047.62</v>
+        <v>301790.0</v>
       </c>
       <c r="J450" t="s">
-        <v>22</v>
+        <v>436</v>
       </c>
       <c r="K450" t="s">
         <v>23</v>
       </c>
       <c r="L450" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
-        <v>565</v>
+        <v>257</v>
       </c>
       <c r="B451" t="s">
         <v>593</v>
       </c>
       <c r="C451" t="s">
         <v>21</v>
       </c>
       <c r="D451">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E451">
         <v>1</v>
       </c>
       <c r="G451">
-        <v>210301.81</v>
+        <v>533390.0</v>
       </c>
       <c r="H451">
-        <v>590.79</v>
+        <v>150600.0</v>
       </c>
       <c r="I451">
-        <v>209711.02</v>
+        <v>382790.0</v>
       </c>
       <c r="J451" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K451" t="s">
         <v>23</v>
       </c>
       <c r="L451" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
-        <v>636</v>
+        <v>324</v>
       </c>
       <c r="B452" t="s">
         <v>594</v>
       </c>
       <c r="C452" t="s">
         <v>21</v>
       </c>
       <c r="D452">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E452">
         <v>1</v>
       </c>
       <c r="G452">
-        <v>195282.0</v>
+        <v>187985.42</v>
       </c>
       <c r="H452">
-        <v>164925.14</v>
+        <v>77173.47</v>
       </c>
       <c r="I452">
-        <v>30356.86</v>
+        <v>110811.95</v>
       </c>
       <c r="J452" t="s">
-        <v>22</v>
+        <v>270</v>
       </c>
       <c r="K452" t="s">
         <v>23</v>
       </c>
       <c r="L452" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
-        <v>700</v>
+        <v>390</v>
       </c>
       <c r="B453" t="s">
         <v>595</v>
       </c>
       <c r="C453" t="s">
         <v>21</v>
       </c>
       <c r="D453">
         <v>1</v>
       </c>
       <c r="E453">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G453">
-        <v>80420.4</v>
+        <v>123774.8</v>
       </c>
       <c r="H453">
-        <v>29813.24</v>
+        <v>71800.0</v>
       </c>
       <c r="I453">
-        <v>50607.16</v>
+        <v>51974.8</v>
       </c>
       <c r="J453" t="s">
-        <v>26</v>
+        <v>326</v>
       </c>
       <c r="K453" t="s">
         <v>23</v>
       </c>
       <c r="L453" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
-        <v>764</v>
+        <v>465</v>
       </c>
       <c r="B454" t="s">
         <v>596</v>
       </c>
       <c r="C454" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="D454">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E454">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G454">
-        <v>81933.43</v>
+        <v>279801.0</v>
       </c>
       <c r="H454">
-        <v>32040.03</v>
+        <v>19269.52</v>
       </c>
       <c r="I454">
-        <v>49893.4</v>
+        <v>260531.48</v>
       </c>
       <c r="J454" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="K454" t="s">
         <v>23</v>
       </c>
       <c r="L454" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
-        <v>833</v>
+        <v>533</v>
       </c>
       <c r="B455" t="s">
         <v>597</v>
       </c>
       <c r="C455" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D455">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E455">
         <v>1</v>
       </c>
       <c r="G455">
-        <v>167729.23</v>
+        <v>187003.66</v>
       </c>
       <c r="H455">
-        <v>128363.89</v>
+        <v>0.0</v>
       </c>
       <c r="I455">
-        <v>39365.34</v>
+        <v>187003.66</v>
       </c>
       <c r="J455" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K455" t="s">
         <v>23</v>
       </c>
       <c r="L455" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
-        <v>904</v>
+        <v>603</v>
       </c>
       <c r="B456" t="s">
         <v>598</v>
       </c>
       <c r="C456" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D456">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G456">
-        <v>70897.22</v>
+        <v>172115.0</v>
       </c>
       <c r="H456">
-        <v>67652.68</v>
+        <v>70436.0</v>
       </c>
       <c r="I456">
-        <v>3244.54</v>
+        <v>101679.0</v>
       </c>
       <c r="J456" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="K456" t="s">
         <v>23</v>
       </c>
       <c r="L456" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
-        <v>27</v>
+        <v>668</v>
       </c>
       <c r="B457" t="s">
         <v>599</v>
       </c>
       <c r="C457" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D457">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E457">
         <v>1</v>
       </c>
       <c r="G457">
-        <v>260170.52</v>
+        <v>294641.12</v>
       </c>
       <c r="H457">
-        <v>206390.25</v>
+        <v>1850.28</v>
       </c>
       <c r="I457">
-        <v>53780.27</v>
+        <v>292790.84</v>
       </c>
       <c r="J457" t="s">
-        <v>600</v>
+        <v>85</v>
       </c>
       <c r="K457" t="s">
         <v>23</v>
       </c>
       <c r="L457" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
-        <v>126</v>
+        <v>732</v>
       </c>
       <c r="B458" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="C458" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D458">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E458">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G458">
-        <v>185817.69</v>
+        <v>195298.5</v>
       </c>
       <c r="H458">
-        <v>48693.11</v>
+        <v>57203.25</v>
       </c>
       <c r="I458">
-        <v>137124.58</v>
+        <v>138095.25</v>
       </c>
       <c r="J458" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="K458" t="s">
         <v>23</v>
       </c>
       <c r="L458" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
-        <v>192</v>
+        <v>799</v>
       </c>
       <c r="B459" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="C459" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D459">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E459">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G459">
-        <v>302290.0</v>
+        <v>461562.19</v>
       </c>
       <c r="H459">
-        <v>500.0</v>
+        <v>34176.26</v>
       </c>
       <c r="I459">
-        <v>301790.0</v>
+        <v>427385.93</v>
       </c>
       <c r="J459" t="s">
-        <v>451</v>
+        <v>31</v>
       </c>
       <c r="K459" t="s">
         <v>23</v>
       </c>
       <c r="L459" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
-        <v>257</v>
+        <v>872</v>
       </c>
       <c r="B460" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="C460" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D460">
         <v>4</v>
       </c>
       <c r="E460">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G460">
-        <v>533390.0</v>
+        <v>555339.89</v>
       </c>
       <c r="H460">
-        <v>150600.0</v>
+        <v>1557.6</v>
       </c>
       <c r="I460">
-        <v>382790.0</v>
+        <v>553782.29</v>
       </c>
       <c r="J460" t="s">
-        <v>93</v>
+        <v>224</v>
       </c>
       <c r="K460" t="s">
         <v>23</v>
       </c>
       <c r="L460" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
-        <v>324</v>
+        <v>936</v>
       </c>
       <c r="B461" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="C461" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D461">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E461">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G461">
-        <v>187985.42</v>
+        <v>291022.86</v>
       </c>
       <c r="H461">
-        <v>77173.47</v>
+        <v>152652.7</v>
       </c>
       <c r="I461">
-        <v>110811.95</v>
+        <v>138370.16</v>
       </c>
       <c r="J461" t="s">
-        <v>283</v>
+        <v>91</v>
       </c>
       <c r="K461" t="s">
         <v>23</v>
       </c>
       <c r="L461" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
-        <v>390</v>
+        <v>93</v>
       </c>
       <c r="B462" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="C462" t="s">
-        <v>36</v>
+        <v>119</v>
       </c>
       <c r="D462">
         <v>1</v>
       </c>
       <c r="E462">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G462">
-        <v>123774.8</v>
+        <v>172828.48</v>
       </c>
       <c r="H462">
-        <v>71800.0</v>
+        <v>114574.92</v>
       </c>
       <c r="I462">
-        <v>51974.8</v>
+        <v>58253.56</v>
       </c>
       <c r="J462" t="s">
-        <v>303</v>
+        <v>93</v>
       </c>
       <c r="K462" t="s">
         <v>23</v>
       </c>
       <c r="L462" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
-        <v>465</v>
+        <v>159</v>
       </c>
       <c r="B463" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="C463" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G463">
-        <v>279801.0</v>
+        <v>0.0</v>
       </c>
       <c r="H463">
-        <v>19269.52</v>
+        <v>0.0</v>
       </c>
       <c r="I463">
-        <v>260531.48</v>
+        <v>0.0</v>
       </c>
       <c r="J463" t="s">
-        <v>101</v>
+        <v>127</v>
       </c>
       <c r="K463" t="s">
         <v>23</v>
       </c>
       <c r="L463" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
-        <v>533</v>
+        <v>224</v>
       </c>
       <c r="B464" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="C464" t="s">
         <v>21</v>
       </c>
-      <c r="D464">
-[...4 lines deleted...]
-      </c>
       <c r="G464">
-        <v>187003.66</v>
+        <v>4600.0</v>
       </c>
       <c r="H464">
-        <v>0.0</v>
+        <v>9360.0</v>
       </c>
       <c r="I464">
-        <v>187003.66</v>
+        <v>-4760.0</v>
       </c>
       <c r="J464" t="s">
-        <v>22</v>
+        <v>283</v>
       </c>
       <c r="K464" t="s">
         <v>23</v>
       </c>
       <c r="L464" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
-        <v>603</v>
+        <v>289</v>
       </c>
       <c r="B465" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="C465" t="s">
         <v>21</v>
       </c>
       <c r="D465">
+        <v>3</v>
+      </c>
+      <c r="E465">
         <v>2</v>
       </c>
       <c r="G465">
-        <v>172115.0</v>
+        <v>323100.0</v>
       </c>
       <c r="H465">
-        <v>70436.0</v>
+        <v>63500.0</v>
       </c>
       <c r="I465">
-        <v>101679.0</v>
+        <v>259600.0</v>
       </c>
       <c r="J465" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="K465" t="s">
         <v>23</v>
       </c>
       <c r="L465" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
-        <v>668</v>
+        <v>356</v>
       </c>
       <c r="B466" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="C466" t="s">
         <v>21</v>
       </c>
-      <c r="D466">
-[...1 lines deleted...]
-      </c>
       <c r="E466">
         <v>1</v>
       </c>
       <c r="G466">
-        <v>294641.12</v>
+        <v>51473.37</v>
       </c>
       <c r="H466">
-        <v>1850.28</v>
+        <v>5836.93</v>
       </c>
       <c r="I466">
-        <v>292790.84</v>
+        <v>45636.44</v>
       </c>
       <c r="J466" t="s">
-        <v>105</v>
+        <v>455</v>
       </c>
       <c r="K466" t="s">
         <v>23</v>
       </c>
       <c r="L466" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
-        <v>732</v>
+        <v>422</v>
       </c>
       <c r="B467" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="C467" t="s">
         <v>21</v>
       </c>
-      <c r="D467">
-[...1 lines deleted...]
-      </c>
       <c r="E467">
         <v>1</v>
       </c>
       <c r="G467">
-        <v>195298.5</v>
+        <v>64000.0</v>
       </c>
       <c r="H467">
-        <v>57203.25</v>
+        <v>13903.22</v>
       </c>
       <c r="I467">
-        <v>138095.25</v>
+        <v>50096.78</v>
       </c>
       <c r="J467" t="s">
-        <v>26</v>
+        <v>610</v>
       </c>
       <c r="K467" t="s">
         <v>23</v>
       </c>
       <c r="L467" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
-        <v>799</v>
+        <v>501</v>
       </c>
       <c r="B468" t="s">
         <v>611</v>
       </c>
       <c r="C468" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D468">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E468">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G468">
-        <v>461562.19</v>
+        <v>175478.85</v>
       </c>
       <c r="H468">
-        <v>34176.26</v>
+        <v>8431.23</v>
       </c>
       <c r="I468">
-        <v>427385.93</v>
+        <v>167047.62</v>
       </c>
       <c r="J468" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K468" t="s">
         <v>23</v>
       </c>
       <c r="L468" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
-        <v>872</v>
+        <v>565</v>
       </c>
       <c r="B469" t="s">
         <v>612</v>
       </c>
       <c r="C469" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D469">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E469">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G469">
-        <v>555339.89</v>
+        <v>210301.81</v>
       </c>
       <c r="H469">
-        <v>1557.6</v>
+        <v>590.79</v>
       </c>
       <c r="I469">
-        <v>553782.29</v>
+        <v>209711.02</v>
       </c>
       <c r="J469" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="K469" t="s">
         <v>23</v>
       </c>
       <c r="L469" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
-        <v>936</v>
+        <v>636</v>
       </c>
       <c r="B470" t="s">
         <v>613</v>
       </c>
       <c r="C470" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D470">
         <v>1</v>
       </c>
       <c r="E470">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G470">
-        <v>291022.86</v>
+        <v>195282.0</v>
       </c>
       <c r="H470">
-        <v>152652.7</v>
+        <v>164925.14</v>
       </c>
       <c r="I470">
-        <v>138370.16</v>
+        <v>30356.86</v>
       </c>
       <c r="J470" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K470" t="s">
         <v>23</v>
       </c>
       <c r="L470" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
-        <v>93</v>
+        <v>700</v>
       </c>
       <c r="B471" t="s">
         <v>614</v>
       </c>
       <c r="C471" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="D471">
         <v>1</v>
       </c>
       <c r="E471">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G471">
-        <v>172828.48</v>
+        <v>80420.4</v>
       </c>
       <c r="H471">
-        <v>114574.92</v>
+        <v>29813.24</v>
       </c>
       <c r="I471">
-        <v>58253.56</v>
+        <v>50607.16</v>
       </c>
       <c r="J471" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="K471" t="s">
         <v>23</v>
       </c>
       <c r="L471" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
-        <v>159</v>
+        <v>764</v>
       </c>
       <c r="B472" t="s">
         <v>615</v>
       </c>
       <c r="C472" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="D472">
+        <v>3</v>
+      </c>
+      <c r="E472">
+        <v>2</v>
       </c>
       <c r="G472">
-        <v>0.0</v>
+        <v>81933.43</v>
       </c>
       <c r="H472">
-        <v>0.0</v>
+        <v>32040.03</v>
       </c>
       <c r="I472">
-        <v>0.0</v>
+        <v>49893.4</v>
       </c>
       <c r="J472" t="s">
-        <v>139</v>
+        <v>31</v>
       </c>
       <c r="K472" t="s">
         <v>23</v>
       </c>
       <c r="L472" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
-        <v>917</v>
+        <v>681</v>
       </c>
       <c r="B473" t="s">
         <v>616</v>
       </c>
       <c r="C473" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D473">
         <v>2</v>
       </c>
-      <c r="E473">
-[...1 lines deleted...]
-      </c>
       <c r="G473">
-        <v>308303.1</v>
+        <v>100370.06</v>
       </c>
       <c r="H473">
-        <v>240638.43</v>
+        <v>106250.91</v>
       </c>
       <c r="I473">
-        <v>67664.67</v>
+        <v>-5880.85</v>
       </c>
       <c r="J473" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="K473" t="s">
         <v>23</v>
       </c>
       <c r="L473" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
-        <v>54</v>
+        <v>745</v>
       </c>
       <c r="B474" t="s">
         <v>617</v>
       </c>
       <c r="C474" t="s">
-        <v>159</v>
+        <v>26</v>
       </c>
       <c r="D474">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E474">
         <v>2</v>
       </c>
       <c r="G474">
-        <v>1262456.66</v>
+        <v>413537.41</v>
       </c>
       <c r="H474">
-        <v>163000.0</v>
+        <v>48656.3</v>
       </c>
       <c r="I474">
-        <v>1099456.66</v>
+        <v>364881.11</v>
       </c>
       <c r="J474" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K474" t="s">
         <v>23</v>
       </c>
       <c r="L474" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
-        <v>140</v>
+        <v>812</v>
       </c>
       <c r="B475" t="s">
         <v>618</v>
       </c>
       <c r="C475" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D475">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E475">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G475">
-        <v>161509.78</v>
+        <v>317492.53</v>
       </c>
       <c r="H475">
-        <v>56620.91</v>
+        <v>4000.0</v>
       </c>
       <c r="I475">
-        <v>104888.87</v>
+        <v>313492.53</v>
       </c>
       <c r="J475" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="K475" t="s">
         <v>23</v>
       </c>
       <c r="L475" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
-        <v>205</v>
+        <v>885</v>
       </c>
       <c r="B476" t="s">
         <v>619</v>
       </c>
       <c r="C476" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D476">
         <v>2</v>
       </c>
       <c r="E476">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G476">
-        <v>242395.0</v>
+        <v>352706.46</v>
       </c>
       <c r="H476">
-        <v>231165.0</v>
+        <v>203081.94</v>
       </c>
       <c r="I476">
-        <v>11230.0</v>
+        <v>149624.52</v>
       </c>
       <c r="J476" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K476" t="s">
         <v>23</v>
       </c>
       <c r="L476" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
-        <v>270</v>
+        <v>949</v>
       </c>
       <c r="B477" t="s">
         <v>620</v>
       </c>
       <c r="C477" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D477">
         <v>1</v>
       </c>
       <c r="E477">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G477">
-        <v>55000.0</v>
+        <v>108119.0</v>
       </c>
       <c r="H477">
-        <v>9500.0</v>
+        <v>38414.99</v>
       </c>
       <c r="I477">
-        <v>45500.0</v>
+        <v>69704.01</v>
       </c>
       <c r="J477" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="K477" t="s">
         <v>23</v>
       </c>
       <c r="L477" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
-        <v>337</v>
+        <v>106</v>
       </c>
       <c r="B478" t="s">
         <v>621</v>
       </c>
       <c r="C478" t="s">
-        <v>622</v>
+        <v>21</v>
       </c>
       <c r="D478">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="E478">
+        <v>1</v>
       </c>
       <c r="G478">
-        <v>87577.96</v>
+        <v>45200.0</v>
       </c>
       <c r="H478">
-        <v>67281.0</v>
+        <v>0.0</v>
       </c>
       <c r="I478">
-        <v>20296.96</v>
+        <v>45200.0</v>
       </c>
       <c r="J478" t="s">
-        <v>125</v>
+        <v>39</v>
       </c>
       <c r="K478" t="s">
         <v>23</v>
       </c>
       <c r="L478" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479">
-        <v>403</v>
+        <v>173</v>
       </c>
       <c r="B479" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="C479" t="s">
-        <v>36</v>
+        <v>21</v>
+      </c>
+      <c r="D479">
+        <v>2</v>
       </c>
       <c r="E479">
         <v>1</v>
       </c>
       <c r="G479">
-        <v>92193.88</v>
+        <v>214000.0</v>
       </c>
       <c r="H479">
-        <v>38107.6</v>
+        <v>16423.0</v>
       </c>
       <c r="I479">
-        <v>54086.28</v>
+        <v>197577.0</v>
       </c>
       <c r="J479" t="s">
         <v>303</v>
       </c>
       <c r="K479" t="s">
         <v>23</v>
       </c>
       <c r="L479" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
-        <v>481</v>
+        <v>237</v>
       </c>
       <c r="B480" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="C480" t="s">
         <v>21</v>
       </c>
       <c r="D480">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E480">
         <v>1</v>
       </c>
       <c r="G480">
-        <v>252705.0</v>
+        <v>275707.0</v>
       </c>
       <c r="H480">
-        <v>207100.07</v>
+        <v>9200.0</v>
       </c>
       <c r="I480">
-        <v>45604.93</v>
+        <v>266507.0</v>
       </c>
       <c r="J480" t="s">
-        <v>22</v>
+        <v>305</v>
       </c>
       <c r="K480" t="s">
         <v>23</v>
       </c>
       <c r="L480" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
-        <v>546</v>
+        <v>302</v>
       </c>
       <c r="B481" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="C481" t="s">
         <v>21</v>
       </c>
       <c r="D481">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E481">
         <v>1</v>
       </c>
       <c r="G481">
-        <v>62961.71</v>
+        <v>355724.74</v>
       </c>
       <c r="H481">
-        <v>71004.0</v>
+        <v>8136.66</v>
       </c>
       <c r="I481">
-        <v>-8042.29</v>
+        <v>347588.08</v>
       </c>
       <c r="J481" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K481" t="s">
         <v>23</v>
       </c>
       <c r="L481" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482">
-        <v>617</v>
+        <v>369</v>
       </c>
       <c r="B482" t="s">
+        <v>625</v>
+      </c>
+      <c r="C482" t="s">
+        <v>66</v>
+      </c>
+      <c r="D482">
+        <v>6</v>
+      </c>
+      <c r="E482">
+        <v>1</v>
+      </c>
+      <c r="G482">
+        <v>128421.31</v>
+      </c>
+      <c r="H482">
+        <v>0.0</v>
+      </c>
+      <c r="I482">
+        <v>128421.31</v>
+      </c>
+      <c r="J482" t="s">
         <v>626</v>
-      </c>
-[...19 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K482" t="s">
         <v>23</v>
       </c>
       <c r="L482" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483">
-        <v>681</v>
+        <v>435</v>
       </c>
       <c r="B483" t="s">
         <v>627</v>
       </c>
       <c r="C483" t="s">
         <v>21</v>
       </c>
       <c r="D483">
         <v>2</v>
       </c>
+      <c r="E483">
+        <v>1</v>
+      </c>
       <c r="G483">
-        <v>100370.06</v>
+        <v>217657.18</v>
       </c>
       <c r="H483">
-        <v>106250.91</v>
+        <v>187377.17</v>
       </c>
       <c r="I483">
-        <v>-5880.85</v>
+        <v>30280.01</v>
       </c>
       <c r="J483" t="s">
-        <v>105</v>
+        <v>628</v>
       </c>
       <c r="K483" t="s">
         <v>23</v>
       </c>
       <c r="L483" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484">
-        <v>745</v>
+        <v>514</v>
       </c>
       <c r="B484" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C484" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D484">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E484">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G484">
-        <v>413537.41</v>
+        <v>118798.47</v>
       </c>
       <c r="H484">
-        <v>48656.3</v>
+        <v>36007.0</v>
       </c>
       <c r="I484">
-        <v>364881.11</v>
+        <v>82791.47</v>
       </c>
       <c r="J484" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K484" t="s">
         <v>23</v>
       </c>
       <c r="L484" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485">
-        <v>812</v>
+        <v>578</v>
       </c>
       <c r="B485" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C485" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D485">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E485">
         <v>2</v>
       </c>
       <c r="G485">
-        <v>317492.53</v>
+        <v>350743.9</v>
       </c>
       <c r="H485">
-        <v>4000.0</v>
+        <v>36000.0</v>
       </c>
       <c r="I485">
-        <v>313492.53</v>
+        <v>314743.9</v>
       </c>
       <c r="J485" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K485" t="s">
         <v>23</v>
       </c>
       <c r="L485" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="486" spans="1:12">
       <c r="A486">
-        <v>885</v>
+        <v>649</v>
       </c>
       <c r="B486" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C486" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D486">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E486">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G486">
-        <v>352706.46</v>
+        <v>188135.93</v>
       </c>
       <c r="H486">
-        <v>203081.94</v>
+        <v>112493.2</v>
       </c>
       <c r="I486">
-        <v>149624.52</v>
+        <v>75642.73</v>
       </c>
       <c r="J486" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K486" t="s">
         <v>23</v>
       </c>
       <c r="L486" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="487" spans="1:12">
       <c r="A487">
-        <v>949</v>
+        <v>713</v>
       </c>
       <c r="B487" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C487" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D487">
         <v>1</v>
       </c>
       <c r="E487">
         <v>2</v>
       </c>
       <c r="G487">
-        <v>108119.0</v>
+        <v>166101.2</v>
       </c>
       <c r="H487">
-        <v>38414.99</v>
+        <v>112611.29</v>
       </c>
       <c r="I487">
-        <v>69704.01</v>
+        <v>53489.91</v>
       </c>
       <c r="J487" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K487" t="s">
         <v>23</v>
       </c>
       <c r="L487" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488">
-        <v>106</v>
+        <v>780</v>
       </c>
       <c r="B488" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C488" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D488">
         <v>1</v>
       </c>
       <c r="E488">
         <v>1</v>
       </c>
       <c r="G488">
-        <v>45200.0</v>
+        <v>167669.0</v>
       </c>
       <c r="H488">
         <v>0.0</v>
       </c>
       <c r="I488">
-        <v>45200.0</v>
+        <v>167669.0</v>
       </c>
       <c r="J488" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="K488" t="s">
         <v>23</v>
       </c>
       <c r="L488" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
-        <v>173</v>
+        <v>846</v>
       </c>
       <c r="B489" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C489" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D489">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E489">
         <v>1</v>
       </c>
       <c r="G489">
-        <v>214000.0</v>
+        <v>229750.0</v>
       </c>
       <c r="H489">
-        <v>16423.0</v>
+        <v>112171.81</v>
       </c>
       <c r="I489">
-        <v>197577.0</v>
+        <v>117578.19</v>
       </c>
       <c r="J489" t="s">
-        <v>314</v>
+        <v>57</v>
       </c>
       <c r="K489" t="s">
         <v>23</v>
       </c>
       <c r="L489" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
-        <v>237</v>
+        <v>917</v>
       </c>
       <c r="B490" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C490" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D490">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E490">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G490">
-        <v>275707.0</v>
+        <v>308303.1</v>
       </c>
       <c r="H490">
-        <v>9200.0</v>
+        <v>240638.43</v>
       </c>
       <c r="I490">
-        <v>266507.0</v>
+        <v>67664.67</v>
       </c>
       <c r="J490" t="s">
-        <v>316</v>
+        <v>91</v>
       </c>
       <c r="K490" t="s">
         <v>23</v>
       </c>
       <c r="L490" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491">
-        <v>302</v>
+        <v>54</v>
       </c>
       <c r="B491" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C491" t="s">
-        <v>36</v>
+        <v>147</v>
       </c>
       <c r="D491">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E491">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G491">
-        <v>355724.74</v>
+        <v>1262456.66</v>
       </c>
       <c r="H491">
-        <v>8136.66</v>
+        <v>163000.0</v>
       </c>
       <c r="I491">
-        <v>347588.08</v>
+        <v>1099456.66</v>
       </c>
       <c r="J491" t="s">
-        <v>93</v>
+        <v>145</v>
       </c>
       <c r="K491" t="s">
         <v>23</v>
       </c>
       <c r="L491" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
-        <v>369</v>
+        <v>140</v>
       </c>
       <c r="B492" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C492" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D492">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E492">
         <v>1</v>
       </c>
       <c r="G492">
-        <v>128421.31</v>
+        <v>161509.78</v>
       </c>
       <c r="H492">
-        <v>0.0</v>
+        <v>56620.91</v>
       </c>
       <c r="I492">
-        <v>128421.31</v>
+        <v>104888.87</v>
       </c>
       <c r="J492" t="s">
-        <v>637</v>
+        <v>148</v>
       </c>
       <c r="K492" t="s">
         <v>23</v>
       </c>
       <c r="L492" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
-        <v>435</v>
+        <v>205</v>
       </c>
       <c r="B493" t="s">
         <v>638</v>
       </c>
       <c r="C493" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D493">
         <v>2</v>
       </c>
       <c r="E493">
         <v>1</v>
       </c>
       <c r="G493">
-        <v>217657.18</v>
+        <v>242395.0</v>
       </c>
       <c r="H493">
-        <v>187377.17</v>
+        <v>231165.0</v>
       </c>
       <c r="I493">
-        <v>30280.01</v>
+        <v>11230.0</v>
       </c>
       <c r="J493" t="s">
-        <v>639</v>
+        <v>67</v>
       </c>
       <c r="K493" t="s">
         <v>23</v>
       </c>
       <c r="L493" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
-        <v>514</v>
+        <v>270</v>
       </c>
       <c r="B494" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="C494" t="s">
         <v>21</v>
       </c>
       <c r="D494">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E494">
         <v>1</v>
       </c>
       <c r="G494">
-        <v>118798.47</v>
+        <v>55000.0</v>
       </c>
       <c r="H494">
-        <v>36007.0</v>
+        <v>9500.0</v>
       </c>
       <c r="I494">
-        <v>82791.47</v>
+        <v>45500.0</v>
       </c>
       <c r="J494" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="K494" t="s">
         <v>23</v>
       </c>
       <c r="L494" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
-        <v>578</v>
+        <v>337</v>
       </c>
       <c r="B495" t="s">
+        <v>640</v>
+      </c>
+      <c r="C495" t="s">
         <v>641</v>
       </c>
-      <c r="C495" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D495">
         <v>2</v>
       </c>
-      <c r="E495">
-[...1 lines deleted...]
-      </c>
       <c r="G495">
-        <v>350743.9</v>
+        <v>87577.96</v>
       </c>
       <c r="H495">
-        <v>36000.0</v>
+        <v>67281.0</v>
       </c>
       <c r="I495">
-        <v>314743.9</v>
+        <v>20296.96</v>
       </c>
       <c r="J495" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="K495" t="s">
         <v>23</v>
       </c>
       <c r="L495" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
-        <v>649</v>
+        <v>403</v>
       </c>
       <c r="B496" t="s">
         <v>642</v>
       </c>
       <c r="C496" t="s">
         <v>21</v>
       </c>
-      <c r="D496">
-[...1 lines deleted...]
-      </c>
       <c r="E496">
         <v>1</v>
       </c>
       <c r="G496">
-        <v>188135.93</v>
+        <v>92193.88</v>
       </c>
       <c r="H496">
-        <v>112493.2</v>
+        <v>38107.6</v>
       </c>
       <c r="I496">
-        <v>75642.73</v>
+        <v>54086.28</v>
       </c>
       <c r="J496" t="s">
-        <v>22</v>
+        <v>326</v>
       </c>
       <c r="K496" t="s">
         <v>23</v>
       </c>
       <c r="L496" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
-        <v>713</v>
+        <v>481</v>
       </c>
       <c r="B497" t="s">
         <v>643</v>
       </c>
       <c r="C497" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D497">
         <v>1</v>
       </c>
       <c r="E497">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G497">
-        <v>166101.2</v>
+        <v>252705.0</v>
       </c>
       <c r="H497">
-        <v>112611.29</v>
+        <v>207100.07</v>
       </c>
       <c r="I497">
-        <v>53489.91</v>
+        <v>45604.93</v>
       </c>
       <c r="J497" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K497" t="s">
         <v>23</v>
       </c>
       <c r="L497" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
-        <v>780</v>
+        <v>546</v>
       </c>
       <c r="B498" t="s">
         <v>644</v>
       </c>
       <c r="C498" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D498">
         <v>1</v>
       </c>
       <c r="E498">
         <v>1</v>
       </c>
       <c r="G498">
-        <v>167669.0</v>
+        <v>62961.71</v>
       </c>
       <c r="H498">
-        <v>0.0</v>
+        <v>71004.0</v>
       </c>
       <c r="I498">
-        <v>167669.0</v>
+        <v>-8042.29</v>
       </c>
       <c r="J498" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K498" t="s">
         <v>23</v>
       </c>
       <c r="L498" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
-        <v>846</v>
+        <v>617</v>
       </c>
       <c r="B499" t="s">
         <v>645</v>
       </c>
       <c r="C499" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D499">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E499">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G499">
-        <v>229750.0</v>
+        <v>305849.72</v>
       </c>
       <c r="H499">
-        <v>112171.81</v>
+        <v>1323.92</v>
       </c>
       <c r="I499">
-        <v>117578.19</v>
+        <v>304525.8</v>
       </c>
       <c r="J499" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K499" t="s">
         <v>23</v>
       </c>
       <c r="L499" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
-        <v>694</v>
+        <v>457</v>
       </c>
       <c r="B500" t="s">
         <v>646</v>
       </c>
       <c r="C500" t="s">
-        <v>21</v>
+        <v>647</v>
       </c>
       <c r="D500">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E500">
         <v>1</v>
       </c>
       <c r="G500">
-        <v>152872.26</v>
+        <v>331325.0</v>
       </c>
       <c r="H500">
-        <v>37859.53</v>
+        <v>75570.0</v>
       </c>
       <c r="I500">
-        <v>115012.73</v>
+        <v>255755.0</v>
       </c>
       <c r="J500" t="s">
-        <v>26</v>
+        <v>648</v>
       </c>
       <c r="K500" t="s">
         <v>23</v>
       </c>
       <c r="L500" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
-        <v>758</v>
+        <v>527</v>
       </c>
       <c r="B501" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C501" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D501">
         <v>3</v>
       </c>
       <c r="E501">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G501">
-        <v>126275.5</v>
+        <v>382477.9</v>
       </c>
       <c r="H501">
-        <v>26622.0</v>
+        <v>137499.32</v>
       </c>
       <c r="I501">
-        <v>99653.5</v>
+        <v>244978.58</v>
       </c>
       <c r="J501" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K501" t="s">
         <v>23</v>
       </c>
       <c r="L501" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
-        <v>825</v>
+        <v>597</v>
       </c>
       <c r="B502" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C502" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D502">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E502">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G502">
-        <v>197610.55</v>
+        <v>268080.48</v>
       </c>
       <c r="H502">
-        <v>93179.61</v>
+        <v>13416.68</v>
       </c>
       <c r="I502">
-        <v>104430.94</v>
+        <v>254663.8</v>
       </c>
       <c r="J502" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="K502" t="s">
         <v>23</v>
       </c>
       <c r="L502" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
-        <v>898</v>
+        <v>662</v>
       </c>
       <c r="B503" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C503" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D503">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E503">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G503">
-        <v>224297.96</v>
+        <v>364499.2</v>
       </c>
       <c r="H503">
-        <v>162397.62</v>
+        <v>0.0</v>
       </c>
       <c r="I503">
-        <v>61900.34</v>
+        <v>364499.2</v>
       </c>
       <c r="J503" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="K503" t="s">
         <v>23</v>
       </c>
       <c r="L503" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
-        <v>19</v>
+        <v>726</v>
       </c>
       <c r="B504" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C504" t="s">
-        <v>330</v>
+        <v>26</v>
       </c>
       <c r="D504">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E504">
+        <v>1</v>
       </c>
       <c r="G504">
-        <v>387460.0</v>
+        <v>260500.0</v>
       </c>
       <c r="H504">
-        <v>138200.41</v>
+        <v>174747.0</v>
       </c>
       <c r="I504">
-        <v>249259.59</v>
+        <v>85753.0</v>
       </c>
       <c r="J504" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="K504" t="s">
         <v>23</v>
       </c>
       <c r="L504" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
-        <v>962</v>
+        <v>793</v>
       </c>
       <c r="B505" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C505" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D505">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E505">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G505">
-        <v>229887.68</v>
+        <v>164774.76</v>
       </c>
       <c r="H505">
-        <v>90000.0</v>
+        <v>7000.0</v>
       </c>
       <c r="I505">
-        <v>139887.68</v>
+        <v>157774.76</v>
       </c>
       <c r="J505" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K505" t="s">
         <v>23</v>
       </c>
       <c r="L505" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
-        <v>120</v>
+        <v>866</v>
       </c>
       <c r="B506" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C506" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D506">
         <v>2</v>
       </c>
       <c r="E506">
         <v>2</v>
       </c>
       <c r="G506">
-        <v>233113.93</v>
+        <v>202954.89</v>
       </c>
       <c r="H506">
-        <v>11429.9</v>
+        <v>96283.2</v>
       </c>
       <c r="I506">
-        <v>221684.03</v>
+        <v>106671.69</v>
       </c>
       <c r="J506" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="K506" t="s">
         <v>23</v>
       </c>
       <c r="L506" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
-        <v>186</v>
+        <v>930</v>
       </c>
       <c r="B507" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C507" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D507">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E507">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G507">
-        <v>162425.0</v>
+        <v>176084.52</v>
       </c>
       <c r="H507">
-        <v>80000.0</v>
+        <v>3040.82</v>
       </c>
       <c r="I507">
-        <v>82425.0</v>
+        <v>173043.7</v>
       </c>
       <c r="J507" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="K507" t="s">
         <v>23</v>
       </c>
       <c r="L507" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="508" spans="1:12">
       <c r="A508">
-        <v>250</v>
+        <v>87</v>
       </c>
       <c r="B508" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C508" t="s">
-        <v>655</v>
+        <v>21</v>
       </c>
       <c r="D508">
+        <v>2</v>
+      </c>
+      <c r="E508">
         <v>1</v>
       </c>
       <c r="G508">
-        <v>12314.77</v>
+        <v>540899.0</v>
       </c>
       <c r="H508">
-        <v>31369.0</v>
+        <v>40000.0</v>
       </c>
       <c r="I508">
-        <v>-19054.23</v>
+        <v>500899.0</v>
       </c>
       <c r="J508" t="s">
-        <v>93</v>
+        <v>193</v>
       </c>
       <c r="K508" t="s">
         <v>23</v>
       </c>
       <c r="L508" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="509" spans="1:12">
       <c r="A509">
-        <v>318</v>
+        <v>153</v>
       </c>
       <c r="B509" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C509" t="s">
-        <v>657</v>
+        <v>21</v>
       </c>
       <c r="D509">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E509">
         <v>2</v>
       </c>
       <c r="G509">
-        <v>538012.27</v>
+        <v>133517.26</v>
       </c>
       <c r="H509">
-        <v>154516.98</v>
+        <v>31407.13</v>
       </c>
       <c r="I509">
-        <v>383495.29</v>
+        <v>102110.13</v>
       </c>
       <c r="J509" t="s">
-        <v>66</v>
+        <v>169</v>
       </c>
       <c r="K509" t="s">
         <v>23</v>
       </c>
       <c r="L509" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="510" spans="1:12">
       <c r="A510">
-        <v>384</v>
+        <v>218</v>
       </c>
       <c r="B510" t="s">
         <v>658</v>
       </c>
       <c r="C510" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="E510">
         <v>1</v>
       </c>
       <c r="G510">
-        <v>120853.0</v>
+        <v>3010.0</v>
       </c>
       <c r="H510">
-        <v>48800.0</v>
+        <v>0.0</v>
       </c>
       <c r="I510">
-        <v>72053.0</v>
+        <v>3010.0</v>
       </c>
       <c r="J510" t="s">
-        <v>171</v>
+        <v>95</v>
       </c>
       <c r="K510" t="s">
         <v>23</v>
       </c>
       <c r="L510" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="511" spans="1:12">
       <c r="A511">
-        <v>457</v>
+        <v>283</v>
       </c>
       <c r="B511" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="C511" t="s">
-        <v>661</v>
+        <v>21</v>
       </c>
       <c r="D511">
         <v>2</v>
       </c>
       <c r="E511">
         <v>1</v>
       </c>
       <c r="G511">
-        <v>331325.0</v>
+        <v>365019.63</v>
       </c>
       <c r="H511">
-        <v>75570.0</v>
+        <v>98777.68</v>
       </c>
       <c r="I511">
-        <v>255755.0</v>
+        <v>266241.95</v>
       </c>
       <c r="J511" t="s">
-        <v>662</v>
+        <v>341</v>
       </c>
       <c r="K511" t="s">
         <v>23</v>
       </c>
       <c r="L511" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
-        <v>527</v>
+        <v>350</v>
       </c>
       <c r="B512" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="C512" t="s">
         <v>21</v>
       </c>
       <c r="D512">
+        <v>6</v>
+      </c>
+      <c r="E512">
         <v>3</v>
       </c>
-      <c r="E512">
-[...1 lines deleted...]
-      </c>
       <c r="G512">
-        <v>382477.9</v>
+        <v>157335.47</v>
       </c>
       <c r="H512">
-        <v>137499.32</v>
+        <v>28494.72</v>
       </c>
       <c r="I512">
-        <v>244978.58</v>
+        <v>128840.75</v>
       </c>
       <c r="J512" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="K512" t="s">
         <v>23</v>
       </c>
       <c r="L512" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
-        <v>597</v>
+        <v>416</v>
       </c>
       <c r="B513" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="C513" t="s">
         <v>21</v>
       </c>
       <c r="D513">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E513">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G513">
-        <v>268080.48</v>
+        <v>272452.0</v>
       </c>
       <c r="H513">
-        <v>13416.68</v>
+        <v>10000.0</v>
       </c>
       <c r="I513">
-        <v>254663.8</v>
+        <v>262452.0</v>
       </c>
       <c r="J513" t="s">
-        <v>22</v>
+        <v>176</v>
       </c>
       <c r="K513" t="s">
         <v>23</v>
       </c>
       <c r="L513" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514">
+        <v>495</v>
+      </c>
+      <c r="B514" t="s">
         <v>662</v>
       </c>
-      <c r="B514" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C514" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D514">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E514">
         <v>2</v>
       </c>
       <c r="G514">
-        <v>364499.2</v>
+        <v>188851.73</v>
       </c>
       <c r="H514">
-        <v>0.0</v>
+        <v>73905.11</v>
       </c>
       <c r="I514">
-        <v>364499.2</v>
+        <v>114946.62</v>
       </c>
       <c r="J514" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="K514" t="s">
         <v>23</v>
       </c>
       <c r="L514" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515">
-        <v>726</v>
+        <v>559</v>
       </c>
       <c r="B515" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="C515" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D515">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E515">
         <v>1</v>
       </c>
       <c r="G515">
-        <v>260500.0</v>
+        <v>487055.46</v>
       </c>
       <c r="H515">
-        <v>174747.0</v>
+        <v>507150.09</v>
       </c>
       <c r="I515">
-        <v>85753.0</v>
+        <v>-20094.63</v>
       </c>
       <c r="J515" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K515" t="s">
         <v>23</v>
       </c>
       <c r="L515" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="516" spans="1:12">
       <c r="A516">
-        <v>793</v>
+        <v>630</v>
       </c>
       <c r="B516" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="C516" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D516">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E516">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G516">
-        <v>164774.76</v>
+        <v>430110.72</v>
       </c>
       <c r="H516">
-        <v>7000.0</v>
+        <v>98204.16</v>
       </c>
       <c r="I516">
-        <v>157774.76</v>
+        <v>331906.56</v>
       </c>
       <c r="J516" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K516" t="s">
         <v>23</v>
       </c>
       <c r="L516" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="517" spans="1:12">
       <c r="A517">
-        <v>866</v>
+        <v>694</v>
       </c>
       <c r="B517" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="C517" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D517">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E517">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G517">
-        <v>202954.89</v>
+        <v>152872.26</v>
       </c>
       <c r="H517">
-        <v>96283.2</v>
+        <v>37859.53</v>
       </c>
       <c r="I517">
-        <v>106671.69</v>
+        <v>115012.73</v>
       </c>
       <c r="J517" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K517" t="s">
         <v>23</v>
       </c>
       <c r="L517" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="518" spans="1:12">
       <c r="A518">
-        <v>930</v>
+        <v>758</v>
       </c>
       <c r="B518" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="C518" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D518">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E518">
         <v>2</v>
       </c>
       <c r="G518">
-        <v>176084.52</v>
+        <v>126275.5</v>
       </c>
       <c r="H518">
-        <v>3040.82</v>
+        <v>26622.0</v>
       </c>
       <c r="I518">
-        <v>173043.7</v>
+        <v>99653.5</v>
       </c>
       <c r="J518" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K518" t="s">
         <v>23</v>
       </c>
       <c r="L518" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="519" spans="1:12">
       <c r="A519">
-        <v>87</v>
+        <v>825</v>
       </c>
       <c r="B519" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="C519" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D519">
         <v>2</v>
       </c>
       <c r="E519">
         <v>1</v>
       </c>
       <c r="G519">
-        <v>540899.0</v>
+        <v>197610.55</v>
       </c>
       <c r="H519">
-        <v>40000.0</v>
+        <v>93179.61</v>
       </c>
       <c r="I519">
-        <v>500899.0</v>
+        <v>104430.94</v>
       </c>
       <c r="J519" t="s">
-        <v>171</v>
+        <v>112</v>
       </c>
       <c r="K519" t="s">
         <v>23</v>
       </c>
       <c r="L519" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
-        <v>153</v>
+        <v>898</v>
       </c>
       <c r="B520" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="C520" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D520">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E520">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G520">
-        <v>133517.26</v>
+        <v>224297.96</v>
       </c>
       <c r="H520">
-        <v>31407.13</v>
+        <v>162397.62</v>
       </c>
       <c r="I520">
-        <v>102110.13</v>
+        <v>61900.34</v>
       </c>
       <c r="J520" t="s">
-        <v>185</v>
+        <v>35</v>
       </c>
       <c r="K520" t="s">
         <v>23</v>
       </c>
       <c r="L520" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
-        <v>218</v>
+        <v>19</v>
       </c>
       <c r="B521" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="C521" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>319</v>
+      </c>
+      <c r="D521">
+        <v>3</v>
       </c>
       <c r="G521">
-        <v>3010.0</v>
+        <v>387460.0</v>
       </c>
       <c r="H521">
-        <v>0.0</v>
+        <v>138200.41</v>
       </c>
       <c r="I521">
-        <v>3010.0</v>
+        <v>249259.59</v>
       </c>
       <c r="J521" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K521" t="s">
         <v>23</v>
       </c>
       <c r="L521" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
-        <v>283</v>
+        <v>962</v>
       </c>
       <c r="B522" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="C522" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D522">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E522">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G522">
-        <v>365019.63</v>
+        <v>229887.68</v>
       </c>
       <c r="H522">
-        <v>98777.68</v>
+        <v>90000.0</v>
       </c>
       <c r="I522">
-        <v>266241.95</v>
+        <v>139887.68</v>
       </c>
       <c r="J522" t="s">
-        <v>357</v>
+        <v>37</v>
       </c>
       <c r="K522" t="s">
         <v>23</v>
       </c>
       <c r="L522" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
-        <v>350</v>
+        <v>120</v>
       </c>
       <c r="B523" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="C523" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D523">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E523">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G523">
-        <v>157335.47</v>
+        <v>233113.93</v>
       </c>
       <c r="H523">
-        <v>28494.72</v>
+        <v>11429.9</v>
       </c>
       <c r="I523">
-        <v>128840.75</v>
+        <v>221684.03</v>
       </c>
       <c r="J523" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K523" t="s">
         <v>23</v>
       </c>
       <c r="L523" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
-        <v>416</v>
+        <v>186</v>
       </c>
       <c r="B524" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="C524" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D524">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E524">
         <v>1</v>
       </c>
       <c r="G524">
-        <v>272452.0</v>
+        <v>162425.0</v>
       </c>
       <c r="H524">
-        <v>10000.0</v>
+        <v>80000.0</v>
       </c>
       <c r="I524">
-        <v>262452.0</v>
+        <v>82425.0</v>
       </c>
       <c r="J524" t="s">
-        <v>192</v>
+        <v>105</v>
       </c>
       <c r="K524" t="s">
         <v>23</v>
       </c>
       <c r="L524" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
-        <v>495</v>
+        <v>250</v>
       </c>
       <c r="B525" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="C525" t="s">
-        <v>21</v>
+        <v>674</v>
       </c>
       <c r="D525">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G525">
-        <v>188851.73</v>
+        <v>12314.77</v>
       </c>
       <c r="H525">
-        <v>73905.11</v>
+        <v>31369.0</v>
       </c>
       <c r="I525">
-        <v>114946.62</v>
+        <v>-19054.23</v>
       </c>
       <c r="J525" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K525" t="s">
         <v>23</v>
       </c>
       <c r="L525" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526">
-        <v>559</v>
+        <v>318</v>
       </c>
       <c r="B526" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="C526" t="s">
-        <v>21</v>
+        <v>676</v>
       </c>
       <c r="D526">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E526">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G526">
-        <v>487055.46</v>
+        <v>538012.27</v>
       </c>
       <c r="H526">
-        <v>507150.09</v>
+        <v>154516.98</v>
       </c>
       <c r="I526">
-        <v>-20094.63</v>
+        <v>383495.29</v>
       </c>
       <c r="J526" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="K526" t="s">
         <v>23</v>
       </c>
       <c r="L526" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
-        <v>630</v>
+        <v>384</v>
       </c>
       <c r="B527" t="s">
+        <v>677</v>
+      </c>
+      <c r="C527" t="s">
         <v>678</v>
       </c>
-      <c r="C527" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D527">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E527">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G527">
-        <v>430110.72</v>
+        <v>120853.0</v>
       </c>
       <c r="H527">
-        <v>98204.16</v>
+        <v>48800.0</v>
       </c>
       <c r="I527">
-        <v>331906.56</v>
+        <v>72053.0</v>
       </c>
       <c r="J527" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K527" t="s">
         <v>23</v>
       </c>
       <c r="L527" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
-        <v>540</v>
+        <v>296</v>
       </c>
       <c r="B528" t="s">
         <v>679</v>
       </c>
       <c r="C528" t="s">
         <v>21</v>
       </c>
       <c r="D528">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="E528">
+        <v>3</v>
       </c>
       <c r="G528">
-        <v>158885.29</v>
+        <v>680972.1</v>
       </c>
       <c r="H528">
-        <v>67449.36</v>
+        <v>197724.3</v>
       </c>
       <c r="I528">
-        <v>91435.93</v>
+        <v>483247.8</v>
       </c>
       <c r="J528" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K528" t="s">
         <v>23</v>
       </c>
       <c r="L528" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
-        <v>611</v>
+        <v>363</v>
       </c>
       <c r="B529" t="s">
         <v>680</v>
       </c>
       <c r="C529" t="s">
         <v>21</v>
       </c>
       <c r="D529">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E529">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G529">
-        <v>274104.97</v>
+        <v>171946.53</v>
       </c>
       <c r="H529">
-        <v>113366.27</v>
+        <v>117800.0</v>
       </c>
       <c r="I529">
-        <v>160738.7</v>
+        <v>54146.53</v>
       </c>
       <c r="J529" t="s">
-        <v>22</v>
+        <v>681</v>
       </c>
       <c r="K529" t="s">
         <v>23</v>
       </c>
       <c r="L529" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
-        <v>675</v>
+        <v>429</v>
       </c>
       <c r="B530" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C530" t="s">
-        <v>21</v>
+        <v>683</v>
       </c>
       <c r="D530">
         <v>3</v>
       </c>
       <c r="E530">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G530">
-        <v>159397.38</v>
+        <v>177066.73</v>
       </c>
       <c r="H530">
-        <v>136371.72</v>
+        <v>66029.2</v>
       </c>
       <c r="I530">
-        <v>23025.66</v>
+        <v>111037.53</v>
       </c>
       <c r="J530" t="s">
-        <v>26</v>
+        <v>684</v>
       </c>
       <c r="K530" t="s">
         <v>23</v>
       </c>
       <c r="L530" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
-        <v>739</v>
+        <v>508</v>
       </c>
       <c r="B531" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C531" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D531">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E531">
         <v>1</v>
       </c>
       <c r="G531">
-        <v>76024.08</v>
+        <v>358460.0</v>
       </c>
       <c r="H531">
-        <v>20255.29</v>
+        <v>63130.0</v>
       </c>
       <c r="I531">
-        <v>55768.79</v>
+        <v>295330.0</v>
       </c>
       <c r="J531" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K531" t="s">
         <v>23</v>
       </c>
       <c r="L531" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
-        <v>806</v>
+        <v>572</v>
       </c>
       <c r="B532" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C532" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D532">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E532">
         <v>1</v>
       </c>
       <c r="G532">
-        <v>282142.0</v>
+        <v>325167.32</v>
       </c>
       <c r="H532">
-        <v>32500.0</v>
+        <v>0.0</v>
       </c>
       <c r="I532">
-        <v>249642.0</v>
+        <v>325167.32</v>
       </c>
       <c r="J532" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K532" t="s">
         <v>23</v>
       </c>
       <c r="L532" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
-        <v>879</v>
+        <v>643</v>
       </c>
       <c r="B533" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="C533" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="D533">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E533">
         <v>1</v>
       </c>
       <c r="G533">
-        <v>594171.39</v>
+        <v>268911.28</v>
       </c>
       <c r="H533">
-        <v>98256.0</v>
+        <v>83813.28</v>
       </c>
       <c r="I533">
-        <v>495915.39</v>
+        <v>185098.0</v>
       </c>
       <c r="J533" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K533" t="s">
         <v>23</v>
       </c>
       <c r="L533" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
-        <v>943</v>
+        <v>707</v>
       </c>
       <c r="B534" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="C534" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D534">
+        <v>3</v>
       </c>
       <c r="E534">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G534">
-        <v>39467.5</v>
+        <v>177401.54</v>
       </c>
       <c r="H534">
-        <v>57258.42</v>
+        <v>28750.0</v>
       </c>
       <c r="I534">
-        <v>-17790.92</v>
+        <v>148651.54</v>
       </c>
       <c r="J534" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K534" t="s">
         <v>23</v>
       </c>
       <c r="L534" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
-        <v>100</v>
+        <v>775</v>
       </c>
       <c r="B535" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C535" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D535">
         <v>1</v>
       </c>
+      <c r="E535">
+        <v>1</v>
+      </c>
       <c r="G535">
-        <v>170373.34</v>
+        <v>93560.0</v>
       </c>
       <c r="H535">
-        <v>56875.66</v>
+        <v>92213.0</v>
       </c>
       <c r="I535">
-        <v>113497.68</v>
+        <v>1347.0</v>
       </c>
       <c r="J535" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="K535" t="s">
         <v>23</v>
       </c>
       <c r="L535" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
-        <v>167</v>
+        <v>840</v>
       </c>
       <c r="B536" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C536" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D536">
+        <v>3</v>
+      </c>
+      <c r="E536">
         <v>1</v>
       </c>
       <c r="G536">
-        <v>149000.0</v>
+        <v>440219.65</v>
       </c>
       <c r="H536">
-        <v>0.0</v>
+        <v>172617.9</v>
       </c>
       <c r="I536">
-        <v>149000.0</v>
+        <v>267601.75</v>
       </c>
       <c r="J536" t="s">
-        <v>139</v>
+        <v>691</v>
       </c>
       <c r="K536" t="s">
         <v>23</v>
       </c>
       <c r="L536" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537">
-        <v>231</v>
+        <v>911</v>
       </c>
       <c r="B537" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="C537" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D537">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E537">
         <v>2</v>
       </c>
       <c r="G537">
-        <v>445041.97</v>
+        <v>27771.0</v>
       </c>
       <c r="H537">
-        <v>31884.72</v>
+        <v>29220.73</v>
       </c>
       <c r="I537">
-        <v>413157.25</v>
+        <v>-1449.73</v>
       </c>
       <c r="J537" t="s">
-        <v>141</v>
+        <v>91</v>
       </c>
       <c r="K537" t="s">
         <v>23</v>
       </c>
       <c r="L537" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538">
-        <v>296</v>
+        <v>37</v>
       </c>
       <c r="B538" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="C538" t="s">
-        <v>36</v>
+        <v>694</v>
       </c>
       <c r="D538">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E538">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G538">
-        <v>680972.1</v>
+        <v>892651.82</v>
       </c>
       <c r="H538">
-        <v>197724.3</v>
+        <v>27300.0</v>
       </c>
       <c r="I538">
-        <v>483247.8</v>
+        <v>865351.82</v>
       </c>
       <c r="J538" t="s">
-        <v>93</v>
+        <v>145</v>
       </c>
       <c r="K538" t="s">
         <v>23</v>
       </c>
       <c r="L538" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="539" spans="1:12">
       <c r="A539">
-        <v>363</v>
+        <v>134</v>
       </c>
       <c r="B539" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="C539" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D539">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E539">
         <v>3</v>
       </c>
       <c r="G539">
-        <v>171946.53</v>
+        <v>117226.5</v>
       </c>
       <c r="H539">
-        <v>117800.0</v>
+        <v>27965.61</v>
       </c>
       <c r="I539">
-        <v>54146.53</v>
+        <v>89260.89</v>
       </c>
       <c r="J539" t="s">
-        <v>691</v>
+        <v>148</v>
       </c>
       <c r="K539" t="s">
         <v>23</v>
       </c>
       <c r="L539" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="540" spans="1:12">
       <c r="A540">
-        <v>429</v>
+        <v>199</v>
       </c>
       <c r="B540" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="C540" t="s">
-        <v>693</v>
+        <v>541</v>
       </c>
       <c r="D540">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E540">
         <v>1</v>
       </c>
       <c r="G540">
-        <v>177066.73</v>
+        <v>324738.32</v>
       </c>
       <c r="H540">
-        <v>66029.2</v>
+        <v>0.0</v>
       </c>
       <c r="I540">
-        <v>111037.53</v>
+        <v>324738.32</v>
       </c>
       <c r="J540" t="s">
-        <v>694</v>
+        <v>41</v>
       </c>
       <c r="K540" t="s">
         <v>23</v>
       </c>
       <c r="L540" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="541" spans="1:12">
       <c r="A541">
-        <v>508</v>
+        <v>264</v>
       </c>
       <c r="B541" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C541" t="s">
         <v>21</v>
       </c>
-      <c r="D541">
-[...1 lines deleted...]
-      </c>
       <c r="E541">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G541">
-        <v>358460.0</v>
+        <v>170464.96</v>
       </c>
       <c r="H541">
-        <v>63130.0</v>
+        <v>0.0</v>
       </c>
       <c r="I541">
-        <v>295330.0</v>
+        <v>170464.96</v>
       </c>
       <c r="J541" t="s">
-        <v>22</v>
+        <v>543</v>
       </c>
       <c r="K541" t="s">
         <v>23</v>
       </c>
       <c r="L541" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="542" spans="1:12">
       <c r="A542">
-        <v>572</v>
+        <v>331</v>
       </c>
       <c r="B542" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C542" t="s">
         <v>21</v>
       </c>
       <c r="D542">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E542">
         <v>1</v>
       </c>
       <c r="G542">
-        <v>325167.32</v>
+        <v>157043.05</v>
       </c>
       <c r="H542">
-        <v>0.0</v>
+        <v>46200.55</v>
       </c>
       <c r="I542">
-        <v>325167.32</v>
+        <v>110842.5</v>
       </c>
       <c r="J542" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="K542" t="s">
         <v>23</v>
       </c>
       <c r="L542" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="543" spans="1:12">
       <c r="A543">
-        <v>643</v>
+        <v>397</v>
       </c>
       <c r="B543" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C543" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="D543">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E543">
         <v>1</v>
       </c>
       <c r="G543">
-        <v>268911.28</v>
+        <v>210887.3</v>
       </c>
       <c r="H543">
-        <v>83813.28</v>
+        <v>82147.55</v>
       </c>
       <c r="I543">
-        <v>185098.0</v>
+        <v>128739.75</v>
       </c>
       <c r="J543" t="s">
-        <v>22</v>
+        <v>326</v>
       </c>
       <c r="K543" t="s">
         <v>23</v>
       </c>
       <c r="L543" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="544" spans="1:12">
       <c r="A544">
-        <v>707</v>
+        <v>476</v>
       </c>
       <c r="B544" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C544" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D544">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E544">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G544">
-        <v>177401.54</v>
+        <v>211601.0</v>
       </c>
       <c r="H544">
-        <v>28750.0</v>
+        <v>49060.92</v>
       </c>
       <c r="I544">
-        <v>148651.54</v>
+        <v>162540.08</v>
       </c>
       <c r="J544" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K544" t="s">
         <v>23</v>
       </c>
       <c r="L544" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="545" spans="1:12">
       <c r="A545">
-        <v>775</v>
+        <v>540</v>
       </c>
       <c r="B545" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C545" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D545">
         <v>1</v>
       </c>
-      <c r="E545">
-[...1 lines deleted...]
-      </c>
       <c r="G545">
-        <v>93560.0</v>
+        <v>158885.29</v>
       </c>
       <c r="H545">
-        <v>92213.0</v>
+        <v>67449.36</v>
       </c>
       <c r="I545">
-        <v>1347.0</v>
+        <v>91435.93</v>
       </c>
       <c r="J545" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K545" t="s">
         <v>23</v>
       </c>
       <c r="L545" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="546" spans="1:12">
       <c r="A546">
-        <v>840</v>
+        <v>611</v>
       </c>
       <c r="B546" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C546" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D546">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E546">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G546">
-        <v>440219.65</v>
+        <v>274104.97</v>
       </c>
       <c r="H546">
-        <v>172617.9</v>
+        <v>113366.27</v>
       </c>
       <c r="I546">
-        <v>267601.75</v>
+        <v>160738.7</v>
       </c>
       <c r="J546" t="s">
-        <v>701</v>
+        <v>27</v>
       </c>
       <c r="K546" t="s">
         <v>23</v>
       </c>
       <c r="L546" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="547" spans="1:12">
       <c r="A547">
-        <v>911</v>
+        <v>675</v>
       </c>
       <c r="B547" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C547" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D547">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E547">
         <v>2</v>
       </c>
       <c r="G547">
-        <v>27771.0</v>
+        <v>159397.38</v>
       </c>
       <c r="H547">
-        <v>29220.73</v>
+        <v>136371.72</v>
       </c>
       <c r="I547">
-        <v>-1449.73</v>
+        <v>23025.66</v>
       </c>
       <c r="J547" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K547" t="s">
         <v>23</v>
       </c>
       <c r="L547" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="548" spans="1:12">
       <c r="A548">
-        <v>37</v>
+        <v>739</v>
       </c>
       <c r="B548" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C548" t="s">
-        <v>704</v>
+        <v>26</v>
       </c>
       <c r="D548">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E548">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G548">
-        <v>892651.82</v>
+        <v>76024.08</v>
       </c>
       <c r="H548">
-        <v>27300.0</v>
+        <v>20255.29</v>
       </c>
       <c r="I548">
-        <v>865351.82</v>
+        <v>55768.79</v>
       </c>
       <c r="J548" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K548" t="s">
         <v>23</v>
       </c>
       <c r="L548" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="549" spans="1:12">
       <c r="A549">
-        <v>134</v>
+        <v>806</v>
       </c>
       <c r="B549" t="s">
         <v>705</v>
       </c>
       <c r="C549" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D549">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E549">
+        <v>1</v>
       </c>
       <c r="G549">
-        <v>117226.5</v>
+        <v>282142.0</v>
       </c>
       <c r="H549">
-        <v>27965.61</v>
+        <v>32500.0</v>
       </c>
       <c r="I549">
-        <v>89260.89</v>
+        <v>249642.0</v>
       </c>
       <c r="J549" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="K549" t="s">
         <v>23</v>
       </c>
       <c r="L549" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="550" spans="1:12">
       <c r="A550">
-        <v>199</v>
+        <v>879</v>
       </c>
       <c r="B550" t="s">
         <v>706</v>
       </c>
       <c r="C550" t="s">
-        <v>551</v>
+        <v>26</v>
       </c>
       <c r="D550">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E550">
         <v>1</v>
       </c>
       <c r="G550">
-        <v>324738.32</v>
+        <v>594171.39</v>
       </c>
       <c r="H550">
-        <v>0.0</v>
+        <v>98256.0</v>
       </c>
       <c r="I550">
-        <v>324738.32</v>
+        <v>495915.39</v>
       </c>
       <c r="J550" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="K550" t="s">
         <v>23</v>
       </c>
       <c r="L550" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="551" spans="1:12">
       <c r="A551">
-        <v>264</v>
+        <v>943</v>
       </c>
       <c r="B551" t="s">
         <v>707</v>
       </c>
       <c r="C551" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="E551">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G551">
-        <v>170464.96</v>
+        <v>39467.5</v>
       </c>
       <c r="H551">
-        <v>0.0</v>
+        <v>57258.42</v>
       </c>
       <c r="I551">
-        <v>170464.96</v>
+        <v>-17790.92</v>
       </c>
       <c r="J551" t="s">
-        <v>553</v>
+        <v>91</v>
       </c>
       <c r="K551" t="s">
         <v>23</v>
       </c>
       <c r="L551" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="552" spans="1:12">
       <c r="A552">
-        <v>331</v>
+        <v>100</v>
       </c>
       <c r="B552" t="s">
         <v>708</v>
       </c>
       <c r="C552" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D552">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E552">
         <v>1</v>
       </c>
       <c r="G552">
-        <v>157043.05</v>
+        <v>170373.34</v>
       </c>
       <c r="H552">
-        <v>46200.55</v>
+        <v>56875.66</v>
       </c>
       <c r="I552">
-        <v>110842.5</v>
+        <v>113497.68</v>
       </c>
       <c r="J552" t="s">
         <v>125</v>
       </c>
       <c r="K552" t="s">
         <v>23</v>
       </c>
       <c r="L552" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="553" spans="1:12">
       <c r="A553">
-        <v>397</v>
+        <v>167</v>
       </c>
       <c r="B553" t="s">
         <v>709</v>
       </c>
       <c r="C553" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D553">
         <v>1</v>
       </c>
-      <c r="E553">
-[...1 lines deleted...]
-      </c>
       <c r="G553">
-        <v>210887.3</v>
+        <v>149000.0</v>
       </c>
       <c r="H553">
-        <v>82147.55</v>
+        <v>0.0</v>
       </c>
       <c r="I553">
-        <v>128739.75</v>
+        <v>149000.0</v>
       </c>
       <c r="J553" t="s">
-        <v>303</v>
+        <v>127</v>
       </c>
       <c r="K553" t="s">
         <v>23</v>
       </c>
       <c r="L553" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="554" spans="1:12">
       <c r="A554">
-        <v>476</v>
+        <v>231</v>
       </c>
       <c r="B554" t="s">
         <v>710</v>
       </c>
       <c r="C554" t="s">
         <v>21</v>
       </c>
       <c r="D554">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E554">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G554">
-        <v>211601.0</v>
+        <v>445041.97</v>
       </c>
       <c r="H554">
-        <v>49060.92</v>
+        <v>31884.72</v>
       </c>
       <c r="I554">
-        <v>162540.08</v>
+        <v>413157.25</v>
       </c>
       <c r="J554" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="K554" t="s">
         <v>23</v>
       </c>
       <c r="L554" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="555" spans="1:12">
       <c r="A555">
-        <v>312</v>
+        <v>81</v>
       </c>
       <c r="B555" t="s">
         <v>711</v>
       </c>
       <c r="C555" t="s">
-        <v>36</v>
+        <v>21</v>
+      </c>
+      <c r="D555">
+        <v>3</v>
       </c>
       <c r="E555">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G555">
-        <v>34096.07</v>
+        <v>680972.1</v>
       </c>
       <c r="H555">
-        <v>53037.9</v>
+        <v>197724.3</v>
       </c>
       <c r="I555">
-        <v>-18941.83</v>
+        <v>483247.8</v>
       </c>
       <c r="J555" t="s">
-        <v>712</v>
+        <v>93</v>
       </c>
       <c r="K555" t="s">
         <v>23</v>
       </c>
       <c r="L555" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="556" spans="1:12">
       <c r="A556">
-        <v>377</v>
+        <v>147</v>
       </c>
       <c r="B556" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="C556" t="s">
-        <v>714</v>
+        <v>21</v>
       </c>
       <c r="D556">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G556">
-        <v>154672.39</v>
+        <v>358400.0</v>
       </c>
       <c r="H556">
-        <v>115969.81</v>
+        <v>40572.0</v>
       </c>
       <c r="I556">
-        <v>38702.58</v>
+        <v>317828.0</v>
       </c>
       <c r="J556" t="s">
-        <v>171</v>
+        <v>64</v>
       </c>
       <c r="K556" t="s">
         <v>23</v>
       </c>
       <c r="L556" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="557" spans="1:12">
       <c r="A557">
-        <v>446</v>
+        <v>212</v>
       </c>
       <c r="B557" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="C557" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="D557">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E557">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G557">
-        <v>325514.0</v>
+        <v>191601.24</v>
       </c>
       <c r="H557">
-        <v>142071.34</v>
+        <v>35579.67</v>
       </c>
       <c r="I557">
-        <v>183442.66</v>
+        <v>156021.57</v>
       </c>
       <c r="J557" t="s">
-        <v>716</v>
+        <v>265</v>
       </c>
       <c r="K557" t="s">
         <v>23</v>
       </c>
       <c r="L557" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="558" spans="1:12">
       <c r="A558">
-        <v>521</v>
+        <v>277</v>
       </c>
       <c r="B558" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C558" t="s">
-        <v>21</v>
+        <v>398</v>
       </c>
       <c r="D558">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E558">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G558">
-        <v>205899.85</v>
+        <v>83010.0</v>
       </c>
       <c r="H558">
-        <v>3400.0</v>
+        <v>0.0</v>
       </c>
       <c r="I558">
-        <v>202499.85</v>
+        <v>83010.0</v>
       </c>
       <c r="J558" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="K558" t="s">
         <v>23</v>
       </c>
       <c r="L558" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="559" spans="1:12">
       <c r="A559">
-        <v>585</v>
+        <v>344</v>
       </c>
       <c r="B559" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="C559" t="s">
         <v>21</v>
       </c>
       <c r="D559">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E559">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G559">
-        <v>148793.82</v>
+        <v>280603.88</v>
       </c>
       <c r="H559">
-        <v>62376.43</v>
+        <v>69067.32</v>
       </c>
       <c r="I559">
-        <v>86417.39</v>
+        <v>211536.56</v>
       </c>
       <c r="J559" t="s">
-        <v>22</v>
+        <v>326</v>
       </c>
       <c r="K559" t="s">
         <v>23</v>
       </c>
       <c r="L559" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="560" spans="1:12">
       <c r="A560">
-        <v>656</v>
+        <v>410</v>
       </c>
       <c r="B560" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="C560" t="s">
         <v>21</v>
       </c>
       <c r="D560">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E560">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G560">
-        <v>220424.5</v>
+        <v>460263.17</v>
       </c>
       <c r="H560">
-        <v>209736.44</v>
+        <v>85644.88</v>
       </c>
       <c r="I560">
-        <v>10688.06</v>
+        <v>374618.29</v>
       </c>
       <c r="J560" t="s">
         <v>22</v>
       </c>
       <c r="K560" t="s">
         <v>23</v>
       </c>
       <c r="L560" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="561" spans="1:12">
       <c r="A561">
-        <v>720</v>
+        <v>488</v>
       </c>
       <c r="B561" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="C561" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D561">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E561">
         <v>1</v>
       </c>
       <c r="G561">
-        <v>86325.05</v>
+        <v>234819.61</v>
       </c>
       <c r="H561">
-        <v>20361.72</v>
+        <v>26331.0</v>
       </c>
       <c r="I561">
-        <v>65963.33</v>
+        <v>208488.61</v>
       </c>
       <c r="J561" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K561" t="s">
         <v>23</v>
       </c>
       <c r="L561" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="562" spans="1:12">
       <c r="A562">
-        <v>787</v>
+        <v>553</v>
       </c>
       <c r="B562" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="C562" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D562">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E562">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G562">
-        <v>186649.22</v>
+        <v>472571.65</v>
       </c>
       <c r="H562">
-        <v>29653.52</v>
+        <v>358277.53</v>
       </c>
       <c r="I562">
-        <v>156995.7</v>
+        <v>114294.12</v>
       </c>
       <c r="J562" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K562" t="s">
         <v>23</v>
       </c>
       <c r="L562" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="563" spans="1:12">
       <c r="A563">
-        <v>856</v>
+        <v>624</v>
       </c>
       <c r="B563" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="C563" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D563">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E563">
         <v>2</v>
       </c>
       <c r="G563">
-        <v>361023.71</v>
+        <v>261539.81</v>
       </c>
       <c r="H563">
-        <v>0.0</v>
+        <v>106677.11</v>
       </c>
       <c r="I563">
-        <v>361023.71</v>
+        <v>154862.7</v>
       </c>
       <c r="J563" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K563" t="s">
         <v>23</v>
       </c>
       <c r="L563" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="564" spans="1:12">
       <c r="A564">
-        <v>924</v>
+        <v>688</v>
       </c>
       <c r="B564" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C564" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D564">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E564">
         <v>1</v>
       </c>
       <c r="G564">
-        <v>134822.08</v>
+        <v>355912.0</v>
       </c>
       <c r="H564">
-        <v>65947.13</v>
+        <v>53149.55</v>
       </c>
       <c r="I564">
-        <v>68874.95</v>
+        <v>302762.45</v>
       </c>
       <c r="J564" t="s">
         <v>31</v>
       </c>
       <c r="K564" t="s">
         <v>23</v>
       </c>
       <c r="L564" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="565" spans="1:12">
       <c r="A565">
-        <v>81</v>
+        <v>752</v>
       </c>
       <c r="B565" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="C565" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D565">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E565">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G565">
-        <v>680972.1</v>
+        <v>127940.0</v>
       </c>
       <c r="H565">
-        <v>197724.3</v>
+        <v>54896.16</v>
       </c>
       <c r="I565">
-        <v>483247.8</v>
+        <v>73043.84</v>
       </c>
       <c r="J565" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="K565" t="s">
         <v>23</v>
       </c>
       <c r="L565" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="566" spans="1:12">
       <c r="A566">
-        <v>147</v>
+        <v>819</v>
       </c>
       <c r="B566" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="C566" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D566">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G566">
-        <v>358400.0</v>
+        <v>324788.07</v>
       </c>
       <c r="H566">
-        <v>40572.0</v>
+        <v>108810.47</v>
       </c>
       <c r="I566">
-        <v>317828.0</v>
+        <v>215977.6</v>
       </c>
       <c r="J566" t="s">
-        <v>37</v>
+        <v>112</v>
       </c>
       <c r="K566" t="s">
         <v>23</v>
       </c>
       <c r="L566" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="567" spans="1:12">
       <c r="A567">
-        <v>212</v>
+        <v>892</v>
       </c>
       <c r="B567" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C567" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D567">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G567">
-        <v>191601.24</v>
+        <v>61078.85</v>
       </c>
       <c r="H567">
-        <v>35579.67</v>
+        <v>48654.49</v>
       </c>
       <c r="I567">
-        <v>156021.57</v>
+        <v>12424.36</v>
       </c>
       <c r="J567" t="s">
-        <v>245</v>
+        <v>35</v>
       </c>
       <c r="K567" t="s">
         <v>23</v>
       </c>
       <c r="L567" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="568" spans="1:12">
       <c r="A568">
-        <v>277</v>
+        <v>956</v>
       </c>
       <c r="B568" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="C568" t="s">
-        <v>410</v>
+        <v>89</v>
       </c>
       <c r="D568">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E568">
         <v>1</v>
       </c>
       <c r="G568">
-        <v>83010.0</v>
+        <v>91857.0</v>
       </c>
       <c r="H568">
-        <v>0.0</v>
+        <v>43800.0</v>
       </c>
       <c r="I568">
-        <v>83010.0</v>
+        <v>48057.0</v>
       </c>
       <c r="J568" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="K568" t="s">
         <v>23</v>
       </c>
       <c r="L568" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="569" spans="1:12">
       <c r="A569">
-        <v>344</v>
+        <v>114</v>
       </c>
       <c r="B569" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="C569" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D569">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E569">
         <v>1</v>
       </c>
       <c r="G569">
-        <v>280603.88</v>
+        <v>210186.16</v>
       </c>
       <c r="H569">
-        <v>69067.32</v>
+        <v>13166.0</v>
       </c>
       <c r="I569">
-        <v>211536.56</v>
+        <v>197020.16</v>
       </c>
       <c r="J569" t="s">
-        <v>303</v>
+        <v>39</v>
       </c>
       <c r="K569" t="s">
         <v>23</v>
       </c>
       <c r="L569" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="570" spans="1:12">
       <c r="A570">
-        <v>410</v>
+        <v>180</v>
       </c>
       <c r="B570" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="C570" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D570">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E570">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G570">
-        <v>460263.17</v>
+        <v>70300.0</v>
       </c>
       <c r="H570">
-        <v>85644.88</v>
+        <v>0.0</v>
       </c>
       <c r="I570">
-        <v>374618.29</v>
+        <v>70300.0</v>
       </c>
       <c r="J570" t="s">
-        <v>46</v>
+        <v>105</v>
       </c>
       <c r="K570" t="s">
         <v>23</v>
       </c>
       <c r="L570" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="571" spans="1:12">
       <c r="A571">
-        <v>488</v>
+        <v>244</v>
       </c>
       <c r="B571" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="C571" t="s">
         <v>21</v>
       </c>
-      <c r="D571">
-[...1 lines deleted...]
-      </c>
       <c r="E571">
         <v>1</v>
       </c>
       <c r="G571">
-        <v>234819.61</v>
+        <v>87600.0</v>
       </c>
       <c r="H571">
-        <v>26331.0</v>
+        <v>0.0</v>
       </c>
       <c r="I571">
-        <v>208488.61</v>
+        <v>87600.0</v>
       </c>
       <c r="J571" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K571" t="s">
         <v>23</v>
       </c>
       <c r="L571" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="572" spans="1:12">
       <c r="A572">
-        <v>553</v>
+        <v>312</v>
       </c>
       <c r="B572" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="C572" t="s">
         <v>21</v>
       </c>
-      <c r="D572">
-[...1 lines deleted...]
-      </c>
       <c r="E572">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G572">
-        <v>472571.65</v>
+        <v>34096.07</v>
       </c>
       <c r="H572">
-        <v>358277.53</v>
+        <v>53037.9</v>
       </c>
       <c r="I572">
-        <v>114294.12</v>
+        <v>-18941.83</v>
       </c>
       <c r="J572" t="s">
-        <v>22</v>
+        <v>729</v>
       </c>
       <c r="K572" t="s">
         <v>23</v>
       </c>
       <c r="L572" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="573" spans="1:12">
       <c r="A573">
-        <v>624</v>
+        <v>377</v>
       </c>
       <c r="B573" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="C573" t="s">
-        <v>21</v>
+        <v>731</v>
       </c>
       <c r="D573">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G573">
-        <v>261539.81</v>
+        <v>154672.39</v>
       </c>
       <c r="H573">
-        <v>106677.11</v>
+        <v>115969.81</v>
       </c>
       <c r="I573">
-        <v>154862.7</v>
+        <v>38702.58</v>
       </c>
       <c r="J573" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K573" t="s">
         <v>23</v>
       </c>
       <c r="L573" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="574" spans="1:12">
       <c r="A574">
-        <v>688</v>
+        <v>446</v>
       </c>
       <c r="B574" t="s">
+        <v>732</v>
+      </c>
+      <c r="C574" t="s">
+        <v>89</v>
+      </c>
+      <c r="D574">
+        <v>3</v>
+      </c>
+      <c r="E574">
+        <v>2</v>
+      </c>
+      <c r="G574">
+        <v>325514.0</v>
+      </c>
+      <c r="H574">
+        <v>142071.34</v>
+      </c>
+      <c r="I574">
+        <v>183442.66</v>
+      </c>
+      <c r="J574" t="s">
         <v>733</v>
-      </c>
-[...19 lines deleted...]
-        <v>26</v>
       </c>
       <c r="K574" t="s">
         <v>23</v>
       </c>
       <c r="L574" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="575" spans="1:12">
       <c r="A575">
-        <v>752</v>
+        <v>521</v>
       </c>
       <c r="B575" t="s">
         <v>734</v>
       </c>
       <c r="C575" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D575">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E575">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G575">
-        <v>127940.0</v>
+        <v>205899.85</v>
       </c>
       <c r="H575">
-        <v>54896.16</v>
+        <v>3400.0</v>
       </c>
       <c r="I575">
-        <v>73043.84</v>
+        <v>202499.85</v>
       </c>
       <c r="J575" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K575" t="s">
         <v>23</v>
       </c>
       <c r="L575" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="576" spans="1:12">
       <c r="A576">
-        <v>819</v>
+        <v>585</v>
       </c>
       <c r="B576" t="s">
         <v>735</v>
       </c>
       <c r="C576" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D576">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="E576">
+        <v>2</v>
       </c>
       <c r="G576">
-        <v>324788.07</v>
+        <v>148793.82</v>
       </c>
       <c r="H576">
-        <v>108810.47</v>
+        <v>62376.43</v>
       </c>
       <c r="I576">
-        <v>215977.6</v>
+        <v>86417.39</v>
       </c>
       <c r="J576" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="K576" t="s">
         <v>23</v>
       </c>
       <c r="L576" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="577" spans="1:12">
       <c r="A577">
-        <v>892</v>
+        <v>656</v>
       </c>
       <c r="B577" t="s">
         <v>736</v>
       </c>
       <c r="C577" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D577">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E577">
+        <v>0</v>
       </c>
       <c r="G577">
-        <v>61078.85</v>
+        <v>220424.5</v>
       </c>
       <c r="H577">
-        <v>48654.49</v>
+        <v>209736.44</v>
       </c>
       <c r="I577">
-        <v>12424.36</v>
+        <v>10688.06</v>
       </c>
       <c r="J577" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K577" t="s">
         <v>23</v>
       </c>
       <c r="L577" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="578" spans="1:12">
       <c r="A578">
-        <v>956</v>
+        <v>720</v>
       </c>
       <c r="B578" t="s">
         <v>737</v>
       </c>
       <c r="C578" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D578">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E578">
         <v>1</v>
       </c>
       <c r="G578">
-        <v>91857.0</v>
+        <v>86325.05</v>
       </c>
       <c r="H578">
-        <v>43800.0</v>
+        <v>20361.72</v>
       </c>
       <c r="I578">
-        <v>48057.0</v>
+        <v>65963.33</v>
       </c>
       <c r="J578" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K578" t="s">
         <v>23</v>
       </c>
       <c r="L578" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="579" spans="1:12">
       <c r="A579">
-        <v>114</v>
+        <v>787</v>
       </c>
       <c r="B579" t="s">
         <v>738</v>
       </c>
       <c r="C579" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D579">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E579">
         <v>1</v>
       </c>
       <c r="G579">
-        <v>210186.16</v>
+        <v>186649.22</v>
       </c>
       <c r="H579">
-        <v>13166.0</v>
+        <v>29653.52</v>
       </c>
       <c r="I579">
-        <v>197020.16</v>
+        <v>156995.7</v>
       </c>
       <c r="J579" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="K579" t="s">
         <v>23</v>
       </c>
       <c r="L579" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="580" spans="1:12">
       <c r="A580">
-        <v>180</v>
+        <v>856</v>
       </c>
       <c r="B580" t="s">
         <v>739</v>
       </c>
       <c r="C580" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D580">
         <v>1</v>
       </c>
       <c r="E580">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G580">
-        <v>70300.0</v>
+        <v>361023.71</v>
       </c>
       <c r="H580">
         <v>0.0</v>
       </c>
       <c r="I580">
-        <v>70300.0</v>
+        <v>361023.71</v>
       </c>
       <c r="J580" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="K580" t="s">
         <v>23</v>
       </c>
       <c r="L580" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="581" spans="1:12">
       <c r="A581">
-        <v>244</v>
+        <v>924</v>
       </c>
       <c r="B581" t="s">
         <v>740</v>
       </c>
       <c r="C581" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="D581">
+        <v>1</v>
       </c>
       <c r="E581">
         <v>1</v>
       </c>
       <c r="G581">
-        <v>87600.0</v>
+        <v>134822.08</v>
       </c>
       <c r="H581">
-        <v>0.0</v>
+        <v>65947.13</v>
       </c>
       <c r="I581">
-        <v>87600.0</v>
+        <v>68874.95</v>
       </c>
       <c r="J581" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="K581" t="s">
         <v>23</v>
       </c>
       <c r="L581" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="582" spans="1:12">
       <c r="A582">
-        <v>161</v>
+        <v>765</v>
       </c>
       <c r="B582" t="s">
         <v>741</v>
       </c>
       <c r="C582" t="s">
-        <v>742</v>
+        <v>26</v>
       </c>
       <c r="D582">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E582">
         <v>1</v>
       </c>
       <c r="G582">
-        <v>126057.25</v>
+        <v>77889.73</v>
       </c>
       <c r="H582">
-        <v>80363.25</v>
+        <v>51923.06</v>
       </c>
       <c r="I582">
-        <v>45694.0</v>
+        <v>25966.67</v>
       </c>
       <c r="J582" t="s">
-        <v>139</v>
+        <v>31</v>
       </c>
       <c r="K582" t="s">
         <v>23</v>
       </c>
       <c r="L582" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="583" spans="1:12">
       <c r="A583">
-        <v>225</v>
+        <v>834</v>
       </c>
       <c r="B583" t="s">
+        <v>742</v>
+      </c>
+      <c r="C583" t="s">
+        <v>26</v>
+      </c>
+      <c r="D583">
+        <v>1</v>
+      </c>
+      <c r="E583">
+        <v>1</v>
+      </c>
+      <c r="G583">
+        <v>190974.95</v>
+      </c>
+      <c r="H583">
+        <v>0.0</v>
+      </c>
+      <c r="I583">
+        <v>190974.95</v>
+      </c>
+      <c r="J583" t="s">
         <v>743</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
       <c r="K583" t="s">
         <v>23</v>
       </c>
       <c r="L583" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="584" spans="1:12">
       <c r="A584">
-        <v>290</v>
+        <v>905</v>
       </c>
       <c r="B584" t="s">
         <v>744</v>
       </c>
       <c r="C584" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="E584">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G584">
-        <v>371621.32</v>
+        <v>90910.0</v>
       </c>
       <c r="H584">
         <v>0.0</v>
       </c>
       <c r="I584">
-        <v>371621.32</v>
+        <v>90910.0</v>
       </c>
       <c r="J584" t="s">
-        <v>745</v>
+        <v>59</v>
       </c>
       <c r="K584" t="s">
         <v>23</v>
       </c>
       <c r="L584" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="585" spans="1:12">
       <c r="A585">
-        <v>357</v>
+        <v>28</v>
       </c>
       <c r="B585" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="C585" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D585">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E585">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G585">
-        <v>1232055.0</v>
+        <v>351688.81</v>
       </c>
       <c r="H585">
-        <v>35620.13</v>
+        <v>371.18</v>
       </c>
       <c r="I585">
-        <v>1196434.87</v>
+        <v>351317.63</v>
       </c>
       <c r="J585" t="s">
-        <v>433</v>
+        <v>81</v>
       </c>
       <c r="K585" t="s">
         <v>23</v>
       </c>
       <c r="L585" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="586" spans="1:12">
       <c r="A586">
-        <v>423</v>
+        <v>127</v>
       </c>
       <c r="B586" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="C586" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D586">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="E586">
+        <v>5</v>
       </c>
       <c r="G586">
-        <v>390454.74</v>
+        <v>200551.0</v>
       </c>
       <c r="H586">
-        <v>144189.68</v>
+        <v>39178.03</v>
       </c>
       <c r="I586">
-        <v>246265.06</v>
+        <v>161372.97</v>
       </c>
       <c r="J586" t="s">
-        <v>748</v>
+        <v>120</v>
       </c>
       <c r="K586" t="s">
         <v>23</v>
       </c>
       <c r="L586" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="587" spans="1:12">
       <c r="A587">
-        <v>502</v>
+        <v>193</v>
       </c>
       <c r="B587" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="C587" t="s">
         <v>21</v>
       </c>
       <c r="D587">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E587">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G587">
-        <v>198500.0</v>
+        <v>838500.0</v>
       </c>
       <c r="H587">
-        <v>145000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I587">
-        <v>53500.0</v>
+        <v>838500.0</v>
       </c>
       <c r="J587" t="s">
-        <v>22</v>
+        <v>436</v>
       </c>
       <c r="K587" t="s">
         <v>23</v>
       </c>
       <c r="L587" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="588" spans="1:12">
       <c r="A588">
-        <v>566</v>
+        <v>258</v>
       </c>
       <c r="B588" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="C588" t="s">
         <v>21</v>
       </c>
       <c r="D588">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E588">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G588">
-        <v>141756.81</v>
+        <v>363287.0</v>
       </c>
       <c r="H588">
-        <v>21500.0</v>
+        <v>20000.0</v>
       </c>
       <c r="I588">
-        <v>120256.81</v>
+        <v>343287.0</v>
       </c>
       <c r="J588" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K588" t="s">
         <v>23</v>
       </c>
       <c r="L588" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="589" spans="1:12">
       <c r="A589">
-        <v>637</v>
+        <v>325</v>
       </c>
       <c r="B589" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="C589" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="D589">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E589">
         <v>1</v>
       </c>
       <c r="G589">
-        <v>218707.65</v>
+        <v>120015.77</v>
       </c>
       <c r="H589">
-        <v>18970.0</v>
+        <v>24731.66</v>
       </c>
       <c r="I589">
-        <v>199737.65</v>
+        <v>95284.11</v>
       </c>
       <c r="J589" t="s">
-        <v>22</v>
+        <v>214</v>
       </c>
       <c r="K589" t="s">
         <v>23</v>
       </c>
       <c r="L589" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="590" spans="1:12">
       <c r="A590">
-        <v>701</v>
+        <v>391</v>
       </c>
       <c r="B590" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="C590" t="s">
         <v>21</v>
       </c>
       <c r="D590">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E590">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G590">
-        <v>151287.43</v>
+        <v>282912.77</v>
       </c>
       <c r="H590">
-        <v>73378.57</v>
+        <v>9058.56</v>
       </c>
       <c r="I590">
-        <v>77908.86</v>
+        <v>273854.21</v>
       </c>
       <c r="J590" t="s">
-        <v>26</v>
+        <v>326</v>
       </c>
       <c r="K590" t="s">
         <v>23</v>
       </c>
       <c r="L590" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="591" spans="1:12">
       <c r="A591">
-        <v>765</v>
+        <v>466</v>
       </c>
       <c r="B591" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="C591" t="s">
-        <v>21</v>
+        <v>441</v>
       </c>
       <c r="D591">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E591">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G591">
-        <v>77889.73</v>
+        <v>378059.63</v>
       </c>
       <c r="H591">
-        <v>51923.06</v>
+        <v>45876.0</v>
       </c>
       <c r="I591">
-        <v>25966.67</v>
+        <v>332183.63</v>
       </c>
       <c r="J591" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="K591" t="s">
         <v>23</v>
       </c>
       <c r="L591" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="592" spans="1:12">
       <c r="A592">
-        <v>834</v>
+        <v>534</v>
       </c>
       <c r="B592" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="C592" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D592">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E592">
         <v>1</v>
       </c>
       <c r="G592">
-        <v>190974.95</v>
+        <v>247323.56</v>
       </c>
       <c r="H592">
-        <v>0.0</v>
+        <v>199163.17</v>
       </c>
       <c r="I592">
-        <v>190974.95</v>
+        <v>48160.39</v>
       </c>
       <c r="J592" t="s">
-        <v>755</v>
+        <v>27</v>
       </c>
       <c r="K592" t="s">
         <v>23</v>
       </c>
       <c r="L592" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="593" spans="1:12">
       <c r="A593">
-        <v>905</v>
+        <v>604</v>
       </c>
       <c r="B593" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="C593" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D593">
+        <v>2</v>
       </c>
       <c r="E593">
         <v>1</v>
       </c>
       <c r="G593">
-        <v>90910.0</v>
+        <v>51572.12</v>
       </c>
       <c r="H593">
-        <v>0.0</v>
+        <v>199024.9</v>
       </c>
       <c r="I593">
-        <v>90910.0</v>
+        <v>-147452.78</v>
       </c>
       <c r="J593" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="K593" t="s">
         <v>23</v>
       </c>
       <c r="L593" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="594" spans="1:12">
       <c r="A594">
-        <v>28</v>
+        <v>669</v>
       </c>
       <c r="B594" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="C594" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D594">
         <v>1</v>
       </c>
       <c r="E594">
         <v>1</v>
       </c>
       <c r="G594">
-        <v>351688.81</v>
+        <v>53413.61</v>
       </c>
       <c r="H594">
-        <v>371.18</v>
+        <v>25993.98</v>
       </c>
       <c r="I594">
-        <v>351317.63</v>
+        <v>27419.63</v>
       </c>
       <c r="J594" t="s">
-        <v>101</v>
+        <v>31</v>
       </c>
       <c r="K594" t="s">
         <v>23</v>
       </c>
       <c r="L594" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="595" spans="1:12">
       <c r="A595">
-        <v>127</v>
+        <v>733</v>
       </c>
       <c r="B595" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="C595" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D595">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E595">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G595">
-        <v>200551.0</v>
+        <v>183623.03</v>
       </c>
       <c r="H595">
-        <v>39178.03</v>
+        <v>48160.0</v>
       </c>
       <c r="I595">
-        <v>161372.97</v>
+        <v>135463.03</v>
       </c>
       <c r="J595" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="K595" t="s">
         <v>23</v>
       </c>
       <c r="L595" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="596" spans="1:12">
       <c r="A596">
-        <v>193</v>
+        <v>800</v>
       </c>
       <c r="B596" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="C596" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D596">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E596">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G596">
-        <v>838500.0</v>
+        <v>121571.4</v>
       </c>
       <c r="H596">
-        <v>0.0</v>
+        <v>47792.78</v>
       </c>
       <c r="I596">
-        <v>838500.0</v>
+        <v>73778.62</v>
       </c>
       <c r="J596" t="s">
-        <v>451</v>
+        <v>31</v>
       </c>
       <c r="K596" t="s">
         <v>23</v>
       </c>
       <c r="L596" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="597" spans="1:12">
       <c r="A597">
-        <v>258</v>
+        <v>873</v>
       </c>
       <c r="B597" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="C597" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D597">
         <v>4</v>
       </c>
       <c r="E597">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G597">
-        <v>363287.0</v>
+        <v>280473.18</v>
       </c>
       <c r="H597">
-        <v>20000.0</v>
+        <v>38197.16</v>
       </c>
       <c r="I597">
-        <v>343287.0</v>
+        <v>242276.02</v>
       </c>
       <c r="J597" t="s">
-        <v>93</v>
+        <v>224</v>
       </c>
       <c r="K597" t="s">
         <v>23</v>
       </c>
       <c r="L597" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="598" spans="1:12">
       <c r="A598">
-        <v>325</v>
+        <v>937</v>
       </c>
       <c r="B598" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="C598" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D598">
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="E598">
+        <v>2</v>
       </c>
       <c r="G598">
-        <v>120015.77</v>
+        <v>429941.77</v>
       </c>
       <c r="H598">
-        <v>24731.66</v>
+        <v>30689.39</v>
       </c>
       <c r="I598">
-        <v>95284.11</v>
+        <v>399252.38</v>
       </c>
       <c r="J598" t="s">
-        <v>228</v>
+        <v>91</v>
       </c>
       <c r="K598" t="s">
         <v>23</v>
       </c>
       <c r="L598" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="599" spans="1:12">
       <c r="A599">
-        <v>391</v>
+        <v>94</v>
       </c>
       <c r="B599" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="C599" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D599">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G599">
-        <v>282912.77</v>
+        <v>286400.0</v>
       </c>
       <c r="H599">
-        <v>9058.56</v>
+        <v>18000.0</v>
       </c>
       <c r="I599">
-        <v>273854.21</v>
+        <v>268400.0</v>
       </c>
       <c r="J599" t="s">
-        <v>303</v>
+        <v>125</v>
       </c>
       <c r="K599" t="s">
         <v>23</v>
       </c>
       <c r="L599" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="600" spans="1:12">
       <c r="A600">
-        <v>466</v>
+        <v>161</v>
       </c>
       <c r="B600" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="C600" t="s">
-        <v>456</v>
+        <v>761</v>
       </c>
       <c r="D600">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E600">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G600">
-        <v>378059.63</v>
+        <v>126057.25</v>
       </c>
       <c r="H600">
-        <v>45876.0</v>
+        <v>80363.25</v>
       </c>
       <c r="I600">
-        <v>332183.63</v>
+        <v>45694.0</v>
       </c>
       <c r="J600" t="s">
-        <v>101</v>
+        <v>127</v>
       </c>
       <c r="K600" t="s">
         <v>23</v>
       </c>
       <c r="L600" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="601" spans="1:12">
       <c r="A601">
-        <v>534</v>
+        <v>225</v>
       </c>
       <c r="B601" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="C601" t="s">
         <v>21</v>
       </c>
       <c r="D601">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E601">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G601">
-        <v>247323.56</v>
+        <v>153270.0</v>
       </c>
       <c r="H601">
-        <v>199163.17</v>
+        <v>41550.06</v>
       </c>
       <c r="I601">
-        <v>48160.39</v>
+        <v>111719.94</v>
       </c>
       <c r="J601" t="s">
-        <v>22</v>
+        <v>283</v>
       </c>
       <c r="K601" t="s">
         <v>23</v>
       </c>
       <c r="L601" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="602" spans="1:12">
       <c r="A602">
-        <v>604</v>
+        <v>290</v>
       </c>
       <c r="B602" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="C602" t="s">
         <v>21</v>
       </c>
       <c r="D602">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E602">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G602">
-        <v>51572.12</v>
+        <v>371621.32</v>
       </c>
       <c r="H602">
-        <v>199024.9</v>
+        <v>0.0</v>
       </c>
       <c r="I602">
-        <v>-147452.78</v>
+        <v>371621.32</v>
       </c>
       <c r="J602" t="s">
-        <v>22</v>
+        <v>764</v>
       </c>
       <c r="K602" t="s">
         <v>23</v>
       </c>
       <c r="L602" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="603" spans="1:12">
       <c r="A603">
-        <v>669</v>
+        <v>357</v>
       </c>
       <c r="B603" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="C603" t="s">
         <v>21</v>
       </c>
       <c r="D603">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E603">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G603">
-        <v>53413.61</v>
+        <v>1232055.0</v>
       </c>
       <c r="H603">
-        <v>25993.98</v>
+        <v>35620.13</v>
       </c>
       <c r="I603">
-        <v>27419.63</v>
+        <v>1196434.87</v>
       </c>
       <c r="J603" t="s">
-        <v>26</v>
+        <v>455</v>
       </c>
       <c r="K603" t="s">
         <v>23</v>
       </c>
       <c r="L603" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="604" spans="1:12">
       <c r="A604">
-        <v>733</v>
+        <v>423</v>
       </c>
       <c r="B604" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="C604" t="s">
         <v>21</v>
       </c>
       <c r="D604">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G604">
-        <v>183623.03</v>
+        <v>390454.74</v>
       </c>
       <c r="H604">
-        <v>48160.0</v>
+        <v>144189.68</v>
       </c>
       <c r="I604">
-        <v>135463.03</v>
+        <v>246265.06</v>
       </c>
       <c r="J604" t="s">
-        <v>26</v>
+        <v>767</v>
       </c>
       <c r="K604" t="s">
         <v>23</v>
       </c>
       <c r="L604" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="605" spans="1:12">
       <c r="A605">
-        <v>800</v>
+        <v>502</v>
       </c>
       <c r="B605" t="s">
         <v>768</v>
       </c>
       <c r="C605" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D605">
         <v>1</v>
       </c>
       <c r="E605">
         <v>1</v>
       </c>
       <c r="G605">
-        <v>121571.4</v>
+        <v>198500.0</v>
       </c>
       <c r="H605">
-        <v>47792.78</v>
+        <v>145000.0</v>
       </c>
       <c r="I605">
-        <v>73778.62</v>
+        <v>53500.0</v>
       </c>
       <c r="J605" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K605" t="s">
         <v>23</v>
       </c>
       <c r="L605" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="606" spans="1:12">
       <c r="A606">
-        <v>873</v>
+        <v>566</v>
       </c>
       <c r="B606" t="s">
         <v>769</v>
       </c>
       <c r="C606" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D606">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E606">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G606">
-        <v>280473.18</v>
+        <v>141756.81</v>
       </c>
       <c r="H606">
-        <v>38197.16</v>
+        <v>21500.0</v>
       </c>
       <c r="I606">
-        <v>242276.02</v>
+        <v>120256.81</v>
       </c>
       <c r="J606" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="K606" t="s">
         <v>23</v>
       </c>
       <c r="L606" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="607" spans="1:12">
       <c r="A607">
-        <v>937</v>
+        <v>637</v>
       </c>
       <c r="B607" t="s">
         <v>770</v>
       </c>
       <c r="C607" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="D607">
         <v>9</v>
       </c>
       <c r="E607">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G607">
-        <v>429941.77</v>
+        <v>218707.65</v>
       </c>
       <c r="H607">
-        <v>30689.39</v>
+        <v>18970.0</v>
       </c>
       <c r="I607">
-        <v>399252.38</v>
+        <v>199737.65</v>
       </c>
       <c r="J607" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="K607" t="s">
         <v>23</v>
       </c>
       <c r="L607" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="608" spans="1:12">
       <c r="A608">
-        <v>94</v>
+        <v>701</v>
       </c>
       <c r="B608" t="s">
         <v>771</v>
       </c>
       <c r="C608" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D608">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="E608">
+        <v>1</v>
       </c>
       <c r="G608">
-        <v>286400.0</v>
+        <v>151287.43</v>
       </c>
       <c r="H608">
-        <v>18000.0</v>
+        <v>73378.57</v>
       </c>
       <c r="I608">
-        <v>268400.0</v>
+        <v>77908.86</v>
       </c>
       <c r="J608" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="K608" t="s">
         <v>23</v>
       </c>
       <c r="L608" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="609" spans="1:12">
       <c r="A609">
-        <v>781</v>
+        <v>618</v>
       </c>
       <c r="B609" t="s">
         <v>772</v>
       </c>
       <c r="C609" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D609">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E609">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G609">
-        <v>106092.93</v>
+        <v>166300.0</v>
       </c>
       <c r="H609">
-        <v>69074.09</v>
+        <v>26000.0</v>
       </c>
       <c r="I609">
-        <v>37018.84</v>
+        <v>140300.0</v>
       </c>
       <c r="J609" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K609" t="s">
         <v>23</v>
       </c>
       <c r="L609" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="610" spans="1:12">
       <c r="A610">
-        <v>847</v>
+        <v>682</v>
       </c>
       <c r="B610" t="s">
         <v>773</v>
       </c>
       <c r="C610" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D610">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E610">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G610">
-        <v>110095.8</v>
+        <v>217045.27</v>
       </c>
       <c r="H610">
-        <v>109381.35</v>
+        <v>39544.05</v>
       </c>
       <c r="I610">
-        <v>714.45</v>
+        <v>177501.22</v>
       </c>
       <c r="J610" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="K610" t="s">
         <v>23</v>
       </c>
       <c r="L610" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="611" spans="1:12">
       <c r="A611">
-        <v>918</v>
+        <v>746</v>
       </c>
       <c r="B611" t="s">
         <v>774</v>
       </c>
       <c r="C611" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D611">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E611">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G611">
-        <v>312469.42</v>
+        <v>215631.03</v>
       </c>
       <c r="H611">
-        <v>78164.8</v>
+        <v>88449.15</v>
       </c>
       <c r="I611">
-        <v>234304.62</v>
+        <v>127181.88</v>
       </c>
       <c r="J611" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K611" t="s">
         <v>23</v>
       </c>
       <c r="L611" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="612" spans="1:12">
       <c r="A612">
-        <v>55</v>
+        <v>813</v>
       </c>
       <c r="B612" t="s">
         <v>775</v>
       </c>
       <c r="C612" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D612">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E612">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G612">
-        <v>586662.02</v>
+        <v>121815.38</v>
       </c>
       <c r="H612">
-        <v>110829.14</v>
+        <v>85236.95</v>
       </c>
       <c r="I612">
-        <v>475832.88</v>
+        <v>36578.43</v>
       </c>
       <c r="J612" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K612" t="s">
         <v>23</v>
       </c>
       <c r="L612" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="613" spans="1:12">
       <c r="A613">
-        <v>141</v>
+        <v>886</v>
       </c>
       <c r="B613" t="s">
         <v>776</v>
       </c>
       <c r="C613" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D613">
         <v>3</v>
       </c>
       <c r="E613">
         <v>1</v>
       </c>
       <c r="G613">
-        <v>224008.51</v>
+        <v>204051.85</v>
       </c>
       <c r="H613">
-        <v>102808.1</v>
+        <v>106215.73</v>
       </c>
       <c r="I613">
-        <v>121200.41</v>
+        <v>97836.12</v>
       </c>
       <c r="J613" t="s">
-        <v>160</v>
+        <v>35</v>
       </c>
       <c r="K613" t="s">
         <v>23</v>
       </c>
       <c r="L613" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="614" spans="1:12">
       <c r="A614">
-        <v>206</v>
+        <v>950</v>
       </c>
       <c r="B614" t="s">
         <v>777</v>
       </c>
       <c r="C614" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D614">
         <v>2</v>
       </c>
       <c r="E614">
         <v>2</v>
       </c>
       <c r="G614">
-        <v>175001.65</v>
+        <v>430100.0</v>
       </c>
       <c r="H614">
-        <v>21850.0</v>
+        <v>1300.0</v>
       </c>
       <c r="I614">
-        <v>153151.65</v>
+        <v>428800.0</v>
       </c>
       <c r="J614" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="K614" t="s">
         <v>23</v>
       </c>
       <c r="L614" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="615" spans="1:12">
       <c r="A615">
-        <v>271</v>
+        <v>108</v>
       </c>
       <c r="B615" t="s">
         <v>778</v>
       </c>
       <c r="C615" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D615">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E615">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G615">
-        <v>230788.4</v>
+        <v>177560.0</v>
       </c>
       <c r="H615">
-        <v>92000.0</v>
+        <v>85339.03</v>
       </c>
       <c r="I615">
-        <v>138788.4</v>
+        <v>92220.97</v>
       </c>
       <c r="J615" t="s">
-        <v>117</v>
+        <v>39</v>
       </c>
       <c r="K615" t="s">
         <v>23</v>
       </c>
       <c r="L615" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="616" spans="1:12">
       <c r="A616">
-        <v>338</v>
+        <v>174</v>
       </c>
       <c r="B616" t="s">
         <v>779</v>
       </c>
       <c r="C616" t="s">
-        <v>36</v>
+        <v>780</v>
       </c>
       <c r="D616">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E616">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G616">
-        <v>216000.0</v>
+        <v>236990.71</v>
       </c>
       <c r="H616">
-        <v>163904.0</v>
+        <v>15599.03</v>
       </c>
       <c r="I616">
-        <v>52096.0</v>
+        <v>221391.68</v>
       </c>
       <c r="J616" t="s">
-        <v>44</v>
+        <v>303</v>
       </c>
       <c r="K616" t="s">
         <v>23</v>
       </c>
       <c r="L616" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="617" spans="1:12">
       <c r="A617">
-        <v>404</v>
+        <v>238</v>
       </c>
       <c r="B617" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C617" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D617">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E617">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G617">
-        <v>272731.46</v>
+        <v>84613.54</v>
       </c>
       <c r="H617">
-        <v>63113.8</v>
+        <v>6178.03</v>
       </c>
       <c r="I617">
-        <v>209617.66</v>
+        <v>78435.51</v>
       </c>
       <c r="J617" t="s">
-        <v>127</v>
+        <v>305</v>
       </c>
       <c r="K617" t="s">
         <v>23</v>
       </c>
       <c r="L617" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="618" spans="1:12">
       <c r="A618">
-        <v>482</v>
+        <v>306</v>
       </c>
       <c r="B618" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C618" t="s">
         <v>21</v>
       </c>
       <c r="D618">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E618">
+        <v>2</v>
       </c>
       <c r="G618">
-        <v>176304.78</v>
+        <v>217100.0</v>
       </c>
       <c r="H618">
-        <v>57372.0</v>
+        <v>0.0</v>
       </c>
       <c r="I618">
-        <v>118932.78</v>
+        <v>217100.0</v>
       </c>
       <c r="J618" t="s">
-        <v>22</v>
+        <v>783</v>
       </c>
       <c r="K618" t="s">
         <v>23</v>
       </c>
       <c r="L618" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="619" spans="1:12">
       <c r="A619">
-        <v>547</v>
+        <v>370</v>
       </c>
       <c r="B619" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C619" t="s">
         <v>21</v>
       </c>
       <c r="D619">
         <v>1</v>
       </c>
       <c r="E619">
         <v>2</v>
       </c>
       <c r="G619">
-        <v>126411.14</v>
+        <v>61987.0</v>
       </c>
       <c r="H619">
-        <v>103841.83</v>
+        <v>0.0</v>
       </c>
       <c r="I619">
-        <v>22569.31</v>
+        <v>61987.0</v>
       </c>
       <c r="J619" t="s">
-        <v>22</v>
+        <v>626</v>
       </c>
       <c r="K619" t="s">
         <v>23</v>
       </c>
       <c r="L619" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="620" spans="1:12">
       <c r="A620">
-        <v>618</v>
+        <v>436</v>
       </c>
       <c r="B620" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C620" t="s">
         <v>21</v>
       </c>
       <c r="D620">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E620">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G620">
-        <v>166300.0</v>
+        <v>225328.46</v>
       </c>
       <c r="H620">
-        <v>26000.0</v>
+        <v>13873.59</v>
       </c>
       <c r="I620">
-        <v>140300.0</v>
+        <v>211454.87</v>
       </c>
       <c r="J620" t="s">
-        <v>22</v>
+        <v>786</v>
       </c>
       <c r="K620" t="s">
         <v>23</v>
       </c>
       <c r="L620" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="621" spans="1:12">
       <c r="A621">
-        <v>682</v>
+        <v>515</v>
       </c>
       <c r="B621" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="C621" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D621">
         <v>1</v>
       </c>
       <c r="E621">
         <v>1</v>
       </c>
       <c r="G621">
-        <v>217045.27</v>
+        <v>69613.53</v>
       </c>
       <c r="H621">
-        <v>39544.05</v>
+        <v>12234.34</v>
       </c>
       <c r="I621">
-        <v>177501.22</v>
+        <v>57379.19</v>
       </c>
       <c r="J621" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="K621" t="s">
         <v>23</v>
       </c>
       <c r="L621" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="622" spans="1:12">
       <c r="A622">
-        <v>746</v>
+        <v>579</v>
       </c>
       <c r="B622" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="C622" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D622">
         <v>1</v>
       </c>
       <c r="E622">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G622">
-        <v>215631.03</v>
+        <v>192075.32</v>
       </c>
       <c r="H622">
-        <v>88449.15</v>
+        <v>91274.6</v>
       </c>
       <c r="I622">
-        <v>127181.88</v>
+        <v>100800.72</v>
       </c>
       <c r="J622" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K622" t="s">
         <v>23</v>
       </c>
       <c r="L622" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="623" spans="1:12">
       <c r="A623">
-        <v>813</v>
+        <v>650</v>
       </c>
       <c r="B623" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="C623" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D623">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E623">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G623">
-        <v>121815.38</v>
+        <v>202556.9</v>
       </c>
       <c r="H623">
-        <v>85236.95</v>
+        <v>49410.17</v>
       </c>
       <c r="I623">
-        <v>36578.43</v>
+        <v>153146.73</v>
       </c>
       <c r="J623" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K623" t="s">
         <v>23</v>
       </c>
       <c r="L623" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="624" spans="1:12">
       <c r="A624">
-        <v>886</v>
+        <v>714</v>
       </c>
       <c r="B624" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="C624" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D624">
         <v>3</v>
       </c>
       <c r="E624">
         <v>1</v>
       </c>
       <c r="G624">
-        <v>204051.85</v>
+        <v>238193.82</v>
       </c>
       <c r="H624">
-        <v>106215.73</v>
+        <v>1463.95</v>
       </c>
       <c r="I624">
-        <v>97836.12</v>
+        <v>236729.87</v>
       </c>
       <c r="J624" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K624" t="s">
         <v>23</v>
       </c>
       <c r="L624" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="625" spans="1:12">
       <c r="A625">
-        <v>950</v>
+        <v>781</v>
       </c>
       <c r="B625" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="C625" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D625">
         <v>2</v>
       </c>
       <c r="E625">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G625">
-        <v>430100.0</v>
+        <v>106092.93</v>
       </c>
       <c r="H625">
-        <v>1300.0</v>
+        <v>69074.09</v>
       </c>
       <c r="I625">
-        <v>428800.0</v>
+        <v>37018.84</v>
       </c>
       <c r="J625" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K625" t="s">
         <v>23</v>
       </c>
       <c r="L625" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="626" spans="1:12">
       <c r="A626">
-        <v>108</v>
+        <v>847</v>
       </c>
       <c r="B626" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="C626" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D626">
         <v>4</v>
       </c>
       <c r="E626">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G626">
-        <v>177560.0</v>
+        <v>110095.8</v>
       </c>
       <c r="H626">
-        <v>85339.03</v>
+        <v>109381.35</v>
       </c>
       <c r="I626">
-        <v>92220.97</v>
+        <v>714.45</v>
       </c>
       <c r="J626" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K626" t="s">
         <v>23</v>
       </c>
       <c r="L626" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="627" spans="1:12">
       <c r="A627">
-        <v>174</v>
+        <v>918</v>
       </c>
       <c r="B627" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C627" t="s">
-        <v>791</v>
+        <v>26</v>
       </c>
       <c r="D627">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E627">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G627">
-        <v>236990.71</v>
+        <v>312469.42</v>
       </c>
       <c r="H627">
-        <v>15599.03</v>
+        <v>78164.8</v>
       </c>
       <c r="I627">
-        <v>221391.68</v>
+        <v>234304.62</v>
       </c>
       <c r="J627" t="s">
-        <v>314</v>
+        <v>91</v>
       </c>
       <c r="K627" t="s">
         <v>23</v>
       </c>
       <c r="L627" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="628" spans="1:12">
       <c r="A628">
-        <v>238</v>
+        <v>55</v>
       </c>
       <c r="B628" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C628" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D628">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E628">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G628">
-        <v>84613.54</v>
+        <v>586662.02</v>
       </c>
       <c r="H628">
-        <v>6178.03</v>
+        <v>110829.14</v>
       </c>
       <c r="I628">
-        <v>78435.51</v>
+        <v>475832.88</v>
       </c>
       <c r="J628" t="s">
-        <v>316</v>
+        <v>145</v>
       </c>
       <c r="K628" t="s">
         <v>23</v>
       </c>
       <c r="L628" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="629" spans="1:12">
       <c r="A629">
-        <v>306</v>
+        <v>141</v>
       </c>
       <c r="B629" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C629" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D629">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E629">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G629">
-        <v>217100.0</v>
+        <v>224008.51</v>
       </c>
       <c r="H629">
-        <v>0.0</v>
+        <v>102808.1</v>
       </c>
       <c r="I629">
-        <v>217100.0</v>
+        <v>121200.41</v>
       </c>
       <c r="J629" t="s">
-        <v>794</v>
+        <v>148</v>
       </c>
       <c r="K629" t="s">
         <v>23</v>
       </c>
       <c r="L629" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="630" spans="1:12">
       <c r="A630">
-        <v>370</v>
+        <v>206</v>
       </c>
       <c r="B630" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C630" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D630">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E630">
         <v>2</v>
       </c>
       <c r="G630">
-        <v>61987.0</v>
+        <v>175001.65</v>
       </c>
       <c r="H630">
-        <v>0.0</v>
+        <v>21850.0</v>
       </c>
       <c r="I630">
-        <v>61987.0</v>
+        <v>153151.65</v>
       </c>
       <c r="J630" t="s">
-        <v>637</v>
+        <v>67</v>
       </c>
       <c r="K630" t="s">
         <v>23</v>
       </c>
       <c r="L630" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="631" spans="1:12">
       <c r="A631">
-        <v>436</v>
+        <v>271</v>
       </c>
       <c r="B631" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C631" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D631">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E631">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G631">
-        <v>225328.46</v>
+        <v>230788.4</v>
       </c>
       <c r="H631">
-        <v>13873.59</v>
+        <v>92000.0</v>
       </c>
       <c r="I631">
-        <v>211454.87</v>
+        <v>138788.4</v>
       </c>
       <c r="J631" t="s">
-        <v>797</v>
+        <v>97</v>
       </c>
       <c r="K631" t="s">
         <v>23</v>
       </c>
       <c r="L631" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="632" spans="1:12">
       <c r="A632">
-        <v>515</v>
+        <v>338</v>
       </c>
       <c r="B632" t="s">
         <v>798</v>
       </c>
       <c r="C632" t="s">
         <v>21</v>
       </c>
       <c r="D632">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E632">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G632">
-        <v>69613.53</v>
+        <v>216000.0</v>
       </c>
       <c r="H632">
-        <v>12234.34</v>
+        <v>163904.0</v>
       </c>
       <c r="I632">
-        <v>57379.19</v>
+        <v>52096.0</v>
       </c>
       <c r="J632" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="K632" t="s">
         <v>23</v>
       </c>
       <c r="L632" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="633" spans="1:12">
       <c r="A633">
-        <v>579</v>
+        <v>404</v>
       </c>
       <c r="B633" t="s">
         <v>799</v>
       </c>
       <c r="C633" t="s">
         <v>21</v>
       </c>
       <c r="D633">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E633">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G633">
-        <v>192075.32</v>
+        <v>272731.46</v>
       </c>
       <c r="H633">
-        <v>91274.6</v>
+        <v>63113.8</v>
       </c>
       <c r="I633">
-        <v>100800.72</v>
+        <v>209617.66</v>
       </c>
       <c r="J633" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="K633" t="s">
         <v>23</v>
       </c>
       <c r="L633" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="634" spans="1:12">
       <c r="A634">
-        <v>650</v>
+        <v>482</v>
       </c>
       <c r="B634" t="s">
         <v>800</v>
       </c>
       <c r="C634" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D634">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G634">
-        <v>202556.9</v>
+        <v>176304.78</v>
       </c>
       <c r="H634">
-        <v>49410.17</v>
+        <v>57372.0</v>
       </c>
       <c r="I634">
-        <v>153146.73</v>
+        <v>118932.78</v>
       </c>
       <c r="J634" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K634" t="s">
         <v>23</v>
       </c>
       <c r="L634" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="635" spans="1:12">
       <c r="A635">
-        <v>714</v>
+        <v>547</v>
       </c>
       <c r="B635" t="s">
         <v>801</v>
       </c>
       <c r="C635" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D635">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E635">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G635">
-        <v>238193.82</v>
+        <v>126411.14</v>
       </c>
       <c r="H635">
-        <v>1463.95</v>
+        <v>103841.83</v>
       </c>
       <c r="I635">
-        <v>236729.87</v>
+        <v>22569.31</v>
       </c>
       <c r="J635" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K635" t="s">
         <v>23</v>
       </c>
       <c r="L635" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="636" spans="1:12">
       <c r="A636">
-        <v>631</v>
+        <v>385</v>
       </c>
       <c r="B636" t="s">
         <v>802</v>
       </c>
       <c r="C636" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="D636">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E636">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G636">
-        <v>113830.0</v>
+        <v>171695.0</v>
       </c>
       <c r="H636">
-        <v>150591.0</v>
+        <v>49892.84</v>
       </c>
       <c r="I636">
-        <v>-36761.0</v>
+        <v>121802.16</v>
       </c>
       <c r="J636" t="s">
-        <v>22</v>
+        <v>803</v>
       </c>
       <c r="K636" t="s">
         <v>23</v>
       </c>
       <c r="L636" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="637" spans="1:12">
       <c r="A637">
-        <v>695</v>
+        <v>459</v>
       </c>
       <c r="B637" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C637" t="s">
-        <v>21</v>
+        <v>805</v>
       </c>
       <c r="D637">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E637">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G637">
-        <v>24742.74</v>
+        <v>95201.07</v>
       </c>
       <c r="H637">
-        <v>43903.3</v>
+        <v>0.0</v>
       </c>
       <c r="I637">
-        <v>-19160.56</v>
+        <v>95201.07</v>
       </c>
       <c r="J637" t="s">
-        <v>26</v>
+        <v>365</v>
       </c>
       <c r="K637" t="s">
         <v>23</v>
       </c>
       <c r="L637" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="638" spans="1:12">
       <c r="A638">
-        <v>759</v>
+        <v>528</v>
       </c>
       <c r="B638" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C638" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D638">
         <v>1</v>
       </c>
+      <c r="E638">
+        <v>1</v>
+      </c>
       <c r="G638">
-        <v>161965.61</v>
+        <v>104190.49</v>
       </c>
       <c r="H638">
-        <v>145387.0</v>
+        <v>3671.0</v>
       </c>
       <c r="I638">
-        <v>16578.61</v>
+        <v>100519.49</v>
       </c>
       <c r="J638" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K638" t="s">
         <v>23</v>
       </c>
       <c r="L638" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="639" spans="1:12">
       <c r="A639">
-        <v>826</v>
+        <v>598</v>
       </c>
       <c r="B639" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C639" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D639">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E639">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G639">
-        <v>296748.77</v>
+        <v>370940.25</v>
       </c>
       <c r="H639">
-        <v>164555.43</v>
+        <v>147379.41</v>
       </c>
       <c r="I639">
-        <v>132193.34</v>
+        <v>223560.84</v>
       </c>
       <c r="J639" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="K639" t="s">
         <v>23</v>
       </c>
       <c r="L639" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="640" spans="1:12">
       <c r="A640">
-        <v>899</v>
+        <v>663</v>
       </c>
       <c r="B640" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C640" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D640">
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="E640">
+        <v>1</v>
       </c>
       <c r="G640">
-        <v>212043.35</v>
+        <v>350010.0</v>
       </c>
       <c r="H640">
-        <v>71522.91</v>
+        <v>95818.04</v>
       </c>
       <c r="I640">
-        <v>140520.44</v>
+        <v>254191.96</v>
       </c>
       <c r="J640" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="K640" t="s">
         <v>23</v>
       </c>
       <c r="L640" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="641" spans="1:12">
       <c r="A641">
-        <v>20</v>
+        <v>727</v>
       </c>
       <c r="B641" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C641" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="E641">
         <v>1</v>
       </c>
       <c r="G641">
-        <v>579066.4</v>
+        <v>44800.0</v>
       </c>
       <c r="H641">
-        <v>56880.9</v>
+        <v>51.85</v>
       </c>
       <c r="I641">
-        <v>522185.5</v>
+        <v>44748.15</v>
       </c>
       <c r="J641" t="s">
-        <v>101</v>
+        <v>31</v>
       </c>
       <c r="K641" t="s">
         <v>23</v>
       </c>
       <c r="L641" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="642" spans="1:12">
       <c r="A642">
-        <v>963</v>
+        <v>794</v>
       </c>
       <c r="B642" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C642" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="E642">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G642">
-        <v>412443.09</v>
+        <v>53057.05</v>
       </c>
       <c r="H642">
-        <v>131346.58</v>
+        <v>48734.57</v>
       </c>
       <c r="I642">
-        <v>281096.51</v>
+        <v>4322.48</v>
       </c>
       <c r="J642" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K642" t="s">
         <v>23</v>
       </c>
       <c r="L642" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="643" spans="1:12">
       <c r="A643">
-        <v>121</v>
+        <v>867</v>
       </c>
       <c r="B643" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C643" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="D643">
+        <v>7</v>
       </c>
       <c r="E643">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G643">
-        <v>125000.0</v>
+        <v>130544.53</v>
       </c>
       <c r="H643">
-        <v>68000.0</v>
+        <v>29472.19</v>
       </c>
       <c r="I643">
-        <v>57000.0</v>
+        <v>101072.34</v>
       </c>
       <c r="J643" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="K643" t="s">
         <v>23</v>
       </c>
       <c r="L643" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="644" spans="1:12">
       <c r="A644">
-        <v>187</v>
+        <v>931</v>
       </c>
       <c r="B644" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C644" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="E644">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G644">
-        <v>155758.72</v>
+        <v>55196.56</v>
       </c>
       <c r="H644">
-        <v>35760.6</v>
+        <v>39282.83</v>
       </c>
       <c r="I644">
-        <v>119998.12</v>
+        <v>15913.73</v>
       </c>
       <c r="J644" t="s">
         <v>91</v>
       </c>
       <c r="K644" t="s">
         <v>23</v>
       </c>
       <c r="L644" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="645" spans="1:12">
       <c r="A645">
-        <v>251</v>
+        <v>88</v>
       </c>
       <c r="B645" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="C645" t="s">
-        <v>36</v>
+        <v>814</v>
       </c>
       <c r="D645">
         <v>1</v>
       </c>
       <c r="E645">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G645">
-        <v>94515.06</v>
+        <v>148244.8</v>
       </c>
       <c r="H645">
-        <v>13542.21</v>
+        <v>25000.0</v>
       </c>
       <c r="I645">
-        <v>80972.85</v>
+        <v>123244.8</v>
       </c>
       <c r="J645" t="s">
         <v>93</v>
       </c>
       <c r="K645" t="s">
         <v>23</v>
       </c>
       <c r="L645" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="646" spans="1:12">
       <c r="A646">
-        <v>319</v>
+        <v>154</v>
       </c>
       <c r="B646" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C646" t="s">
-        <v>657</v>
+        <v>357</v>
       </c>
       <c r="D646">
         <v>1</v>
       </c>
       <c r="E646">
         <v>1</v>
       </c>
       <c r="G646">
-        <v>41632.37</v>
+        <v>103363.0</v>
       </c>
       <c r="H646">
-        <v>40000.0</v>
+        <v>106190.89</v>
       </c>
       <c r="I646">
-        <v>1632.37</v>
+        <v>-2827.89</v>
       </c>
       <c r="J646" t="s">
-        <v>95</v>
+        <v>169</v>
       </c>
       <c r="K646" t="s">
         <v>23</v>
       </c>
       <c r="L646" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="647" spans="1:12">
       <c r="A647">
-        <v>385</v>
+        <v>219</v>
       </c>
       <c r="B647" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="C647" t="s">
+        <v>21</v>
+      </c>
+      <c r="D647">
+        <v>4</v>
+      </c>
+      <c r="E647">
+        <v>1</v>
+      </c>
+      <c r="G647">
+        <v>265680.44</v>
+      </c>
+      <c r="H647">
+        <v>84476.38</v>
+      </c>
+      <c r="I647">
+        <v>181204.06</v>
+      </c>
+      <c r="J647" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>814</v>
       </c>
       <c r="K647" t="s">
         <v>23</v>
       </c>
       <c r="L647" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="648" spans="1:12">
       <c r="A648">
-        <v>459</v>
+        <v>284</v>
       </c>
       <c r="B648" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C648" t="s">
-        <v>816</v>
+        <v>21</v>
       </c>
       <c r="D648">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E648">
         <v>1</v>
       </c>
       <c r="G648">
-        <v>95201.07</v>
+        <v>73206.0</v>
       </c>
       <c r="H648">
-        <v>0.0</v>
+        <v>9350.0</v>
       </c>
       <c r="I648">
-        <v>95201.07</v>
+        <v>63856.0</v>
       </c>
       <c r="J648" t="s">
-        <v>347</v>
+        <v>100</v>
       </c>
       <c r="K648" t="s">
         <v>23</v>
       </c>
       <c r="L648" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="649" spans="1:12">
       <c r="A649">
-        <v>528</v>
+        <v>351</v>
       </c>
       <c r="B649" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C649" t="s">
         <v>21</v>
       </c>
       <c r="D649">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E649">
         <v>1</v>
       </c>
       <c r="G649">
-        <v>104190.49</v>
+        <v>41100.0</v>
       </c>
       <c r="H649">
-        <v>3671.0</v>
+        <v>84100.0</v>
       </c>
       <c r="I649">
-        <v>100519.49</v>
+        <v>-43000.0</v>
       </c>
       <c r="J649" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="K649" t="s">
         <v>23</v>
       </c>
       <c r="L649" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="650" spans="1:12">
       <c r="A650">
-        <v>598</v>
+        <v>417</v>
       </c>
       <c r="B650" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C650" t="s">
         <v>21</v>
       </c>
       <c r="D650">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G650">
-        <v>370940.25</v>
+        <v>270416.16</v>
       </c>
       <c r="H650">
-        <v>147379.41</v>
+        <v>16743.34</v>
       </c>
       <c r="I650">
-        <v>223560.84</v>
+        <v>253672.82</v>
       </c>
       <c r="J650" t="s">
-        <v>22</v>
+        <v>176</v>
       </c>
       <c r="K650" t="s">
         <v>23</v>
       </c>
       <c r="L650" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="651" spans="1:12">
       <c r="A651">
-        <v>663</v>
+        <v>496</v>
       </c>
       <c r="B651" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C651" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D651">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E651">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G651">
-        <v>350010.0</v>
+        <v>208190.79</v>
       </c>
       <c r="H651">
-        <v>95818.04</v>
+        <v>10000.0</v>
       </c>
       <c r="I651">
-        <v>254191.96</v>
+        <v>198190.79</v>
       </c>
       <c r="J651" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="K651" t="s">
         <v>23</v>
       </c>
       <c r="L651" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="652" spans="1:12">
       <c r="A652">
-        <v>727</v>
+        <v>560</v>
       </c>
       <c r="B652" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C652" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D652">
+        <v>1</v>
       </c>
       <c r="E652">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G652">
-        <v>44800.0</v>
+        <v>342528.01</v>
       </c>
       <c r="H652">
-        <v>51.85</v>
+        <v>129146.1</v>
       </c>
       <c r="I652">
-        <v>44748.15</v>
+        <v>213381.91</v>
       </c>
       <c r="J652" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K652" t="s">
         <v>23</v>
       </c>
       <c r="L652" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="653" spans="1:12">
       <c r="A653">
-        <v>794</v>
+        <v>631</v>
       </c>
       <c r="B653" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C653" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D653">
+        <v>1</v>
       </c>
       <c r="E653">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G653">
-        <v>53057.05</v>
+        <v>113830.0</v>
       </c>
       <c r="H653">
-        <v>48734.57</v>
+        <v>150591.0</v>
       </c>
       <c r="I653">
-        <v>4322.48</v>
+        <v>-36761.0</v>
       </c>
       <c r="J653" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K653" t="s">
         <v>23</v>
       </c>
       <c r="L653" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="654" spans="1:12">
       <c r="A654">
-        <v>867</v>
+        <v>695</v>
       </c>
       <c r="B654" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C654" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D654">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E654">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G654">
-        <v>130544.53</v>
+        <v>24742.74</v>
       </c>
       <c r="H654">
-        <v>29472.19</v>
+        <v>43903.3</v>
       </c>
       <c r="I654">
-        <v>101072.34</v>
+        <v>-19160.56</v>
       </c>
       <c r="J654" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K654" t="s">
         <v>23</v>
       </c>
       <c r="L654" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="655" spans="1:12">
       <c r="A655">
-        <v>931</v>
+        <v>759</v>
       </c>
       <c r="B655" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C655" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="E655">
+        <v>26</v>
+      </c>
+      <c r="D655">
         <v>1</v>
       </c>
       <c r="G655">
-        <v>55196.56</v>
+        <v>161965.61</v>
       </c>
       <c r="H655">
-        <v>39282.83</v>
+        <v>145387.0</v>
       </c>
       <c r="I655">
-        <v>15913.73</v>
+        <v>16578.61</v>
       </c>
       <c r="J655" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K655" t="s">
         <v>23</v>
       </c>
       <c r="L655" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="656" spans="1:12">
       <c r="A656">
-        <v>88</v>
+        <v>826</v>
       </c>
       <c r="B656" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C656" t="s">
-        <v>825</v>
+        <v>26</v>
       </c>
       <c r="D656">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E656">
         <v>1</v>
       </c>
       <c r="G656">
-        <v>148244.8</v>
+        <v>296748.77</v>
       </c>
       <c r="H656">
-        <v>25000.0</v>
+        <v>164555.43</v>
       </c>
       <c r="I656">
-        <v>123244.8</v>
+        <v>132193.34</v>
       </c>
       <c r="J656" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K656" t="s">
         <v>23</v>
       </c>
       <c r="L656" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="657" spans="1:12">
       <c r="A657">
-        <v>154</v>
+        <v>899</v>
       </c>
       <c r="B657" t="s">
         <v>826</v>
       </c>
       <c r="C657" t="s">
-        <v>339</v>
+        <v>89</v>
       </c>
       <c r="D657">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G657">
-        <v>103363.0</v>
+        <v>212043.35</v>
       </c>
       <c r="H657">
-        <v>106190.89</v>
+        <v>71522.91</v>
       </c>
       <c r="I657">
-        <v>-2827.89</v>
+        <v>140520.44</v>
       </c>
       <c r="J657" t="s">
-        <v>185</v>
+        <v>35</v>
       </c>
       <c r="K657" t="s">
         <v>23</v>
       </c>
       <c r="L657" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="658" spans="1:12">
       <c r="A658">
-        <v>219</v>
+        <v>20</v>
       </c>
       <c r="B658" t="s">
         <v>827</v>
       </c>
       <c r="C658" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D658">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E658">
         <v>1</v>
       </c>
       <c r="G658">
-        <v>265680.44</v>
+        <v>579066.4</v>
       </c>
       <c r="H658">
-        <v>84476.38</v>
+        <v>56880.9</v>
       </c>
       <c r="I658">
-        <v>181204.06</v>
+        <v>522185.5</v>
       </c>
       <c r="J658" t="s">
-        <v>117</v>
+        <v>81</v>
       </c>
       <c r="K658" t="s">
         <v>23</v>
       </c>
       <c r="L658" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="659" spans="1:12">
       <c r="A659">
-        <v>284</v>
+        <v>963</v>
       </c>
       <c r="B659" t="s">
         <v>828</v>
       </c>
       <c r="C659" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D659">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E659">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G659">
-        <v>73206.0</v>
+        <v>412443.09</v>
       </c>
       <c r="H659">
-        <v>9350.0</v>
+        <v>131346.58</v>
       </c>
       <c r="I659">
-        <v>63856.0</v>
+        <v>281096.51</v>
       </c>
       <c r="J659" t="s">
-        <v>120</v>
+        <v>37</v>
       </c>
       <c r="K659" t="s">
         <v>23</v>
       </c>
       <c r="L659" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="660" spans="1:12">
       <c r="A660">
-        <v>351</v>
+        <v>121</v>
       </c>
       <c r="B660" t="s">
         <v>829</v>
       </c>
       <c r="C660" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="E660">
         <v>1</v>
       </c>
       <c r="G660">
-        <v>41100.0</v>
+        <v>125000.0</v>
       </c>
       <c r="H660">
-        <v>84100.0</v>
+        <v>68000.0</v>
       </c>
       <c r="I660">
-        <v>-43000.0</v>
+        <v>57000.0</v>
       </c>
       <c r="J660" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K660" t="s">
         <v>23</v>
       </c>
       <c r="L660" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="661" spans="1:12">
       <c r="A661">
-        <v>417</v>
+        <v>187</v>
       </c>
       <c r="B661" t="s">
         <v>830</v>
       </c>
       <c r="C661" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D661">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="E661">
+        <v>2</v>
       </c>
       <c r="G661">
-        <v>270416.16</v>
+        <v>155758.72</v>
       </c>
       <c r="H661">
-        <v>16743.34</v>
+        <v>35760.6</v>
       </c>
       <c r="I661">
-        <v>253672.82</v>
+        <v>119998.12</v>
       </c>
       <c r="J661" t="s">
-        <v>192</v>
+        <v>122</v>
       </c>
       <c r="K661" t="s">
         <v>23</v>
       </c>
       <c r="L661" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="662" spans="1:12">
       <c r="A662">
-        <v>496</v>
+        <v>251</v>
       </c>
       <c r="B662" t="s">
         <v>831</v>
       </c>
       <c r="C662" t="s">
         <v>21</v>
       </c>
       <c r="D662">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E662">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G662">
-        <v>208190.79</v>
+        <v>94515.06</v>
       </c>
       <c r="H662">
-        <v>10000.0</v>
+        <v>13542.21</v>
       </c>
       <c r="I662">
-        <v>198190.79</v>
+        <v>80972.85</v>
       </c>
       <c r="J662" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K662" t="s">
         <v>23</v>
       </c>
       <c r="L662" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="663" spans="1:12">
       <c r="A663">
-        <v>560</v>
+        <v>319</v>
       </c>
       <c r="B663" t="s">
         <v>832</v>
       </c>
       <c r="C663" t="s">
-        <v>21</v>
+        <v>676</v>
       </c>
       <c r="D663">
         <v>1</v>
       </c>
       <c r="E663">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G663">
-        <v>342528.01</v>
+        <v>41632.37</v>
       </c>
       <c r="H663">
-        <v>129146.1</v>
+        <v>40000.0</v>
       </c>
       <c r="I663">
-        <v>213381.91</v>
+        <v>1632.37</v>
       </c>
       <c r="J663" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="K663" t="s">
         <v>23</v>
       </c>
       <c r="L663" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="664" spans="1:12">
       <c r="A664">
-        <v>398</v>
+        <v>232</v>
       </c>
       <c r="B664" t="s">
         <v>833</v>
       </c>
       <c r="C664" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D664">
+        <v>3</v>
+      </c>
+      <c r="E664">
         <v>1</v>
       </c>
       <c r="G664">
-        <v>63314.77</v>
+        <v>257110.0</v>
       </c>
       <c r="H664">
-        <v>0.0</v>
+        <v>167000.0</v>
       </c>
       <c r="I664">
-        <v>63314.77</v>
+        <v>90110.0</v>
       </c>
       <c r="J664" t="s">
-        <v>303</v>
+        <v>129</v>
       </c>
       <c r="K664" t="s">
         <v>23</v>
       </c>
       <c r="L664" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="665" spans="1:12">
       <c r="A665">
-        <v>477</v>
+        <v>297</v>
       </c>
       <c r="B665" t="s">
         <v>834</v>
       </c>
       <c r="C665" t="s">
         <v>21</v>
       </c>
       <c r="D665">
         <v>2</v>
       </c>
       <c r="E665">
         <v>1</v>
       </c>
       <c r="G665">
-        <v>120897.46</v>
+        <v>64203.51</v>
       </c>
       <c r="H665">
-        <v>17000.0</v>
+        <v>62332.51</v>
       </c>
       <c r="I665">
-        <v>103897.46</v>
+        <v>1871.0</v>
       </c>
       <c r="J665" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K665" t="s">
         <v>23</v>
       </c>
       <c r="L665" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="666" spans="1:12">
       <c r="A666">
-        <v>541</v>
+        <v>364</v>
       </c>
       <c r="B666" t="s">
         <v>835</v>
       </c>
       <c r="C666" t="s">
         <v>21</v>
       </c>
       <c r="D666">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E666">
         <v>1</v>
       </c>
       <c r="G666">
-        <v>425469.8</v>
+        <v>426353.3</v>
       </c>
       <c r="H666">
-        <v>155509.69</v>
+        <v>43624.0</v>
       </c>
       <c r="I666">
-        <v>269960.11</v>
+        <v>382729.3</v>
       </c>
       <c r="J666" t="s">
-        <v>22</v>
+        <v>681</v>
       </c>
       <c r="K666" t="s">
         <v>23</v>
       </c>
       <c r="L666" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="667" spans="1:12">
       <c r="A667">
-        <v>612</v>
+        <v>430</v>
       </c>
       <c r="B667" t="s">
         <v>836</v>
       </c>
       <c r="C667" t="s">
         <v>21</v>
       </c>
+      <c r="D667">
+        <v>9</v>
+      </c>
+      <c r="E667">
+        <v>3</v>
+      </c>
       <c r="G667">
-        <v>5006.5</v>
+        <v>550257.13</v>
       </c>
       <c r="H667">
-        <v>10500.0</v>
+        <v>100448.73</v>
       </c>
       <c r="I667">
-        <v>-5493.5</v>
+        <v>449808.4</v>
       </c>
       <c r="J667" t="s">
-        <v>22</v>
+        <v>837</v>
       </c>
       <c r="K667" t="s">
         <v>23</v>
       </c>
       <c r="L667" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="668" spans="1:12">
       <c r="A668">
-        <v>676</v>
+        <v>509</v>
       </c>
       <c r="B668" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C668" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D668">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E668">
         <v>1</v>
       </c>
       <c r="G668">
-        <v>88092.85</v>
+        <v>255482.45</v>
       </c>
       <c r="H668">
-        <v>83309.63</v>
+        <v>98216.65</v>
       </c>
       <c r="I668">
-        <v>4783.22</v>
+        <v>157265.8</v>
       </c>
       <c r="J668" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K668" t="s">
         <v>23</v>
       </c>
       <c r="L668" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="669" spans="1:12">
       <c r="A669">
-        <v>740</v>
+        <v>573</v>
       </c>
       <c r="B669" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C669" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D669">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E669">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G669">
-        <v>69350.45</v>
+        <v>354926.95</v>
       </c>
       <c r="H669">
-        <v>73103.99</v>
+        <v>82426.37</v>
       </c>
       <c r="I669">
-        <v>-3753.54</v>
+        <v>272500.58</v>
       </c>
       <c r="J669" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K669" t="s">
         <v>23</v>
       </c>
       <c r="L669" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="670" spans="1:12">
       <c r="A670">
-        <v>807</v>
+        <v>644</v>
       </c>
       <c r="B670" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C670" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="E670">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G670">
-        <v>97662.06</v>
+        <v>24203.02</v>
       </c>
       <c r="H670">
-        <v>33263.39</v>
+        <v>8568.4</v>
       </c>
       <c r="I670">
-        <v>64398.67</v>
+        <v>15634.62</v>
       </c>
       <c r="J670" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K670" t="s">
         <v>23</v>
       </c>
       <c r="L670" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="671" spans="1:12">
       <c r="A671">
-        <v>880</v>
+        <v>708</v>
       </c>
       <c r="B671" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C671" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D671">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E671">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G671">
-        <v>109245.65</v>
+        <v>9700.0</v>
       </c>
       <c r="H671">
-        <v>56366.49</v>
+        <v>39544.65</v>
       </c>
       <c r="I671">
-        <v>52879.16</v>
+        <v>-29844.65</v>
       </c>
       <c r="J671" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K671" t="s">
         <v>23</v>
       </c>
       <c r="L671" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="672" spans="1:12">
       <c r="A672">
-        <v>944</v>
+        <v>776</v>
       </c>
       <c r="B672" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C672" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="D672">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E672">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G672">
-        <v>252328.96</v>
+        <v>17343.66</v>
       </c>
       <c r="H672">
-        <v>73642.0</v>
+        <v>37573.11</v>
       </c>
       <c r="I672">
-        <v>178686.96</v>
+        <v>-20229.45</v>
       </c>
       <c r="J672" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K672" t="s">
         <v>23</v>
       </c>
       <c r="L672" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="673" spans="1:12">
       <c r="A673">
-        <v>101</v>
+        <v>841</v>
       </c>
       <c r="B673" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C673" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D673">
+        <v>3</v>
+      </c>
+      <c r="E673">
         <v>1</v>
       </c>
       <c r="G673">
-        <v>52748.0</v>
+        <v>337601.69</v>
       </c>
       <c r="H673">
-        <v>0.0</v>
+        <v>152013.74</v>
       </c>
       <c r="I673">
-        <v>52748.0</v>
+        <v>185587.95</v>
       </c>
       <c r="J673" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="K673" t="s">
         <v>23</v>
       </c>
       <c r="L673" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="674" spans="1:12">
       <c r="A674">
-        <v>168</v>
+        <v>912</v>
       </c>
       <c r="B674" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C674" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D674">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E674">
         <v>1</v>
       </c>
       <c r="G674">
-        <v>492210.52</v>
+        <v>131640.07</v>
       </c>
       <c r="H674">
-        <v>0.0</v>
+        <v>50269.67</v>
       </c>
       <c r="I674">
-        <v>492210.52</v>
+        <v>81370.4</v>
       </c>
       <c r="J674" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="K674" t="s">
         <v>23</v>
       </c>
       <c r="L674" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="675" spans="1:12">
       <c r="A675">
-        <v>232</v>
+        <v>38</v>
       </c>
       <c r="B675" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C675" t="s">
-        <v>36</v>
+        <v>846</v>
       </c>
       <c r="D675">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E675">
         <v>1</v>
       </c>
       <c r="G675">
-        <v>257110.0</v>
+        <v>119180.0</v>
       </c>
       <c r="H675">
-        <v>167000.0</v>
+        <v>71442.27</v>
       </c>
       <c r="I675">
-        <v>90110.0</v>
+        <v>47737.73</v>
       </c>
       <c r="J675" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="K675" t="s">
         <v>23</v>
       </c>
       <c r="L675" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="676" spans="1:12">
       <c r="A676">
-        <v>297</v>
+        <v>135</v>
       </c>
       <c r="B676" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="C676" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D676">
         <v>2</v>
       </c>
       <c r="E676">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G676">
-        <v>64203.51</v>
+        <v>139397.48</v>
       </c>
       <c r="H676">
-        <v>62332.51</v>
+        <v>4424.49</v>
       </c>
       <c r="I676">
-        <v>1871.0</v>
+        <v>134972.99</v>
       </c>
       <c r="J676" t="s">
-        <v>93</v>
+        <v>148</v>
       </c>
       <c r="K676" t="s">
         <v>23</v>
       </c>
       <c r="L676" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="677" spans="1:12">
       <c r="A677">
-        <v>364</v>
+        <v>200</v>
       </c>
       <c r="B677" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C677" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D677">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E677">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G677">
-        <v>426353.3</v>
+        <v>200278.65</v>
       </c>
       <c r="H677">
-        <v>43624.0</v>
+        <v>35682.92</v>
       </c>
       <c r="I677">
-        <v>382729.3</v>
+        <v>164595.73</v>
       </c>
       <c r="J677" t="s">
-        <v>691</v>
+        <v>41</v>
       </c>
       <c r="K677" t="s">
         <v>23</v>
       </c>
       <c r="L677" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="678" spans="1:12">
       <c r="A678">
-        <v>430</v>
+        <v>265</v>
       </c>
       <c r="B678" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C678" t="s">
-        <v>36</v>
+        <v>641</v>
       </c>
       <c r="D678">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E678">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G678">
-        <v>550257.13</v>
+        <v>256598.0</v>
       </c>
       <c r="H678">
-        <v>100448.73</v>
+        <v>23000.0</v>
       </c>
       <c r="I678">
-        <v>449808.4</v>
+        <v>233598.0</v>
       </c>
       <c r="J678" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="K678" t="s">
         <v>23</v>
       </c>
       <c r="L678" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="679" spans="1:12">
       <c r="A679">
-        <v>509</v>
+        <v>332</v>
       </c>
       <c r="B679" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C679" t="s">
         <v>21</v>
       </c>
       <c r="D679">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E679">
         <v>1</v>
       </c>
       <c r="G679">
-        <v>255482.45</v>
+        <v>481315.43</v>
       </c>
       <c r="H679">
-        <v>98216.65</v>
+        <v>28301.11</v>
       </c>
       <c r="I679">
-        <v>157265.8</v>
+        <v>453014.32</v>
       </c>
       <c r="J679" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="K679" t="s">
         <v>23</v>
       </c>
       <c r="L679" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="680" spans="1:12">
       <c r="A680">
-        <v>573</v>
+        <v>398</v>
       </c>
       <c r="B680" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C680" t="s">
         <v>21</v>
       </c>
       <c r="D680">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G680">
-        <v>354926.95</v>
+        <v>63314.77</v>
       </c>
       <c r="H680">
-        <v>82426.37</v>
+        <v>0.0</v>
       </c>
       <c r="I680">
-        <v>272500.58</v>
+        <v>63314.77</v>
       </c>
       <c r="J680" t="s">
-        <v>22</v>
+        <v>326</v>
       </c>
       <c r="K680" t="s">
         <v>23</v>
       </c>
       <c r="L680" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="681" spans="1:12">
       <c r="A681">
-        <v>644</v>
+        <v>477</v>
       </c>
       <c r="B681" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="C681" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D681">
+        <v>2</v>
       </c>
       <c r="E681">
         <v>1</v>
       </c>
       <c r="G681">
-        <v>24203.02</v>
+        <v>120897.46</v>
       </c>
       <c r="H681">
-        <v>8568.4</v>
+        <v>17000.0</v>
       </c>
       <c r="I681">
-        <v>15634.62</v>
+        <v>103897.46</v>
       </c>
       <c r="J681" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K681" t="s">
         <v>23</v>
       </c>
       <c r="L681" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="682" spans="1:12">
       <c r="A682">
-        <v>708</v>
+        <v>541</v>
       </c>
       <c r="B682" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C682" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D682">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E682">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G682">
-        <v>9700.0</v>
+        <v>425469.8</v>
       </c>
       <c r="H682">
-        <v>39544.65</v>
+        <v>155509.69</v>
       </c>
       <c r="I682">
-        <v>-29844.65</v>
+        <v>269960.11</v>
       </c>
       <c r="J682" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K682" t="s">
         <v>23</v>
       </c>
       <c r="L682" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="683" spans="1:12">
       <c r="A683">
-        <v>776</v>
+        <v>612</v>
       </c>
       <c r="B683" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C683" t="s">
-        <v>109</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G683">
-        <v>17343.66</v>
+        <v>5006.5</v>
       </c>
       <c r="H683">
-        <v>37573.11</v>
+        <v>10500.0</v>
       </c>
       <c r="I683">
-        <v>-20229.45</v>
+        <v>-5493.5</v>
       </c>
       <c r="J683" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K683" t="s">
         <v>23</v>
       </c>
       <c r="L683" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="684" spans="1:12">
       <c r="A684">
-        <v>841</v>
+        <v>676</v>
       </c>
       <c r="B684" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C684" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D684">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E684">
         <v>1</v>
       </c>
       <c r="G684">
-        <v>337601.69</v>
+        <v>88092.85</v>
       </c>
       <c r="H684">
-        <v>152013.74</v>
+        <v>83309.63</v>
       </c>
       <c r="I684">
-        <v>185587.95</v>
+        <v>4783.22</v>
       </c>
       <c r="J684" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K684" t="s">
         <v>23</v>
       </c>
       <c r="L684" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="685" spans="1:12">
       <c r="A685">
-        <v>912</v>
+        <v>740</v>
       </c>
       <c r="B685" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C685" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D685">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E685">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G685">
-        <v>131640.07</v>
+        <v>69350.45</v>
       </c>
       <c r="H685">
-        <v>50269.67</v>
+        <v>73103.99</v>
       </c>
       <c r="I685">
-        <v>81370.4</v>
+        <v>-3753.54</v>
       </c>
       <c r="J685" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K685" t="s">
         <v>23</v>
       </c>
       <c r="L685" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="686" spans="1:12">
       <c r="A686">
-        <v>38</v>
+        <v>807</v>
       </c>
       <c r="B686" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C686" t="s">
-        <v>857</v>
+        <v>26</v>
       </c>
       <c r="D686">
         <v>2</v>
       </c>
       <c r="E686">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G686">
-        <v>119180.0</v>
+        <v>97662.06</v>
       </c>
       <c r="H686">
-        <v>71442.27</v>
+        <v>33263.39</v>
       </c>
       <c r="I686">
-        <v>47737.73</v>
+        <v>64398.67</v>
       </c>
       <c r="J686" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K686" t="s">
         <v>23</v>
       </c>
       <c r="L686" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="687" spans="1:12">
       <c r="A687">
-        <v>135</v>
+        <v>880</v>
       </c>
       <c r="B687" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C687" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D687">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E687">
         <v>2</v>
       </c>
       <c r="G687">
-        <v>139397.48</v>
+        <v>109245.65</v>
       </c>
       <c r="H687">
-        <v>4424.49</v>
+        <v>56366.49</v>
       </c>
       <c r="I687">
-        <v>134972.99</v>
+        <v>52879.16</v>
       </c>
       <c r="J687" t="s">
-        <v>160</v>
+        <v>35</v>
       </c>
       <c r="K687" t="s">
         <v>23</v>
       </c>
       <c r="L687" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="688" spans="1:12">
       <c r="A688">
-        <v>200</v>
+        <v>944</v>
       </c>
       <c r="B688" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C688" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D688">
         <v>2</v>
       </c>
       <c r="E688">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G688">
-        <v>200278.65</v>
+        <v>252328.96</v>
       </c>
       <c r="H688">
-        <v>35682.92</v>
+        <v>73642.0</v>
       </c>
       <c r="I688">
-        <v>164595.73</v>
+        <v>178686.96</v>
       </c>
       <c r="J688" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="K688" t="s">
         <v>23</v>
       </c>
       <c r="L688" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="689" spans="1:12">
       <c r="A689">
-        <v>265</v>
+        <v>101</v>
       </c>
       <c r="B689" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C689" t="s">
-        <v>622</v>
+        <v>21</v>
       </c>
       <c r="D689">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E689">
         <v>1</v>
       </c>
       <c r="G689">
-        <v>256598.0</v>
+        <v>52748.0</v>
       </c>
       <c r="H689">
-        <v>23000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I689">
-        <v>233598.0</v>
+        <v>52748.0</v>
       </c>
       <c r="J689" t="s">
-        <v>861</v>
+        <v>125</v>
       </c>
       <c r="K689" t="s">
         <v>23</v>
       </c>
       <c r="L689" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="690" spans="1:12">
       <c r="A690">
-        <v>332</v>
+        <v>168</v>
       </c>
       <c r="B690" t="s">
         <v>862</v>
       </c>
       <c r="C690" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D690">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E690">
         <v>1</v>
       </c>
       <c r="G690">
-        <v>481315.43</v>
+        <v>492210.52</v>
       </c>
       <c r="H690">
-        <v>28301.11</v>
+        <v>0.0</v>
       </c>
       <c r="I690">
-        <v>453014.32</v>
+        <v>492210.52</v>
       </c>
       <c r="J690" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K690" t="s">
         <v>23</v>
       </c>
       <c r="L690" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="691" spans="1:12">
       <c r="A691">
-        <v>245</v>
+        <v>925</v>
       </c>
       <c r="B691" t="s">
         <v>863</v>
       </c>
       <c r="C691" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D691">
         <v>2</v>
       </c>
       <c r="E691">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G691">
-        <v>234612.23</v>
+        <v>792768.34</v>
       </c>
       <c r="H691">
-        <v>0.0</v>
+        <v>101010.41</v>
       </c>
       <c r="I691">
-        <v>234612.23</v>
+        <v>691757.93</v>
       </c>
       <c r="J691" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="K691" t="s">
         <v>23</v>
       </c>
       <c r="L691" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="692" spans="1:12">
       <c r="A692">
-        <v>313</v>
+        <v>82</v>
       </c>
       <c r="B692" t="s">
         <v>864</v>
       </c>
       <c r="C692" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D692">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E692">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G692">
-        <v>262845.78</v>
+        <v>118359.39</v>
       </c>
       <c r="H692">
-        <v>111886.37</v>
+        <v>79713.09</v>
       </c>
       <c r="I692">
-        <v>150959.41</v>
+        <v>38646.3</v>
       </c>
       <c r="J692" t="s">
-        <v>865</v>
+        <v>93</v>
       </c>
       <c r="K692" t="s">
         <v>23</v>
       </c>
       <c r="L692" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="693" spans="1:12">
       <c r="A693">
-        <v>378</v>
+        <v>148</v>
       </c>
       <c r="B693" t="s">
+        <v>865</v>
+      </c>
+      <c r="C693" t="s">
+        <v>147</v>
+      </c>
+      <c r="D693">
+        <v>4</v>
+      </c>
+      <c r="E693">
+        <v>1</v>
+      </c>
+      <c r="G693">
+        <v>246000.0</v>
+      </c>
+      <c r="H693">
+        <v>11889.49</v>
+      </c>
+      <c r="I693">
+        <v>234110.51</v>
+      </c>
+      <c r="J693" t="s">
         <v>866</v>
-      </c>
-[...19 lines deleted...]
-        <v>171</v>
       </c>
       <c r="K693" t="s">
         <v>23</v>
       </c>
       <c r="L693" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="694" spans="1:12">
       <c r="A694">
-        <v>447</v>
+        <v>213</v>
       </c>
       <c r="B694" t="s">
         <v>867</v>
       </c>
       <c r="C694" t="s">
-        <v>868</v>
+        <v>21</v>
       </c>
       <c r="E694">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G694">
-        <v>60832.77</v>
+        <v>60369.0</v>
       </c>
       <c r="H694">
-        <v>9896.2</v>
+        <v>8500.0</v>
       </c>
       <c r="I694">
-        <v>50936.57</v>
+        <v>51869.0</v>
       </c>
       <c r="J694" t="s">
-        <v>344</v>
+        <v>265</v>
       </c>
       <c r="K694" t="s">
         <v>23</v>
       </c>
       <c r="L694" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="695" spans="1:12">
       <c r="A695">
-        <v>522</v>
+        <v>278</v>
       </c>
       <c r="B695" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="C695" t="s">
         <v>21</v>
       </c>
       <c r="D695">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E695">
         <v>1</v>
       </c>
       <c r="G695">
-        <v>166383.0</v>
+        <v>130570.15</v>
       </c>
       <c r="H695">
-        <v>0.0</v>
+        <v>120574.68</v>
       </c>
       <c r="I695">
-        <v>166383.0</v>
+        <v>9995.47</v>
       </c>
       <c r="J695" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="K695" t="s">
         <v>23</v>
       </c>
       <c r="L695" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="696" spans="1:12">
       <c r="A696">
-        <v>586</v>
+        <v>345</v>
       </c>
       <c r="B696" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="C696" t="s">
         <v>21</v>
       </c>
       <c r="D696">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E696">
         <v>1</v>
       </c>
       <c r="G696">
-        <v>307060.78</v>
+        <v>409154.43</v>
       </c>
       <c r="H696">
-        <v>157990.94</v>
+        <v>227300.5</v>
       </c>
       <c r="I696">
-        <v>149069.84</v>
+        <v>181853.93</v>
       </c>
       <c r="J696" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="K696" t="s">
         <v>23</v>
       </c>
       <c r="L696" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="697" spans="1:12">
       <c r="A697">
-        <v>657</v>
+        <v>411</v>
       </c>
       <c r="B697" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="C697" t="s">
         <v>21</v>
       </c>
       <c r="D697">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E697">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G697">
-        <v>148700.0</v>
+        <v>327200.0</v>
       </c>
       <c r="H697">
-        <v>33535.47</v>
+        <v>10000.0</v>
       </c>
       <c r="I697">
-        <v>115164.53</v>
+        <v>317200.0</v>
       </c>
       <c r="J697" t="s">
         <v>22</v>
       </c>
       <c r="K697" t="s">
         <v>23</v>
       </c>
       <c r="L697" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="698" spans="1:12">
       <c r="A698">
-        <v>721</v>
+        <v>489</v>
       </c>
       <c r="B698" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="C698" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D698">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E698">
         <v>2</v>
       </c>
       <c r="G698">
-        <v>205524.32</v>
+        <v>260591.12</v>
       </c>
       <c r="H698">
-        <v>0.0</v>
+        <v>6343.51</v>
       </c>
       <c r="I698">
-        <v>205524.32</v>
+        <v>254247.61</v>
       </c>
       <c r="J698" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K698" t="s">
         <v>23</v>
       </c>
       <c r="L698" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="699" spans="1:12">
       <c r="A699">
-        <v>788</v>
+        <v>554</v>
       </c>
       <c r="B699" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="C699" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D699">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E699">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G699">
-        <v>179054.0</v>
+        <v>164254.49</v>
       </c>
       <c r="H699">
-        <v>132704.78</v>
+        <v>19900.0</v>
       </c>
       <c r="I699">
-        <v>46349.22</v>
+        <v>144354.49</v>
       </c>
       <c r="J699" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K699" t="s">
         <v>23</v>
       </c>
       <c r="L699" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="700" spans="1:12">
       <c r="A700">
-        <v>857</v>
+        <v>625</v>
       </c>
       <c r="B700" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="C700" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="D700">
         <v>1</v>
       </c>
       <c r="E700">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G700">
-        <v>191675.11</v>
+        <v>236084.92</v>
       </c>
       <c r="H700">
-        <v>166093.48</v>
+        <v>100095.7</v>
       </c>
       <c r="I700">
-        <v>25581.63</v>
+        <v>135989.22</v>
       </c>
       <c r="J700" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K700" t="s">
         <v>23</v>
       </c>
       <c r="L700" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="701" spans="1:12">
       <c r="A701">
-        <v>925</v>
+        <v>689</v>
       </c>
       <c r="B701" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="C701" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D701">
         <v>2</v>
       </c>
       <c r="E701">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G701">
-        <v>792768.34</v>
+        <v>258759.64</v>
       </c>
       <c r="H701">
-        <v>101010.41</v>
+        <v>26750.54</v>
       </c>
       <c r="I701">
-        <v>691757.93</v>
+        <v>232009.1</v>
       </c>
       <c r="J701" t="s">
         <v>31</v>
       </c>
       <c r="K701" t="s">
         <v>23</v>
       </c>
       <c r="L701" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="702" spans="1:12">
       <c r="A702">
-        <v>82</v>
+        <v>753</v>
       </c>
       <c r="B702" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="C702" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D702">
         <v>1</v>
       </c>
       <c r="E702">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G702">
-        <v>118359.39</v>
+        <v>173098.6</v>
       </c>
       <c r="H702">
-        <v>79713.09</v>
+        <v>53066.24</v>
       </c>
       <c r="I702">
-        <v>38646.3</v>
+        <v>120032.36</v>
       </c>
       <c r="J702" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="K702" t="s">
         <v>23</v>
       </c>
       <c r="L702" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="703" spans="1:12">
       <c r="A703">
-        <v>148</v>
+        <v>820</v>
       </c>
       <c r="B703" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="C703" t="s">
-        <v>159</v>
+        <v>26</v>
       </c>
       <c r="D703">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E703">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G703">
-        <v>246000.0</v>
+        <v>304843.4</v>
       </c>
       <c r="H703">
-        <v>11889.49</v>
+        <v>66115.27</v>
       </c>
       <c r="I703">
-        <v>234110.51</v>
+        <v>238728.13</v>
       </c>
       <c r="J703" t="s">
-        <v>878</v>
+        <v>112</v>
       </c>
       <c r="K703" t="s">
         <v>23</v>
       </c>
       <c r="L703" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="704" spans="1:12">
       <c r="A704">
-        <v>213</v>
+        <v>893</v>
       </c>
       <c r="B704" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="C704" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>26</v>
+      </c>
+      <c r="D704">
+        <v>4</v>
       </c>
       <c r="G704">
-        <v>60369.0</v>
+        <v>520728.75</v>
       </c>
       <c r="H704">
-        <v>8500.0</v>
+        <v>0.0</v>
       </c>
       <c r="I704">
-        <v>51869.0</v>
+        <v>520728.75</v>
       </c>
       <c r="J704" t="s">
-        <v>245</v>
+        <v>35</v>
       </c>
       <c r="K704" t="s">
         <v>23</v>
       </c>
       <c r="L704" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="705" spans="1:12">
       <c r="A705">
-        <v>278</v>
+        <v>957</v>
       </c>
       <c r="B705" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="C705" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D705">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E705">
         <v>1</v>
       </c>
       <c r="G705">
-        <v>130570.15</v>
+        <v>252400.0</v>
       </c>
       <c r="H705">
-        <v>120574.68</v>
+        <v>163852.0</v>
       </c>
       <c r="I705">
-        <v>9995.47</v>
+        <v>88548.0</v>
       </c>
       <c r="J705" t="s">
-        <v>188</v>
+        <v>37</v>
       </c>
       <c r="K705" t="s">
         <v>23</v>
       </c>
       <c r="L705" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="706" spans="1:12">
       <c r="A706">
-        <v>345</v>
+        <v>115</v>
       </c>
       <c r="B706" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="C706" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D706">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="E706">
         <v>1</v>
       </c>
       <c r="G706">
-        <v>409154.43</v>
+        <v>140020.0</v>
       </c>
       <c r="H706">
-        <v>227300.5</v>
+        <v>49500.0</v>
       </c>
       <c r="I706">
-        <v>181853.93</v>
+        <v>90520.0</v>
       </c>
       <c r="J706" t="s">
-        <v>190</v>
+        <v>39</v>
       </c>
       <c r="K706" t="s">
         <v>23</v>
       </c>
       <c r="L706" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="707" spans="1:12">
       <c r="A707">
-        <v>411</v>
+        <v>181</v>
       </c>
       <c r="B707" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="C707" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D707">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E707">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G707">
-        <v>327200.0</v>
+        <v>175437.54</v>
       </c>
       <c r="H707">
-        <v>10000.0</v>
+        <v>68315.37</v>
       </c>
       <c r="I707">
-        <v>317200.0</v>
+        <v>107122.17</v>
       </c>
       <c r="J707" t="s">
-        <v>46</v>
+        <v>105</v>
       </c>
       <c r="K707" t="s">
         <v>23</v>
       </c>
       <c r="L707" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="708" spans="1:12">
       <c r="A708">
-        <v>489</v>
+        <v>245</v>
       </c>
       <c r="B708" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="C708" t="s">
         <v>21</v>
       </c>
       <c r="D708">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E708">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G708">
-        <v>260591.12</v>
+        <v>234612.23</v>
       </c>
       <c r="H708">
-        <v>6343.51</v>
+        <v>0.0</v>
       </c>
       <c r="I708">
-        <v>254247.61</v>
+        <v>234612.23</v>
       </c>
       <c r="J708" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K708" t="s">
         <v>23</v>
       </c>
       <c r="L708" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="709" spans="1:12">
       <c r="A709">
-        <v>554</v>
+        <v>313</v>
       </c>
       <c r="B709" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="C709" t="s">
         <v>21</v>
       </c>
       <c r="D709">
         <v>4</v>
       </c>
       <c r="E709">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G709">
-        <v>164254.49</v>
+        <v>262845.78</v>
       </c>
       <c r="H709">
-        <v>19900.0</v>
+        <v>111886.37</v>
       </c>
       <c r="I709">
-        <v>144354.49</v>
+        <v>150959.41</v>
       </c>
       <c r="J709" t="s">
-        <v>22</v>
+        <v>883</v>
       </c>
       <c r="K709" t="s">
         <v>23</v>
       </c>
       <c r="L709" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="710" spans="1:12">
       <c r="A710">
-        <v>625</v>
+        <v>378</v>
       </c>
       <c r="B710" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="C710" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="D710">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E710">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G710">
-        <v>236084.92</v>
+        <v>270968.5</v>
       </c>
       <c r="H710">
-        <v>100095.7</v>
+        <v>54357.56</v>
       </c>
       <c r="I710">
-        <v>135989.22</v>
+        <v>216610.94</v>
       </c>
       <c r="J710" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="K710" t="s">
         <v>23</v>
       </c>
       <c r="L710" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="711" spans="1:12">
       <c r="A711">
-        <v>689</v>
+        <v>447</v>
       </c>
       <c r="B711" t="s">
+        <v>885</v>
+      </c>
+      <c r="C711" t="s">
         <v>886</v>
       </c>
-      <c r="C711" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E711">
         <v>1</v>
       </c>
       <c r="G711">
-        <v>258759.64</v>
+        <v>60832.77</v>
       </c>
       <c r="H711">
-        <v>26750.54</v>
+        <v>9896.2</v>
       </c>
       <c r="I711">
-        <v>232009.1</v>
+        <v>50936.57</v>
       </c>
       <c r="J711" t="s">
-        <v>26</v>
+        <v>362</v>
       </c>
       <c r="K711" t="s">
         <v>23</v>
       </c>
       <c r="L711" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="712" spans="1:12">
       <c r="A712">
-        <v>753</v>
+        <v>522</v>
       </c>
       <c r="B712" t="s">
         <v>887</v>
       </c>
       <c r="C712" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D712">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E712">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G712">
-        <v>173098.6</v>
+        <v>166383.0</v>
       </c>
       <c r="H712">
-        <v>53066.24</v>
+        <v>0.0</v>
       </c>
       <c r="I712">
-        <v>120032.36</v>
+        <v>166383.0</v>
       </c>
       <c r="J712" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K712" t="s">
         <v>23</v>
       </c>
       <c r="L712" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="713" spans="1:12">
       <c r="A713">
-        <v>820</v>
+        <v>586</v>
       </c>
       <c r="B713" t="s">
         <v>888</v>
       </c>
       <c r="C713" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D713">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E713">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G713">
-        <v>304843.4</v>
+        <v>307060.78</v>
       </c>
       <c r="H713">
-        <v>66115.27</v>
+        <v>157990.94</v>
       </c>
       <c r="I713">
-        <v>238728.13</v>
+        <v>149069.84</v>
       </c>
       <c r="J713" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="K713" t="s">
         <v>23</v>
       </c>
       <c r="L713" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="714" spans="1:12">
       <c r="A714">
-        <v>893</v>
+        <v>657</v>
       </c>
       <c r="B714" t="s">
         <v>889</v>
       </c>
       <c r="C714" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D714">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="E714">
+        <v>2</v>
       </c>
       <c r="G714">
-        <v>520728.75</v>
+        <v>148700.0</v>
       </c>
       <c r="H714">
-        <v>0.0</v>
+        <v>33535.47</v>
       </c>
       <c r="I714">
-        <v>520728.75</v>
+        <v>115164.53</v>
       </c>
       <c r="J714" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="K714" t="s">
         <v>23</v>
       </c>
       <c r="L714" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="715" spans="1:12">
       <c r="A715">
-        <v>957</v>
+        <v>721</v>
       </c>
       <c r="B715" t="s">
         <v>890</v>
       </c>
       <c r="C715" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D715">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E715">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G715">
-        <v>252400.0</v>
+        <v>205524.32</v>
       </c>
       <c r="H715">
-        <v>163852.0</v>
+        <v>0.0</v>
       </c>
       <c r="I715">
-        <v>88548.0</v>
+        <v>205524.32</v>
       </c>
       <c r="J715" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K715" t="s">
         <v>23</v>
       </c>
       <c r="L715" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="716" spans="1:12">
       <c r="A716">
-        <v>115</v>
+        <v>788</v>
       </c>
       <c r="B716" t="s">
         <v>891</v>
       </c>
       <c r="C716" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D716">
         <v>1</v>
       </c>
+      <c r="E716">
+        <v>2</v>
+      </c>
       <c r="G716">
-        <v>140020.0</v>
+        <v>179054.0</v>
       </c>
       <c r="H716">
-        <v>49500.0</v>
+        <v>132704.78</v>
       </c>
       <c r="I716">
-        <v>90520.0</v>
+        <v>46349.22</v>
       </c>
       <c r="J716" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="K716" t="s">
         <v>23</v>
       </c>
       <c r="L716" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="717" spans="1:12">
       <c r="A717">
-        <v>181</v>
+        <v>857</v>
       </c>
       <c r="B717" t="s">
         <v>892</v>
       </c>
       <c r="C717" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D717">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E717">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G717">
-        <v>175437.54</v>
+        <v>191675.11</v>
       </c>
       <c r="H717">
-        <v>68315.37</v>
+        <v>166093.48</v>
       </c>
       <c r="I717">
-        <v>107122.17</v>
+        <v>25581.63</v>
       </c>
       <c r="J717" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="K717" t="s">
         <v>23</v>
       </c>
       <c r="L717" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="718" spans="1:12">
       <c r="A718">
-        <v>938</v>
+        <v>702</v>
       </c>
       <c r="B718" t="s">
         <v>893</v>
       </c>
       <c r="C718" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D718">
         <v>2</v>
       </c>
       <c r="E718">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G718">
-        <v>342270.41</v>
+        <v>194849.2</v>
       </c>
       <c r="H718">
-        <v>37452.84</v>
+        <v>47999.01</v>
       </c>
       <c r="I718">
-        <v>304817.57</v>
+        <v>146850.19</v>
       </c>
       <c r="J718" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K718" t="s">
         <v>23</v>
       </c>
       <c r="L718" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="719" spans="1:12">
       <c r="A719">
-        <v>95</v>
+        <v>766</v>
       </c>
       <c r="B719" t="s">
         <v>894</v>
       </c>
       <c r="C719" t="s">
-        <v>507</v>
+        <v>26</v>
       </c>
       <c r="D719">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E719">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G719">
-        <v>140896.0</v>
+        <v>101490.0</v>
       </c>
       <c r="H719">
-        <v>30000.0</v>
+        <v>46600.0</v>
       </c>
       <c r="I719">
-        <v>110896.0</v>
+        <v>54890.0</v>
       </c>
       <c r="J719" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="K719" t="s">
         <v>23</v>
       </c>
       <c r="L719" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="720" spans="1:12">
       <c r="A720">
-        <v>162</v>
+        <v>835</v>
       </c>
       <c r="B720" t="s">
         <v>895</v>
       </c>
       <c r="C720" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D720">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E720">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G720">
-        <v>303547.0</v>
+        <v>224564.45</v>
       </c>
       <c r="H720">
-        <v>130732.07</v>
+        <v>102795.7</v>
       </c>
       <c r="I720">
-        <v>172814.93</v>
+        <v>121768.75</v>
       </c>
       <c r="J720" t="s">
-        <v>139</v>
+        <v>743</v>
       </c>
       <c r="K720" t="s">
         <v>23</v>
       </c>
       <c r="L720" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="721" spans="1:12">
       <c r="A721">
-        <v>226</v>
+        <v>906</v>
       </c>
       <c r="B721" t="s">
         <v>896</v>
       </c>
       <c r="C721" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D721">
         <v>1</v>
       </c>
       <c r="E721">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G721">
-        <v>109767.11</v>
+        <v>135150.0</v>
       </c>
       <c r="H721">
-        <v>38800.0</v>
+        <v>46960.0</v>
       </c>
       <c r="I721">
-        <v>70967.11</v>
+        <v>88190.0</v>
       </c>
       <c r="J721" t="s">
-        <v>296</v>
+        <v>91</v>
       </c>
       <c r="K721" t="s">
         <v>23</v>
       </c>
       <c r="L721" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="722" spans="1:12">
       <c r="A722">
-        <v>291</v>
+        <v>29</v>
       </c>
       <c r="B722" t="s">
         <v>897</v>
       </c>
       <c r="C722" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D722">
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="E722">
+        <v>2</v>
       </c>
       <c r="G722">
-        <v>188261.62</v>
+        <v>786840.0</v>
       </c>
       <c r="H722">
-        <v>91134.55</v>
+        <v>51000.0</v>
       </c>
       <c r="I722">
-        <v>97127.07</v>
+        <v>735840.0</v>
       </c>
       <c r="J722" t="s">
-        <v>745</v>
+        <v>590</v>
       </c>
       <c r="K722" t="s">
         <v>23</v>
       </c>
       <c r="L722" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="723" spans="1:12">
       <c r="A723">
-        <v>358</v>
+        <v>128</v>
       </c>
       <c r="B723" t="s">
         <v>898</v>
       </c>
       <c r="C723" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D723">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E723">
         <v>2</v>
       </c>
       <c r="G723">
-        <v>361766.5</v>
+        <v>336932.82</v>
       </c>
       <c r="H723">
-        <v>0.0</v>
+        <v>52653.08</v>
       </c>
       <c r="I723">
-        <v>361766.5</v>
+        <v>284279.74</v>
       </c>
       <c r="J723" t="s">
-        <v>433</v>
+        <v>120</v>
       </c>
       <c r="K723" t="s">
         <v>23</v>
       </c>
       <c r="L723" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="724" spans="1:12">
       <c r="A724">
-        <v>424</v>
+        <v>194</v>
       </c>
       <c r="B724" t="s">
         <v>899</v>
       </c>
       <c r="C724" t="s">
-        <v>900</v>
+        <v>21</v>
       </c>
       <c r="D724">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E724">
         <v>1</v>
       </c>
       <c r="G724">
-        <v>147999.0</v>
+        <v>194590.0</v>
       </c>
       <c r="H724">
-        <v>30000.0</v>
+        <v>16000.0</v>
       </c>
       <c r="I724">
-        <v>117999.0</v>
+        <v>178590.0</v>
       </c>
       <c r="J724" t="s">
-        <v>901</v>
+        <v>436</v>
       </c>
       <c r="K724" t="s">
         <v>23</v>
       </c>
       <c r="L724" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="725" spans="1:12">
       <c r="A725">
-        <v>503</v>
+        <v>259</v>
       </c>
       <c r="B725" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="C725" t="s">
         <v>21</v>
       </c>
       <c r="D725">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E725">
         <v>1</v>
       </c>
       <c r="G725">
-        <v>177121.49</v>
+        <v>493576.71</v>
       </c>
       <c r="H725">
-        <v>1900.0</v>
+        <v>0.0</v>
       </c>
       <c r="I725">
-        <v>175221.49</v>
+        <v>493576.71</v>
       </c>
       <c r="J725" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K725" t="s">
         <v>23</v>
       </c>
       <c r="L725" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="726" spans="1:12">
       <c r="A726">
-        <v>567</v>
+        <v>326</v>
       </c>
       <c r="B726" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="C726" t="s">
         <v>21</v>
       </c>
       <c r="D726">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E726">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G726">
-        <v>454249.01</v>
+        <v>270939.0</v>
       </c>
       <c r="H726">
-        <v>36000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I726">
-        <v>418249.01</v>
+        <v>270939.0</v>
       </c>
       <c r="J726" t="s">
-        <v>22</v>
+        <v>214</v>
       </c>
       <c r="K726" t="s">
         <v>23</v>
       </c>
       <c r="L726" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="727" spans="1:12">
       <c r="A727">
-        <v>638</v>
+        <v>392</v>
       </c>
       <c r="B727" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="C727" t="s">
         <v>21</v>
       </c>
       <c r="D727">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G727">
-        <v>474966.23</v>
+        <v>218932.52</v>
       </c>
       <c r="H727">
-        <v>88379.6</v>
+        <v>144015.13</v>
       </c>
       <c r="I727">
-        <v>386586.63</v>
+        <v>74917.39</v>
       </c>
       <c r="J727" t="s">
-        <v>22</v>
+        <v>326</v>
       </c>
       <c r="K727" t="s">
         <v>23</v>
       </c>
       <c r="L727" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="728" spans="1:12">
       <c r="A728">
-        <v>702</v>
+        <v>467</v>
       </c>
       <c r="B728" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="C728" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="D728">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E728">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G728">
-        <v>194849.2</v>
+        <v>324931.18</v>
       </c>
       <c r="H728">
-        <v>47999.01</v>
+        <v>134403.7</v>
       </c>
       <c r="I728">
-        <v>146850.19</v>
+        <v>190527.48</v>
       </c>
       <c r="J728" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="K728" t="s">
         <v>23</v>
       </c>
       <c r="L728" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="729" spans="1:12">
       <c r="A729">
-        <v>766</v>
+        <v>535</v>
       </c>
       <c r="B729" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="C729" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D729">
         <v>1</v>
       </c>
       <c r="E729">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G729">
-        <v>101490.0</v>
+        <v>237393.85</v>
       </c>
       <c r="H729">
-        <v>46600.0</v>
+        <v>135517.99</v>
       </c>
       <c r="I729">
-        <v>54890.0</v>
+        <v>101875.86</v>
       </c>
       <c r="J729" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K729" t="s">
         <v>23</v>
       </c>
       <c r="L729" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="730" spans="1:12">
       <c r="A730">
-        <v>835</v>
+        <v>605</v>
       </c>
       <c r="B730" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="C730" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="E730">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G730">
-        <v>224564.45</v>
+        <v>73150.5</v>
       </c>
       <c r="H730">
-        <v>102795.7</v>
+        <v>38155.52</v>
       </c>
       <c r="I730">
-        <v>121768.75</v>
+        <v>34994.98</v>
       </c>
       <c r="J730" t="s">
-        <v>755</v>
+        <v>27</v>
       </c>
       <c r="K730" t="s">
         <v>23</v>
       </c>
       <c r="L730" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="731" spans="1:12">
       <c r="A731">
+        <v>670</v>
+      </c>
+      <c r="B731" t="s">
         <v>906</v>
       </c>
-      <c r="B731" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C731" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D731">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E731">
         <v>1</v>
       </c>
       <c r="G731">
-        <v>135150.0</v>
+        <v>145624.64</v>
       </c>
       <c r="H731">
-        <v>46960.0</v>
+        <v>0.0</v>
       </c>
       <c r="I731">
-        <v>88190.0</v>
+        <v>145624.64</v>
       </c>
       <c r="J731" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K731" t="s">
         <v>23</v>
       </c>
       <c r="L731" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="732" spans="1:12">
       <c r="A732">
-        <v>29</v>
+        <v>734</v>
       </c>
       <c r="B732" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="C732" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D732">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E732">
         <v>2</v>
       </c>
       <c r="G732">
-        <v>786840.0</v>
+        <v>205837.98</v>
       </c>
       <c r="H732">
-        <v>51000.0</v>
+        <v>44290.38</v>
       </c>
       <c r="I732">
-        <v>735840.0</v>
+        <v>161547.6</v>
       </c>
       <c r="J732" t="s">
-        <v>600</v>
+        <v>31</v>
       </c>
       <c r="K732" t="s">
         <v>23</v>
       </c>
       <c r="L732" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="733" spans="1:12">
       <c r="A733">
-        <v>128</v>
+        <v>801</v>
       </c>
       <c r="B733" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="C733" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D733">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E733">
         <v>2</v>
       </c>
       <c r="G733">
-        <v>336932.82</v>
+        <v>103726.8</v>
       </c>
       <c r="H733">
-        <v>52653.08</v>
+        <v>28800.0</v>
       </c>
       <c r="I733">
-        <v>284279.74</v>
+        <v>74926.8</v>
       </c>
       <c r="J733" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="K733" t="s">
         <v>23</v>
       </c>
       <c r="L733" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="734" spans="1:12">
       <c r="A734">
-        <v>194</v>
+        <v>874</v>
       </c>
       <c r="B734" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="C734" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D734">
         <v>1</v>
       </c>
       <c r="E734">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G734">
-        <v>194590.0</v>
+        <v>135661.96</v>
       </c>
       <c r="H734">
-        <v>16000.0</v>
+        <v>70759.65</v>
       </c>
       <c r="I734">
-        <v>178590.0</v>
+        <v>64902.31</v>
       </c>
       <c r="J734" t="s">
-        <v>451</v>
+        <v>224</v>
       </c>
       <c r="K734" t="s">
         <v>23</v>
       </c>
       <c r="L734" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="735" spans="1:12">
       <c r="A735">
-        <v>259</v>
+        <v>938</v>
       </c>
       <c r="B735" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="C735" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D735">
         <v>2</v>
       </c>
       <c r="E735">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G735">
-        <v>493576.71</v>
+        <v>342270.41</v>
       </c>
       <c r="H735">
-        <v>0.0</v>
+        <v>37452.84</v>
       </c>
       <c r="I735">
-        <v>493576.71</v>
+        <v>304817.57</v>
       </c>
       <c r="J735" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="K735" t="s">
         <v>23</v>
       </c>
       <c r="L735" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="736" spans="1:12">
       <c r="A736">
-        <v>326</v>
+        <v>95</v>
       </c>
       <c r="B736" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="C736" t="s">
-        <v>36</v>
+        <v>523</v>
       </c>
       <c r="D736">
         <v>2</v>
       </c>
       <c r="E736">
         <v>2</v>
       </c>
       <c r="G736">
-        <v>270939.0</v>
+        <v>140896.0</v>
       </c>
       <c r="H736">
-        <v>0.0</v>
+        <v>30000.0</v>
       </c>
       <c r="I736">
-        <v>270939.0</v>
+        <v>110896.0</v>
       </c>
       <c r="J736" t="s">
-        <v>228</v>
+        <v>125</v>
       </c>
       <c r="K736" t="s">
         <v>23</v>
       </c>
       <c r="L736" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="737" spans="1:12">
       <c r="A737">
-        <v>392</v>
+        <v>162</v>
       </c>
       <c r="B737" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="C737" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D737">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E737">
+        <v>1</v>
       </c>
       <c r="G737">
-        <v>218932.52</v>
+        <v>303547.0</v>
       </c>
       <c r="H737">
-        <v>144015.13</v>
+        <v>130732.07</v>
       </c>
       <c r="I737">
-        <v>74917.39</v>
+        <v>172814.93</v>
       </c>
       <c r="J737" t="s">
-        <v>303</v>
+        <v>127</v>
       </c>
       <c r="K737" t="s">
         <v>23</v>
       </c>
       <c r="L737" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="738" spans="1:12">
       <c r="A738">
-        <v>467</v>
+        <v>226</v>
       </c>
       <c r="B738" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="C738" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="D738">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E738">
         <v>2</v>
       </c>
       <c r="G738">
-        <v>324931.18</v>
+        <v>109767.11</v>
       </c>
       <c r="H738">
-        <v>134403.7</v>
+        <v>38800.0</v>
       </c>
       <c r="I738">
-        <v>190527.48</v>
+        <v>70967.11</v>
       </c>
       <c r="J738" t="s">
-        <v>101</v>
+        <v>283</v>
       </c>
       <c r="K738" t="s">
         <v>23</v>
       </c>
       <c r="L738" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="739" spans="1:12">
       <c r="A739">
-        <v>535</v>
+        <v>291</v>
       </c>
       <c r="B739" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="C739" t="s">
         <v>21</v>
       </c>
       <c r="D739">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G739">
-        <v>237393.85</v>
+        <v>188261.62</v>
       </c>
       <c r="H739">
-        <v>135517.99</v>
+        <v>91134.55</v>
       </c>
       <c r="I739">
-        <v>101875.86</v>
+        <v>97127.07</v>
       </c>
       <c r="J739" t="s">
-        <v>22</v>
+        <v>764</v>
       </c>
       <c r="K739" t="s">
         <v>23</v>
       </c>
       <c r="L739" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="740" spans="1:12">
       <c r="A740">
-        <v>605</v>
+        <v>358</v>
       </c>
       <c r="B740" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
       <c r="C740" t="s">
         <v>21</v>
       </c>
+      <c r="D740">
+        <v>6</v>
+      </c>
       <c r="E740">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G740">
-        <v>73150.5</v>
+        <v>361766.5</v>
       </c>
       <c r="H740">
-        <v>38155.52</v>
+        <v>0.0</v>
       </c>
       <c r="I740">
-        <v>34994.98</v>
+        <v>361766.5</v>
       </c>
       <c r="J740" t="s">
-        <v>22</v>
+        <v>455</v>
       </c>
       <c r="K740" t="s">
         <v>23</v>
       </c>
       <c r="L740" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="741" spans="1:12">
       <c r="A741">
-        <v>670</v>
+        <v>424</v>
       </c>
       <c r="B741" t="s">
+        <v>916</v>
+      </c>
+      <c r="C741" t="s">
+        <v>917</v>
+      </c>
+      <c r="D741">
+        <v>3</v>
+      </c>
+      <c r="E741">
+        <v>1</v>
+      </c>
+      <c r="G741">
+        <v>147999.0</v>
+      </c>
+      <c r="H741">
+        <v>30000.0</v>
+      </c>
+      <c r="I741">
+        <v>117999.0</v>
+      </c>
+      <c r="J741" t="s">
         <v>918</v>
-      </c>
-[...19 lines deleted...]
-        <v>26</v>
       </c>
       <c r="K741" t="s">
         <v>23</v>
       </c>
       <c r="L741" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="742" spans="1:12">
       <c r="A742">
-        <v>734</v>
+        <v>503</v>
       </c>
       <c r="B742" t="s">
         <v>919</v>
       </c>
       <c r="C742" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D742">
         <v>1</v>
       </c>
       <c r="E742">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G742">
-        <v>205837.98</v>
+        <v>177121.49</v>
       </c>
       <c r="H742">
-        <v>44290.38</v>
+        <v>1900.0</v>
       </c>
       <c r="I742">
-        <v>161547.6</v>
+        <v>175221.49</v>
       </c>
       <c r="J742" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K742" t="s">
         <v>23</v>
       </c>
       <c r="L742" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="743" spans="1:12">
       <c r="A743">
-        <v>801</v>
+        <v>567</v>
       </c>
       <c r="B743" t="s">
         <v>920</v>
       </c>
       <c r="C743" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D743">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E743">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G743">
-        <v>103726.8</v>
+        <v>454249.01</v>
       </c>
       <c r="H743">
-        <v>28800.0</v>
+        <v>36000.0</v>
       </c>
       <c r="I743">
-        <v>74926.8</v>
+        <v>418249.01</v>
       </c>
       <c r="J743" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K743" t="s">
         <v>23</v>
       </c>
       <c r="L743" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="744" spans="1:12">
       <c r="A744">
-        <v>874</v>
+        <v>638</v>
       </c>
       <c r="B744" t="s">
         <v>921</v>
       </c>
       <c r="C744" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D744">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E744">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G744">
-        <v>135661.96</v>
+        <v>474966.23</v>
       </c>
       <c r="H744">
-        <v>70759.65</v>
+        <v>88379.6</v>
       </c>
       <c r="I744">
-        <v>64902.31</v>
+        <v>386586.63</v>
       </c>
       <c r="J744" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="K744" t="s">
         <v>23</v>
       </c>
       <c r="L744" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="745" spans="1:12">
       <c r="A745">
-        <v>715</v>
+        <v>548</v>
       </c>
       <c r="B745" t="s">
         <v>922</v>
       </c>
       <c r="C745" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D745">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E745">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G745">
-        <v>1069370.76</v>
+        <v>157003.0</v>
       </c>
       <c r="H745">
-        <v>89987.59</v>
+        <v>79420.0</v>
       </c>
       <c r="I745">
-        <v>979383.17</v>
+        <v>77583.0</v>
       </c>
       <c r="J745" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K745" t="s">
         <v>23</v>
       </c>
       <c r="L745" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="746" spans="1:12">
       <c r="A746">
-        <v>782</v>
+        <v>619</v>
       </c>
       <c r="B746" t="s">
         <v>923</v>
       </c>
       <c r="C746" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D746">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E746">
         <v>1</v>
       </c>
       <c r="G746">
-        <v>83920.52</v>
+        <v>272275.24</v>
       </c>
       <c r="H746">
-        <v>22665.19</v>
+        <v>143733.48</v>
       </c>
       <c r="I746">
-        <v>61255.33</v>
+        <v>128541.76</v>
       </c>
       <c r="J746" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K746" t="s">
         <v>23</v>
       </c>
       <c r="L746" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="747" spans="1:12">
       <c r="A747">
-        <v>851</v>
+        <v>683</v>
       </c>
       <c r="B747" t="s">
         <v>924</v>
       </c>
       <c r="C747" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D747">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E747">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G747">
-        <v>361864.51</v>
+        <v>161664.9</v>
       </c>
       <c r="H747">
-        <v>3432.96</v>
+        <v>114593.6</v>
       </c>
       <c r="I747">
-        <v>358431.55</v>
+        <v>47071.3</v>
       </c>
       <c r="J747" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K747" t="s">
         <v>23</v>
       </c>
       <c r="L747" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="748" spans="1:12">
       <c r="A748">
-        <v>919</v>
+        <v>747</v>
       </c>
       <c r="B748" t="s">
         <v>925</v>
       </c>
       <c r="C748" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D748">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E748">
         <v>1</v>
       </c>
       <c r="G748">
-        <v>195700.0</v>
+        <v>117234.55</v>
       </c>
       <c r="H748">
-        <v>25503.97</v>
+        <v>4452.77</v>
       </c>
       <c r="I748">
-        <v>170196.03</v>
+        <v>112781.78</v>
       </c>
       <c r="J748" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K748" t="s">
         <v>23</v>
       </c>
       <c r="L748" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="749" spans="1:12">
       <c r="A749">
-        <v>58</v>
+        <v>814</v>
       </c>
       <c r="B749" t="s">
         <v>926</v>
       </c>
       <c r="C749" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D749">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="E749">
+        <v>1</v>
       </c>
       <c r="G749">
-        <v>375010.4</v>
+        <v>110912.31</v>
       </c>
       <c r="H749">
-        <v>67351.5</v>
+        <v>106344.61</v>
       </c>
       <c r="I749">
-        <v>307658.9</v>
+        <v>4567.7</v>
       </c>
       <c r="J749" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K749" t="s">
         <v>23</v>
       </c>
       <c r="L749" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="750" spans="1:12">
       <c r="A750">
-        <v>142</v>
+        <v>887</v>
       </c>
       <c r="B750" t="s">
         <v>927</v>
       </c>
       <c r="C750" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D750">
         <v>2</v>
       </c>
       <c r="E750">
         <v>1</v>
       </c>
       <c r="G750">
-        <v>353000.0</v>
+        <v>437682.5</v>
       </c>
       <c r="H750">
-        <v>0.0</v>
+        <v>96085.05</v>
       </c>
       <c r="I750">
-        <v>353000.0</v>
+        <v>341597.45</v>
       </c>
       <c r="J750" t="s">
-        <v>160</v>
+        <v>35</v>
       </c>
       <c r="K750" t="s">
         <v>23</v>
       </c>
       <c r="L750" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="751" spans="1:12">
       <c r="A751">
-        <v>207</v>
+        <v>951</v>
       </c>
       <c r="B751" t="s">
         <v>928</v>
       </c>
       <c r="C751" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D751">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="E751">
+        <v>2</v>
       </c>
       <c r="G751">
-        <v>391334.92</v>
+        <v>221600.0</v>
       </c>
       <c r="H751">
-        <v>13692.67</v>
+        <v>127807.12</v>
       </c>
       <c r="I751">
-        <v>377642.25</v>
+        <v>93792.88</v>
       </c>
       <c r="J751" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="K751" t="s">
         <v>23</v>
       </c>
       <c r="L751" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="752" spans="1:12">
       <c r="A752">
-        <v>272</v>
+        <v>109</v>
       </c>
       <c r="B752" t="s">
         <v>929</v>
       </c>
       <c r="C752" t="s">
-        <v>930</v>
+        <v>21</v>
       </c>
       <c r="D752">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E752">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G752">
-        <v>920956.86</v>
+        <v>364340.0</v>
       </c>
       <c r="H752">
-        <v>727.0</v>
+        <v>14000.0</v>
       </c>
       <c r="I752">
-        <v>920229.86</v>
+        <v>350340.0</v>
       </c>
       <c r="J752" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="K752" t="s">
         <v>23</v>
       </c>
       <c r="L752" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="753" spans="1:12">
       <c r="A753">
-        <v>339</v>
+        <v>175</v>
       </c>
       <c r="B753" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="C753" t="s">
-        <v>932</v>
-[...1 lines deleted...]
-      <c r="D753">
+        <v>21</v>
+      </c>
+      <c r="E753">
         <v>5</v>
       </c>
-      <c r="E753">
-[...1 lines deleted...]
-      </c>
       <c r="G753">
-        <v>394581.1</v>
+        <v>272800.0</v>
       </c>
       <c r="H753">
-        <v>3107.55</v>
+        <v>42600.0</v>
       </c>
       <c r="I753">
-        <v>391473.55</v>
+        <v>230200.0</v>
       </c>
       <c r="J753" t="s">
-        <v>44</v>
+        <v>127</v>
       </c>
       <c r="K753" t="s">
         <v>23</v>
       </c>
       <c r="L753" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="754" spans="1:12">
       <c r="A754">
-        <v>405</v>
+        <v>239</v>
       </c>
       <c r="B754" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="C754" t="s">
-        <v>339</v>
+        <v>21</v>
       </c>
       <c r="D754">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E754">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G754">
-        <v>195846.0</v>
+        <v>260013.0</v>
       </c>
       <c r="H754">
-        <v>14388.0</v>
+        <v>33259.96</v>
       </c>
       <c r="I754">
-        <v>181458.0</v>
+        <v>226753.04</v>
       </c>
       <c r="J754" t="s">
-        <v>433</v>
+        <v>305</v>
       </c>
       <c r="K754" t="s">
         <v>23</v>
       </c>
       <c r="L754" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="755" spans="1:12">
       <c r="A755">
-        <v>483</v>
+        <v>307</v>
       </c>
       <c r="B755" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="C755" t="s">
-        <v>21</v>
+        <v>933</v>
       </c>
       <c r="D755">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="E755">
         <v>1</v>
       </c>
       <c r="G755">
-        <v>148905.21</v>
+        <v>122179.43</v>
       </c>
       <c r="H755">
-        <v>16170.0</v>
+        <v>98000.0</v>
       </c>
       <c r="I755">
-        <v>132735.21</v>
+        <v>24179.43</v>
       </c>
       <c r="J755" t="s">
-        <v>22</v>
+        <v>783</v>
       </c>
       <c r="K755" t="s">
         <v>23</v>
       </c>
       <c r="L755" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="756" spans="1:12">
       <c r="A756">
-        <v>548</v>
+        <v>371</v>
       </c>
       <c r="B756" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="C756" t="s">
         <v>21</v>
       </c>
       <c r="D756">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E756">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G756">
-        <v>157003.0</v>
+        <v>193302.54</v>
       </c>
       <c r="H756">
-        <v>79420.0</v>
+        <v>31017.39</v>
       </c>
       <c r="I756">
-        <v>77583.0</v>
+        <v>162285.15</v>
       </c>
       <c r="J756" t="s">
-        <v>22</v>
+        <v>626</v>
       </c>
       <c r="K756" t="s">
         <v>23</v>
       </c>
       <c r="L756" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="757" spans="1:12">
       <c r="A757">
-        <v>619</v>
+        <v>437</v>
       </c>
       <c r="B757" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="C757" t="s">
         <v>21</v>
       </c>
       <c r="D757">
         <v>3</v>
       </c>
-      <c r="E757">
-[...1 lines deleted...]
-      </c>
       <c r="G757">
-        <v>272275.24</v>
+        <v>162662.57</v>
       </c>
       <c r="H757">
-        <v>143733.48</v>
+        <v>75000.0</v>
       </c>
       <c r="I757">
-        <v>128541.76</v>
+        <v>87662.57</v>
       </c>
       <c r="J757" t="s">
-        <v>22</v>
+        <v>936</v>
       </c>
       <c r="K757" t="s">
         <v>23</v>
       </c>
       <c r="L757" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="758" spans="1:12">
       <c r="A758">
-        <v>683</v>
+        <v>516</v>
       </c>
       <c r="B758" t="s">
         <v>937</v>
       </c>
       <c r="C758" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D758">
         <v>1</v>
       </c>
       <c r="E758">
         <v>1</v>
       </c>
       <c r="G758">
-        <v>161664.9</v>
+        <v>260047.3</v>
       </c>
       <c r="H758">
-        <v>114593.6</v>
+        <v>153846.98</v>
       </c>
       <c r="I758">
-        <v>47071.3</v>
+        <v>106200.32</v>
       </c>
       <c r="J758" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K758" t="s">
         <v>23</v>
       </c>
       <c r="L758" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="759" spans="1:12">
       <c r="A759">
-        <v>747</v>
+        <v>580</v>
       </c>
       <c r="B759" t="s">
         <v>938</v>
       </c>
       <c r="C759" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D759">
         <v>3</v>
       </c>
       <c r="E759">
         <v>1</v>
       </c>
       <c r="G759">
-        <v>117234.55</v>
+        <v>121979.63</v>
       </c>
       <c r="H759">
-        <v>4452.77</v>
+        <v>20989.29</v>
       </c>
       <c r="I759">
-        <v>112781.78</v>
+        <v>100990.34</v>
       </c>
       <c r="J759" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K759" t="s">
         <v>23</v>
       </c>
       <c r="L759" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="760" spans="1:12">
       <c r="A760">
-        <v>814</v>
+        <v>651</v>
       </c>
       <c r="B760" t="s">
         <v>939</v>
       </c>
       <c r="C760" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D760">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E760">
         <v>1</v>
       </c>
       <c r="G760">
-        <v>110912.31</v>
+        <v>686527.4</v>
       </c>
       <c r="H760">
-        <v>106344.61</v>
+        <v>0.0</v>
       </c>
       <c r="I760">
-        <v>4567.7</v>
+        <v>686527.4</v>
       </c>
       <c r="J760" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K760" t="s">
         <v>23</v>
       </c>
       <c r="L760" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="761" spans="1:12">
       <c r="A761">
-        <v>887</v>
+        <v>715</v>
       </c>
       <c r="B761" t="s">
         <v>940</v>
       </c>
       <c r="C761" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D761">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E761">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G761">
-        <v>437682.5</v>
+        <v>1069370.76</v>
       </c>
       <c r="H761">
-        <v>96085.05</v>
+        <v>89987.59</v>
       </c>
       <c r="I761">
-        <v>341597.45</v>
+        <v>979383.17</v>
       </c>
       <c r="J761" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K761" t="s">
         <v>23</v>
       </c>
       <c r="L761" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="762" spans="1:12">
       <c r="A762">
-        <v>951</v>
+        <v>782</v>
       </c>
       <c r="B762" t="s">
         <v>941</v>
       </c>
       <c r="C762" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D762">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E762">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G762">
-        <v>221600.0</v>
+        <v>83920.52</v>
       </c>
       <c r="H762">
-        <v>127807.12</v>
+        <v>22665.19</v>
       </c>
       <c r="I762">
-        <v>93792.88</v>
+        <v>61255.33</v>
       </c>
       <c r="J762" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K762" t="s">
         <v>23</v>
       </c>
       <c r="L762" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="763" spans="1:12">
       <c r="A763">
-        <v>109</v>
+        <v>851</v>
       </c>
       <c r="B763" t="s">
         <v>942</v>
       </c>
       <c r="C763" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D763">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E763">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G763">
-        <v>364340.0</v>
+        <v>361864.51</v>
       </c>
       <c r="H763">
-        <v>14000.0</v>
+        <v>3432.96</v>
       </c>
       <c r="I763">
-        <v>350340.0</v>
+        <v>358431.55</v>
       </c>
       <c r="J763" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K763" t="s">
         <v>23</v>
       </c>
       <c r="L763" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="764" spans="1:12">
       <c r="A764">
-        <v>175</v>
+        <v>919</v>
       </c>
       <c r="B764" t="s">
         <v>943</v>
       </c>
       <c r="C764" t="s">
-        <v>36</v>
+        <v>89</v>
+      </c>
+      <c r="D764">
+        <v>4</v>
       </c>
       <c r="E764">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G764">
-        <v>272800.0</v>
+        <v>195700.0</v>
       </c>
       <c r="H764">
-        <v>42600.0</v>
+        <v>25503.97</v>
       </c>
       <c r="I764">
-        <v>230200.0</v>
+        <v>170196.03</v>
       </c>
       <c r="J764" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="K764" t="s">
         <v>23</v>
       </c>
       <c r="L764" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="765" spans="1:12">
       <c r="A765">
-        <v>239</v>
+        <v>58</v>
       </c>
       <c r="B765" t="s">
         <v>944</v>
       </c>
       <c r="C765" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D765">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G765">
-        <v>260013.0</v>
+        <v>375010.4</v>
       </c>
       <c r="H765">
-        <v>33259.96</v>
+        <v>67351.5</v>
       </c>
       <c r="I765">
-        <v>226753.04</v>
+        <v>307658.9</v>
       </c>
       <c r="J765" t="s">
-        <v>316</v>
+        <v>145</v>
       </c>
       <c r="K765" t="s">
         <v>23</v>
       </c>
       <c r="L765" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="766" spans="1:12">
       <c r="A766">
-        <v>307</v>
+        <v>142</v>
       </c>
       <c r="B766" t="s">
         <v>945</v>
       </c>
       <c r="C766" t="s">
-        <v>946</v>
+        <v>21</v>
       </c>
       <c r="D766">
+        <v>2</v>
+      </c>
+      <c r="E766">
         <v>1</v>
       </c>
       <c r="G766">
-        <v>122179.43</v>
+        <v>353000.0</v>
       </c>
       <c r="H766">
-        <v>98000.0</v>
+        <v>0.0</v>
       </c>
       <c r="I766">
-        <v>24179.43</v>
+        <v>353000.0</v>
       </c>
       <c r="J766" t="s">
-        <v>794</v>
+        <v>148</v>
       </c>
       <c r="K766" t="s">
         <v>23</v>
       </c>
       <c r="L766" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="767" spans="1:12">
       <c r="A767">
-        <v>371</v>
+        <v>207</v>
       </c>
       <c r="B767" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="C767" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D767">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G767">
-        <v>193302.54</v>
+        <v>391334.92</v>
       </c>
       <c r="H767">
-        <v>31017.39</v>
+        <v>13692.67</v>
       </c>
       <c r="I767">
-        <v>162285.15</v>
+        <v>377642.25</v>
       </c>
       <c r="J767" t="s">
-        <v>637</v>
+        <v>67</v>
       </c>
       <c r="K767" t="s">
         <v>23</v>
       </c>
       <c r="L767" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="768" spans="1:12">
       <c r="A768">
-        <v>437</v>
+        <v>272</v>
       </c>
       <c r="B768" t="s">
+        <v>947</v>
+      </c>
+      <c r="C768" t="s">
         <v>948</v>
       </c>
-      <c r="C768" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D768">
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="E768">
+        <v>2</v>
       </c>
       <c r="G768">
-        <v>162662.57</v>
+        <v>920956.86</v>
       </c>
       <c r="H768">
-        <v>75000.0</v>
+        <v>727.0</v>
       </c>
       <c r="I768">
-        <v>87662.57</v>
+        <v>920229.86</v>
       </c>
       <c r="J768" t="s">
-        <v>949</v>
+        <v>50</v>
       </c>
       <c r="K768" t="s">
         <v>23</v>
       </c>
       <c r="L768" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="769" spans="1:12">
       <c r="A769">
-        <v>516</v>
+        <v>339</v>
       </c>
       <c r="B769" t="s">
+        <v>949</v>
+      </c>
+      <c r="C769" t="s">
         <v>950</v>
       </c>
-      <c r="C769" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D769">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E769">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G769">
-        <v>260047.3</v>
+        <v>394581.1</v>
       </c>
       <c r="H769">
-        <v>153846.98</v>
+        <v>3107.55</v>
       </c>
       <c r="I769">
-        <v>106200.32</v>
+        <v>391473.55</v>
       </c>
       <c r="J769" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="K769" t="s">
         <v>23</v>
       </c>
       <c r="L769" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="770" spans="1:12">
       <c r="A770">
-        <v>580</v>
+        <v>405</v>
       </c>
       <c r="B770" t="s">
         <v>951</v>
       </c>
       <c r="C770" t="s">
-        <v>21</v>
+        <v>357</v>
       </c>
       <c r="D770">
         <v>3</v>
       </c>
       <c r="E770">
         <v>1</v>
       </c>
       <c r="G770">
-        <v>121979.63</v>
+        <v>195846.0</v>
       </c>
       <c r="H770">
-        <v>20989.29</v>
+        <v>14388.0</v>
       </c>
       <c r="I770">
-        <v>100990.34</v>
+        <v>181458.0</v>
       </c>
       <c r="J770" t="s">
-        <v>22</v>
+        <v>455</v>
       </c>
       <c r="K770" t="s">
         <v>23</v>
       </c>
       <c r="L770" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="771" spans="1:12">
       <c r="A771">
-        <v>651</v>
+        <v>483</v>
       </c>
       <c r="B771" t="s">
         <v>952</v>
       </c>
       <c r="C771" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D771">
         <v>3</v>
       </c>
       <c r="E771">
         <v>1</v>
       </c>
       <c r="G771">
-        <v>686527.4</v>
+        <v>148905.21</v>
       </c>
       <c r="H771">
-        <v>0.0</v>
+        <v>16170.0</v>
       </c>
       <c r="I771">
-        <v>686527.4</v>
+        <v>132735.21</v>
       </c>
       <c r="J771" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K771" t="s">
         <v>23</v>
       </c>
       <c r="L771" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="772" spans="1:12">
       <c r="A772">
-        <v>561</v>
+        <v>320</v>
       </c>
       <c r="B772" t="s">
         <v>953</v>
       </c>
       <c r="C772" t="s">
-        <v>21</v>
+        <v>357</v>
       </c>
       <c r="D772">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E772">
         <v>1</v>
       </c>
       <c r="G772">
-        <v>200417.29</v>
+        <v>306000.0</v>
       </c>
       <c r="H772">
-        <v>121732.15</v>
+        <v>134158.0</v>
       </c>
       <c r="I772">
-        <v>78685.14</v>
+        <v>171842.0</v>
       </c>
       <c r="J772" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="K772" t="s">
         <v>23</v>
       </c>
       <c r="L772" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="773" spans="1:12">
       <c r="A773">
-        <v>632</v>
+        <v>386</v>
       </c>
       <c r="B773" t="s">
         <v>954</v>
       </c>
       <c r="C773" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="D773">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E773">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G773">
-        <v>622348.6</v>
+        <v>220338.23</v>
       </c>
       <c r="H773">
-        <v>101000.0</v>
+        <v>56088.24</v>
       </c>
       <c r="I773">
-        <v>521348.6</v>
+        <v>164249.99</v>
       </c>
       <c r="J773" t="s">
-        <v>22</v>
+        <v>803</v>
       </c>
       <c r="K773" t="s">
         <v>23</v>
       </c>
       <c r="L773" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="774" spans="1:12">
       <c r="A774">
-        <v>696</v>
+        <v>460</v>
       </c>
       <c r="B774" t="s">
         <v>955</v>
       </c>
       <c r="C774" t="s">
-        <v>21</v>
+        <v>956</v>
       </c>
       <c r="D774">
         <v>2</v>
       </c>
       <c r="E774">
         <v>1</v>
       </c>
       <c r="G774">
-        <v>518655.47</v>
+        <v>181757.98</v>
       </c>
       <c r="H774">
-        <v>86154.72</v>
+        <v>67187.66</v>
       </c>
       <c r="I774">
-        <v>432500.75</v>
+        <v>114570.32</v>
       </c>
       <c r="J774" t="s">
-        <v>26</v>
+        <v>362</v>
       </c>
       <c r="K774" t="s">
         <v>23</v>
       </c>
       <c r="L774" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="775" spans="1:12">
       <c r="A775">
-        <v>760</v>
+        <v>529</v>
       </c>
       <c r="B775" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C775" t="s">
-        <v>21</v>
+        <v>26</v>
+      </c>
+      <c r="D775">
+        <v>7</v>
       </c>
       <c r="E775">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G775">
-        <v>90526.0</v>
+        <v>593587.63</v>
       </c>
       <c r="H775">
-        <v>53142.2</v>
+        <v>1000.0</v>
       </c>
       <c r="I775">
-        <v>37383.8</v>
+        <v>592587.63</v>
       </c>
       <c r="J775" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K775" t="s">
         <v>23</v>
       </c>
       <c r="L775" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="776" spans="1:12">
       <c r="A776">
-        <v>827</v>
+        <v>599</v>
       </c>
       <c r="B776" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C776" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D776">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E776">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G776">
-        <v>230250.0</v>
+        <v>96468.42</v>
       </c>
       <c r="H776">
-        <v>41791.18</v>
+        <v>687.52</v>
       </c>
       <c r="I776">
-        <v>188458.82</v>
+        <v>95780.9</v>
       </c>
       <c r="J776" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="K776" t="s">
         <v>23</v>
       </c>
       <c r="L776" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="777" spans="1:12">
       <c r="A777">
-        <v>900</v>
+        <v>664</v>
       </c>
       <c r="B777" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C777" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D777">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E777">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G777">
-        <v>338393.67</v>
+        <v>273598.3</v>
       </c>
       <c r="H777">
-        <v>223000.0</v>
+        <v>41976.57</v>
       </c>
       <c r="I777">
-        <v>115393.67</v>
+        <v>231621.73</v>
       </c>
       <c r="J777" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="K777" t="s">
         <v>23</v>
       </c>
       <c r="L777" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="778" spans="1:12">
       <c r="A778">
-        <v>21</v>
+        <v>728</v>
       </c>
       <c r="B778" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C778" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D778">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E778">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G778">
-        <v>129910.25</v>
+        <v>188880.0</v>
       </c>
       <c r="H778">
-        <v>84680.66</v>
+        <v>102000.0</v>
       </c>
       <c r="I778">
-        <v>45229.59</v>
+        <v>86880.0</v>
       </c>
       <c r="J778" t="s">
-        <v>101</v>
+        <v>31</v>
       </c>
       <c r="K778" t="s">
         <v>23</v>
       </c>
       <c r="L778" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="779" spans="1:12">
       <c r="A779">
-        <v>964</v>
+        <v>795</v>
       </c>
       <c r="B779" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C779" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D779">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E779">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G779">
-        <v>302082.29</v>
+        <v>175091.13</v>
       </c>
       <c r="H779">
-        <v>116245.0</v>
+        <v>41516.34</v>
       </c>
       <c r="I779">
-        <v>185837.29</v>
+        <v>133574.79</v>
       </c>
       <c r="J779" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="K779" t="s">
         <v>23</v>
       </c>
       <c r="L779" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="780" spans="1:12">
       <c r="A780">
-        <v>122</v>
+        <v>868</v>
       </c>
       <c r="B780" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C780" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D780">
         <v>1</v>
       </c>
-      <c r="E780">
-[...1 lines deleted...]
-      </c>
       <c r="G780">
-        <v>89907.81</v>
+        <v>1151779.69</v>
       </c>
       <c r="H780">
-        <v>23569.27</v>
+        <v>70.0</v>
       </c>
       <c r="I780">
-        <v>66338.54</v>
+        <v>1151709.69</v>
       </c>
       <c r="J780" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="K780" t="s">
         <v>23</v>
       </c>
       <c r="L780" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="781" spans="1:12">
       <c r="A781">
-        <v>188</v>
+        <v>932</v>
       </c>
       <c r="B781" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C781" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D781">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E781">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G781">
-        <v>177562.08</v>
+        <v>245620.0</v>
       </c>
       <c r="H781">
-        <v>1425.89</v>
+        <v>37500.0</v>
       </c>
       <c r="I781">
-        <v>176136.19</v>
+        <v>208120.0</v>
       </c>
       <c r="J781" t="s">
         <v>91</v>
       </c>
       <c r="K781" t="s">
         <v>23</v>
       </c>
       <c r="L781" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="782" spans="1:12">
       <c r="A782">
-        <v>252</v>
+        <v>89</v>
       </c>
       <c r="B782" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C782" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D782">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E782">
         <v>1</v>
       </c>
       <c r="G782">
-        <v>304301.86</v>
+        <v>151082.88</v>
       </c>
       <c r="H782">
-        <v>68518.91</v>
+        <v>67798.98</v>
       </c>
       <c r="I782">
-        <v>235782.95</v>
+        <v>83283.9</v>
       </c>
       <c r="J782" t="s">
         <v>93</v>
       </c>
       <c r="K782" t="s">
         <v>23</v>
       </c>
       <c r="L782" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="783" spans="1:12">
       <c r="A783">
-        <v>320</v>
+        <v>155</v>
       </c>
       <c r="B783" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C783" t="s">
-        <v>339</v>
+        <v>21</v>
       </c>
       <c r="D783">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E783">
         <v>1</v>
       </c>
       <c r="G783">
-        <v>306000.0</v>
+        <v>199767.2</v>
       </c>
       <c r="H783">
-        <v>134158.0</v>
+        <v>29046.16</v>
       </c>
       <c r="I783">
-        <v>171842.0</v>
+        <v>170721.04</v>
       </c>
       <c r="J783" t="s">
-        <v>95</v>
+        <v>169</v>
       </c>
       <c r="K783" t="s">
         <v>23</v>
       </c>
       <c r="L783" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="784" spans="1:12">
       <c r="A784">
-        <v>386</v>
+        <v>220</v>
       </c>
       <c r="B784" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C784" t="s">
+        <v>357</v>
+      </c>
+      <c r="D784">
+        <v>3</v>
+      </c>
+      <c r="E784">
+        <v>1</v>
+      </c>
+      <c r="G784">
+        <v>429017.63</v>
+      </c>
+      <c r="H784">
+        <v>90651.91</v>
+      </c>
+      <c r="I784">
+        <v>338365.72</v>
+      </c>
+      <c r="J784" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>814</v>
       </c>
       <c r="K784" t="s">
         <v>23</v>
       </c>
       <c r="L784" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="785" spans="1:12">
       <c r="A785">
-        <v>460</v>
+        <v>285</v>
       </c>
       <c r="B785" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C785" t="s">
-        <v>967</v>
+        <v>21</v>
       </c>
       <c r="D785">
         <v>2</v>
       </c>
       <c r="E785">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G785">
-        <v>181757.98</v>
+        <v>332010.0</v>
       </c>
       <c r="H785">
-        <v>67187.66</v>
+        <v>160000.0</v>
       </c>
       <c r="I785">
-        <v>114570.32</v>
+        <v>172010.0</v>
       </c>
       <c r="J785" t="s">
-        <v>344</v>
+        <v>100</v>
       </c>
       <c r="K785" t="s">
         <v>23</v>
       </c>
       <c r="L785" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="786" spans="1:12">
       <c r="A786">
-        <v>529</v>
+        <v>352</v>
       </c>
       <c r="B786" t="s">
         <v>968</v>
       </c>
       <c r="C786" t="s">
         <v>21</v>
       </c>
       <c r="D786">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E786">
         <v>2</v>
       </c>
       <c r="G786">
-        <v>593587.63</v>
+        <v>232998.0</v>
       </c>
       <c r="H786">
-        <v>1000.0</v>
+        <v>88893.19</v>
       </c>
       <c r="I786">
-        <v>592587.63</v>
+        <v>144104.81</v>
       </c>
       <c r="J786" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="K786" t="s">
         <v>23</v>
       </c>
       <c r="L786" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="787" spans="1:12">
       <c r="A787">
-        <v>599</v>
+        <v>418</v>
       </c>
       <c r="B787" t="s">
         <v>969</v>
       </c>
       <c r="C787" t="s">
         <v>21</v>
       </c>
       <c r="D787">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E787">
         <v>1</v>
       </c>
       <c r="G787">
-        <v>96468.42</v>
+        <v>209631.0</v>
       </c>
       <c r="H787">
-        <v>687.52</v>
+        <v>102105.4</v>
       </c>
       <c r="I787">
-        <v>95780.9</v>
+        <v>107525.6</v>
       </c>
       <c r="J787" t="s">
-        <v>22</v>
+        <v>287</v>
       </c>
       <c r="K787" t="s">
         <v>23</v>
       </c>
       <c r="L787" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="788" spans="1:12">
       <c r="A788">
-        <v>664</v>
+        <v>497</v>
       </c>
       <c r="B788" t="s">
         <v>970</v>
       </c>
       <c r="C788" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D788">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E788">
         <v>1</v>
       </c>
       <c r="G788">
-        <v>273598.3</v>
+        <v>101581.5</v>
       </c>
       <c r="H788">
-        <v>41976.57</v>
+        <v>1024.92</v>
       </c>
       <c r="I788">
-        <v>231621.73</v>
+        <v>100556.58</v>
       </c>
       <c r="J788" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="K788" t="s">
         <v>23</v>
       </c>
       <c r="L788" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="789" spans="1:12">
       <c r="A789">
-        <v>728</v>
+        <v>561</v>
       </c>
       <c r="B789" t="s">
         <v>971</v>
       </c>
       <c r="C789" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D789">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E789">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G789">
-        <v>188880.0</v>
+        <v>200417.29</v>
       </c>
       <c r="H789">
-        <v>102000.0</v>
+        <v>121732.15</v>
       </c>
       <c r="I789">
-        <v>86880.0</v>
+        <v>78685.14</v>
       </c>
       <c r="J789" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K789" t="s">
         <v>23</v>
       </c>
       <c r="L789" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="790" spans="1:12">
       <c r="A790">
-        <v>795</v>
+        <v>632</v>
       </c>
       <c r="B790" t="s">
         <v>972</v>
       </c>
       <c r="C790" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D790">
         <v>4</v>
       </c>
       <c r="E790">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G790">
-        <v>175091.13</v>
+        <v>622348.6</v>
       </c>
       <c r="H790">
-        <v>41516.34</v>
+        <v>101000.0</v>
       </c>
       <c r="I790">
-        <v>133574.79</v>
+        <v>521348.6</v>
       </c>
       <c r="J790" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K790" t="s">
         <v>23</v>
       </c>
       <c r="L790" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="791" spans="1:12">
       <c r="A791">
-        <v>868</v>
+        <v>696</v>
       </c>
       <c r="B791" t="s">
         <v>973</v>
       </c>
       <c r="C791" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D791">
+        <v>2</v>
+      </c>
+      <c r="E791">
         <v>1</v>
       </c>
       <c r="G791">
-        <v>1151779.69</v>
+        <v>518655.47</v>
       </c>
       <c r="H791">
-        <v>70.0</v>
+        <v>86154.72</v>
       </c>
       <c r="I791">
-        <v>1151709.69</v>
+        <v>432500.75</v>
       </c>
       <c r="J791" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K791" t="s">
         <v>23</v>
       </c>
       <c r="L791" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="792" spans="1:12">
       <c r="A792">
-        <v>932</v>
+        <v>760</v>
       </c>
       <c r="B792" t="s">
         <v>974</v>
       </c>
       <c r="C792" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E792">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G792">
-        <v>245620.0</v>
+        <v>90526.0</v>
       </c>
       <c r="H792">
-        <v>37500.0</v>
+        <v>53142.2</v>
       </c>
       <c r="I792">
-        <v>208120.0</v>
+        <v>37383.8</v>
       </c>
       <c r="J792" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K792" t="s">
         <v>23</v>
       </c>
       <c r="L792" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="793" spans="1:12">
       <c r="A793">
-        <v>89</v>
+        <v>827</v>
       </c>
       <c r="B793" t="s">
         <v>975</v>
       </c>
       <c r="C793" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D793">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E793">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G793">
-        <v>151082.88</v>
+        <v>230250.0</v>
       </c>
       <c r="H793">
-        <v>67798.98</v>
+        <v>41791.18</v>
       </c>
       <c r="I793">
-        <v>83283.9</v>
+        <v>188458.82</v>
       </c>
       <c r="J793" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K793" t="s">
         <v>23</v>
       </c>
       <c r="L793" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="794" spans="1:12">
       <c r="A794">
-        <v>155</v>
+        <v>900</v>
       </c>
       <c r="B794" t="s">
         <v>976</v>
       </c>
       <c r="C794" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D794">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E794">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G794">
-        <v>199767.2</v>
+        <v>338393.67</v>
       </c>
       <c r="H794">
-        <v>29046.16</v>
+        <v>223000.0</v>
       </c>
       <c r="I794">
-        <v>170721.04</v>
+        <v>115393.67</v>
       </c>
       <c r="J794" t="s">
-        <v>185</v>
+        <v>59</v>
       </c>
       <c r="K794" t="s">
         <v>23</v>
       </c>
       <c r="L794" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="795" spans="1:12">
       <c r="A795">
-        <v>220</v>
+        <v>21</v>
       </c>
       <c r="B795" t="s">
         <v>977</v>
       </c>
       <c r="C795" t="s">
-        <v>339</v>
+        <v>21</v>
       </c>
       <c r="D795">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E795">
         <v>1</v>
       </c>
       <c r="G795">
-        <v>429017.63</v>
+        <v>129910.25</v>
       </c>
       <c r="H795">
-        <v>90651.91</v>
+        <v>84680.66</v>
       </c>
       <c r="I795">
-        <v>338365.72</v>
+        <v>45229.59</v>
       </c>
       <c r="J795" t="s">
-        <v>117</v>
+        <v>81</v>
       </c>
       <c r="K795" t="s">
         <v>23</v>
       </c>
       <c r="L795" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="796" spans="1:12">
       <c r="A796">
-        <v>285</v>
+        <v>964</v>
       </c>
       <c r="B796" t="s">
         <v>978</v>
       </c>
       <c r="C796" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D796">
         <v>2</v>
       </c>
       <c r="E796">
         <v>2</v>
       </c>
       <c r="G796">
-        <v>332010.0</v>
+        <v>302082.29</v>
       </c>
       <c r="H796">
-        <v>160000.0</v>
+        <v>116245.0</v>
       </c>
       <c r="I796">
-        <v>172010.0</v>
+        <v>185837.29</v>
       </c>
       <c r="J796" t="s">
-        <v>120</v>
+        <v>37</v>
       </c>
       <c r="K796" t="s">
         <v>23</v>
       </c>
       <c r="L796" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="797" spans="1:12">
       <c r="A797">
-        <v>352</v>
+        <v>122</v>
       </c>
       <c r="B797" t="s">
         <v>979</v>
       </c>
       <c r="C797" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D797">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E797">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G797">
-        <v>232998.0</v>
+        <v>89907.81</v>
       </c>
       <c r="H797">
-        <v>88893.19</v>
+        <v>23569.27</v>
       </c>
       <c r="I797">
-        <v>144104.81</v>
+        <v>66338.54</v>
       </c>
       <c r="J797" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K797" t="s">
         <v>23</v>
       </c>
       <c r="L797" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="798" spans="1:12">
       <c r="A798">
-        <v>418</v>
+        <v>188</v>
       </c>
       <c r="B798" t="s">
         <v>980</v>
       </c>
       <c r="C798" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D798">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E798">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G798">
-        <v>209631.0</v>
+        <v>177562.08</v>
       </c>
       <c r="H798">
-        <v>102105.4</v>
+        <v>1425.89</v>
       </c>
       <c r="I798">
-        <v>107525.6</v>
+        <v>176136.19</v>
       </c>
       <c r="J798" t="s">
-        <v>269</v>
+        <v>122</v>
       </c>
       <c r="K798" t="s">
         <v>23</v>
       </c>
       <c r="L798" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="799" spans="1:12">
       <c r="A799">
-        <v>497</v>
+        <v>252</v>
       </c>
       <c r="B799" t="s">
         <v>981</v>
       </c>
       <c r="C799" t="s">
         <v>21</v>
       </c>
       <c r="D799">
         <v>2</v>
       </c>
       <c r="E799">
         <v>1</v>
       </c>
       <c r="G799">
-        <v>101581.5</v>
+        <v>304301.86</v>
       </c>
       <c r="H799">
-        <v>1024.92</v>
+        <v>68518.91</v>
       </c>
       <c r="I799">
-        <v>100556.58</v>
+        <v>235782.95</v>
       </c>
       <c r="J799" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K799" t="s">
         <v>23</v>
       </c>
       <c r="L799" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="800" spans="1:12">
       <c r="A800">
-        <v>333</v>
+        <v>169</v>
       </c>
       <c r="B800" t="s">
         <v>982</v>
       </c>
       <c r="C800" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D800">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E800">
         <v>1</v>
       </c>
       <c r="G800">
-        <v>132217.45</v>
+        <v>220331.94</v>
       </c>
       <c r="H800">
-        <v>17469.6</v>
+        <v>20230.0</v>
       </c>
       <c r="I800">
-        <v>114747.85</v>
+        <v>200101.94</v>
       </c>
       <c r="J800" t="s">
-        <v>169</v>
+        <v>127</v>
       </c>
       <c r="K800" t="s">
         <v>23</v>
       </c>
       <c r="L800" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="801" spans="1:12">
       <c r="A801">
-        <v>399</v>
+        <v>233</v>
       </c>
       <c r="B801" t="s">
         <v>983</v>
       </c>
       <c r="C801" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D801">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E801">
         <v>1</v>
       </c>
       <c r="G801">
-        <v>316520.0</v>
+        <v>350509.48</v>
       </c>
       <c r="H801">
-        <v>76481.0</v>
+        <v>1659.33</v>
       </c>
       <c r="I801">
-        <v>240039.0</v>
+        <v>348850.15</v>
       </c>
       <c r="J801" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="K801" t="s">
         <v>23</v>
       </c>
       <c r="L801" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="802" spans="1:12">
       <c r="A802">
-        <v>478</v>
+        <v>298</v>
       </c>
       <c r="B802" t="s">
-        <v>128</v>
+        <v>984</v>
       </c>
       <c r="C802" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="D802">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E802">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G802">
-        <v>79738.0</v>
+        <v>284399.63</v>
       </c>
       <c r="H802">
-        <v>42188.86</v>
+        <v>51475.97</v>
       </c>
       <c r="I802">
-        <v>37549.14</v>
+        <v>232923.66</v>
       </c>
       <c r="J802" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K802" t="s">
         <v>23</v>
       </c>
       <c r="L802" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="803" spans="1:12">
       <c r="A803">
-        <v>542</v>
+        <v>365</v>
       </c>
       <c r="B803" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C803" t="s">
         <v>21</v>
       </c>
       <c r="D803">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="E803">
+        <v>2</v>
       </c>
       <c r="G803">
-        <v>43725.0</v>
+        <v>243001.8</v>
       </c>
       <c r="H803">
-        <v>8000.0</v>
+        <v>234503.31</v>
       </c>
       <c r="I803">
-        <v>35725.0</v>
+        <v>8498.49</v>
       </c>
       <c r="J803" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="K803" t="s">
         <v>23</v>
       </c>
       <c r="L803" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="804" spans="1:12">
       <c r="A804">
-        <v>613</v>
+        <v>431</v>
       </c>
       <c r="B804" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C804" t="s">
         <v>21</v>
       </c>
+      <c r="D804">
+        <v>8</v>
+      </c>
       <c r="E804">
         <v>3</v>
       </c>
       <c r="G804">
-        <v>288319.0</v>
+        <v>265361.87</v>
       </c>
       <c r="H804">
-        <v>66700.0</v>
+        <v>5833.34</v>
       </c>
       <c r="I804">
-        <v>221619.0</v>
+        <v>259528.53</v>
       </c>
       <c r="J804" t="s">
-        <v>22</v>
+        <v>987</v>
       </c>
       <c r="K804" t="s">
         <v>23</v>
       </c>
       <c r="L804" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="805" spans="1:12">
       <c r="A805">
-        <v>677</v>
+        <v>510</v>
       </c>
       <c r="B805" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="C805" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D805">
         <v>3</v>
       </c>
       <c r="E805">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G805">
-        <v>240833.13</v>
+        <v>85884.0</v>
       </c>
       <c r="H805">
-        <v>399.07</v>
+        <v>65000.0</v>
       </c>
       <c r="I805">
-        <v>240434.06</v>
+        <v>20884.0</v>
       </c>
       <c r="J805" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K805" t="s">
         <v>23</v>
       </c>
       <c r="L805" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="806" spans="1:12">
       <c r="A806">
-        <v>741</v>
+        <v>574</v>
       </c>
       <c r="B806" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C806" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D806">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E806">
         <v>1</v>
       </c>
       <c r="G806">
-        <v>58945.77</v>
+        <v>250029.49</v>
       </c>
       <c r="H806">
-        <v>17443.31</v>
+        <v>50171.82</v>
       </c>
       <c r="I806">
-        <v>41502.46</v>
+        <v>199857.67</v>
       </c>
       <c r="J806" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K806" t="s">
         <v>23</v>
       </c>
       <c r="L806" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="807" spans="1:12">
       <c r="A807">
-        <v>808</v>
+        <v>645</v>
       </c>
       <c r="B807" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C807" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D807">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E807">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G807">
-        <v>301926.54</v>
+        <v>193467.09</v>
       </c>
       <c r="H807">
-        <v>101812.97</v>
+        <v>2089.77</v>
       </c>
       <c r="I807">
-        <v>200113.57</v>
+        <v>191377.32</v>
       </c>
       <c r="J807" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K807" t="s">
         <v>23</v>
       </c>
       <c r="L807" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="808" spans="1:12">
       <c r="A808">
-        <v>881</v>
+        <v>709</v>
       </c>
       <c r="B808" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C808" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="D808">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E808">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G808">
-        <v>266853.04</v>
+        <v>215350.0</v>
       </c>
       <c r="H808">
-        <v>500.0</v>
+        <v>68074.0</v>
       </c>
       <c r="I808">
-        <v>266353.04</v>
+        <v>147276.0</v>
       </c>
       <c r="J808" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="K808" t="s">
         <v>23</v>
       </c>
       <c r="L808" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="809" spans="1:12">
       <c r="A809">
-        <v>945</v>
+        <v>777</v>
       </c>
       <c r="B809" t="s">
-        <v>990</v>
+        <v>141</v>
       </c>
       <c r="C809" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D809">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E809">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G809">
-        <v>865745.18</v>
+        <v>1471216.23</v>
       </c>
       <c r="H809">
-        <v>49686.29</v>
+        <v>97925.38</v>
       </c>
       <c r="I809">
-        <v>816058.89</v>
+        <v>1373290.85</v>
       </c>
       <c r="J809" t="s">
-        <v>56</v>
+        <v>425</v>
       </c>
       <c r="K809" t="s">
         <v>23</v>
       </c>
       <c r="L809" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="810" spans="1:12">
       <c r="A810">
-        <v>102</v>
+        <v>842</v>
       </c>
       <c r="B810" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C810" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D810">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="E810">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G810">
-        <v>225170.65</v>
+        <v>168920.19</v>
       </c>
       <c r="H810">
-        <v>86434.4</v>
+        <v>35253.34</v>
       </c>
       <c r="I810">
-        <v>138736.25</v>
+        <v>133666.85</v>
       </c>
       <c r="J810" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="K810" t="s">
         <v>23</v>
       </c>
       <c r="L810" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="811" spans="1:12">
       <c r="A811">
-        <v>169</v>
+        <v>913</v>
       </c>
       <c r="B811" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C811" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D811">
         <v>2</v>
       </c>
       <c r="E811">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G811">
-        <v>220331.94</v>
+        <v>104033.34</v>
       </c>
       <c r="H811">
-        <v>20230.0</v>
+        <v>39279.98</v>
       </c>
       <c r="I811">
-        <v>200101.94</v>
+        <v>64753.36</v>
       </c>
       <c r="J811" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="K811" t="s">
         <v>23</v>
       </c>
       <c r="L811" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="812" spans="1:12">
       <c r="A812">
-        <v>233</v>
+        <v>49</v>
       </c>
       <c r="B812" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C812" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D812">
         <v>3</v>
       </c>
       <c r="E812">
         <v>1</v>
       </c>
       <c r="G812">
-        <v>350509.48</v>
+        <v>234300.45</v>
       </c>
       <c r="H812">
-        <v>1659.33</v>
+        <v>57342.76</v>
       </c>
       <c r="I812">
-        <v>348850.15</v>
+        <v>176957.69</v>
       </c>
       <c r="J812" t="s">
-        <v>141</v>
+        <v>995</v>
       </c>
       <c r="K812" t="s">
         <v>23</v>
       </c>
       <c r="L812" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="813" spans="1:12">
       <c r="A813">
-        <v>298</v>
+        <v>136</v>
       </c>
       <c r="B813" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="C813" t="s">
-        <v>36</v>
+        <v>147</v>
       </c>
       <c r="D813">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E813">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G813">
-        <v>284399.63</v>
+        <v>153751.85</v>
       </c>
       <c r="H813">
-        <v>51475.97</v>
+        <v>30657.75</v>
       </c>
       <c r="I813">
-        <v>232923.66</v>
+        <v>123094.1</v>
       </c>
       <c r="J813" t="s">
-        <v>93</v>
+        <v>148</v>
       </c>
       <c r="K813" t="s">
         <v>23</v>
       </c>
       <c r="L813" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="814" spans="1:12">
       <c r="A814">
-        <v>365</v>
+        <v>201</v>
       </c>
       <c r="B814" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="C814" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D814">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E814">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G814">
-        <v>243001.8</v>
+        <v>188605.82</v>
       </c>
       <c r="H814">
-        <v>234503.31</v>
+        <v>36293.19</v>
       </c>
       <c r="I814">
-        <v>8498.49</v>
+        <v>152312.63</v>
       </c>
       <c r="J814" t="s">
-        <v>145</v>
+        <v>67</v>
       </c>
       <c r="K814" t="s">
         <v>23</v>
       </c>
       <c r="L814" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="815" spans="1:12">
       <c r="A815">
-        <v>431</v>
+        <v>266</v>
       </c>
       <c r="B815" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C815" t="s">
-        <v>36</v>
+        <v>999</v>
       </c>
       <c r="D815">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G815">
-        <v>265361.87</v>
+        <v>220021.0</v>
       </c>
       <c r="H815">
-        <v>5833.34</v>
+        <v>1830.67</v>
       </c>
       <c r="I815">
-        <v>259528.53</v>
+        <v>218190.33</v>
       </c>
       <c r="J815" t="s">
-        <v>997</v>
+        <v>850</v>
       </c>
       <c r="K815" t="s">
         <v>23</v>
       </c>
       <c r="L815" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="816" spans="1:12">
       <c r="A816">
-        <v>510</v>
+        <v>333</v>
       </c>
       <c r="B816" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C816" t="s">
         <v>21</v>
       </c>
       <c r="D816">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E816">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G816">
-        <v>85884.0</v>
+        <v>132217.45</v>
       </c>
       <c r="H816">
-        <v>65000.0</v>
+        <v>17469.6</v>
       </c>
       <c r="I816">
-        <v>20884.0</v>
+        <v>114747.85</v>
       </c>
       <c r="J816" t="s">
-        <v>22</v>
+        <v>191</v>
       </c>
       <c r="K816" t="s">
         <v>23</v>
       </c>
       <c r="L816" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="817" spans="1:12">
       <c r="A817">
-        <v>574</v>
+        <v>399</v>
       </c>
       <c r="B817" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="C817" t="s">
         <v>21</v>
       </c>
       <c r="D817">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E817">
         <v>1</v>
       </c>
       <c r="G817">
-        <v>250029.49</v>
+        <v>316520.0</v>
       </c>
       <c r="H817">
-        <v>50171.82</v>
+        <v>76481.0</v>
       </c>
       <c r="I817">
-        <v>199857.67</v>
+        <v>240039.0</v>
       </c>
       <c r="J817" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="K817" t="s">
         <v>23</v>
       </c>
       <c r="L817" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="818" spans="1:12">
       <c r="A818">
-        <v>645</v>
+        <v>478</v>
       </c>
       <c r="B818" t="s">
-        <v>1000</v>
+        <v>155</v>
       </c>
       <c r="C818" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="D818">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E818">
         <v>1</v>
       </c>
       <c r="G818">
-        <v>193467.09</v>
+        <v>79738.0</v>
       </c>
       <c r="H818">
-        <v>2089.77</v>
+        <v>42188.86</v>
       </c>
       <c r="I818">
-        <v>191377.32</v>
+        <v>37549.14</v>
       </c>
       <c r="J818" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K818" t="s">
         <v>23</v>
       </c>
       <c r="L818" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="819" spans="1:12">
       <c r="A819">
-        <v>709</v>
+        <v>542</v>
       </c>
       <c r="B819" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C819" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D819">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G819">
-        <v>215350.0</v>
+        <v>43725.0</v>
       </c>
       <c r="H819">
-        <v>68074.0</v>
+        <v>8000.0</v>
       </c>
       <c r="I819">
-        <v>147276.0</v>
+        <v>35725.0</v>
       </c>
       <c r="J819" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K819" t="s">
         <v>23</v>
       </c>
       <c r="L819" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="820" spans="1:12">
       <c r="A820">
-        <v>777</v>
+        <v>613</v>
       </c>
       <c r="B820" t="s">
-        <v>153</v>
+        <v>1003</v>
       </c>
       <c r="C820" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D820">
+        <v>26</v>
+      </c>
+      <c r="E820">
         <v>3</v>
       </c>
-      <c r="E820">
-[...1 lines deleted...]
-      </c>
       <c r="G820">
-        <v>1471216.23</v>
+        <v>288319.0</v>
       </c>
       <c r="H820">
-        <v>97925.38</v>
+        <v>66700.0</v>
       </c>
       <c r="I820">
-        <v>1373290.85</v>
+        <v>221619.0</v>
       </c>
       <c r="J820" t="s">
-        <v>404</v>
+        <v>27</v>
       </c>
       <c r="K820" t="s">
         <v>23</v>
       </c>
       <c r="L820" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="821" spans="1:12">
       <c r="A821">
-        <v>842</v>
+        <v>677</v>
       </c>
       <c r="B821" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C821" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D821">
         <v>3</v>
       </c>
       <c r="E821">
         <v>1</v>
       </c>
       <c r="G821">
-        <v>168920.19</v>
+        <v>240833.13</v>
       </c>
       <c r="H821">
-        <v>35253.34</v>
+        <v>399.07</v>
       </c>
       <c r="I821">
-        <v>133666.85</v>
+        <v>240434.06</v>
       </c>
       <c r="J821" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K821" t="s">
         <v>23</v>
       </c>
       <c r="L821" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="822" spans="1:12">
       <c r="A822">
-        <v>913</v>
+        <v>741</v>
       </c>
       <c r="B822" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="C822" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D822">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E822">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G822">
-        <v>104033.34</v>
+        <v>58945.77</v>
       </c>
       <c r="H822">
-        <v>39279.98</v>
+        <v>17443.31</v>
       </c>
       <c r="I822">
-        <v>64753.36</v>
+        <v>41502.46</v>
       </c>
       <c r="J822" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K822" t="s">
         <v>23</v>
       </c>
       <c r="L822" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="823" spans="1:12">
       <c r="A823">
-        <v>49</v>
+        <v>808</v>
       </c>
       <c r="B823" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C823" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="D823">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E823">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G823">
-        <v>234300.45</v>
+        <v>301926.54</v>
       </c>
       <c r="H823">
-        <v>57342.76</v>
+        <v>101812.97</v>
       </c>
       <c r="I823">
-        <v>176957.69</v>
+        <v>200113.57</v>
       </c>
       <c r="J823" t="s">
-        <v>1005</v>
+        <v>31</v>
       </c>
       <c r="K823" t="s">
         <v>23</v>
       </c>
       <c r="L823" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="824" spans="1:12">
       <c r="A824">
-        <v>136</v>
+        <v>881</v>
       </c>
       <c r="B824" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C824" t="s">
-        <v>159</v>
+        <v>89</v>
       </c>
       <c r="D824">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E824">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G824">
-        <v>153751.85</v>
+        <v>266853.04</v>
       </c>
       <c r="H824">
-        <v>30657.75</v>
+        <v>500.0</v>
       </c>
       <c r="I824">
-        <v>123094.1</v>
+        <v>266353.04</v>
       </c>
       <c r="J824" t="s">
-        <v>160</v>
+        <v>35</v>
       </c>
       <c r="K824" t="s">
         <v>23</v>
       </c>
       <c r="L824" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="825" spans="1:12">
       <c r="A825">
-        <v>201</v>
+        <v>945</v>
       </c>
       <c r="B825" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C825" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D825">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E825">
         <v>1</v>
       </c>
       <c r="G825">
-        <v>188605.82</v>
+        <v>865745.18</v>
       </c>
       <c r="H825">
-        <v>36293.19</v>
+        <v>49686.29</v>
       </c>
       <c r="I825">
-        <v>152312.63</v>
+        <v>816058.89</v>
       </c>
       <c r="J825" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="K825" t="s">
         <v>23</v>
       </c>
       <c r="L825" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="826" spans="1:12">
       <c r="A826">
-        <v>266</v>
+        <v>102</v>
       </c>
       <c r="B826" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C826" t="s">
-        <v>1009</v>
+        <v>21</v>
       </c>
       <c r="D826">
-        <v>2</v>
+        <v>12</v>
+      </c>
+      <c r="E826">
+        <v>3</v>
       </c>
       <c r="G826">
-        <v>220021.0</v>
+        <v>225170.65</v>
       </c>
       <c r="H826">
-        <v>1830.67</v>
+        <v>86434.4</v>
       </c>
       <c r="I826">
-        <v>218190.33</v>
+        <v>138736.25</v>
       </c>
       <c r="J826" t="s">
-        <v>861</v>
+        <v>125</v>
       </c>
       <c r="K826" t="s">
         <v>23</v>
       </c>
       <c r="L826" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="827" spans="1:12">
       <c r="A827">
-        <v>182</v>
+        <v>789</v>
       </c>
       <c r="B827" t="s">
         <v>1010</v>
       </c>
       <c r="C827" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D827">
         <v>3</v>
       </c>
       <c r="E827">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G827">
-        <v>277504.78</v>
+        <v>334715.39</v>
       </c>
       <c r="H827">
-        <v>126209.83</v>
+        <v>52423.86</v>
       </c>
       <c r="I827">
-        <v>151294.95</v>
+        <v>282291.53</v>
       </c>
       <c r="J827" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="K827" t="s">
         <v>23</v>
       </c>
       <c r="L827" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="828" spans="1:12">
       <c r="A828">
-        <v>246</v>
+        <v>862</v>
       </c>
       <c r="B828" t="s">
         <v>1011</v>
       </c>
       <c r="C828" t="s">
-        <v>36</v>
+        <v>1012</v>
       </c>
       <c r="D828">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G828">
-        <v>392714.73</v>
+        <v>180104.3</v>
       </c>
       <c r="H828">
-        <v>71078.0</v>
+        <v>50087.74</v>
       </c>
       <c r="I828">
-        <v>321636.73</v>
+        <v>130016.56</v>
       </c>
       <c r="J828" t="s">
-        <v>93</v>
+        <v>365</v>
       </c>
       <c r="K828" t="s">
         <v>23</v>
       </c>
       <c r="L828" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="829" spans="1:12">
       <c r="A829">
-        <v>314</v>
+        <v>926</v>
       </c>
       <c r="B829" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C829" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D829">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E829">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G829">
-        <v>396541.26</v>
+        <v>68312.59</v>
       </c>
       <c r="H829">
-        <v>178619.17</v>
+        <v>9166.68</v>
       </c>
       <c r="I829">
-        <v>217922.09</v>
+        <v>59145.91</v>
       </c>
       <c r="J829" t="s">
-        <v>865</v>
+        <v>59</v>
       </c>
       <c r="K829" t="s">
         <v>23</v>
       </c>
       <c r="L829" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="830" spans="1:12">
       <c r="A830">
-        <v>379</v>
+        <v>83</v>
       </c>
       <c r="B830" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C830" t="s">
-        <v>714</v>
+        <v>21</v>
+      </c>
+      <c r="D830">
+        <v>2</v>
       </c>
       <c r="E830">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G830">
-        <v>57046.0</v>
+        <v>254134.01</v>
       </c>
       <c r="H830">
-        <v>11307.0</v>
+        <v>121140.54</v>
       </c>
       <c r="I830">
-        <v>45739.0</v>
+        <v>132993.47</v>
       </c>
       <c r="J830" t="s">
-        <v>171</v>
+        <v>93</v>
       </c>
       <c r="K830" t="s">
         <v>23</v>
       </c>
       <c r="L830" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="831" spans="1:12">
       <c r="A831">
-        <v>451</v>
+        <v>149</v>
       </c>
       <c r="B831" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C831" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D831">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E831">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G831">
-        <v>142578.56</v>
+        <v>225361.57</v>
       </c>
       <c r="H831">
-        <v>93866.01</v>
+        <v>62789.59</v>
       </c>
       <c r="I831">
-        <v>48712.55</v>
+        <v>162571.98</v>
       </c>
       <c r="J831" t="s">
-        <v>46</v>
+        <v>866</v>
       </c>
       <c r="K831" t="s">
         <v>23</v>
       </c>
       <c r="L831" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="832" spans="1:12">
       <c r="A832">
-        <v>523</v>
+        <v>214</v>
       </c>
       <c r="B832" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C832" t="s">
         <v>21</v>
       </c>
       <c r="D832">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E832">
         <v>1</v>
       </c>
       <c r="G832">
-        <v>204889.19</v>
+        <v>216669.01</v>
       </c>
       <c r="H832">
-        <v>72906.03</v>
+        <v>69721.56</v>
       </c>
       <c r="I832">
-        <v>131983.16</v>
+        <v>146947.45</v>
       </c>
       <c r="J832" t="s">
-        <v>22</v>
+        <v>265</v>
       </c>
       <c r="K832" t="s">
         <v>23</v>
       </c>
       <c r="L832" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="833" spans="1:12">
       <c r="A833">
-        <v>590</v>
+        <v>279</v>
       </c>
       <c r="B833" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C833" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="G833">
-        <v>562070.22</v>
+        <v>22414.0</v>
       </c>
       <c r="H833">
-        <v>0.0</v>
+        <v>37250.0</v>
       </c>
       <c r="I833">
-        <v>562070.22</v>
+        <v>-14836.0</v>
       </c>
       <c r="J833" t="s">
-        <v>347</v>
+        <v>172</v>
       </c>
       <c r="K833" t="s">
         <v>23</v>
       </c>
       <c r="L833" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="834" spans="1:12">
       <c r="A834">
-        <v>658</v>
+        <v>346</v>
       </c>
       <c r="B834" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C834" t="s">
         <v>21</v>
       </c>
       <c r="D834">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E834">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G834">
-        <v>342707.18</v>
+        <v>320259.7</v>
       </c>
       <c r="H834">
-        <v>44000.0</v>
+        <v>53501.1</v>
       </c>
       <c r="I834">
-        <v>298707.18</v>
+        <v>266758.6</v>
       </c>
       <c r="J834" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="K834" t="s">
         <v>23</v>
       </c>
       <c r="L834" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="835" spans="1:12">
       <c r="A835">
-        <v>722</v>
+        <v>412</v>
       </c>
       <c r="B835" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C835" t="s">
-        <v>21</v>
+        <v>1020</v>
       </c>
       <c r="D835">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G835">
-        <v>233509.94</v>
+        <v>803965.8</v>
       </c>
       <c r="H835">
-        <v>46921.5</v>
+        <v>57072.91</v>
       </c>
       <c r="I835">
-        <v>186588.44</v>
+        <v>746892.89</v>
       </c>
       <c r="J835" t="s">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="K835" t="s">
         <v>23</v>
       </c>
       <c r="L835" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="836" spans="1:12">
       <c r="A836">
-        <v>789</v>
+        <v>490</v>
       </c>
       <c r="B836" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C836" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D836">
         <v>3</v>
       </c>
       <c r="E836">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G836">
-        <v>334715.39</v>
+        <v>213403.2</v>
       </c>
       <c r="H836">
-        <v>52423.86</v>
+        <v>30544.84</v>
       </c>
       <c r="I836">
-        <v>282291.53</v>
+        <v>182858.36</v>
       </c>
       <c r="J836" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K836" t="s">
         <v>23</v>
       </c>
       <c r="L836" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="837" spans="1:12">
       <c r="A837">
-        <v>862</v>
+        <v>555</v>
       </c>
       <c r="B837" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C837" t="s">
-        <v>1021</v>
+        <v>26</v>
       </c>
       <c r="D837">
         <v>2</v>
       </c>
       <c r="G837">
-        <v>180104.3</v>
+        <v>849864.74</v>
       </c>
       <c r="H837">
-        <v>50087.74</v>
+        <v>266813.42</v>
       </c>
       <c r="I837">
-        <v>130016.56</v>
+        <v>583051.32</v>
       </c>
       <c r="J837" t="s">
-        <v>347</v>
+        <v>27</v>
       </c>
       <c r="K837" t="s">
         <v>23</v>
       </c>
       <c r="L837" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="838" spans="1:12">
       <c r="A838">
-        <v>926</v>
+        <v>626</v>
       </c>
       <c r="B838" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C838" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D838">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E838">
         <v>1</v>
       </c>
       <c r="G838">
-        <v>68312.59</v>
+        <v>73015.99</v>
       </c>
       <c r="H838">
-        <v>9166.68</v>
+        <v>0.0</v>
       </c>
       <c r="I838">
-        <v>59145.91</v>
+        <v>73015.99</v>
       </c>
       <c r="J838" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="K838" t="s">
         <v>23</v>
       </c>
       <c r="L838" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="839" spans="1:12">
       <c r="A839">
-        <v>83</v>
+        <v>690</v>
       </c>
       <c r="B839" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C839" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D839">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E839">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G839">
-        <v>254134.01</v>
+        <v>104600.0</v>
       </c>
       <c r="H839">
-        <v>121140.54</v>
+        <v>40357.34</v>
       </c>
       <c r="I839">
-        <v>132993.47</v>
+        <v>64242.66</v>
       </c>
       <c r="J839" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="K839" t="s">
         <v>23</v>
       </c>
       <c r="L839" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="840" spans="1:12">
       <c r="A840">
-        <v>149</v>
+        <v>754</v>
       </c>
       <c r="B840" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C840" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D840">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E840">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G840">
-        <v>225361.57</v>
+        <v>130104.55</v>
       </c>
       <c r="H840">
-        <v>62789.59</v>
+        <v>12300.0</v>
       </c>
       <c r="I840">
-        <v>162571.98</v>
+        <v>117804.55</v>
       </c>
       <c r="J840" t="s">
-        <v>878</v>
+        <v>31</v>
       </c>
       <c r="K840" t="s">
         <v>23</v>
       </c>
       <c r="L840" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="841" spans="1:12">
       <c r="A841">
-        <v>214</v>
+        <v>821</v>
       </c>
       <c r="B841" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="C841" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D841">
         <v>3</v>
       </c>
       <c r="E841">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G841">
-        <v>216669.01</v>
+        <v>143292.07</v>
       </c>
       <c r="H841">
-        <v>69721.56</v>
+        <v>0.0</v>
       </c>
       <c r="I841">
-        <v>146947.45</v>
+        <v>143292.07</v>
       </c>
       <c r="J841" t="s">
-        <v>245</v>
+        <v>112</v>
       </c>
       <c r="K841" t="s">
         <v>23</v>
       </c>
       <c r="L841" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="842" spans="1:12">
       <c r="A842">
-        <v>279</v>
+        <v>894</v>
       </c>
       <c r="B842" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C842" t="s">
-        <v>36</v>
+        <v>89</v>
+      </c>
+      <c r="D842">
+        <v>2</v>
+      </c>
+      <c r="E842">
+        <v>1</v>
       </c>
       <c r="G842">
-        <v>22414.0</v>
+        <v>111363.32</v>
       </c>
       <c r="H842">
-        <v>37250.0</v>
+        <v>162099.7</v>
       </c>
       <c r="I842">
-        <v>-14836.0</v>
+        <v>-50736.38</v>
       </c>
       <c r="J842" t="s">
-        <v>188</v>
+        <v>35</v>
       </c>
       <c r="K842" t="s">
         <v>23</v>
       </c>
       <c r="L842" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="843" spans="1:12">
       <c r="A843">
-        <v>346</v>
+        <v>958</v>
       </c>
       <c r="B843" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C843" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D843">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E843">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G843">
-        <v>320259.7</v>
+        <v>241552.74</v>
       </c>
       <c r="H843">
-        <v>53501.1</v>
+        <v>74425.54</v>
       </c>
       <c r="I843">
-        <v>266758.6</v>
+        <v>167127.2</v>
       </c>
       <c r="J843" t="s">
-        <v>190</v>
+        <v>37</v>
       </c>
       <c r="K843" t="s">
         <v>23</v>
       </c>
       <c r="L843" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="844" spans="1:12">
       <c r="A844">
-        <v>412</v>
+        <v>116</v>
       </c>
       <c r="B844" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C844" t="s">
-        <v>1029</v>
+        <v>21</v>
       </c>
       <c r="D844">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="G844">
-        <v>803965.8</v>
+        <v>71617.68</v>
       </c>
       <c r="H844">
-        <v>57072.91</v>
+        <v>0.0</v>
       </c>
       <c r="I844">
-        <v>746892.89</v>
+        <v>71617.68</v>
       </c>
       <c r="J844" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="K844" t="s">
         <v>23</v>
       </c>
       <c r="L844" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="845" spans="1:12">
       <c r="A845">
-        <v>490</v>
+        <v>182</v>
       </c>
       <c r="B845" t="s">
         <v>1030</v>
       </c>
       <c r="C845" t="s">
         <v>21</v>
       </c>
       <c r="D845">
         <v>3</v>
       </c>
       <c r="E845">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G845">
-        <v>213403.2</v>
+        <v>277504.78</v>
       </c>
       <c r="H845">
-        <v>30544.84</v>
+        <v>126209.83</v>
       </c>
       <c r="I845">
-        <v>182858.36</v>
+        <v>151294.95</v>
       </c>
       <c r="J845" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="K845" t="s">
         <v>23</v>
       </c>
       <c r="L845" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="846" spans="1:12">
       <c r="A846">
-        <v>555</v>
+        <v>246</v>
       </c>
       <c r="B846" t="s">
         <v>1031</v>
       </c>
       <c r="C846" t="s">
         <v>21</v>
       </c>
       <c r="D846">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G846">
-        <v>849864.74</v>
+        <v>392714.73</v>
       </c>
       <c r="H846">
-        <v>266813.42</v>
+        <v>71078.0</v>
       </c>
       <c r="I846">
-        <v>583051.32</v>
+        <v>321636.73</v>
       </c>
       <c r="J846" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="K846" t="s">
         <v>23</v>
       </c>
       <c r="L846" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="847" spans="1:12">
       <c r="A847">
-        <v>626</v>
+        <v>314</v>
       </c>
       <c r="B847" t="s">
         <v>1032</v>
       </c>
       <c r="C847" t="s">
         <v>21</v>
       </c>
       <c r="D847">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E847">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G847">
-        <v>73015.99</v>
+        <v>396541.26</v>
       </c>
       <c r="H847">
-        <v>0.0</v>
+        <v>178619.17</v>
       </c>
       <c r="I847">
-        <v>73015.99</v>
+        <v>217922.09</v>
       </c>
       <c r="J847" t="s">
-        <v>22</v>
+        <v>883</v>
       </c>
       <c r="K847" t="s">
         <v>23</v>
       </c>
       <c r="L847" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="848" spans="1:12">
       <c r="A848">
-        <v>690</v>
+        <v>379</v>
       </c>
       <c r="B848" t="s">
         <v>1033</v>
       </c>
       <c r="C848" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>731</v>
       </c>
       <c r="E848">
         <v>2</v>
       </c>
       <c r="G848">
-        <v>104600.0</v>
+        <v>57046.0</v>
       </c>
       <c r="H848">
-        <v>40357.34</v>
+        <v>11307.0</v>
       </c>
       <c r="I848">
-        <v>64242.66</v>
+        <v>45739.0</v>
       </c>
       <c r="J848" t="s">
-        <v>26</v>
+        <v>193</v>
       </c>
       <c r="K848" t="s">
         <v>23</v>
       </c>
       <c r="L848" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="849" spans="1:12">
       <c r="A849">
-        <v>754</v>
+        <v>451</v>
       </c>
       <c r="B849" t="s">
         <v>1034</v>
       </c>
       <c r="C849" t="s">
         <v>21</v>
       </c>
       <c r="D849">
         <v>1</v>
       </c>
       <c r="E849">
         <v>1</v>
       </c>
       <c r="G849">
-        <v>130104.55</v>
+        <v>142578.56</v>
       </c>
       <c r="H849">
-        <v>12300.0</v>
+        <v>93866.01</v>
       </c>
       <c r="I849">
-        <v>117804.55</v>
+        <v>48712.55</v>
       </c>
       <c r="J849" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="K849" t="s">
         <v>23</v>
       </c>
       <c r="L849" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="850" spans="1:12">
       <c r="A850">
-        <v>821</v>
+        <v>523</v>
       </c>
       <c r="B850" t="s">
         <v>1035</v>
       </c>
       <c r="C850" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D850">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E850">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G850">
-        <v>143292.07</v>
+        <v>204889.19</v>
       </c>
       <c r="H850">
-        <v>0.0</v>
+        <v>72906.03</v>
       </c>
       <c r="I850">
-        <v>143292.07</v>
+        <v>131983.16</v>
       </c>
       <c r="J850" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="K850" t="s">
         <v>23</v>
       </c>
       <c r="L850" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="851" spans="1:12">
       <c r="A851">
-        <v>894</v>
+        <v>590</v>
       </c>
       <c r="B851" t="s">
         <v>1036</v>
       </c>
       <c r="C851" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="D851">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E851">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G851">
-        <v>111363.32</v>
+        <v>562070.22</v>
       </c>
       <c r="H851">
-        <v>162099.7</v>
+        <v>0.0</v>
       </c>
       <c r="I851">
-        <v>-50736.38</v>
+        <v>562070.22</v>
       </c>
       <c r="J851" t="s">
-        <v>54</v>
+        <v>365</v>
       </c>
       <c r="K851" t="s">
         <v>23</v>
       </c>
       <c r="L851" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="852" spans="1:12">
       <c r="A852">
-        <v>958</v>
+        <v>658</v>
       </c>
       <c r="B852" t="s">
         <v>1037</v>
       </c>
       <c r="C852" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D852">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E852">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G852">
-        <v>241552.74</v>
+        <v>342707.18</v>
       </c>
       <c r="H852">
-        <v>74425.54</v>
+        <v>44000.0</v>
       </c>
       <c r="I852">
-        <v>167127.2</v>
+        <v>298707.18</v>
       </c>
       <c r="J852" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="K852" t="s">
         <v>23</v>
       </c>
       <c r="L852" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="853" spans="1:12">
       <c r="A853">
-        <v>116</v>
+        <v>722</v>
       </c>
       <c r="B853" t="s">
         <v>1038</v>
       </c>
       <c r="C853" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D853">
         <v>2</v>
       </c>
+      <c r="E853">
+        <v>1</v>
+      </c>
       <c r="G853">
-        <v>71617.68</v>
+        <v>233509.94</v>
       </c>
       <c r="H853">
-        <v>0.0</v>
+        <v>46921.5</v>
       </c>
       <c r="I853">
-        <v>71617.68</v>
+        <v>186588.44</v>
       </c>
       <c r="J853" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="K853" t="s">
         <v>23</v>
       </c>
       <c r="L853" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="854" spans="1:12">
       <c r="A854">
-        <v>875</v>
+        <v>639</v>
       </c>
       <c r="B854" t="s">
         <v>1039</v>
       </c>
       <c r="C854" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D854">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E854">
         <v>1</v>
       </c>
       <c r="G854">
-        <v>66420.9</v>
+        <v>104188.21</v>
       </c>
       <c r="H854">
-        <v>2329.94</v>
+        <v>61655.28</v>
       </c>
       <c r="I854">
-        <v>64090.96</v>
+        <v>42532.93</v>
       </c>
       <c r="J854" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="K854" t="s">
         <v>23</v>
       </c>
       <c r="L854" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="855" spans="1:12">
       <c r="A855">
-        <v>939</v>
+        <v>703</v>
       </c>
       <c r="B855" t="s">
         <v>1040</v>
       </c>
       <c r="C855" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D855">
         <v>2</v>
       </c>
       <c r="E855">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G855">
-        <v>164352.34</v>
+        <v>293713.77</v>
       </c>
       <c r="H855">
-        <v>90990.51</v>
+        <v>38000.0</v>
       </c>
       <c r="I855">
-        <v>73361.83</v>
+        <v>255713.77</v>
       </c>
       <c r="J855" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K855" t="s">
         <v>23</v>
       </c>
       <c r="L855" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="856" spans="1:12">
       <c r="A856">
-        <v>96</v>
+        <v>767</v>
       </c>
       <c r="B856" t="s">
         <v>1041</v>
       </c>
       <c r="C856" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="D856">
+        <v>1</v>
+      </c>
+      <c r="E856">
+        <v>1</v>
       </c>
       <c r="G856">
-        <v>0.0</v>
+        <v>462019.34</v>
       </c>
       <c r="H856">
-        <v>3152.0</v>
+        <v>54487.22</v>
       </c>
       <c r="I856">
-        <v>-3152.0</v>
+        <v>407532.12</v>
       </c>
       <c r="J856" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="K856" t="s">
         <v>23</v>
       </c>
       <c r="L856" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="857" spans="1:12">
       <c r="A857">
-        <v>163</v>
+        <v>836</v>
       </c>
       <c r="B857" t="s">
         <v>1042</v>
       </c>
       <c r="C857" t="s">
-        <v>1043</v>
+        <v>26</v>
       </c>
       <c r="D857">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E857">
         <v>2</v>
       </c>
       <c r="G857">
-        <v>185630.04</v>
+        <v>274271.62</v>
       </c>
       <c r="H857">
-        <v>28861.8</v>
+        <v>120270.53</v>
       </c>
       <c r="I857">
-        <v>156768.24</v>
+        <v>154001.09</v>
       </c>
       <c r="J857" t="s">
-        <v>139</v>
+        <v>205</v>
       </c>
       <c r="K857" t="s">
         <v>23</v>
       </c>
       <c r="L857" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="858" spans="1:12">
       <c r="A858">
-        <v>227</v>
+        <v>907</v>
       </c>
       <c r="B858" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="C858" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D858">
         <v>1</v>
       </c>
       <c r="E858">
         <v>1</v>
       </c>
       <c r="G858">
-        <v>157679.68</v>
+        <v>64391.83</v>
       </c>
       <c r="H858">
-        <v>92826.44</v>
+        <v>492.44</v>
       </c>
       <c r="I858">
-        <v>64853.24</v>
+        <v>63899.39</v>
       </c>
       <c r="J858" t="s">
-        <v>296</v>
+        <v>91</v>
       </c>
       <c r="K858" t="s">
         <v>23</v>
       </c>
       <c r="L858" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="859" spans="1:12">
       <c r="A859">
-        <v>292</v>
+        <v>30</v>
       </c>
       <c r="B859" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="C859" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D859">
         <v>2</v>
       </c>
       <c r="E859">
         <v>1</v>
       </c>
       <c r="G859">
-        <v>282485.0</v>
+        <v>443859.18</v>
       </c>
       <c r="H859">
-        <v>66272.45</v>
+        <v>0.0</v>
       </c>
       <c r="I859">
-        <v>216212.55</v>
+        <v>443859.18</v>
       </c>
       <c r="J859" t="s">
-        <v>745</v>
+        <v>81</v>
       </c>
       <c r="K859" t="s">
         <v>23</v>
       </c>
       <c r="L859" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="860" spans="1:12">
       <c r="A860">
-        <v>359</v>
+        <v>129</v>
       </c>
       <c r="B860" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="C860" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>780</v>
       </c>
       <c r="E860">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G860">
-        <v>145092.25</v>
+        <v>79105.0</v>
       </c>
       <c r="H860">
-        <v>21169.41</v>
+        <v>40430.0</v>
       </c>
       <c r="I860">
-        <v>123922.84</v>
+        <v>38675.0</v>
       </c>
       <c r="J860" t="s">
-        <v>433</v>
+        <v>169</v>
       </c>
       <c r="K860" t="s">
         <v>23</v>
       </c>
       <c r="L860" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="861" spans="1:12">
       <c r="A861">
-        <v>425</v>
+        <v>195</v>
       </c>
       <c r="B861" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="C861" t="s">
-        <v>1048</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="E861">
         <v>1</v>
       </c>
       <c r="G861">
-        <v>136596.18</v>
+        <v>10040.0</v>
       </c>
       <c r="H861">
-        <v>0.0</v>
+        <v>4300.0</v>
       </c>
       <c r="I861">
-        <v>136596.18</v>
+        <v>5740.0</v>
       </c>
       <c r="J861" t="s">
-        <v>1049</v>
+        <v>41</v>
       </c>
       <c r="K861" t="s">
         <v>23</v>
       </c>
       <c r="L861" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="862" spans="1:12">
       <c r="A862">
-        <v>504</v>
+        <v>260</v>
       </c>
       <c r="B862" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="C862" t="s">
         <v>21</v>
       </c>
       <c r="D862">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E862">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G862">
-        <v>84458.1</v>
+        <v>165412.76</v>
       </c>
       <c r="H862">
-        <v>22000.0</v>
+        <v>101314.54</v>
       </c>
       <c r="I862">
-        <v>62458.1</v>
+        <v>64098.22</v>
       </c>
       <c r="J862" t="s">
-        <v>22</v>
+        <v>212</v>
       </c>
       <c r="K862" t="s">
         <v>23</v>
       </c>
       <c r="L862" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="863" spans="1:12">
       <c r="A863">
-        <v>568</v>
+        <v>327</v>
       </c>
       <c r="B863" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="C863" t="s">
         <v>21</v>
       </c>
       <c r="D863">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E863">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G863">
-        <v>267438.64</v>
+        <v>47665.44</v>
       </c>
       <c r="H863">
-        <v>127176.24</v>
+        <v>21644.53</v>
       </c>
       <c r="I863">
-        <v>140262.4</v>
+        <v>26020.91</v>
       </c>
       <c r="J863" t="s">
-        <v>22</v>
+        <v>214</v>
       </c>
       <c r="K863" t="s">
         <v>23</v>
       </c>
       <c r="L863" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="864" spans="1:12">
       <c r="A864">
-        <v>639</v>
+        <v>393</v>
       </c>
       <c r="B864" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="C864" t="s">
         <v>21</v>
       </c>
       <c r="D864">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E864">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G864">
-        <v>104188.21</v>
+        <v>5382944.35</v>
       </c>
       <c r="H864">
-        <v>61655.28</v>
+        <v>4183369.41</v>
       </c>
       <c r="I864">
-        <v>42532.93</v>
+        <v>1199574.94</v>
       </c>
       <c r="J864" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="K864" t="s">
         <v>23</v>
       </c>
       <c r="L864" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="865" spans="1:12">
       <c r="A865">
-        <v>703</v>
+        <v>468</v>
       </c>
       <c r="B865" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="C865" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="D865">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E865">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G865">
-        <v>293713.77</v>
+        <v>224772.21</v>
       </c>
       <c r="H865">
-        <v>38000.0</v>
+        <v>223796.96</v>
       </c>
       <c r="I865">
-        <v>255713.77</v>
+        <v>975.25</v>
       </c>
       <c r="J865" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="K865" t="s">
         <v>23</v>
       </c>
       <c r="L865" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="866" spans="1:12">
       <c r="A866">
-        <v>767</v>
+        <v>536</v>
       </c>
       <c r="B866" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="C866" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D866">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E866">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G866">
-        <v>462019.34</v>
+        <v>532329.9</v>
       </c>
       <c r="H866">
-        <v>54487.22</v>
+        <v>52565.07</v>
       </c>
       <c r="I866">
-        <v>407532.12</v>
+        <v>479764.83</v>
       </c>
       <c r="J866" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K866" t="s">
         <v>23</v>
       </c>
       <c r="L866" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="867" spans="1:12">
       <c r="A867">
-        <v>836</v>
+        <v>607</v>
       </c>
       <c r="B867" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="C867" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D867">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E867">
         <v>2</v>
       </c>
       <c r="G867">
-        <v>274271.62</v>
+        <v>253119.6</v>
       </c>
       <c r="H867">
-        <v>120270.53</v>
+        <v>11204.4</v>
       </c>
       <c r="I867">
-        <v>154001.09</v>
+        <v>241915.2</v>
       </c>
       <c r="J867" t="s">
-        <v>219</v>
+        <v>27</v>
       </c>
       <c r="K867" t="s">
         <v>23</v>
       </c>
       <c r="L867" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="868" spans="1:12">
       <c r="A868">
-        <v>907</v>
+        <v>671</v>
       </c>
       <c r="B868" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="C868" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D868">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G868">
-        <v>64391.83</v>
+        <v>564950.53</v>
       </c>
       <c r="H868">
-        <v>492.44</v>
+        <v>104756.09</v>
       </c>
       <c r="I868">
-        <v>63899.39</v>
+        <v>460194.44</v>
       </c>
       <c r="J868" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="K868" t="s">
         <v>23</v>
       </c>
       <c r="L868" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="869" spans="1:12">
       <c r="A869">
-        <v>30</v>
+        <v>735</v>
       </c>
       <c r="B869" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="C869" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D869">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E869">
         <v>1</v>
       </c>
       <c r="G869">
-        <v>443859.18</v>
+        <v>251763.0</v>
       </c>
       <c r="H869">
         <v>0.0</v>
       </c>
       <c r="I869">
-        <v>443859.18</v>
+        <v>251763.0</v>
       </c>
       <c r="J869" t="s">
-        <v>101</v>
+        <v>31</v>
       </c>
       <c r="K869" t="s">
         <v>23</v>
       </c>
       <c r="L869" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="870" spans="1:12">
       <c r="A870">
-        <v>129</v>
+        <v>802</v>
       </c>
       <c r="B870" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="C870" t="s">
-        <v>791</v>
+        <v>26</v>
+      </c>
+      <c r="D870">
+        <v>2</v>
       </c>
       <c r="E870">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G870">
-        <v>79105.0</v>
+        <v>269639.34</v>
       </c>
       <c r="H870">
-        <v>40430.0</v>
+        <v>148081.93</v>
       </c>
       <c r="I870">
-        <v>38675.0</v>
+        <v>121557.41</v>
       </c>
       <c r="J870" t="s">
-        <v>185</v>
+        <v>31</v>
       </c>
       <c r="K870" t="s">
         <v>23</v>
       </c>
       <c r="L870" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="871" spans="1:12">
       <c r="A871">
-        <v>195</v>
+        <v>875</v>
       </c>
       <c r="B871" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="C871" t="s">
-        <v>36</v>
+        <v>26</v>
+      </c>
+      <c r="D871">
+        <v>1</v>
       </c>
       <c r="E871">
         <v>1</v>
       </c>
       <c r="G871">
-        <v>10040.0</v>
+        <v>66420.9</v>
       </c>
       <c r="H871">
-        <v>4300.0</v>
+        <v>2329.94</v>
       </c>
       <c r="I871">
-        <v>5740.0</v>
+        <v>64090.96</v>
       </c>
       <c r="J871" t="s">
-        <v>60</v>
+        <v>224</v>
       </c>
       <c r="K871" t="s">
         <v>23</v>
       </c>
       <c r="L871" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="872" spans="1:12">
       <c r="A872">
-        <v>260</v>
+        <v>939</v>
       </c>
       <c r="B872" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
       <c r="C872" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D872">
         <v>2</v>
       </c>
       <c r="E872">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G872">
-        <v>165412.76</v>
+        <v>164352.34</v>
       </c>
       <c r="H872">
-        <v>101314.54</v>
+        <v>90990.51</v>
       </c>
       <c r="I872">
-        <v>64098.22</v>
+        <v>73361.83</v>
       </c>
       <c r="J872" t="s">
-        <v>226</v>
+        <v>91</v>
       </c>
       <c r="K872" t="s">
         <v>23</v>
       </c>
       <c r="L872" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="873" spans="1:12">
       <c r="A873">
-        <v>327</v>
+        <v>96</v>
       </c>
       <c r="B873" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="C873" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G873">
-        <v>47665.44</v>
+        <v>0.0</v>
       </c>
       <c r="H873">
-        <v>21644.53</v>
+        <v>3152.0</v>
       </c>
       <c r="I873">
-        <v>26020.91</v>
+        <v>-3152.0</v>
       </c>
       <c r="J873" t="s">
-        <v>228</v>
+        <v>125</v>
       </c>
       <c r="K873" t="s">
         <v>23</v>
       </c>
       <c r="L873" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="874" spans="1:12">
       <c r="A874">
-        <v>393</v>
+        <v>163</v>
       </c>
       <c r="B874" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="C874" t="s">
-        <v>36</v>
+        <v>1060</v>
       </c>
       <c r="D874">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E874">
         <v>2</v>
       </c>
       <c r="G874">
-        <v>5382944.35</v>
+        <v>185630.04</v>
       </c>
       <c r="H874">
-        <v>4183369.41</v>
+        <v>28861.8</v>
       </c>
       <c r="I874">
-        <v>1199574.94</v>
+        <v>156768.24</v>
       </c>
       <c r="J874" t="s">
         <v>127</v>
       </c>
       <c r="K874" t="s">
         <v>23</v>
       </c>
       <c r="L874" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="875" spans="1:12">
       <c r="A875">
-        <v>468</v>
+        <v>227</v>
       </c>
       <c r="B875" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
       <c r="C875" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="D875">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E875">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G875">
-        <v>224772.21</v>
+        <v>157679.68</v>
       </c>
       <c r="H875">
-        <v>223796.96</v>
+        <v>92826.44</v>
       </c>
       <c r="I875">
-        <v>975.25</v>
+        <v>64853.24</v>
       </c>
       <c r="J875" t="s">
-        <v>101</v>
+        <v>283</v>
       </c>
       <c r="K875" t="s">
         <v>23</v>
       </c>
       <c r="L875" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="876" spans="1:12">
       <c r="A876">
-        <v>536</v>
+        <v>292</v>
       </c>
       <c r="B876" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="C876" t="s">
         <v>21</v>
       </c>
       <c r="D876">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E876">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G876">
-        <v>532329.9</v>
+        <v>282485.0</v>
       </c>
       <c r="H876">
-        <v>52565.07</v>
+        <v>66272.45</v>
       </c>
       <c r="I876">
-        <v>479764.83</v>
+        <v>216212.55</v>
       </c>
       <c r="J876" t="s">
-        <v>22</v>
+        <v>764</v>
       </c>
       <c r="K876" t="s">
         <v>23</v>
       </c>
       <c r="L876" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="877" spans="1:12">
       <c r="A877">
-        <v>607</v>
+        <v>359</v>
       </c>
       <c r="B877" t="s">
-        <v>1065</v>
+        <v>1063</v>
       </c>
       <c r="C877" t="s">
         <v>21</v>
       </c>
       <c r="D877">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E877">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G877">
-        <v>253119.6</v>
+        <v>145092.25</v>
       </c>
       <c r="H877">
-        <v>11204.4</v>
+        <v>21169.41</v>
       </c>
       <c r="I877">
-        <v>241915.2</v>
+        <v>123922.84</v>
       </c>
       <c r="J877" t="s">
-        <v>22</v>
+        <v>455</v>
       </c>
       <c r="K877" t="s">
         <v>23</v>
       </c>
       <c r="L877" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="878" spans="1:12">
       <c r="A878">
-        <v>671</v>
+        <v>425</v>
       </c>
       <c r="B878" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C878" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D878">
+        <v>1</v>
+      </c>
+      <c r="E878">
+        <v>1</v>
+      </c>
+      <c r="G878">
+        <v>136596.18</v>
+      </c>
+      <c r="H878">
+        <v>0.0</v>
+      </c>
+      <c r="I878">
+        <v>136596.18</v>
+      </c>
+      <c r="J878" t="s">
         <v>1066</v>
-      </c>
-[...16 lines deleted...]
-        <v>26</v>
       </c>
       <c r="K878" t="s">
         <v>23</v>
       </c>
       <c r="L878" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="879" spans="1:12">
       <c r="A879">
-        <v>735</v>
+        <v>504</v>
       </c>
       <c r="B879" t="s">
         <v>1067</v>
       </c>
       <c r="C879" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D879">
         <v>1</v>
       </c>
       <c r="E879">
         <v>1</v>
       </c>
       <c r="G879">
-        <v>251763.0</v>
+        <v>84458.1</v>
       </c>
       <c r="H879">
-        <v>0.0</v>
+        <v>22000.0</v>
       </c>
       <c r="I879">
-        <v>251763.0</v>
+        <v>62458.1</v>
       </c>
       <c r="J879" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K879" t="s">
         <v>23</v>
       </c>
       <c r="L879" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="880" spans="1:12">
       <c r="A880">
-        <v>802</v>
+        <v>568</v>
       </c>
       <c r="B880" t="s">
         <v>1068</v>
       </c>
       <c r="C880" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D880">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E880">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G880">
-        <v>269639.34</v>
+        <v>267438.64</v>
       </c>
       <c r="H880">
-        <v>148081.93</v>
+        <v>127176.24</v>
       </c>
       <c r="I880">
-        <v>121557.41</v>
+        <v>140262.4</v>
       </c>
       <c r="J880" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K880" t="s">
         <v>23</v>
       </c>
       <c r="L880" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>